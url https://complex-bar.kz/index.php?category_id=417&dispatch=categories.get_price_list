--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -188,336 +188,333 @@
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>1561.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Шарант»;стекло;175мл;D=46/59,H=107мм;прозр.</t>
   </si>
   <si>
     <t>01040404</t>
   </si>
   <si>
     <t>44805/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Charante</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
-    <t>847.00₸</t>
+    <t>819.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Классик лонг лайф»;хр.стекло;185мл;D=65,H=178мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040405</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Classic Long</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>4744.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Оупэн ап»;хр.стекло;210мл;D=53/83,H=117мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040501</t>
+  </si>
+  <si>
+    <t>E5237</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Open Up</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>5096.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди;хр.стекло;218мл;D=50/65,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040502</t>
+  </si>
+  <si>
+    <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>Bar Special</t>
+  </si>
+  <si>
+    <t>7523.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Элит»;стекло;260мл;D=78,H=101мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040604</t>
+  </si>
+  <si>
+    <t>0914/26</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>1041.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Наполи»;стекло;250мл;D=78,H=108мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040607</t>
+  </si>
+  <si>
+    <t>0958/25</t>
+  </si>
+  <si>
+    <t>Napoli</t>
+  </si>
+  <si>
+    <t>1898.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Эмбасси»;стекло;266мл;D=60/83,H=117мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040610</t>
+  </si>
+  <si>
+    <t>1876.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Баллон»;стекло;250мл;D=50,H=116мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040612</t>
+  </si>
+  <si>
+    <t>128290Q01021990</t>
+  </si>
+  <si>
+    <t>Ballon</t>
+  </si>
+  <si>
+    <t>1764.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для бренди;стекло;180мл;D=70,H=102мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040614</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для бренди;стекло;250мл;D=8,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>01040615</t>
+  </si>
+  <si>
+    <t>5399-21023</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди;стекло;250мл;D=80,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040617</t>
+  </si>
+  <si>
+    <t>8080-24333</t>
+  </si>
+  <si>
+    <t>971.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Бистро»;стекло;250мл;D=55/65,H=118мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040618</t>
+  </si>
+  <si>
+    <t>44483/b</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>616.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Бокал для бренди «Классик лонг лайф»;хр.стекло;185мл;D=65,H=178мм;прозр.</t>
-[...172 lines deleted...]
-  <si>
     <t>Бокал для бренди «Эраунд»;240мл;D=80,H=115мм</t>
   </si>
   <si>
     <t>01040619</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Мельница»;хрусталь;200мл;D=80,H=105мм;прозр.</t>
   </si>
   <si>
     <t>01040623</t>
   </si>
   <si>
     <t>5290-10690</t>
   </si>
   <si>
     <t>Мельница</t>
   </si>
   <si>
     <t>5106.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Бокал для бренди «Эталон»;стекло;250мл;D=8,H=11см;прозр.</t>
   </si>
   <si>
     <t>01040624</t>
   </si>
   <si>
     <t>J3909</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Etalon</t>
   </si>
   <si>
-    <t>805.00₸</t>
+    <t>763.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Clarity» набор[3шт];стекло;250мл</t>
   </si>
   <si>
     <t>01040625</t>
   </si>
   <si>
     <t>Clarity</t>
   </si>
   <si>
     <t>6584.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Файн»;хр.стекло;296мл;D=77,H=197мм;прозр.</t>
   </si>
   <si>
     <t>01040627</t>
   </si>
   <si>
     <t>Fine</t>
   </si>
   <si>
     <t>8586.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Бокал для бренди;хр.стекло;330мл;прозр.</t>
   </si>
   <si>
     <t>01040629</t>
   </si>
   <si>
     <t>8560/900/176-27091</t>
   </si>
   <si>
     <t>5198.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Дегустэйшн»;стекло;255мл;D=55,H=110мм;прозр.</t>
   </si>
   <si>
     <t>01040703</t>
   </si>
   <si>
     <t>Degustation</t>
   </si>
   <si>
     <t>3423.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Шарант»;стекло;300мл;D=63/78,H=120мм;прозр.</t>
   </si>
   <si>
     <t>01040706</t>
   </si>
   <si>
     <t>44816/b</t>
   </si>
   <si>
-    <t>1099.00₸</t>
+    <t>1078.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Ситейшн»;стекло;355мл;D=60/89,H=118,L=89мм;прозр.</t>
   </si>
   <si>
     <t>01040801</t>
   </si>
   <si>
     <t>2218.00₸</t>
   </si>
   <si>
     <t>40 шт.</t>
   </si>
   <si>
     <t>Бокал для бренди «Эмбасси»;стекло;340мл;D=60/88,H=137,L=88мм;прозр.</t>
   </si>
   <si>
     <t>01040802</t>
   </si>
   <si>
     <t>2072.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Маскарад»;хр.стекло;320мл;прозр.</t>
   </si>
@@ -539,254 +536,251 @@
   <si>
     <t>Бокал для бренди «Винтаж»;стекло;330мл;D=63,H=132мм;прозр.</t>
   </si>
   <si>
     <t>01040804</t>
   </si>
   <si>
     <t>440180/b</t>
   </si>
   <si>
     <t>Vintage</t>
   </si>
   <si>
     <t>637.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Дегустэйшн»;стекло;410мл;D=64/90,H=130мм;прозр.</t>
   </si>
   <si>
     <t>01040901</t>
   </si>
   <si>
     <t>4970.00₸</t>
   </si>
   <si>
+    <t>Бокал для бренди «Наполеон»;хр.стекло;395мл;D=62/95,H=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040902</t>
+  </si>
+  <si>
+    <t>A10195BYL02AA01</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Napoleon</t>
+  </si>
+  <si>
+    <t>6191.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Спешелс»;стекло;370мл;D=85,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040903</t>
+  </si>
+  <si>
+    <t>1995.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Оупэн ап спирит»;хр.стекло;390мл;D=63/103,H=131мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040904</t>
+  </si>
+  <si>
+    <t>U1059</t>
+  </si>
+  <si>
+    <t>Open Up Spirit</t>
+  </si>
+  <si>
+    <t>6636.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Эдишн-Сигнум»;хр.стекло;400мл;D=7,H=14см;прозр.</t>
+  </si>
+  <si>
+    <t>01040906</t>
+  </si>
+  <si>
+    <t>6201 1800</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Edition-Signum</t>
+  </si>
+  <si>
+    <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>5475.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Эталон»;стекло;410мл;D=95,H=129мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040907</t>
+  </si>
+  <si>
+    <t>J3908</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Шарант»;стекло;330мл;D=63,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040909</t>
+  </si>
+  <si>
+    <t>440218/b</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Лонгшамп»;хр.стекло;320мл;,H=13см;прозр.</t>
+  </si>
+  <si>
+    <t>01040910</t>
+  </si>
+  <si>
+    <t>L9755</t>
+  </si>
+  <si>
+    <t>Eclat</t>
+  </si>
+  <si>
+    <t>Longchamp</t>
+  </si>
+  <si>
+    <t>4648.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Спикизис Свинг»;хр.стекло;460мл;D=95,H=127мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040912</t>
+  </si>
+  <si>
+    <t>A13192BYL02AA01</t>
+  </si>
+  <si>
+    <t>Speakeasies Swing</t>
+  </si>
+  <si>
+    <t>8432.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Бокал для бренди «Наполеон»;хр.стекло;395мл;D=62/95,H=135мм;прозр.</t>
-[...115 lines deleted...]
-  <si>
     <t>Бокал для бренди «Ризерва»;стекло;485мл;D=99,H=151мм;прозр.</t>
   </si>
   <si>
     <t>01041003</t>
   </si>
   <si>
     <t>130210BAC021990</t>
   </si>
   <si>
     <t>Riserva</t>
   </si>
   <si>
     <t>4443.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Бистро»;стекло;398мл;D=59/65,H=124мм;прозр.</t>
   </si>
   <si>
     <t>01041004</t>
   </si>
   <si>
     <t>44188/b</t>
   </si>
   <si>
-    <t>777.00₸</t>
-[...1 lines deleted...]
-  <si>
     <t>Бокал для бренди «Мондо»;хр.стекло;400мл;D=93,H=146мм;прозр.</t>
   </si>
   <si>
     <t>01041009</t>
   </si>
   <si>
     <t>6200 2100</t>
   </si>
   <si>
     <t>Mondo</t>
   </si>
   <si>
     <t>1973.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Винтаж»;стекло;420мл;D=68,H=138мм;прозр.</t>
   </si>
   <si>
     <t>01041010</t>
   </si>
   <si>
     <t>440190/b</t>
   </si>
   <si>
     <t>728.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Шарант»;стекло;430мл;D=68,H=126мм;прозр.</t>
   </si>
   <si>
     <t>01041011</t>
   </si>
   <si>
     <t>440219/b</t>
   </si>
   <si>
-    <t>1141.00₸</t>
+    <t>1197.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Америка 20х»;стекло;0,65л;D=10,7,H=16,4см;прозр.</t>
   </si>
   <si>
     <t>01041013</t>
   </si>
   <si>
     <t>122147BB9021990</t>
   </si>
   <si>
     <t>America"20s</t>
   </si>
   <si>
     <t>6091.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Бокал для бренди «Эраунд»;стекло;0,54л;D=10,H=13,5см;прозр.</t>
   </si>
   <si>
     <t>01041103</t>
   </si>
   <si>
     <t>2032.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Эмбасси»;стекло;0,518л;D=66/100,H=140,L=100мм;прозр.</t>
   </si>
   <si>
     <t>01041108</t>
   </si>
   <si>
     <t>1946.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Винтаж»;хр.стекло;0,5л;,H=13,2см</t>
   </si>
   <si>
     <t>01041115</t>
   </si>
   <si>
     <t>Nude</t>
@@ -803,95 +797,83 @@
   <si>
     <t>01041116</t>
   </si>
   <si>
     <t>Mondial</t>
   </si>
   <si>
     <t>4759.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Белфеста (Пьюр)»;хр.стекло;0,615л;D=62,H=170мм</t>
   </si>
   <si>
     <t>01041117</t>
   </si>
   <si>
     <t>Zwiesel Glas</t>
   </si>
   <si>
     <t>Belfesta</t>
   </si>
   <si>
     <t>9110.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Бокал для бренди «Вэст Луп»;стекло;320мл;,H=12,5см;прозр.</t>
   </si>
   <si>
     <t>01041119</t>
   </si>
   <si>
     <t>P9951</t>
   </si>
   <si>
     <t>West Loop</t>
   </si>
   <si>
-    <t>4361.00₸</t>
+    <t>4438.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Премиум»;стекло;0,64л;D=68/105,H=165мм;прозр.</t>
   </si>
   <si>
     <t>01041201</t>
   </si>
   <si>
     <t>170071GBD021990</t>
   </si>
   <si>
     <t>Premium</t>
   </si>
   <si>
     <t>6838.00₸</t>
   </si>
   <si>
-    <t>Бокал для бренди «Сигнум»;хр.стекло;0,72л;D=77,H=160,B=115мм;прозр.</t>
-[...13 lines deleted...]
-  <si>
     <t>Бокал для бренди «Имэдж»;хр.стекло;0,66л;D=70,H=170,B=113мм;прозр.</t>
   </si>
   <si>
     <t>01041204</t>
   </si>
   <si>
     <t>6001 2100</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>5467.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди;стекло;0,68л;прозр.</t>
   </si>
   <si>
     <t>01041207</t>
   </si>
   <si>
     <t>1718.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Наполеон»;хр.стекло;0,72л;D=11,6,H=16,6см;прозр.</t>
@@ -960,50 +942,65 @@
     <t>Bar</t>
   </si>
   <si>
     <t>3781.00₸</t>
   </si>
   <si>
     <t>Бокал для бренди «Фалько»;стекло;250мл;D=86,H=112мм;прозр.</t>
   </si>
   <si>
     <t>01040919</t>
   </si>
   <si>
     <t>91L/1S010/0/00000/250-669</t>
   </si>
   <si>
     <t>Crystal Bohemia</t>
   </si>
   <si>
     <t>Falco</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>2734.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для бренди «Трибьют Коллекшн»;хр.стекло;285мл;D=76,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01040920</t>
+  </si>
+  <si>
+    <t>7792 0600</t>
+  </si>
+  <si>
+    <t>Tribute Collection</t>
+  </si>
+  <si>
+    <t>9656.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1018,51 +1015,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CEE-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A40-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A52-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D6F-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF448-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044630-424C-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFE7B-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD5A-424D-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD467-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D77-424F-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987481-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09464805-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539FC-424B-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C915-424D-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A081D-E3C7-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A304F2E7-E3C7-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A304F2E6-E3C7-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC1FDEC9-F94B-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D81-424C-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF447-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A768-20CD-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A0818-E3C7-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366F2600-4253-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669E4-F151-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/658E891C-05D8-11EE-BC09-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C40-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460AD-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EEC-424B-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610015-424C-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208DB-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CE3-4252-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09464807-424B-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669E5-F151-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D6D-424B-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D78-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D63F7C-6895-11F0-BC54-00505692C44736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A0817-E3C7-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B58-4253-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A81A-20CD-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A616-20CD-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B05-424B-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6886894-E800-11EC-BBFA-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D28F-4252-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CE4-4252-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA78981A-4253-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/294C0861-ADCD-11EB-BBF1-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF446-424C-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADCA-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669E6-F151-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2980-4254-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A298B-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A8BA-20CD-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A0819-E3C7-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C002596-4250-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A081C-E3C7-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493E1ABF-F151-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A081A-E3C7-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A6B6-20CD-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D6E-424B-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF456-424C-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA8-4253-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8671-73BA-11F0-BC56-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2678C207-839D-11F0-BC56-00505692C44763.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CEE-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A40-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A52-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D6F-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF448-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044630-424C-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFE7B-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD5A-424D-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD467-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D77-424F-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987481-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09464805-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539FC-424B-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C915-424D-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A081D-E3C7-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A304F2E7-E3C7-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A304F2E6-E3C7-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC1FDEC9-F94B-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D81-424C-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF447-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A768-20CD-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A0818-E3C7-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366F2600-4253-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669E4-F151-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/658E891C-05D8-11EE-BC09-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C762C40-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460AD-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EEC-424B-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610015-424C-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208DB-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CE3-4252-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09464807-424B-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669E5-F151-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D6D-424B-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D78-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D63F7C-6895-11F0-BC54-00505692C44736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A0817-E3C7-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B58-4253-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A81A-20CD-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A616-20CD-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B05-424B-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6886894-E800-11EC-BBFA-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D28F-4252-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CE4-4252-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA78981A-4253-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/294C0861-ADCD-11EB-BBF1-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF446-424C-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADCA-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F5669E6-F151-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2980-4254-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A298B-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A8BA-20CD-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A0819-E3C7-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A081C-E3C7-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493E1ABF-F151-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A90A081A-E3C7-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5613A6B6-20CD-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D6E-424B-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF456-424C-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA8-4253-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8671-73BA-11F0-BC56-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2678C207-839D-11F0-BC56-00505692C44762.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2870,80 +2867,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3202,51 +3169,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01040201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-durobor-01040301/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040303/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040305/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-01040306/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040402/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040404/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-stoelzle-01040405/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-chef-and-sommelier-01040501/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01040502/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-durobor-01040604/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-durobor-01040607/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040610/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01040612/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040614/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040615/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040617/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040618/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-01040619/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040623/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040624/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fuzhery-d-konyaka-libbey-01040625/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01040627/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040629/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040703/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040706/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040801/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040802/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-cristal-darques-01040803/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040804/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040901/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01040902/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040903/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-chef-and-sommelier-01040904/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01040906/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040907/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040909/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-eclat-01040910/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01040912/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01041003/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041004/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01041009/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041010/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041011/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01041013/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-01041103/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01041108/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-nude-01041115/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01041116/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-zwiesel-glas-01041117/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01041119/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01041201/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01041203/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01041204/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041207/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01041208/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01041210/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01041301/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01041302/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-nude-01041304/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01040917/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-crystal-bohemia-01040919/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01040201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-durobor-01040301/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040303/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040305/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-01040306/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040402/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040404/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-stoelzle-01040405/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-chef-and-sommelier-01040501/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01040502/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-durobor-01040604/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-durobor-01040607/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040610/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01040612/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040614/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040615/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040617/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040618/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-01040619/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040623/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040624/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fuzhery-d-konyaka-libbey-01040625/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01040627/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-neman-01040629/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040703/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040706/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040801/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040802/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-cristal-darques-01040803/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040804/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040901/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01040902/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01040903/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-chef-and-sommelier-01040904/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01040906/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01040907/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01040909/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-eclat-01040910/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01040912/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01041003/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041004/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01041009/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041010/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041011/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01041013/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-01041103/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01041108/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-nude-01041115/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01041116/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-zwiesel-glas-01041117/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-arcoroc-01041119/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-rocco-01041201/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01041204/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-pasabahce-01041207/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01041208/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-bormioli-luigi-01041210/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-libbey-01041301/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-schott-zwiesel-01041302/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-nude-01041304/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01040917/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-crystal-bohemia-01040919/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-brendi-rona-01040920/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I64" sqref="I64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -3634,187 +3601,187 @@
         <v>72</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D12" s="0">
         <v>116457</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D15" s="0">
         <v>3704</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="L16" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D17" s="0">
         <v>53991002</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
@@ -3834,117 +3801,117 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>106</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>107</v>
+        <v>90</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D21" s="0">
         <v>221527</v>
       </c>
       <c r="E21" s="0"/>
       <c r="F21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
@@ -4000,51 +3967,51 @@
         <v>126</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>130</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D24" s="0">
         <v>322187</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>134</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>31</v>
       </c>
@@ -4068,593 +4035,593 @@
         <v>136</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D25" s="0">
         <v>113762</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>138</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D27" s="0">
         <v>62661</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>70</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>107</v>
+        <v>58</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>58</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D29" s="0">
         <v>8405</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="L29" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D30" s="0">
         <v>3705</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="F31" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>70</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D33" s="0">
         <v>62664</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>70</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>174</v>
+        <v>58</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="E34" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="F34" s="0" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D35" s="0">
         <v>613186</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>68</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>70</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="E37" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="F37" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="F37" s="0" t="s">
+      <c r="G37" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="G37" s="0" t="s">
+      <c r="H37" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>130</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>58</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>58</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="E40" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="E40" s="0" t="s">
+      <c r="F40" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>70</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="E41" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>216</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>217</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
@@ -4665,771 +4632,770 @@
         <v>218</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>221</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>222</v>
+        <v>131</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="E44" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="0" t="s">
+      <c r="G44" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>226</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>241</v>
+        <v>58</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D48" s="0">
         <v>222203</v>
       </c>
       <c r="E48" s="0"/>
       <c r="F48" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D49" s="0">
         <v>3708</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D50" s="0">
         <v>66123</v>
       </c>
       <c r="E50" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="G50" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>250</v>
-      </c>
-[...10 lines deleted...]
-        <v>252</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D51" s="0">
         <v>133948</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>174</v>
+        <v>90</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D52" s="0">
         <v>113756</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>174</v>
+        <v>260</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>70</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>174</v>
+        <v>90</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="D55" s="0" t="s">
+      <c r="E55" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F55" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="E55" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F55" s="0" t="s">
+      <c r="G55" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>275</v>
-      </c>
-[...7 lines deleted...]
-        <v>276</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0">
+        <v>44835</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="F56" s="0"/>
+      <c r="G56" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>282</v>
-      </c>
-[...17 lines deleted...]
-        <v>284</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L57" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>286</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L58" s="0"/>
+        <v>213</v>
+      </c>
+      <c r="L58" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0">
+        <v>613285</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="G59" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>290</v>
-      </c>
-[...16 lines deleted...]
-        <v>293</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="L59" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="D60" s="0">
-        <v>613285</v>
+        <v>111946</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D61" s="0">
-        <v>111946</v>
+        <v>66128</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>74</v>
+        <v>248</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>75</v>
+        <v>168</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>63</v>
+        <v>249</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L61" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F62" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="G62" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>302</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="D63" s="0" t="s">
+      <c r="E63" s="0" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>306</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>194</v>
+        <v>307</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L63" s="0"/>
+      <c r="L63" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
-      <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>311</v>
+        <v>191</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>312</v>
       </c>
       <c r="G64" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>