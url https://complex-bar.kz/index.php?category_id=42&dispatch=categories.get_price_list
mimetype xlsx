--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="457">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="455">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -167,51 +167,51 @@
   <si>
     <t>44814.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 49 ячеек Dmax=62,Hmax=215мм;полипроп.;,H=26,7,L=50,B=50см;серый</t>
   </si>
   <si>
     <t>04121008</t>
   </si>
   <si>
     <t>49S800151</t>
   </si>
   <si>
     <t>56634.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 8 ячеек Dmax=103,Hmax=174мм;полипроп.;,H=17,5,L=50,B=25см;серый</t>
   </si>
   <si>
     <t>04121009</t>
   </si>
   <si>
     <t>8HS638</t>
   </si>
   <si>
-    <t>39925.00₸</t>
+    <t>86394.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов дополнительная (36 ячеек);пластик;,H=45,L=500,B=500мм;бежев.</t>
   </si>
   <si>
     <t>04121013</t>
   </si>
   <si>
     <t>TR-C</t>
   </si>
   <si>
     <t>Traex</t>
   </si>
   <si>
     <t>12462.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов TR-12 дополнительная (30 ячеек);полипроп.;,H=6,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121021</t>
   </si>
   <si>
     <t>TR-H</t>
   </si>
@@ -293,50 +293,53 @@
   <si>
     <t>7631.00₸</t>
   </si>
   <si>
     <t>22 шт.</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов TR-18 дополнительная;полипроп.;,H=6,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121039</t>
   </si>
   <si>
     <t>TR-J</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов TR11 дополнительная;полипроп.;,H=6,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121041</t>
   </si>
   <si>
     <t>TR-G</t>
   </si>
   <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
     <t>Кассета для посуды;полипроп.;,H=30,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121045</t>
   </si>
   <si>
     <t>PM1510-5</t>
   </si>
   <si>
     <t>106476.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Кассета для тарелок на 30 шт Dmax=245мм;полипроп.,сталь нерж.;,H=27,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121046</t>
   </si>
   <si>
     <t>PM3008-4</t>
   </si>
   <si>
     <t>98460.00₸</t>
@@ -344,140 +347,140 @@
   <si>
     <t>Кассета для посуды;полипроп.,сталь нерж.;,H=22,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121047</t>
   </si>
   <si>
     <t>PM4407-3</t>
   </si>
   <si>
     <t>90337.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов 9S дополнительная (9 ячеек);полипроп.;,H=41,L=500,B=500мм;серый</t>
   </si>
   <si>
     <t>04121049</t>
   </si>
   <si>
     <t>9E2151</t>
   </si>
   <si>
     <t>14846.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кассета для столовых приборов Hвнутр.=83мм;полипроп.;,H=10,3,L=50,B=50см;серый</t>
   </si>
   <si>
     <t>04121050</t>
   </si>
   <si>
     <t>14006-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>26719.00₸</t>
   </si>
   <si>
     <t>Кассета для тарелок штырьковая на 18 шт Dmax=460мм;полипроп.;,H=10,3,L=50,B=50см;серый</t>
   </si>
   <si>
     <t>04121051-С</t>
   </si>
   <si>
     <t>14008-00</t>
   </si>
   <si>
     <t>27320.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов «Проотель» 9 ячеек Dmax=150,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121053</t>
   </si>
   <si>
     <t>JW-9</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>12306.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Кассета для посуды 9 ячеек 15,5х15,5 дополнительная;полипроп.;,H=45,L=500,B=500мм;бежев.</t>
   </si>
   <si>
     <t>04121054</t>
   </si>
   <si>
     <t>JW-92</t>
   </si>
   <si>
     <t>7679.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов «Проотель» 16 ячеек Dmax=113,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121055</t>
   </si>
   <si>
     <t>JW-16</t>
   </si>
   <si>
     <t>13377.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов «Проотель» 20 ячеек Dmax=103,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121056</t>
   </si>
   <si>
     <t>JW-20</t>
   </si>
   <si>
     <t>11249.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Кассета для посуды 25 ячеек 9.3х9.3 дополнительная;полипроп.;,H=45,L=500,B=500мм;бежев.</t>
   </si>
   <si>
     <t>04121057</t>
   </si>
   <si>
     <t>JW-253</t>
   </si>
   <si>
     <t>8526.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов «Проотель» 36 ячеек Dmax=73,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121058</t>
   </si>
   <si>
     <t>JW-36</t>
   </si>
   <si>
     <t>12299.00₸</t>
   </si>
   <si>
     <t>Кассета для столовых приборов «Проотель» без ручек 8 ячеек;полипроп.;,H=12,L=42,B=21см;бежев.</t>
@@ -506,53 +509,50 @@
   <si>
     <t>Кассета для бокалов «Проотель» 25 ячеек Dmax=89,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121063</t>
   </si>
   <si>
     <t>JW-25</t>
   </si>
   <si>
     <t>11991.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов «Проотель» JW-36 дополнительная (36 ячеек);полипроп.;,H=45,L=500,B=50</t>
   </si>
   <si>
     <t>04121064</t>
   </si>
   <si>
     <t>JW-363</t>
   </si>
   <si>
     <t>7735.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кассета для бокалов «Проотель» 49 ячеек Dmax=63,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121065</t>
   </si>
   <si>
     <t>JW-49</t>
   </si>
   <si>
     <t>12880.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов «Проотель» JW-49 дополнительная (49 ячеек);полипроп.;,H=45,L=500,B=50</t>
   </si>
   <si>
     <t>04121066</t>
   </si>
   <si>
     <t>JW-492</t>
   </si>
   <si>
     <t>Кассета для посуды «Проотель» Hвнутр.=85мм;полипроп.;,H=10,L=50,B=50см;бежев.</t>
   </si>
   <si>
     <t>04121068</t>
@@ -722,51 +722,51 @@
   <si>
     <t>34512.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов «Проотель» открытая дополнительная;полипроп.;,H=45,L=500,B=500мм;беже</t>
   </si>
   <si>
     <t>04121205</t>
   </si>
   <si>
     <t>JW-P</t>
   </si>
   <si>
     <t>6762.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 36 ячеек Dmax=73,Hmax=257мм;полипроп.;,H=30,8,L=50,B=50см;синий</t>
   </si>
   <si>
     <t>04121214</t>
   </si>
   <si>
     <t>36S958186</t>
   </si>
   <si>
-    <t>110395.00₸</t>
+    <t>153692.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 36 ячеек Dmax=73,Hmax=155мм;полипроп.;,H=18,4,L=50,B=50см;синий</t>
   </si>
   <si>
     <t>04121216</t>
   </si>
   <si>
     <t>36S534186</t>
   </si>
   <si>
     <t>49581.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 36 ячеек Dmax=73,Hmax=174мм;полипроп.;,H=22,5,L=50,B=50см;синий</t>
   </si>
   <si>
     <t>04121217</t>
   </si>
   <si>
     <t>36S638186</t>
   </si>
   <si>
     <t>89174.00₸</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>52453.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 25 ячеек Dmax=87,Hmax=92мм;полипроп.;,H=14,3,L=50,B=50см;зелен.,серый</t>
   </si>
   <si>
     <t>04121238</t>
   </si>
   <si>
     <t>25S318119</t>
   </si>
   <si>
     <t>47332.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 20 ячеек Dmax=98,Hmax=114мм;полипроп.;,H=14,3,L=50,B=50см;синий,серый</t>
   </si>
   <si>
     <t>04121240</t>
   </si>
   <si>
     <t>20S418186</t>
   </si>
   <si>
-    <t>48834.00₸</t>
+    <t>65658.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 25 ячеек Dmax=87,Hmax=215мм;полипроп.;,H=26,7,L=50,B=50см;бордо,серый</t>
   </si>
   <si>
     <t>04121241</t>
   </si>
   <si>
     <t>25S800416</t>
   </si>
   <si>
     <t>85694.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 25 ячеек Dmax=87,Hmax=215мм;полипроп.;,H=26,7,L=50,B=50см;зелен.,серый</t>
   </si>
   <si>
     <t>04121242</t>
   </si>
   <si>
     <t>25S800119</t>
   </si>
   <si>
     <t>64018.00₸</t>
   </si>
@@ -1133,119 +1133,113 @@
   <si>
     <t>11998.00₸</t>
   </si>
   <si>
     <t>04121293</t>
   </si>
   <si>
     <t>JW-492 blue</t>
   </si>
   <si>
     <t>11900.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 9 ячеек Dmax=149,Hmax=257мм;полипроп.;,H=30,8,L=50,B=50см;серый</t>
   </si>
   <si>
     <t>04121503</t>
   </si>
   <si>
     <t>9S958151</t>
   </si>
   <si>
     <t>120906.00₸</t>
   </si>
   <si>
-    <t>Кассета для бокалов 36 ячеек max=74*74,Hmax=241мм;полипроп.;,H=26,7,L=50,B=50см;голуб.</t>
+    <t>Кассета для бокалов 36 ячеек Dmax=74,Hmax=241мм;полипроп.;,H=26,7,L=50,B=50см;голуб.</t>
   </si>
   <si>
     <t>04121505</t>
   </si>
   <si>
     <t>RG36-414</t>
   </si>
   <si>
     <t>Carlisle</t>
   </si>
   <si>
     <t>67014.00₸</t>
   </si>
   <si>
     <t>Чехол для кассет для посуды;винил;,H=91,4,L=53,3,B=53,3см;прозр.</t>
   </si>
   <si>
     <t>04121509</t>
   </si>
   <si>
     <t>RDC07</t>
   </si>
   <si>
     <t>50351.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов «Проотель» JW-25 blue дополнительная (25 ячеек);полипроп.;,H=45,L=500</t>
   </si>
   <si>
     <t>04121512</t>
   </si>
   <si>
     <t>JW-252 blue</t>
   </si>
   <si>
     <t>13174.00₸</t>
   </si>
   <si>
-    <t>более 1 000 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Секция для кассеты для бокалов «Проотель» JW-16 blue дополнительная (16 ячеек);полипроп.;,H=45,L=500</t>
   </si>
   <si>
     <t>04121513</t>
   </si>
   <si>
     <t>JW-162 blue</t>
   </si>
   <si>
     <t>16807.00₸</t>
   </si>
   <si>
     <t>Кассета для столовых приборов «Проотель»;полипроп.;,H=10,L=50,B=50см;синий</t>
   </si>
   <si>
     <t>04121514</t>
   </si>
   <si>
     <t>JW-C blue</t>
   </si>
   <si>
     <t>18116.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кассета для бокалов «Проотель» 25 ячеек Dmax=89,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;голуб.</t>
   </si>
   <si>
     <t>04121515</t>
   </si>
   <si>
     <t>JW-25 blue</t>
   </si>
   <si>
     <t>28889.00₸</t>
   </si>
   <si>
     <t>Кассета для тарелок «Проотель» и подносов штырьковая 8х8 рядов Lmax=460мм;полипроп.;,H=10,L=50,B=50с</t>
   </si>
   <si>
     <t>04121516</t>
   </si>
   <si>
     <t>JW-64P blue</t>
   </si>
   <si>
     <t>21609.00₸</t>
   </si>
   <si>
     <t>Кассета для тарелок «Проотель» штырьковая 8х8 рядов;полипроп.;,H=10,L=50,B=50см;голуб.</t>
@@ -1259,129 +1253,129 @@
   <si>
     <t>22701.00₸</t>
   </si>
   <si>
     <t>Кассета для столовых приборов «Проотель» без ручек 8 ячеек;полипроп.;,H=12,L=42,B=21см;голуб.</t>
   </si>
   <si>
     <t>04121518</t>
   </si>
   <si>
     <t>JW-8B blue</t>
   </si>
   <si>
     <t>10976.00₸</t>
   </si>
   <si>
     <t>Кассета для столовых приборов «Проотель» с ручками 8 ячеек;полипроп.;,H=12,L=42,B=21см;синий</t>
   </si>
   <si>
     <t>04121519</t>
   </si>
   <si>
     <t>JW-8BH blue</t>
   </si>
   <si>
-    <t>11095.00₸</t>
-[...2 lines deleted...]
-    <t>50 шт.</t>
+    <t>11809.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
   </si>
   <si>
     <t>Кассета для посуды «Проотель»;полипроп.;,H=10,L=50,B=50см;голуб.</t>
   </si>
   <si>
     <t>04121520</t>
   </si>
   <si>
     <t>JW-S blue</t>
   </si>
   <si>
     <t>19929.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов «Проотель» 16 ячеек Dmax=113,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;голуб.</t>
   </si>
   <si>
     <t>04121521</t>
   </si>
   <si>
     <t>JW-16 blue</t>
   </si>
   <si>
     <t>21042.00₸</t>
   </si>
   <si>
     <t>Секция для кассеты для бокалов «Проотель» JW-9 blue 15,5х15,5 дополнительная (9 ячеек);полипроп.;,H=</t>
   </si>
   <si>
     <t>04121522</t>
   </si>
   <si>
     <t>JW-92 blue</t>
   </si>
   <si>
     <t>Кассета для бокалов «Проотель» 9 ячеек Dmax=150,Hmax=80мм;полипроп.;,H=10,L=50,B=50см;голуб.</t>
   </si>
   <si>
     <t>04121523</t>
   </si>
   <si>
     <t>JW-9 blue</t>
   </si>
   <si>
     <t>19012.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Кассета для бокалов 25 ячеек Dmax=87,Hmax=225мм;полипроп.;,H=22,5,L=50,B=50см;красный,серый</t>
   </si>
   <si>
     <t>09100387</t>
   </si>
   <si>
     <t>25S638416</t>
   </si>
   <si>
-    <t>60607.00₸</t>
+    <t>106584.00₸</t>
   </si>
   <si>
     <t>Кассета для бокалов 36 ячеек Dmax=73,Hmax=133мм;полипроп.;,H=18,4,L=50,B=50см;черный</t>
   </si>
   <si>
     <t>09100389</t>
   </si>
   <si>
     <t>36S434110</t>
   </si>
   <si>
     <t>63510.00₸</t>
   </si>
   <si>
-    <t>Кассета для бокалов 49 ячеек;полипроп.;,H=30,8,L=50,B=50см;черный</t>
+    <t>Кассета для бокалов 49 ячеек Dmax=62,Hmax=257мм;полипроп.;,H=30,8,L=50,B=50см;черный</t>
   </si>
   <si>
     <t>09100391</t>
   </si>
   <si>
     <t>49S958110</t>
   </si>
   <si>
     <t>87491.00₸</t>
   </si>
   <si>
     <t>Кассета для тарелок штырьковая 9х9 рядов;полипроп.;,H=10,1,L=50,B=50см;серый</t>
   </si>
   <si>
     <t>09100724</t>
   </si>
   <si>
     <t>PR314151</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>33211.00₸</t>
   </si>
@@ -5586,179 +5580,179 @@
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L20" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>114</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>28</v>
@@ -5906,243 +5900,243 @@
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>138</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
@@ -6158,51 +6152,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
@@ -7666,92 +7660,92 @@
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>354</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>355</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>356</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>357</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>358</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>359</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>360</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>361</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>362</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>363</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>364</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>64</v>
       </c>
       <c r="L86" s="0">
@@ -7762,51 +7756,51 @@
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>365</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>366</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>367</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>369</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>370</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
@@ -7890,591 +7884,591 @@
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>381</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>382</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>383</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>384</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>385</v>
+        <v>64</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>386</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>64</v>
       </c>
       <c r="L92" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>394</v>
+        <v>19</v>
       </c>
       <c r="L93" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>399</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="L95" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>367</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="L102" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>434</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="D104" s="0" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="D105" s="0" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="D106" s="0" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>446</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="D107" s="0" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="D108" s="0" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>375</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>