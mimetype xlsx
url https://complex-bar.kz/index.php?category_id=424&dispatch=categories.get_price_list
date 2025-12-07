--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1618">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1629">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -188,3906 +188,3897 @@
   <si>
     <t>Кувшины</t>
   </si>
   <si>
     <t>18419.00₸</t>
   </si>
   <si>
     <t>Кувшин;стекло;1л;D=130,H=145,L=165,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090101</t>
   </si>
   <si>
     <t>5519-1-22306</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>7269.00₸</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=135,H=175,L=153,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090102</t>
+  </si>
+  <si>
+    <t>5512-22390</t>
+  </si>
+  <si>
+    <t>7292.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1л;D=135,H=175,L=153,B=4мм;прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Кувшин;стекло;1л;D=140,H=152,L=165,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090103</t>
   </si>
   <si>
     <t>5547-22206</t>
   </si>
   <si>
     <t>6622.00₸</t>
   </si>
   <si>
     <t>Кувшин;стекло;1,5л;D=125,H=195,L=150,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090104</t>
   </si>
   <si>
     <t>5512-1.5-22910</t>
   </si>
   <si>
     <t>8370.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Кувшин;стекло;2л;D=180,H=185,L=210,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090105</t>
   </si>
   <si>
     <t>5547-2-23477</t>
   </si>
   <si>
     <t>9795.00₸</t>
   </si>
   <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=160,H=171,L=190,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090106</t>
+  </si>
+  <si>
+    <t>5547-1,5-23229</t>
+  </si>
+  <si>
+    <t>8324.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1,5л;D=160,H=171,L=190,B=4мм;прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Кувшин «Пичет»;стекло;1,3л;D=130,H=200,L=178,B=2мм;прозр.</t>
   </si>
   <si>
     <t>03090108</t>
   </si>
   <si>
     <t>C0214</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Pichet</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>6566.00₸</t>
   </si>
   <si>
     <t>Кувшин «Бистро»;стекло;1л;D=122,H=190,L=160,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090112</t>
   </si>
   <si>
     <t>146160MU3321990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Bistrot</t>
   </si>
   <si>
     <t>4151.00₸</t>
   </si>
   <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=150,H=165,L=192,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090116</t>
+  </si>
+  <si>
+    <t>5519-1.5-22911</t>
+  </si>
+  <si>
+    <t>8316.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=151,H=168,L=185,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090118</t>
+  </si>
+  <si>
+    <t>6760-1.5-22912</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;стекло;1,2л;D=142,H=225,L=164,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090119</t>
+  </si>
+  <si>
+    <t>4545-1.2-30889</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин рифленный;1,5л;D=10,H=17,L=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090124</t>
+  </si>
+  <si>
+    <t>5519-1.5r-21929</t>
+  </si>
+  <si>
+    <t>8555.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;285мл;D=68,H=168мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090127</t>
+  </si>
+  <si>
+    <t>125071MFA121230</t>
+  </si>
+  <si>
+    <t>Ypsilon</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;0,55л;D=85,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090128</t>
+  </si>
+  <si>
+    <t>125081MEU121990</t>
+  </si>
+  <si>
+    <t>5290.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=135,H=150,L=180,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090129</t>
+  </si>
+  <si>
+    <t>6760-39670</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;1л;D=97,H=181,L=148,B=3мм;прозр.,желт.</t>
+  </si>
+  <si>
+    <t>03090134</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Frigo</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>2126.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=100,H=158,L=128,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090136</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=123,H=200,L=158,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090137</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;0,5л;D=10,H=15,8,L=10,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090138</t>
+  </si>
+  <si>
+    <t>80101/b</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>980.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Пичет»;стекло;250мл;D=80,H=125,L=125,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090139</t>
+  </si>
+  <si>
+    <t>C0216/59825</t>
+  </si>
+  <si>
+    <t>3500.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;1л;D=105/80,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090140</t>
+  </si>
+  <si>
+    <t>Bacchus</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;0,5л;D=85,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090141</t>
+  </si>
+  <si>
+    <t>Кувшин «Тиволи»;стекло;2,3л;D=120,H=230,L=180,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090143</t>
+  </si>
+  <si>
+    <t>Tivoli</t>
+  </si>
+  <si>
+    <t>8820.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;1л;D=10/7,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03090144</t>
+  </si>
+  <si>
+    <t>125001MEU121990</t>
+  </si>
+  <si>
+    <t>7192.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;0,5л;D=90/75,H=135,L=120,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090145</t>
+  </si>
+  <si>
+    <t>146150MU4321990</t>
+  </si>
+  <si>
+    <t>3735.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки;стекло;1,2л;D=91/90,H=240,L=140,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090147</t>
+  </si>
+  <si>
+    <t>1520-21868</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Тиволи»;стекло;1,6л;D=95/110,H=205,L=145,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090148</t>
+  </si>
+  <si>
+    <t>07058</t>
+  </si>
+  <si>
+    <t>6034.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=95/80,H=135,L=140,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090153</t>
+  </si>
+  <si>
+    <t>5547-0.5-28013</t>
+  </si>
+  <si>
+    <t>5814.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;D=91,H=295,L=140,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090154</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;стекло;1,7л;D=110,H=240,L=170,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090155</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Pitcher</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>6245.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=90,H=190,L=150,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090158</t>
+  </si>
+  <si>
+    <t>E7255</t>
+  </si>
+  <si>
+    <t>3717.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Аурум»;стекло;1,5л;D=85,H=300,L=130,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090161</t>
+  </si>
+  <si>
+    <t>180860G04021990</t>
+  </si>
+  <si>
+    <t>Aurum</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>48688.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Касабланка»;стекло;1,35л;D=80,H=201,L=160,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090163</t>
+  </si>
+  <si>
+    <t>Casablanca</t>
+  </si>
+  <si>
+    <t>7493.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;стекло;1,05л;D=120,H=180,L=165,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090164</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;1,3л</t>
+  </si>
+  <si>
+    <t>03090165</t>
+  </si>
+  <si>
+    <t>4827.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Гибралтар»;стекло;1л;D=195,H=215,L=150,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090167</t>
+  </si>
+  <si>
+    <t>Gibraltar</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Пичет»;стекло;0,5л;D=77,H=150,L=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090171</t>
+  </si>
+  <si>
+    <t>C0215</t>
+  </si>
+  <si>
+    <t>4214.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Данс»;стекло;1,6л;D=9,5,H=24,5,L=153,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03090172</t>
+  </si>
+  <si>
+    <t>43374/b</t>
+  </si>
+  <si>
+    <t>Dance</t>
+  </si>
+  <si>
+    <t>2366.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;2л;D=125,H=210,L=175,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090173</t>
+  </si>
+  <si>
+    <t>5512-2-24549</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Сильвана»;стекло;1,35л;D=11,H=23,L=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03090174</t>
+  </si>
+  <si>
+    <t>43334/b</t>
+  </si>
+  <si>
+    <t>Sylvana</t>
+  </si>
+  <si>
+    <t>2226.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=10,9,H=12,2,L=11,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090175</t>
+  </si>
+  <si>
+    <t>6760-0.5</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;D=95,H=220,L=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090176</t>
+  </si>
+  <si>
+    <t>3993-1.2-17676</t>
+  </si>
+  <si>
+    <t>6653.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Касабланка»;стекло;1,3л;D=80,H=201,L=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090177</t>
+  </si>
+  <si>
+    <t>43614/b</t>
+  </si>
+  <si>
+    <t>2177.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кошем» с крышкой;стекло,абс-пластик;1,5л;D=95,H=225,L=165,B=5мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090178</t>
+  </si>
+  <si>
+    <t>43414/b</t>
+  </si>
+  <si>
+    <t>Kosem</t>
+  </si>
+  <si>
+    <t>2471.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;250мл;D=60,H=100,L=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090179</t>
+  </si>
+  <si>
+    <t>5519-0.25</t>
+  </si>
+  <si>
+    <t>2295.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=73,H=116,L=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090180</t>
+  </si>
+  <si>
+    <t>5519-0.5-28453</t>
+  </si>
+  <si>
+    <t>4305.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=10,H=24,5,L=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03090181</t>
+  </si>
+  <si>
+    <t>8592-26862</t>
+  </si>
+  <si>
+    <t>10318.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вайн декантер»;стекло;1,172л;D=85,H=275мм</t>
+  </si>
+  <si>
+    <t>03090186</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;3л;D=18,H=29,B=18см;полупрозр.</t>
+  </si>
+  <si>
+    <t>03090187</t>
+  </si>
+  <si>
+    <t>28075.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2,5л;D=14,H=29см;прозр.</t>
+  </si>
+  <si>
+    <t>03090190</t>
+  </si>
+  <si>
+    <t>24841.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;2л;D=22,H=26,1см;прозр.</t>
+  </si>
+  <si>
+    <t>03090191</t>
+  </si>
+  <si>
+    <t>E9298</t>
+  </si>
+  <si>
+    <t>9765.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=65,H=130,B=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090192</t>
+  </si>
+  <si>
+    <t>5512-0.5-26908</t>
+  </si>
+  <si>
+    <t>5568.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крафт»;фарфор;0,6л;D=95,H=147,L=134мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03090193</t>
+  </si>
+  <si>
+    <t>1132 0283</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>18072.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,183л;D=90,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090194</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>8848.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,64л;D=83,H=195мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090195</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>Графин с крышкой;стекло;0,5л;D=95,H=200мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090196</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>799.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки;хрусталь;1,2л;D=95,L=155мм</t>
+  </si>
+  <si>
+    <t>03090199</t>
+  </si>
+  <si>
+    <t>1520-800/91а-27467</t>
+  </si>
+  <si>
+    <t>25634.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Симплисити Вайт»;фарфор;1,1л;D=7,H=18,L=17см;белый</t>
+  </si>
+  <si>
+    <t>03090201</t>
+  </si>
+  <si>
+    <t>1101 0282</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>19204.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кашуб-хел»;фарфор;1л;D=10,H=17,L=17,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03090202</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;пластик;0,95л;D=14,5,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>03090207</t>
+  </si>
+  <si>
+    <t>P320CW</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>Pitchers</t>
+  </si>
+  <si>
+    <t>6738.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2л;D=12,H=26,L=17,5,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>03090208</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>32433.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;поликарбонат;1,8л;D=17,H=20,5,L=19см;прозр.</t>
+  </si>
+  <si>
+    <t>03090220</t>
+  </si>
+  <si>
+    <t>P600CW135</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;1,9л;D=18,5,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03090221</t>
+  </si>
+  <si>
+    <t>PC64CW135</t>
+  </si>
+  <si>
+    <t>17125.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Рокси»;стекло;1л;D=88,H=173,L=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090225</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Roxy</t>
+  </si>
+  <si>
+    <t>4374.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Брок»;стекло;0,5л;D=75,H=140,B=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090226</t>
+  </si>
+  <si>
+    <t>E7258</t>
+  </si>
+  <si>
+    <t>Broc</t>
+  </si>
+  <si>
+    <t>2835.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;поликарбонат;1,8л;D=13,H=18,L=20,B=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03090228</t>
+  </si>
+  <si>
+    <t>JW-601</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>5971.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;поликарбонат;1,4л;D=12,5,H=17,5,L=20,B=12,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090229</t>
+  </si>
+  <si>
+    <t>JW-602</t>
+  </si>
+  <si>
+    <t>5096.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1,5л;D=150,H=165,L=192,B=4мм;прозр.</t>
-[...8 lines deleted...]
-    <t>8316.00₸</t>
+    <t>Кувшин «Питчер»;поликарбонат;0,95л;D=10,H=16,B=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090230</t>
+  </si>
+  <si>
+    <t>JW-603</t>
+  </si>
+  <si>
+    <t>5278.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;2л;D=12,H=21см;синий</t>
+  </si>
+  <si>
+    <t>03090231</t>
+  </si>
+  <si>
+    <t>S-751</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;1,6л;D=11,H=32см;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>03090233</t>
+  </si>
+  <si>
+    <t>18219.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;акрил;2л;D=14/17,H=23см</t>
+  </si>
+  <si>
+    <t>03090235</t>
+  </si>
+  <si>
+    <t>25002000MSC</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>11073.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;акрил;2л;D=10,5,H=25,L=40,B=28см</t>
+  </si>
+  <si>
+    <t>03090236</t>
+  </si>
+  <si>
+    <t>25100000ACR</t>
+  </si>
+  <si>
+    <t>24463.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2,8л;D=13,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>03090238</t>
+  </si>
+  <si>
+    <t>29153.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крафт»;фарфор;0,6л;D=95,H=147,L=134мм;белый</t>
+  </si>
+  <si>
+    <t>03090239</t>
+  </si>
+  <si>
+    <t>1155 0283</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>31201.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1,8л;D=10,H=25,4см;прозр.</t>
+  </si>
+  <si>
+    <t>03090241</t>
+  </si>
+  <si>
+    <t>43934/b</t>
+  </si>
+  <si>
+    <t>2415.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1л;D=81,H=213,L=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090242</t>
+  </si>
+  <si>
+    <t>43944/b</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,3л;D=16,3,H=21,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03090243</t>
+  </si>
+  <si>
+    <t>E7254</t>
+  </si>
+  <si>
+    <t>3780.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2л;,H=21,L=19,7см;белый</t>
+  </si>
+  <si>
+    <t>03090244</t>
+  </si>
+  <si>
+    <t>22662.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;поликарбонат;1,9л;D=13,8,H=23,5,L=19,3см</t>
+  </si>
+  <si>
+    <t>03090245</t>
+  </si>
+  <si>
+    <t>JW-609</t>
+  </si>
+  <si>
+    <t>10766.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;250мл;D=80,H=115,L=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090246</t>
+  </si>
+  <si>
+    <t>80100/b</t>
+  </si>
+  <si>
+    <t>791.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1л;D=12,3,H=20,L=15,8см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090247</t>
+  </si>
+  <si>
+    <t>80102/b</t>
+  </si>
+  <si>
+    <t>1715.00₸</t>
+  </si>
+  <si>
+    <t>03090248</t>
+  </si>
+  <si>
+    <t>80111/b</t>
+  </si>
+  <si>
+    <t>1449.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Колонна 1000»;стекло;1л;D=11,3,H=20,2,L=14,6см</t>
+  </si>
+  <si>
+    <t>03090255</t>
+  </si>
+  <si>
+    <t>Colonna</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;хрусталь;1л;D=14,H=22,5,L=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03090256</t>
+  </si>
+  <si>
+    <t>5576/1000/1-24873</t>
+  </si>
+  <si>
+    <t>24640.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Цветок» с крышкой;хрусталь;1,5л;D=60,H=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090257</t>
+  </si>
+  <si>
+    <t>6103-900/43-22576</t>
+  </si>
+  <si>
+    <t>Цветок</t>
+  </si>
+  <si>
+    <t>32017.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Мельница» с крышкой;хрусталь;1,5л;D=60,H=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090260</t>
+  </si>
+  <si>
+    <t>6103-1000/1-22797</t>
+  </si>
+  <si>
+    <t>Мельница</t>
+  </si>
+  <si>
+    <t>32533.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Блю дэппл»;фарфор;1,1л;D=7,H=18,L=17см;белый,синий</t>
+  </si>
+  <si>
+    <t>03090261</t>
+  </si>
+  <si>
+    <t>1710 0282</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>20051.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Блю дэппл»;фарфор;0,6л;D=70,H=147мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03090262</t>
+  </si>
+  <si>
+    <t>1710 0283</t>
+  </si>
+  <si>
+    <t>13930.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;хр.стекло;1л;D=13,7,H=20,9см;прозр.</t>
+  </si>
+  <si>
+    <t>03090264</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Hemingway</t>
+  </si>
+  <si>
+    <t>15200.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;стекло;1,2л;D=80/75,H=275,L=145мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090265</t>
+  </si>
+  <si>
+    <t>3993-1.2-28014</t>
+  </si>
+  <si>
+    <t>5760.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крафт Грин»;фарфор;0,6л;D=95,H=147,L=134мм;зелен.</t>
+  </si>
+  <si>
+    <t>03090266</t>
+  </si>
+  <si>
+    <t>1131 0283</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>19381.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Хани»;стекло;1,2л;D=11,5,H=22,L=17см;прозр.</t>
+  </si>
+  <si>
+    <t>03090267</t>
+  </si>
+  <si>
+    <t>66136M</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Honey</t>
+  </si>
+  <si>
+    <t>8247.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Дива»;стекло;1,2л;D=11,5,H=22,L=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090268</t>
+  </si>
+  <si>
+    <t>66135M</t>
+  </si>
+  <si>
+    <t>Diva</t>
+  </si>
+  <si>
+    <t>11774.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Романтика»;стекло;1,8л;D=10,6,H=23,6,L=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03090270</t>
+  </si>
+  <si>
+    <t>335942M02321990</t>
+  </si>
+  <si>
+    <t>Romantic</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Луна» с крышкой;стекло,пластик;1,7л;D=11,H=23,5,L=16,7см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090275</t>
+  </si>
+  <si>
+    <t>43544/b</t>
+  </si>
+  <si>
+    <t>Luna</t>
+  </si>
+  <si>
+    <t>2702.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло,сталь нерж.;1,5л;D=95,H=270мм</t>
+  </si>
+  <si>
+    <t>03090276</t>
+  </si>
+  <si>
+    <t>34350.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Саксэшен»;фарфор;0,75л;,L=12,5см;белый</t>
+  </si>
+  <si>
+    <t>03090279</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Succession</t>
+  </si>
+  <si>
+    <t>31817.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Саксэшен»;фарфор;0,75л;,H=18,B=12,5см;черный</t>
+  </si>
+  <si>
+    <t>03090282</t>
+  </si>
+  <si>
+    <t>32294.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий с крышкой и стрейнером;стекло,металл;0,5л;D=85,H=145,L=136мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090284</t>
+  </si>
+  <si>
+    <t>WP035</t>
+  </si>
+  <si>
+    <t>8267.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий с крышкой и стрейнером;стекло,металл;1,8л;D=14,5,H=22,L=11,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03090285</t>
+  </si>
+  <si>
+    <t>WP016</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Сфера»;сталь нерж.;2л;D=15,5,H=18,7,L=21,4,B=12,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03090286</t>
+  </si>
+  <si>
+    <t>56916-20</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Sphera</t>
+  </si>
+  <si>
+    <t>151536.00₸</t>
+  </si>
+  <si>
+    <t>03090287</t>
+  </si>
+  <si>
+    <t>80113/b</t>
+  </si>
+  <si>
+    <t>1071.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий без носика;стекло;1,8л;D=80,H=200,L=117мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090288</t>
+  </si>
+  <si>
+    <t>WP016/1w/oNose</t>
+  </si>
+  <si>
+    <t>5250.00₸</t>
   </si>
   <si>
     <t>44 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1,5л;D=151,H=168,L=185,B=4мм;прозр.</t>
-[...770 lines deleted...]
-    <t>5278.00₸</t>
+    <t>Кувшин «Бистро» без крышки;стекло;1л;D=12,3,H=20,L=15,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090290</t>
+  </si>
+  <si>
+    <t>80102/b without cover</t>
+  </si>
+  <si>
+    <t>1428.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки рифленный;2л;прозр.</t>
+  </si>
+  <si>
+    <t>03090291</t>
+  </si>
+  <si>
+    <t>5512-2,0r</t>
+  </si>
+  <si>
+    <t>5036.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Тоскана»;хр.стекло;0,8л;D=83,H=205,B=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090301</t>
+  </si>
+  <si>
+    <t>61534A4600</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Toscana</t>
+  </si>
+  <si>
+    <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>43675.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Тоскана»;хр.стекло;1л;D=95,H=245,B=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090302</t>
+  </si>
+  <si>
+    <t>61534A4900</t>
+  </si>
+  <si>
+    <t>55787.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=13,1,H=21,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090307</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Exclusiv</t>
+  </si>
+  <si>
+    <t>29538.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=11,3,H=19,L=15,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090308</t>
+  </si>
+  <si>
+    <t>18527.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=97,H=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090309</t>
+  </si>
+  <si>
+    <t>9133.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=13,3,H=21,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090310</t>
+  </si>
+  <si>
+    <t>19535.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;2л;D=10,9,H=31см;прозр.</t>
+  </si>
+  <si>
+    <t>03090311</t>
+  </si>
+  <si>
+    <t>19374.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,25л;D=10,H=25,2,L=16,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090312</t>
+  </si>
+  <si>
+    <t>22823.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;0,6л;D=80,H=140,L=125мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090314</t>
+  </si>
+  <si>
+    <t>80122/b</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кончерто»;стекло;1,2л;D=11,5,H=22,L=16,5см</t>
+  </si>
+  <si>
+    <t>03090315</t>
+  </si>
+  <si>
+    <t>66137M</t>
+  </si>
+  <si>
+    <t>Concerto</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бейзик» с крышкой;стекло,пластик;1,3л;,H=22,9,L=13,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090316</t>
+  </si>
+  <si>
+    <t>43964/b</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>2289.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки с лазерной насечкой;стекло;0,55л;D=84,H=204мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090317</t>
+  </si>
+  <si>
+    <t>125081MEU121231</t>
+  </si>
+  <si>
+    <t>6977.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вальс»;стекло;1,34л;,H=23,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03090319</t>
+  </si>
+  <si>
+    <t>43474/b</t>
+  </si>
+  <si>
+    <t>Valse</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;0,6л;,H=14см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090324</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки;стекло;250мл;прозр.</t>
+  </si>
+  <si>
+    <t>03090325</t>
+  </si>
+  <si>
+    <t>5512-0.25</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Сферик» для саке;стекло;0,5л;D=15,8,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03090402</t>
+  </si>
+  <si>
+    <t>E2923</t>
+  </si>
+  <si>
+    <t>Spherigue</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;125мл;D=62,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090403</t>
+  </si>
+  <si>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;250мл;D=73,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090404</t>
+  </si>
+  <si>
+    <t>10788.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;200мл;D=7,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>03090405</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кошем» с крышкой;стекло;1л;D=80,H=220,L=125мм;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>03090406</t>
+  </si>
+  <si>
+    <t>80051/b</t>
+  </si>
+  <si>
+    <t>1484.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;1,3л;D=80,H=270,L=125мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>03090407</t>
+  </si>
+  <si>
+    <t>80052/b</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;1л;D=97,H=181,L=125мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090447</t>
+  </si>
+  <si>
+    <t>80050/b</t>
+  </si>
+  <si>
+    <t>1491.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1,85л;,H=22,L=15,9см;прозр.</t>
+  </si>
+  <si>
+    <t>03090448</t>
+  </si>
+  <si>
+    <t>80119/b</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Оаси»;стекло;1,2л;D=11,5,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03090453</t>
+  </si>
+  <si>
+    <t>Oasi</t>
+  </si>
+  <si>
+    <t>6846.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Лонгшамп»;хр.стекло;1,5л;D=95,H=220,L=173мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090459</t>
+  </si>
+  <si>
+    <t>L9760</t>
+  </si>
+  <si>
+    <t>Eclat</t>
+  </si>
+  <si>
+    <t>Longchamp</t>
+  </si>
+  <si>
+    <t>11102.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Акватик» с крышкой;стекло,пластик;1,65л;D=11,H=24,L=18см;прозр.</t>
+  </si>
+  <si>
+    <t>03090460</t>
+  </si>
+  <si>
+    <t>43324/b</t>
+  </si>
+  <si>
+    <t>Aquatic</t>
+  </si>
+  <si>
+    <t>2814.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Графин «Белфеста»;хр.стекло;0,5л;D=10,2,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03090467</t>
+  </si>
+  <si>
+    <t>Zwiesel Glas</t>
+  </si>
+  <si>
+    <t>Belfesta</t>
+  </si>
+  <si>
+    <t>24302.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;1,4л</t>
+  </si>
+  <si>
+    <t>03090468</t>
+  </si>
+  <si>
+    <t>RPLN-14-OW</t>
+  </si>
+  <si>
+    <t>Hario</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>14376.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Инальто Инвито»;стекло;0,61л;D=12,9,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090470</t>
+  </si>
+  <si>
+    <t>365765G03021990</t>
+  </si>
+  <si>
+    <t>Inalto Invit</t>
+  </si>
+  <si>
+    <t>23786.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;,H=255,L=210,B=85мм</t>
+  </si>
+  <si>
+    <t>03090475</t>
+  </si>
+  <si>
+    <t>B0818114</t>
+  </si>
+  <si>
+    <t>30770.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;,H=32,L=24,B=11см</t>
+  </si>
+  <si>
+    <t>03090476</t>
+  </si>
+  <si>
+    <t>B0818115</t>
+  </si>
+  <si>
+    <t>41296.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Белфеста»;хр.стекло;250мл;D=79,H=215мм</t>
+  </si>
+  <si>
+    <t>03090477</t>
+  </si>
+  <si>
+    <t>11135.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;хр.стекло;200мл;D=77,H=108мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090480</t>
+  </si>
+  <si>
+    <t>2805 4300</t>
+  </si>
+  <si>
+    <t>12490.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;250мл;D=62,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090481</t>
+  </si>
+  <si>
+    <t>80112/b</t>
+  </si>
+  <si>
+    <t>742.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Ориент» без крышки;стекло;2,578л;D=18,26,H=24,27см;прозр.</t>
+  </si>
+  <si>
+    <t>03090482</t>
+  </si>
+  <si>
+    <t>Oriente</t>
+  </si>
+  <si>
+    <t>9040.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;акрил;1,8л;,H=22,L=18,B=13,5см</t>
+  </si>
+  <si>
+    <t>03090501</t>
+  </si>
+  <si>
+    <t>Pfg</t>
+  </si>
+  <si>
+    <t>5791.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кантри Стайл»;фарфор;1л;D=86,H=195мм;зелен.</t>
+  </si>
+  <si>
+    <t>03090506</t>
+  </si>
+  <si>
+    <t>TRY3410</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>16101.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кантри Стайл»;фарфор;270мл;D=57,H=120мм;зелен.</t>
+  </si>
+  <si>
+    <t>03090507</t>
+  </si>
+  <si>
+    <t>TRY3525</t>
+  </si>
+  <si>
+    <t>10750.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;хр.стекло;0,5л;D=10,2,H=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090509</t>
+  </si>
+  <si>
+    <t>2805 4600</t>
+  </si>
+  <si>
+    <t>18303.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;хр.стекло;1л;D=14,H=19,6см;прозр.</t>
+  </si>
+  <si>
+    <t>03090510</t>
+  </si>
+  <si>
+    <t>2805 4900</t>
+  </si>
+  <si>
+    <t>58443.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;хр.стекло;0,75л;D=85,5,H=307мм</t>
+  </si>
+  <si>
+    <t>03090604</t>
+  </si>
+  <si>
+    <t>Zwiesel 1872</t>
+  </si>
+  <si>
+    <t>Hommage Comete</t>
+  </si>
+  <si>
+    <t>149257.00₸</t>
+  </si>
+  <si>
+    <t>Крышка д/кувшина WW500CW;пластик;белый</t>
+  </si>
+  <si>
+    <t>03090701</t>
+  </si>
+  <si>
+    <t>WW1000LS148</t>
+  </si>
+  <si>
+    <t>Camliter</t>
+  </si>
+  <si>
+    <t>1471.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;1,6л;D=11,H=30,L=10,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03090702</t>
+  </si>
+  <si>
+    <t>10888.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Куфра» с охладителем;стекло;2л;D=17,95,H=21,1см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>03090703</t>
+  </si>
+  <si>
+    <t>135729MP4321990</t>
+  </si>
+  <si>
+    <t>Kufra</t>
+  </si>
+  <si>
+    <t>Кувшин «Куфра» с охладителем;стекло;2л;D=17,95,H=21,1см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090704</t>
+  </si>
+  <si>
+    <t>135729MR9321990</t>
+  </si>
+  <si>
+    <t>Кувшин «Куфра» с охладителем;стекло;2л;D=17,95,H=21,1см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>03090706</t>
+  </si>
+  <si>
+    <t>1.35729.MV1</t>
+  </si>
+  <si>
+    <t>5614.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крушо»;фарфор;0,5л;,H=24,L=22,B=8см;белый</t>
+  </si>
+  <si>
+    <t>03090708</t>
+  </si>
+  <si>
+    <t>B7518001</t>
+  </si>
+  <si>
+    <t>Cruchot</t>
+  </si>
+  <si>
+    <t>37469.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Ликид»;керамика;0,5л;,H=16,2,L=11,B=10см;черный</t>
+  </si>
+  <si>
+    <t>03090710</t>
+  </si>
+  <si>
+    <t>Likid</t>
+  </si>
+  <si>
+    <t>28390.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Мэтр»;стекло;1,1л;D=14,8,H=18см;прозр.</t>
+  </si>
+  <si>
+    <t>03090711</t>
+  </si>
+  <si>
+    <t>IVV</t>
+  </si>
+  <si>
+    <t>Maitre</t>
+  </si>
+  <si>
+    <t>62540.00₸</t>
+  </si>
+  <si>
+    <t>03090712</t>
+  </si>
+  <si>
+    <t>Кувшин «Мэтр»;стекло;1,3л;D=13,H=25,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090713</t>
+  </si>
+  <si>
+    <t>57111.00₸</t>
+  </si>
+  <si>
+    <t>03090714</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий;фарфор;300мл;,H=127,L=82,B=72мм;белый</t>
+  </si>
+  <si>
+    <t>03090715</t>
+  </si>
+  <si>
+    <t>C099-01BRA</t>
+  </si>
+  <si>
+    <t>Loveramics</t>
+  </si>
+  <si>
+    <t>Brewers</t>
+  </si>
+  <si>
+    <t>20104.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий;фарфор;300мл;,H=127,L=82,B=72мм;черный</t>
+  </si>
+  <si>
+    <t>03090716</t>
+  </si>
+  <si>
+    <t>C099-05BBS</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий;фарфор;300мл;,H=127,L=82,B=72мм;серый</t>
+  </si>
+  <si>
+    <t>03090717</t>
+  </si>
+  <si>
+    <t>C099-09BGL</t>
+  </si>
+  <si>
+    <t>Кувшин «Пас-парту»;стекло;0,75л;D=11,H=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03090718</t>
+  </si>
+  <si>
+    <t>B0819014</t>
+  </si>
+  <si>
+    <t>32841.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Оффисина 1825»;стекло;1,183л;D=96,H=275мм</t>
+  </si>
+  <si>
+    <t>03090719</t>
+  </si>
+  <si>
+    <t>540627MTV121990</t>
+  </si>
+  <si>
+    <t>Officina1825</t>
+  </si>
+  <si>
+    <t>4875.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;стекло,пластик;1,1л;D=85,H=244мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090722</t>
+  </si>
+  <si>
+    <t>H00254</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>Кувшин «Пьюр»;хр.стекло;375мл;D=78,H=194мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090725</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>18427.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вилэдж»;стекло;360мл;D=51/63,H=172мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090726</t>
+  </si>
+  <si>
+    <t>43804/b</t>
+  </si>
+  <si>
+    <t>Village</t>
+  </si>
+  <si>
+    <t>1022.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вилэдж»;стекло;1,33л;D=79/94,H=249мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090727</t>
+  </si>
+  <si>
+    <t>43824/b</t>
+  </si>
+  <si>
+    <t>1827.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вэйв»;фарфор;350мл;D=7,H=14см;белый</t>
+  </si>
+  <si>
+    <t>03090732</t>
+  </si>
+  <si>
+    <t>V0333-0013</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Wave</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>10095.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Мистер &amp; Миссис» с крышкой;хр.стекло;0,7л;D=89,H=235мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090733</t>
+  </si>
+  <si>
+    <t>Mr. &amp; Mrs.</t>
+  </si>
+  <si>
+    <t>52091.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Винтаж» с крышкой;хр.стекло;0,75л;D=15,H=24,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03090734</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>34727.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Перса»;стекло;D=24,H=35см;серый</t>
+  </si>
+  <si>
+    <t>03090736</t>
+  </si>
+  <si>
+    <t>739-GR</t>
+  </si>
+  <si>
+    <t>SEMPRE LIFE</t>
+  </si>
+  <si>
+    <t>Persa</t>
+  </si>
+  <si>
+    <t>110719.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Уайли»;фарфор;0,8л;D=10,H=19см;белый</t>
+  </si>
+  <si>
+    <t>03090744</t>
+  </si>
+  <si>
+    <t>Yly</t>
+  </si>
+  <si>
+    <t>45207.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Уайли»;керамика;0,8л;D=10,H=19см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03090745</t>
+  </si>
+  <si>
+    <t>46293.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки рифленный;стекло;1,75л;D=16,6/11,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>03090746</t>
+  </si>
+  <si>
+    <t>5519/200/1-1.75r-41375</t>
+  </si>
+  <si>
+    <t>Кувшин «Кошем» с крышкой;стекло;1л;D=80,H=220,L=125мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090748</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кошем» с крышкой;стекло;1л;D=80,H=220,L=125мм;прозр.,белый</t>
+  </si>
+  <si>
+    <t>03090749</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;250мл;D=90,H=186мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100102</t>
+  </si>
+  <si>
+    <t>3109-0.25-1321</t>
+  </si>
+  <si>
+    <t>4790.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Каррэ» квадратный;стекло;250мл;,H=162,L=65,B=654мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100104</t>
+  </si>
+  <si>
+    <t>Carre</t>
+  </si>
+  <si>
+    <t>2569.00₸</t>
+  </si>
+  <si>
+    <t>Графин с ручкой;стекло;150мл;,H=140,L=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100106</t>
+  </si>
+  <si>
+    <t>5550-21876</t>
+  </si>
+  <si>
+    <t>10303.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;150мл;D=77,H=165мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100111</t>
+  </si>
+  <si>
+    <t>3109-0.15-21259</t>
+  </si>
+  <si>
+    <t>Графин «Звезда» для вина;хрусталь;250мл;,H=16,6см</t>
+  </si>
+  <si>
+    <t>03100115</t>
+  </si>
+  <si>
+    <t>6242-0.25-23228</t>
+  </si>
+  <si>
+    <t>Звезда</t>
+  </si>
+  <si>
+    <t>17079.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Графин «Мельница»;хрусталь;150мл;D=82,H=174,B=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100116</t>
+  </si>
+  <si>
+    <t>5550-0.15-21873</t>
+  </si>
+  <si>
+    <t>14746.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Графин «Мельница»;хрусталь;350мл;D=10,4,H=22,4см;прозр.</t>
+  </si>
+  <si>
+    <t>03100122</t>
+  </si>
+  <si>
+    <t>4184-0.35-21874</t>
+  </si>
+  <si>
+    <t>20290.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Мельница»;хрусталь;450мл;D=88,H=235мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100123</t>
+  </si>
+  <si>
+    <t>4319-0.45-23314</t>
+  </si>
+  <si>
+    <t>20898.00₸</t>
+  </si>
+  <si>
+    <t>Графин без ручки;хрусталь;0,75л;,H=310,B=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100128</t>
+  </si>
+  <si>
+    <t>6207-28386</t>
+  </si>
+  <si>
+    <t>26635.00₸</t>
+  </si>
+  <si>
+    <t>Графин с ручкой;хрусталь;0,5л;,H=25,B=11,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100129</t>
+  </si>
+  <si>
+    <t>6207-22351</t>
+  </si>
+  <si>
+    <t>14869.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;125мл;D=8,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03100134</t>
+  </si>
+  <si>
+    <t>One For All</t>
+  </si>
+  <si>
+    <t>14276.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;250мл;D=95,H=195мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100135</t>
+  </si>
+  <si>
+    <t>12875.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;250мл;D=97,H=171мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100136</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>5229.00₸</t>
+  </si>
+  <si>
+    <t>Графин с ручкой;хрусталь;0,75л;прозр.</t>
+  </si>
+  <si>
+    <t>03100138</t>
+  </si>
+  <si>
+    <t>6207-1867</t>
+  </si>
+  <si>
+    <t>30030.00₸</t>
+  </si>
+  <si>
+    <t>Графин с ручкой;хрусталь;0,75л</t>
+  </si>
+  <si>
+    <t>03100139</t>
+  </si>
+  <si>
+    <t>6207р-3109</t>
+  </si>
+  <si>
+    <t>18311.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Квадро»;хр.стекло;0,85л;,H=27,5см</t>
+  </si>
+  <si>
+    <t>03100140</t>
+  </si>
+  <si>
+    <t>74C74599A4408500</t>
+  </si>
+  <si>
+    <t>Bohemia</t>
+  </si>
+  <si>
+    <t>Quadro</t>
+  </si>
+  <si>
+    <t>25949.00₸</t>
+  </si>
+  <si>
+    <t>Графин;пластик;1,2л</t>
+  </si>
+  <si>
+    <t>03100141</t>
+  </si>
+  <si>
+    <t>3BE009</t>
+  </si>
+  <si>
+    <t>28213.00₸</t>
+  </si>
+  <si>
+    <t>Графин для буфетной стены;фарфор,сталь нерж.;1,2л</t>
+  </si>
+  <si>
+    <t>03100142</t>
+  </si>
+  <si>
+    <t>MMO 012 E 100</t>
+  </si>
+  <si>
+    <t>172419.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Цветок»;хрусталь;0,75л;D=92,H=263мм</t>
+  </si>
+  <si>
+    <t>03100143</t>
+  </si>
+  <si>
+    <t>6280/900/43-23124</t>
+  </si>
+  <si>
+    <t>37961.00₸</t>
+  </si>
+  <si>
+    <t>Графин;хрусталь;0,75л;,H=26,3см</t>
+  </si>
+  <si>
+    <t>03100146</t>
+  </si>
+  <si>
+    <t>24279.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Мельница» для вина;хрусталь;250мл;,H=16,6см</t>
+  </si>
+  <si>
+    <t>03100149</t>
+  </si>
+  <si>
+    <t>6242/1000/1-25766</t>
+  </si>
+  <si>
+    <t>17703.00₸</t>
+  </si>
+  <si>
+    <t>Графин;хрусталь;0,5л;прозр.</t>
+  </si>
+  <si>
+    <t>03100150</t>
+  </si>
+  <si>
+    <t>9361/1100/18-13775</t>
+  </si>
+  <si>
+    <t>27975.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Графин с крышкой;стекло,силикон;1л;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03100152</t>
+  </si>
+  <si>
+    <t>16994.00₸</t>
+  </si>
+  <si>
+    <t>Графин с пробкой;стекло;450мл;D=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03100153</t>
+  </si>
+  <si>
+    <t>10855-31368</t>
+  </si>
+  <si>
+    <t>5390.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Дартс» и 6 стопок;хрусталь;35мл</t>
+  </si>
+  <si>
+    <t>03100155</t>
+  </si>
+  <si>
+    <t>4319/1000/205-26951</t>
+  </si>
+  <si>
+    <t>28352.00₸</t>
+  </si>
+  <si>
+    <t>Штоф с пробкой;хрусталь;0,5л;,H=21,L=9,B=9см</t>
+  </si>
+  <si>
+    <t>03100156</t>
+  </si>
+  <si>
+    <t>6280/900/176-30869</t>
+  </si>
+  <si>
+    <t>29176.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Графин;стекло;0,5л;D=10,8,H=21см;прозр.</t>
+  </si>
+  <si>
+    <t>03100201</t>
+  </si>
+  <si>
+    <t>3109-0.5-1332</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;350мл;D=98,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100221</t>
+  </si>
+  <si>
+    <t>18180.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;0,5л;D=12,H=24см;прозр.</t>
+  </si>
+  <si>
+    <t>03100222</t>
+  </si>
+  <si>
+    <t>19782.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Вино Гранде»;хр.стекло;1л;D=19,4,H=20см</t>
+  </si>
+  <si>
+    <t>03100224</t>
+  </si>
+  <si>
+    <t>Spiegelau</t>
+  </si>
+  <si>
+    <t>Vino Grande</t>
+  </si>
+  <si>
+    <t>71456.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Коника»;хр.стекло;1л;D=13,H=24,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100225</t>
+  </si>
+  <si>
+    <t>PM706 - 08550/02</t>
+  </si>
+  <si>
+    <t>Conica</t>
+  </si>
+  <si>
+    <t>7893.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Каррэ» квадратный;стекло;1л;D=12,H=25,5см</t>
+  </si>
+  <si>
+    <t>03100230</t>
+  </si>
+  <si>
+    <t>4221.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Лаб»;стекло;0,5л;D=85,H=172мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100231</t>
+  </si>
+  <si>
+    <t>LAB</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>9918.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Лаб»;стекло;250мл;D=70,H=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100232</t>
+  </si>
+  <si>
+    <t>8055.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Лаб»;стекло;125мл;D=57,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100233</t>
+  </si>
+  <si>
+    <t>7000.00₸</t>
+  </si>
+  <si>
+    <t>Графин;хр.стекло;1л;,H=19,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100235</t>
+  </si>
+  <si>
+    <t>Arch</t>
+  </si>
+  <si>
+    <t>72342.00₸</t>
+  </si>
+  <si>
+    <t>Штоф с крышкой составной из 3-х частей;стекло;,H=33,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100239</t>
+  </si>
+  <si>
+    <t>Rcr</t>
+  </si>
+  <si>
+    <t>36683.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Каррэ» квадратный;стекло;0,5л;,H=19см;прозр.</t>
+  </si>
+  <si>
+    <t>03100301</t>
+  </si>
+  <si>
+    <t>СЛОВЕНИЯ</t>
+  </si>
+  <si>
+    <t>3024.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Россини» с крышкой;хр.стекло;0,7л;,H=21,5,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03100307</t>
+  </si>
+  <si>
+    <t>A11336M0222L990</t>
+  </si>
+  <si>
+    <t>11335.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Штраусс»;хр.стекло;0,7л;,H=24,L=8,B=8см;прозр.</t>
+  </si>
+  <si>
+    <t>03100308</t>
+  </si>
+  <si>
+    <t>H961</t>
+  </si>
+  <si>
+    <t>Strauss</t>
+  </si>
+  <si>
+    <t>9826.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Лист»;хр.стекло;0,782л;,H=20,B=15,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03100310</t>
+  </si>
+  <si>
+    <t>A11335M0222L990</t>
+  </si>
+  <si>
+    <t>Liszt</t>
+  </si>
+  <si>
+    <t>11181.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Вино Гранде» с крышкой;хр.стекло;1л;,H=15,L=26,5,B=15см</t>
+  </si>
+  <si>
+    <t>03100322</t>
+  </si>
+  <si>
+    <t>РУМЫНИЯ</t>
+  </si>
+  <si>
+    <t>61254.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Вите»;1,2л</t>
+  </si>
+  <si>
+    <t>03100327</t>
+  </si>
+  <si>
+    <t>Vite</t>
+  </si>
+  <si>
+    <t>3649.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;стекло;250мл;D=67,H=119мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100328</t>
+  </si>
+  <si>
+    <t>1802.00₸</t>
+  </si>
+  <si>
+    <t>Графин;стекло;0,5л;D=11,8,H=20,6см;прозр.</t>
+  </si>
+  <si>
+    <t>03100330</t>
+  </si>
+  <si>
+    <t>7138.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;стекло;0,75л;D=19,6,H=26,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100331</t>
+  </si>
+  <si>
+    <t>Fire</t>
+  </si>
+  <si>
+    <t>22346.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Вейнланд»;стекло;0,75л;D=19,4,H=21,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03100334</t>
+  </si>
+  <si>
+    <t>Weinland</t>
+  </si>
+  <si>
+    <t>22076.00₸</t>
+  </si>
+  <si>
+    <t>Графин с крышкой;акрил;1л</t>
+  </si>
+  <si>
+    <t>03100335</t>
+  </si>
+  <si>
+    <t>25301000ACR</t>
+  </si>
+  <si>
+    <t>8078.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Вулканос»;стекло;0,75л;D=23,8,H=24см;черный</t>
+  </si>
+  <si>
+    <t>03100338</t>
+  </si>
+  <si>
+    <t>Vulkanos</t>
+  </si>
+  <si>
+    <t>32725.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Вулканос»;стекло;0,75л;D=17,5,H=28,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100339</t>
+  </si>
+  <si>
+    <t>36729.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Фаер»;стекло;0,6л;D=13,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03100350</t>
+  </si>
+  <si>
+    <t>29307.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Ательер»;хр.стекло;0,5л;D=90,H=225мм</t>
+  </si>
+  <si>
+    <t>03100352</t>
+  </si>
+  <si>
+    <t>A10698MM902AA01</t>
+  </si>
+  <si>
+    <t>Atelier</t>
+  </si>
+  <si>
+    <t>5868.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Пьюрити»;стекло;250мл;D=77,H=176мм</t>
+  </si>
+  <si>
+    <t>03100355</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>4597.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Карат» с пробкой;стекло;0,5л;,H=19,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03100364</t>
+  </si>
+  <si>
+    <t>96326/b</t>
+  </si>
+  <si>
+    <t>Karat</t>
+  </si>
+  <si>
+    <t>2345.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Цветок» для вина без ручки;хрусталь;0,5л</t>
+  </si>
+  <si>
+    <t>03100367</t>
+  </si>
+  <si>
+    <t>6207/900/43-24034</t>
+  </si>
+  <si>
+    <t>26057.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Эксплор»;стекло;1,3л;D=14,5,H=32,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03100368</t>
+  </si>
+  <si>
+    <t>V4667</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Explore</t>
+  </si>
+  <si>
+    <t>18851.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Аршитект» с крышкой;хр.стекло;0,75л;прозр.</t>
+  </si>
+  <si>
+    <t>03100369</t>
+  </si>
+  <si>
+    <t>L8455</t>
+  </si>
+  <si>
+    <t>Cristal D"arques</t>
+  </si>
+  <si>
+    <t>Architecte</t>
+  </si>
+  <si>
+    <t>28133.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Классик»;хр.стекло;0,75л;D=21,H=21,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03100370</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>19612.00₸</t>
+  </si>
+  <si>
+    <t>Штоф;хр.стекло;0,75л;D=11,8,H=21,5см</t>
+  </si>
+  <si>
+    <t>03100374</t>
+  </si>
+  <si>
+    <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>Basic Bar Classic</t>
+  </si>
+  <si>
+    <t>87449.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Элеганс» с крышкой;стекло;1л;D=11,1,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03100403</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>2989.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Микеланджело»;хр.стекло;1,005л;D=10,3,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03100404</t>
+  </si>
+  <si>
+    <t>H943 729/721</t>
+  </si>
+  <si>
+    <t>Michelangelo</t>
+  </si>
+  <si>
+    <t>8070.00₸</t>
+  </si>
+  <si>
+    <t>Графин с ручкой и пробкой;250мл;,H=18см</t>
+  </si>
+  <si>
+    <t>03100411</t>
+  </si>
+  <si>
+    <t>6467-0.25</t>
+  </si>
+  <si>
+    <t>2248.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Питчерс»;хр.стекло;1,5л;D=72,H=210,L=275,B=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100412</t>
+  </si>
+  <si>
+    <t>60844 5100</t>
+  </si>
+  <si>
+    <t>47001.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Карафс»;хр.стекло;1,5л;D=8,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03100414</t>
+  </si>
+  <si>
+    <t>5979 7500</t>
+  </si>
+  <si>
+    <t>Carafes</t>
+  </si>
+  <si>
+    <t>19481.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Карафс»;хр.стекло;1,5л;D=68,H=235,B=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100416</t>
+  </si>
+  <si>
+    <t>60755 7500</t>
+  </si>
+  <si>
+    <t>59468.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Карафс»;хр.стекло;1л;D=72,H=220,B=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100417</t>
+  </si>
+  <si>
+    <t>2819 7400</t>
+  </si>
+  <si>
+    <t>62355.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Элеганс» без крышки;стекло;1л;D=52,H=225мм</t>
+  </si>
+  <si>
+    <t>03100418</t>
+  </si>
+  <si>
+    <t>2198.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Тоскана»;хр.стекло;1,5л;D=25,H=27,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03100419</t>
+  </si>
+  <si>
+    <t>57966.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,4л;D=49,H=325,L=220мм</t>
+  </si>
+  <si>
+    <t>03100421</t>
+  </si>
+  <si>
+    <t>H337</t>
+  </si>
+  <si>
+    <t>110187.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,55л;D=70,H=335,L=215мм</t>
+  </si>
+  <si>
+    <t>03100423</t>
+  </si>
+  <si>
+    <t>H363</t>
+  </si>
+  <si>
+    <t>131155.00₸</t>
+  </si>
+  <si>
+    <t>Графин без крышки;стекло;1,2л</t>
+  </si>
+  <si>
+    <t>03100424</t>
+  </si>
+  <si>
+    <t>3GL007</t>
+  </si>
+  <si>
+    <t>31509.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Квадро»;хр.стекло;400мл;,H=25,5см</t>
+  </si>
+  <si>
+    <t>03100428</t>
+  </si>
+  <si>
+    <t>74C74599A44050</t>
+  </si>
+  <si>
+    <t>29699.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Орбит»;хр.стекло;0,7л;,H=32,5,B=13см</t>
+  </si>
+  <si>
+    <t>03100430</t>
+  </si>
+  <si>
+    <t>2K9/4C777/1/00000/070-169</t>
+  </si>
+  <si>
+    <t>Orbit</t>
+  </si>
+  <si>
+    <t>23547.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Ловерс» набор[2шт];хр.стекло;0,665л</t>
+  </si>
+  <si>
+    <t>03100433</t>
+  </si>
+  <si>
+    <t>79999999С97666</t>
+  </si>
+  <si>
+    <t>Lovers</t>
+  </si>
+  <si>
+    <t>53762.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Ательер»;хр.стекло;1л;D=10,8,H=28см</t>
+  </si>
+  <si>
+    <t>03100436</t>
+  </si>
+  <si>
+    <t>A10700MM902AA01</t>
+  </si>
+  <si>
+    <t>9079.00₸</t>
+  </si>
+  <si>
+    <t>Графин с крышкой;стекло,сталь нерж.;1,2л</t>
+  </si>
+  <si>
+    <t>03100439</t>
+  </si>
+  <si>
+    <t>EB 581 E</t>
+  </si>
+  <si>
+    <t>62471.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,75л;,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03100442</t>
+  </si>
+  <si>
+    <t>Oxygen</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,25л;,H=24,6см;прозр.</t>
+  </si>
+  <si>
+    <t>03100443</t>
+  </si>
+  <si>
+    <t>Bodega</t>
+  </si>
+  <si>
+    <t>23501.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Оупен ап»;хр.стекло;1л;D=14,5,H=35,9см;прозр.</t>
+  </si>
+  <si>
+    <t>03100450</t>
+  </si>
+  <si>
+    <t>H3078</t>
+  </si>
+  <si>
+    <t>Open Up</t>
+  </si>
+  <si>
+    <t>32998.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Гранд Финаль»;стекло;1,4л;D=34,H=26,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100451</t>
+  </si>
+  <si>
+    <t>G8566</t>
+  </si>
+  <si>
+    <t>Grand Finale</t>
+  </si>
+  <si>
+    <t>75894.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Амфория»;стекло;1,5л;D=39,H=14см;прозр.</t>
+  </si>
+  <si>
+    <t>03100452</t>
+  </si>
+  <si>
+    <t>D6652</t>
+  </si>
+  <si>
+    <t>Amphoria</t>
+  </si>
+  <si>
+    <t>20482.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Колор Студио»;стекло;0,5л;D=96,H=164мм;серый</t>
+  </si>
+  <si>
+    <t>03100453</t>
+  </si>
+  <si>
+    <t>J8467</t>
+  </si>
+  <si>
+    <t>Color Studio</t>
+  </si>
+  <si>
+    <t>2646.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Колор Студио»;стекло;0,5л;D=96,H=164мм;фиолет.</t>
+  </si>
+  <si>
+    <t>03100454</t>
+  </si>
+  <si>
+    <t>J8476</t>
+  </si>
+  <si>
+    <t>2576.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Колор Студио»;стекло;0,5л;D=96,H=164мм;синий</t>
+  </si>
+  <si>
+    <t>03100455</t>
+  </si>
+  <si>
+    <t>J8478</t>
+  </si>
+  <si>
+    <t>2681.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Оупенинг»;хр.стекло;0,9л;D=21,4,H=24,1см;прозр.</t>
+  </si>
+  <si>
+    <t>03100457</t>
+  </si>
+  <si>
+    <t>D2142R0020</t>
+  </si>
+  <si>
+    <t>Opening</t>
+  </si>
+  <si>
+    <t>56777.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Интуито»;стекло;1,75л;D=19,6,H=23,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03100458</t>
+  </si>
+  <si>
+    <t>H3075</t>
+  </si>
+  <si>
+    <t>Intuito</t>
+  </si>
+  <si>
+    <t>28861.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Каскад»;стекло;0,5л;D=88,H=190мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100461</t>
+  </si>
+  <si>
+    <t>H4166</t>
+  </si>
+  <si>
+    <t>Cascade</t>
+  </si>
+  <si>
+    <t>Декантер «Каскад»;стекло;0,75л;D=99,H=212мм</t>
+  </si>
+  <si>
+    <t>03100462</t>
+  </si>
+  <si>
+    <t>H4164</t>
+  </si>
+  <si>
+    <t>2338.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Оффисина 1825» с крышкой;стекло;1л;D=10,5,H=23,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03100464</t>
+  </si>
+  <si>
+    <t>140623G04021990</t>
+  </si>
+  <si>
+    <t>17911.00₸</t>
   </si>
   <si>
     <t>41 шт.</t>
   </si>
   <si>
-    <t>Кувшин с крышкой;пластик;2л;D=12,H=21см;синий</t>
-[...1595 lines deleted...]
-    <t>17703.00₸</t>
+    <t>Штоф «Кассиопея»;стекло;0,85л;D=10,5,H=21см;прозр.</t>
+  </si>
+  <si>
+    <t>03100465</t>
+  </si>
+  <si>
+    <t>234524G04021990</t>
+  </si>
+  <si>
+    <t>Cassiopea</t>
+  </si>
+  <si>
+    <t>25564.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Макарон»;стекло;2л;D=16,3,H=31см;прозр.</t>
+  </si>
+  <si>
+    <t>03100475</t>
+  </si>
+  <si>
+    <t>V6503</t>
+  </si>
+  <si>
+    <t>Macaron</t>
+  </si>
+  <si>
+    <t>53130.00₸</t>
+  </si>
+  <si>
+    <t>Штоф;хр.стекло;0,5л;D=11,1,H=25см</t>
+  </si>
+  <si>
+    <t>03100479</t>
+  </si>
+  <si>
+    <t>179102.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Марлен»;хр.стекло;0,5л;D=10,5,H=21,6см</t>
+  </si>
+  <si>
+    <t>03100480</t>
+  </si>
+  <si>
+    <t>Marlene</t>
+  </si>
+  <si>
+    <t>200909.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Рэдиант»;стекло;1л;прозр.</t>
+  </si>
+  <si>
+    <t>03100481</t>
+  </si>
+  <si>
+    <t>E27730049</t>
+  </si>
+  <si>
+    <t>Radiant</t>
+  </si>
+  <si>
+    <t>64449.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;1,5л;D=12,H=22,5см;прозр.,в ассорт.</t>
+  </si>
+  <si>
+    <t>03100482</t>
+  </si>
+  <si>
+    <t>433291108/433291109</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Карафс»;хр.стекло;0,75л;D=18,7,H=19,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03100483</t>
+  </si>
+  <si>
+    <t>2819 7300</t>
+  </si>
+  <si>
+    <t>44491.00₸</t>
+  </si>
+  <si>
+    <t>Графин с ручкой;стекло;1л;D=14,3,H=24,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03100501</t>
+  </si>
+  <si>
+    <t>5248-23373</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>Графин с ручкой;стекло;1л;D=12,6,H=24,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03100502</t>
+  </si>
+  <si>
+    <t>5247-1335</t>
+  </si>
+  <si>
+    <t>8517.00₸</t>
+  </si>
+  <si>
+    <t>Декантер для вина;хр.стекло;1л;,H=21,B=22см</t>
+  </si>
+  <si>
+    <t>03100504</t>
+  </si>
+  <si>
+    <t>Vina</t>
+  </si>
+  <si>
+    <t>72835.00₸</t>
+  </si>
+  <si>
+    <t>Графин без ручки;стекло;1л;D=17,5,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100507</t>
+  </si>
+  <si>
+    <t>5125-23371</t>
+  </si>
+  <si>
+    <t>1510.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Пьюэ» для вина;0,75л</t>
+  </si>
+  <si>
+    <t>03100510</t>
+  </si>
+  <si>
+    <t>113745S</t>
+  </si>
+  <si>
+    <t>63934.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Оупэн ап»;хр.стекло;1,4л;D=44,H=314,B=145мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100511</t>
+  </si>
+  <si>
+    <t>D6653</t>
+  </si>
+  <si>
+    <t>52500.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Камлитэр» с крышкой;поликарбонат;1л</t>
+  </si>
+  <si>
+    <t>03100512</t>
+  </si>
+  <si>
+    <t>WW1000135</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>20082.00₸</t>
+  </si>
+  <si>
+    <t>Графин;хрусталь;1л</t>
+  </si>
+  <si>
+    <t>03100513</t>
+  </si>
+  <si>
+    <t>DE544</t>
+  </si>
+  <si>
+    <t>Dartington</t>
+  </si>
+  <si>
+    <t>Rachael</t>
+  </si>
+  <si>
+    <t>106037.00₸</t>
+  </si>
+  <si>
+    <t>03100514</t>
+  </si>
+  <si>
+    <t>DE188</t>
+  </si>
+  <si>
+    <t>Directors</t>
+  </si>
+  <si>
+    <t>102511.00₸</t>
+  </si>
+  <si>
+    <t>03100515</t>
+  </si>
+  <si>
+    <t>DE570</t>
+  </si>
+  <si>
+    <t>Admirals</t>
+  </si>
+  <si>
+    <t>92785.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Флюид»;стекло;125мл;D=60,H=116мм</t>
+  </si>
+  <si>
+    <t>03100520</t>
+  </si>
+  <si>
+    <t>L4213</t>
+  </si>
+  <si>
+    <t>Fluid</t>
+  </si>
+  <si>
+    <t>Графин «Флюид» без крышки;стекло;250мл;D=71,H=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100522</t>
+  </si>
+  <si>
+    <t>L4212</t>
+  </si>
+  <si>
+    <t>4676.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Флюид» с крышкой;стекло,пластик;0,5л;D=91,H=193мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100523</t>
+  </si>
+  <si>
+    <t>L4194</t>
+  </si>
+  <si>
+    <t>9653.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Флюид» с крышкой;стекло,пластик;1л;D=10,7,H=26,5см</t>
+  </si>
+  <si>
+    <t>03100524</t>
+  </si>
+  <si>
+    <t>L4193</t>
+  </si>
+  <si>
+    <t>13048.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Флюид» без крышки;стекло;0,5л;D=91,H=193мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100525</t>
+  </si>
+  <si>
+    <t>L3963</t>
+  </si>
+  <si>
+    <t>5943.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Флюид» без крышки;стекло;1л;D=10,7,H=26,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100526</t>
+  </si>
+  <si>
+    <t>L3965</t>
+  </si>
+  <si>
+    <t>10073.00₸</t>
+  </si>
+  <si>
+    <t>Штоф «Макассар» с крышкой;хр.стекло;0,9л;,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100527</t>
+  </si>
+  <si>
+    <t>L8453</t>
+  </si>
+  <si>
+    <t>Macassar</t>
+  </si>
+  <si>
+    <t>20146.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Элит блю»;тритан;0,85л;голуб.</t>
+  </si>
+  <si>
+    <t>03100541</t>
+  </si>
+  <si>
+    <t>7032 DR007</t>
+  </si>
+  <si>
+    <t>Elite Blue</t>
+  </si>
+  <si>
+    <t>26188.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Пьюр»;стекло;D=13,H=20см</t>
+  </si>
+  <si>
+    <t>03100542</t>
+  </si>
+  <si>
+    <t>B0817822</t>
+  </si>
+  <si>
+    <t>17108.00₸</t>
+  </si>
+  <si>
+    <t>Штоф с крышкой;хр.стекло;1,25л;D=13,2,H=19см</t>
+  </si>
+  <si>
+    <t>03100545</t>
+  </si>
+  <si>
+    <t>Shade</t>
+  </si>
+  <si>
+    <t>62663.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Террес де Ревес»;керамика;,H=15,L=19,B=15см;голуб.</t>
+  </si>
+  <si>
+    <t>03100546</t>
+  </si>
+  <si>
+    <t>B5118147</t>
+  </si>
+  <si>
+    <t>Terres de Reves</t>
+  </si>
+  <si>
+    <t>51698.00₸</t>
+  </si>
+  <si>
+    <t>Графин для вина с декором;хрусталь;0,85л</t>
+  </si>
+  <si>
+    <t>03100547</t>
+  </si>
+  <si>
+    <t>5596/900/176-23039</t>
+  </si>
+  <si>
+    <t>32910.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Карафс»;хр.стекло;250мл;D=72,H=187мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100548</t>
+  </si>
+  <si>
+    <t>2821 7100</t>
+  </si>
+  <si>
+    <t>30223.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Сублим»;хр.стекло;2л;D=6,H=30см</t>
+  </si>
+  <si>
+    <t>03100549</t>
+  </si>
+  <si>
+    <t>P0264</t>
+  </si>
+  <si>
+    <t>Sublym</t>
+  </si>
+  <si>
+    <t>21658.00₸</t>
+  </si>
+  <si>
+    <t>Штоф;хр.стекло;0,7л;,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03100556</t>
+  </si>
+  <si>
+    <t>10245/С900/38-32642</t>
+  </si>
+  <si>
+    <t>33965.00₸</t>
+  </si>
+  <si>
+    <t>Графин для вина;хрусталь;0,85л</t>
+  </si>
+  <si>
+    <t>03100558</t>
+  </si>
+  <si>
+    <t>5596/900/176 гладь-23039</t>
+  </si>
+  <si>
+    <t>21183.00₸</t>
+  </si>
+  <si>
+    <t>Графин без ручки;стекло;1,5л;D=19,2,H=27,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100602</t>
+  </si>
+  <si>
+    <t>5125-1,5-23371</t>
+  </si>
+  <si>
+    <t>5560.00₸</t>
+  </si>
+  <si>
+    <t>Графин «Вэриоус гудс»;фарфор;165мл;D=30/65,H=170,B=76мм;белый</t>
+  </si>
+  <si>
+    <t>03100604</t>
+  </si>
+  <si>
+    <t>Various-Goods</t>
+  </si>
+  <si>
+    <t>3535.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Вин»;стекло;1,1л;D=11,6,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03100605</t>
+  </si>
+  <si>
+    <t>C0199</t>
+  </si>
+  <si>
+    <t>Vin</t>
+  </si>
+  <si>
+    <t>3808.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Вин»;стекло;250мл;D=77,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100606</t>
+  </si>
+  <si>
+    <t>C0198</t>
+  </si>
+  <si>
+    <t>1988.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Графин;хрусталь;0,5л;прозр.</t>
-[...1342 lines deleted...]
-  <si>
     <t>Декантер «Вин»;стекло;0,573л;D=95,H=163мм;прозр.</t>
   </si>
   <si>
     <t>03100607</t>
   </si>
   <si>
     <t>V7128</t>
   </si>
   <si>
-    <t>3416.00₸</t>
+    <t>2667.00₸</t>
   </si>
   <si>
     <t>Декантер «Симпозиум»;стекло;2,035л;D=20,7,H=23см;прозр.</t>
   </si>
   <si>
     <t>03100612</t>
   </si>
   <si>
     <t>170450GBE021990</t>
   </si>
   <si>
     <t>Symposium</t>
   </si>
   <si>
     <t>35829.00₸</t>
   </si>
   <si>
     <t>Декантер «Электра»;стекло;1,609л;D=18,5,H=21см;прозр.</t>
   </si>
   <si>
     <t>03100613</t>
   </si>
   <si>
     <t>192347GBC021990</t>
   </si>
@@ -4217,51 +4208,51 @@
   <si>
     <t>Декантер «Универсал» без крышки;хр.стекло;1,5л;D=52,H=292мм;прозр.</t>
   </si>
   <si>
     <t>03100633</t>
   </si>
   <si>
     <t>P0265</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>16625.00₸</t>
   </si>
   <si>
     <t>Декантер без крышки;хр.стекло;1,5л;D=44,H=240мм;прозр.</t>
   </si>
   <si>
     <t>03100634</t>
   </si>
   <si>
     <t>P3604</t>
   </si>
   <si>
-    <t>26152.00₸</t>
+    <t>25844.00₸</t>
   </si>
   <si>
     <t>Графин «Сублим» с пробкой;хр.стекло;1л;D=89,H=330,L=390,B=310мм;прозр.</t>
   </si>
   <si>
     <t>03100705</t>
   </si>
   <si>
     <t>A11626G06021990</t>
   </si>
   <si>
     <t>Sublime</t>
   </si>
   <si>
     <t>13660.00₸</t>
   </si>
   <si>
     <t>Штоф «Новеченто» с крышкой;стекло;0,75л;,H=207,L=85,B=85мм;прозр.</t>
   </si>
   <si>
     <t>03100707</t>
   </si>
   <si>
     <t>122119MTV121990</t>
   </si>
@@ -4487,75 +4478,63 @@
   <si>
     <t>Кувшин «Талассиос»;керамика;1,4л;D=12,5,H=23,5см;бежев.,синий</t>
   </si>
   <si>
     <t>03101645</t>
   </si>
   <si>
     <t>LTHA034BB494140</t>
   </si>
   <si>
     <t>26627.00₸</t>
   </si>
   <si>
     <t>Графин «Премьер» для вина;хрусталь;0,85л;D=10,2,H=23,8см;прозр.</t>
   </si>
   <si>
     <t>03101648</t>
   </si>
   <si>
     <t>5596/900/264-42353</t>
   </si>
   <si>
     <t>33565.00₸</t>
   </si>
   <si>
-    <t>Штоф квадратный;стекло;0,7л;,H=21,B=10см;прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Штоф «Богем» с пробкой;стекло;0,5л;прозр.</t>
   </si>
   <si>
     <t>03101652</t>
   </si>
   <si>
     <t>П-38-500-Богем</t>
   </si>
   <si>
     <t>Хрустальный звон</t>
   </si>
   <si>
-    <t>732.00₸</t>
+    <t>740.00₸</t>
   </si>
   <si>
     <t>Штоф «Ставрополь» с пробкой;стекло;0,5л;,H=17см;прозр.</t>
   </si>
   <si>
     <t>03101653</t>
   </si>
   <si>
     <t>П-35-500-Ставрополь</t>
   </si>
   <si>
     <t>709.00₸</t>
   </si>
   <si>
     <t>Штоф «Оптика» с пробкой;стекло;0,5л;,H=18см;прозр.</t>
   </si>
   <si>
     <t>03101654</t>
   </si>
   <si>
     <t>П-35-500-Оптика</t>
   </si>
   <si>
     <t>Штоф «Капля» с пробкой;стекло;0,5л;D=11,5,H=24,5см;прозр.</t>
   </si>
@@ -4592,116 +4571,116 @@
   <si>
     <t>B0814652W</t>
   </si>
   <si>
     <t>10696.00₸</t>
   </si>
   <si>
     <t>Штоф «Волна» с пробкой;стекло;0,5л;D=35,H=185,L=130,B=60мм;прозр.</t>
   </si>
   <si>
     <t>03101662</t>
   </si>
   <si>
     <t>П35-500-Волна</t>
   </si>
   <si>
     <t>Штоф «Легион» с пробкой;стекло;0,7л;D=35,H=240,L=130,B=65мм;прозр.</t>
   </si>
   <si>
     <t>03101659</t>
   </si>
   <si>
     <t>П35-700-Легион</t>
   </si>
   <si>
-    <t>832.00₸</t>
+    <t>847.00₸</t>
   </si>
   <si>
     <t>Штоф «Луи» с пробкой;стекло;0,5л;D=30,H=185,L=115,B=60мм;прозр.</t>
   </si>
   <si>
     <t>03101660</t>
   </si>
   <si>
     <t>П-32-500-Луи</t>
   </si>
   <si>
     <t>Штоф «Богем» с пробкой;стекло;0,7л;,H=225,L=100,B=75мм;прозр.</t>
   </si>
   <si>
     <t>03101661</t>
   </si>
   <si>
     <t>П38-700-Богем</t>
   </si>
   <si>
-    <t>847.00₸</t>
-[...1 lines deleted...]
-  <si>
     <t>Штоф «Ацтека» с пробкой;стекло;0,5л;D=80/39,H=190мм;прозр.</t>
   </si>
   <si>
     <t>03101658</t>
   </si>
   <si>
     <t>Ш18-500-Ацтека</t>
   </si>
   <si>
     <t>Графин граненый;стекло;0,5л;D=11,H=240мм;прозр.</t>
   </si>
   <si>
     <t>03101647</t>
   </si>
   <si>
     <t>9751-0.5-27479</t>
   </si>
   <si>
-    <t>7700.00₸</t>
+    <t>8124.00₸</t>
   </si>
   <si>
     <t>Кувшин «Фриго» с крышкой;стекло;1л;D=97,H=181,L=125мм;прозр.,синий</t>
   </si>
   <si>
     <t>03090750</t>
   </si>
   <si>
     <t>Кувшин «Фриго» с крышкой;стекло;1л;D=97,H=181,L=125мм;прозр.,белый</t>
   </si>
   <si>
     <t>03090751</t>
   </si>
   <si>
     <t>Штоф «Легион» в сборе (штоф 0,5л+пробка+уплотнитель);стекло;0,5л;,H=22см;прозр.</t>
   </si>
   <si>
     <t>03101649</t>
   </si>
   <si>
     <t>П-35-500-Легион</t>
   </si>
   <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
     <t>Штоф «Кристалл» с пробкой;стекло;0,5л;,H=20,8см;прозр.</t>
   </si>
   <si>
     <t>03101663</t>
   </si>
   <si>
     <t>П-36-500-Кристалл</t>
   </si>
   <si>
     <t>770.00₸</t>
   </si>
   <si>
     <t>Кувшин мерный;пластик;250мл;прозр.</t>
   </si>
   <si>
     <t>02040343</t>
   </si>
   <si>
     <t>Hold</t>
   </si>
   <si>
     <t>1050.00₸</t>
   </si>
   <si>
     <t>Кувшин «Колонна 1000» (брак) с дефектом носика;стекло;1л;D=11,3,H=20,2,L=14,6см</t>
@@ -4868,51 +4847,105 @@
   <si>
     <t>Amphora</t>
   </si>
   <si>
     <t>1645.00₸</t>
   </si>
   <si>
     <t>Кувшин «Вилэдж»;стекло;0,7л;D=80,H=203мм;прозр.</t>
   </si>
   <si>
     <t>03101669</t>
   </si>
   <si>
     <t>2526.00₸</t>
   </si>
   <si>
     <t>Графин;хрусталь;400мл;D=8,H=34см;прозр.</t>
   </si>
   <si>
     <t>03100907</t>
   </si>
   <si>
     <t>11558/900/300-35436</t>
   </si>
   <si>
-    <t>0.00₸</t>
+    <t>23124.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;прозр.</t>
+  </si>
+  <si>
+    <t>03101670</t>
+  </si>
+  <si>
+    <t>ВК-1200 Крист ВО</t>
+  </si>
+  <si>
+    <t>Кувшин «ДекантВин»;стекло;1л;,H=22,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03101671</t>
+  </si>
+  <si>
+    <t>ДекантВин 2П</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крист» с крышкой;стекло,пластик;1,5л;,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03101674</t>
+  </si>
+  <si>
+    <t>П-91-1500-КРК</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Призма» с крышкой;стекло;1л;,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03101672</t>
+  </si>
+  <si>
+    <t>В-67-1000-Призма</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крист» без крышки;стекло,пластик;1,5л;,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03101673</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4927,51 +4960,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AB6-4254-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397EE8E5-E3C7-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DA1-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936ECE6E-D8EE-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557E3E8F-D8EE-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D55-424B-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795755-E3C6-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5C3D-21B9-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D58-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795752-E3C6-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5A-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539D9-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB2297C-21B9-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5C-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5CEF-21B9-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044627-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F8CB-21B9-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8CF1-21B9-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C4-E3C6-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C795-0DB6-11ED-BBFC-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795756-E3C6-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8BB1-21B9-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE66-424B-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00A-F94B-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22A2E-21B9-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326268-424B-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA1-424B-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB1-424B-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD3-424B-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C5-E3C6-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9546868-E3C6-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C8-E3C6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C0383-424B-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795759-E3C6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7397-E3C6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AF-424C-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D2C-424C-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C167-424C-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FA1D-21B9-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C9-424C-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B24-424C-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C91B-424D-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041208-424D-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22586-21B9-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795753-E3C6-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C9-E3C6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575C-E3C6-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3E7-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE41C-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F96B-21B9-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D92-424E-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5A3E-2AFC-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF7-F3D8-11EC-BBFA-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DAE-424E-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA845-424E-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9448-424F-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335E-F162-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575B-E3C6-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF576A-21B9-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540867FC-4250-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037942-4250-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2166-4250-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C7-E3C6-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC850-424B-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C35313A5-E63A-11EF-BC4E-00505692C44765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA781C0-21B9-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C3-E3C6-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78120-21B9-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335C-F162-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CB-E3C6-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2EB9-424D-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E4E8-424D-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78260-21B9-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78312-21B9-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8AFF-21B9-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089849-4250-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E8-4251-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E9-4251-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E891F-21B9-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F82B-21B9-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7395-E3C6-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7394-E3C6-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FBD-4252-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225188-4252-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D543-4252-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB228CA-21B9-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22AE0-21B9-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B65-4252-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C0-4252-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5A4B-21B9-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738F-E3C6-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7391-E3C6-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0E-4253-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD2-4253-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5AFD-21B9-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738D-E3C6-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF580A-21B9-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322C0-4253-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FD73-21B9-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972758-21B9-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF52F8-21B9-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3357-F162-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987493-4254-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769726B8-21B9-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C6-814C-11E9-BBBA-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C7-814C-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C3A-2342-11EA-BBC7-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5760E022-814C-11E9-BBBA-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575D-E3C6-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D34E79EF-54E8-11EB-BBE0-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65785232-C9E7-11EB-BBF1-005056926DAF111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28B0E-B332-11EF-BC4E-00505692C447112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B1-4250-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592B3-4250-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD479-4251-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD47A-4251-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB1-4251-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB2-4251-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB3-4251-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972606-21B9-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE52-4252-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7396-E3C6-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E92C9FE-EA58-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22638-21B9-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8C51-21B9-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606734B8-5EF1-11EE-BC0E-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FC1-4250-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592AC-4250-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F29-4251-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F2A-4251-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57229EC-3D5E-11EF-BC4D-00505692C447131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7390-E3C6-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7526E1-3D5E-11EF-BC4D-00505692C447133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ACFFB8-21B9-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00D-F94B-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF53AA-21B9-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC253C-4254-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB2AC56A-7044-11EA-BBD0-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89102-C099-11EC-BBFA-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791F-E3C6-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDB4-814B-11E9-BBBA-005056921CC4141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D858-1B44-11EA-BBC6-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86DA0AFB-D1AC-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7697280A-21B9-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E954686A-E3C6-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769724B4-21B9-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC76-4251-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FB6F-21B9-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FACF-21B9-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769728AA-21B9-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C69A476-0730-11EB-BBDB-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3355-F162-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF41D4-AEC9-11EE-BC40-00505692492F153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335D-F162-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF56CA-21B9-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF54EA-21B9-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF558A-21B9-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D859-1B44-11EA-BBC6-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2BA1ABB-1B44-11EA-BBC6-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791B-E3C6-11EB-BBF2-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA785B6-21B9-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B07919-E3C6-11EB-BBF2-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CC-E3C6-11EB-BBF2-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28367593-34B8-11EB-BBDF-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E89BF-21B9-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8A5F-21B9-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78516-21B9-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E39-4768-11EA-BBCE-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738E-E3C6-11EB-BBF2-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217ADD-06B4-11EE-BC09-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EC-81A0-11EB-BBEF-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312ED-81A0-11EB-BBEF-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915B-F13D-11EC-BBFA-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89101-C099-11EC-BBFA-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF8-F3D8-11EC-BBFA-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21B2EC74-9F22-11EC-BBFA-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AECDCD-DC9C-11ED-BC07-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D950E-DC9C-11ED-BC07-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD4F6-524D-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/451C93BC-26FB-11EF-BC52-00505692E2D0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5D76E4A-26FB-11EF-BC52-00505692E2D0181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F19AA5-E3C7-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539EB-424B-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F19AA6-E3C7-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44DF-E3D6-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758845-E3D6-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E13E-E3D6-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E13D-E3D6-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758848-E3D6-11EB-BBF2-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758846-E3D6-11EB-BBF2-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758840-E3D6-11EB-BBF2-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA0-4250-11E8-A155-00259035BB67192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA1-4250-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA4-4250-11E8-A155-00259035BB67194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8975883F-E3D6-11EB-BBF2-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB57-4251-11E8-A155-00259035BB67196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693FC-4251-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CE-4252-11E8-A155-00259035BB67198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CF-4252-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758847-E3D6-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6F3-4252-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF5A-4254-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865346-4254-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C389-F163-11EB-BBF2-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6928-4254-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33CC29-25A1-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8975883E-E3D6-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA2-4250-11E8-A155-00259035BB67208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD478-4251-11E8-A155-00259035BB67209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3433771F-50A0-11EC-BBF6-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F77-F163-11EB-BBF2-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A5272-4252-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635568A-4252-11E8-A155-00259035BB67213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635568B-4252-11E8-A155-00259035BB67214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635568D-4252-11E8-A155-00259035BB67215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C385-F163-11EB-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4A9F-4254-11E8-A155-00259035BB67217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CC8-424B-11E8-A155-00259035BB67218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD70-424C-11E8-A155-00259035BB67219.gif"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD71-424C-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ADDE0A-F160-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D227B7D-F163-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B993-424F-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B99B-424F-11E8-A155-00259035BB67224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA3-4250-11E8-A155-00259035BB67225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A4-4250-11E8-A155-00259035BB67226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD477-4251-11E8-A155-00259035BB67227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964EB-4251-11E8-A155-00259035BB67228.gif"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B32-4251-11E8-A155-00259035BB67229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B33-4251-11E8-A155-00259035BB67230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB4-4251-11E8-A155-00259035BB67231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B21F612-AECA-11EE-BC40-00505692492F232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1EE-4252-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758842-E3D6-11EB-BBF2-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F3A-4253-11E8-A155-00259035BB67235.gif"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418F3-4253-11E8-A155-00259035BB67236.gif"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E14807F5-21B7-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00537392-0D46-11EA-BBC6-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E3A-4768-11EA-BBCE-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C38A-F163-11EB-BBF2-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD6F-424C-11E8-A155-00259035BB67241.gif"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4909934E-424E-11E8-A155-00259035BB67242.gif"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788917-21BA-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B6-4250-11E8-A155-00259035BB67244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F7889B7-21BA-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B9-4250-11E8-A155-00259035BB67246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FBF-4250-11E8-A155-00259035BB67247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3433771E-50A0-11EC-BBF6-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396520-4251-11E8-A155-00259035BB67249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396522-4251-11E8-A155-00259035BB67250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307452-4251-11E8-A155-00259035BB67251.gif"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9C6-4252-11E8-A155-00259035BB67252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9C8-4252-11E8-A155-00259035BB67253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E46409A-21B9-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F79-F163-11EB-BBF2-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C388-F163-11EB-BBF2-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA3-4253-11E8-A155-00259035BB67257.gif"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA9-4253-11E8-A155-00259035BB67258.gif"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EED-4253-11E8-A155-00259035BB67259.gif"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EEE-4253-11E8-A155-00259035BB67260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EEF-4253-11E8-A155-00259035BB67261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C97-4253-11E8-A155-00259035BB67262.gif"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C98-4253-11E8-A155-00259035BB67263.gif"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C99-4253-11E8-A155-00259035BB67264.gif"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7CAD-4253-11E8-A155-00259035BB67265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7CAE-4253-11E8-A155-00259035BB67266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CD0-4254-11E8-A155-00259035BB67267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CD1-4254-11E8-A155-00259035BB67268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9F292B-E3D1-11EB-BBF2-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BD4-E3D2-11EB-BBF2-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C3B-2342-11EA-BBC7-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E3C-4768-11EA-BBCE-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480935-21B7-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480895-21B7-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93791B62-504C-11F0-BC55-00505692E2D0275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28F15E54-6B46-11ED-BC01-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758841-E3D6-11EB-BBF2-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D63-424B-11E8-A155-00259035BB67278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF455-424C-11E8-A155-00259035BB67279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9AC-424D-11E8-A155-00259035BB67280.gif"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D76-424F-11E8-A155-00259035BB67281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F78-F163-11EB-BBF2-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44DE-E3D6-11EB-BBF2-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E7646BD-4253-11E8-A155-00259035BB67284.gif"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44DD-E3D6-11EB-BBF2-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E34-4253-11E8-A155-00259035BB67286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E8F-4253-11E8-A155-00259035BB67287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841901-4253-11E8-A155-00259035BB67288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841912-4253-11E8-A155-00259035BB67289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C38C-F163-11EB-BBF2-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CD3-4254-11E8-A155-00259035BB67291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC8A-4254-11E8-A155-00259035BB67292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE183-4254-11E8-A155-00259035BB67293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC246-4254-11E8-A155-00259035BB67294.gif"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A55E20F2-F3D7-11EC-BBFA-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2577F6AA-21BA-11EE-BC0D-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A776CF51-814C-11E9-BBBA-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203D89AF-FB16-11E9-BBC6-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/609D822A-05D8-11EE-BC09-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38BA0F59-EA59-11EB-BBF2-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B115-424B-11E8-A155-00259035BB67301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E13F-E3D6-11EB-BBF2-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4560-424D-11E8-A155-00259035BB67303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945ED-424D-11E8-A155-00259035BB67304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945EE-424D-11E8-A155-00259035BB67305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D8-E3D6-11EB-BBF2-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38BA0F53-EA59-11EB-BBF2-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F90-424F-11E8-A155-00259035BB67308.gif"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2577F89C-21BA-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AB2-4254-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AB3-4254-11E8-A155-00259035BB67311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502C870B-21BA-11EE-BC0D-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D231D31F-8149-11E9-BBBA-005056921CC4313.gif"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D227B7E-F163-11EB-BBF2-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29D54BB8-FB16-11E9-BBC6-005056921CC4315.gif"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A181D8-FB16-11E9-BBC6-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F8AF002-FB16-11E9-BBC6-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A03837B7-64E0-11ED-BC00-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480743-21B7-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA0B8-21B9-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E010698-63B2-11EA-BBCE-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E010699-63B2-11EA-BBCE-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E01069A-63B2-11EA-BBCE-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162165A7-7259-11EC-BBF7-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AF3B874-9F22-11EC-BBFA-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FCC549-9B35-11ED-BC04-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061AB70-CFDA-11ED-BC05-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07C77-E5B5-11ED-BC09-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EC8A9E8-19BA-11EE-BC0A-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC8F34B-1B3D-11EE-BC0B-B7253959E7AA330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71986DEE-6D33-11EE-BC0F-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6FED39-27F0-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFAB8C02-27F0-11EE-BC0D-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C12C1D27-27F0-11EE-BC0D-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5AF0-2AFC-11EE-BC0D-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AA2DE97-36C3-11EE-BC0D-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F4DFF2-EDAF-11EE-BC3E-0050569297EB337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3474BDA-3484-11EF-BC57-00505692E049338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD2147A0-534B-11EF-BC4D-00505692C447339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A42B96AB-534B-11EF-BC4D-00505692C447340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A42B97A5-534B-11EF-BC4D-00505692C447341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA4EE931-534B-11EF-BC4D-00505692C447342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA4ECF76-534B-11EF-BC4D-00505692C447343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0746A94-534B-11EF-BC4D-00505692C447344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D6-7259-11EC-BBF7-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD214565-534B-11EF-BC4D-00505692C447346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA4ED62E-534B-11EF-BC4D-00505692C447347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A42B988D-534B-11EF-BC4D-00505692C447348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD21464D-534B-11EF-BC4D-00505692C447349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD2148D1-534B-11EF-BC4D-00505692C447350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CF93D55-918F-11EF-BC4E-00505692C447351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28962-B332-11EF-BC4E-00505692C447352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28A38-B332-11EF-BC4E-00505692C447353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EC275AA-A71B-11EF-BC4E-00505692C447354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FE2F8BB-862A-11EF-BC4E-00505692C447355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9AC1-E3DA-11EF-BC4E-00505692C447356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10577EAB-1A16-11F0-BC4F-00505692C447357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F390D66-A1A0-11EF-BC57-00505692E049358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F390EB7-A1A0-11EF-BC57-00505692E049359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB45DE09-D74B-11EF-BC53-00505692E2D0360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AD1DCAC-731D-11F0-BC56-00505692E2D0361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3B6E-04DF-11F0-BC53-00505692E2D0362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C765DCC-071C-11F0-BC57-00505692E049363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A5E6-2796-11F0-BC58-00505692E049364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A414-2796-11F0-BC58-00505692E049365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A21D-2796-11F0-BC58-00505692E049366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB67B-97B5-11F0-BC58-00505692E2D0367.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AB6-4254-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397EE8E5-E3C7-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DA1-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936ECE6E-D8EE-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557E3E8F-D8EE-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D55-424B-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795755-E3C6-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5C3D-21B9-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D58-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795752-E3C6-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5A-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539D9-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB2297C-21B9-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5C-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5CEF-21B9-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044627-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8CF1-21B9-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C4-E3C6-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C795-0DB6-11ED-BBFC-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795756-E3C6-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8BB1-21B9-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE66-424B-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00A-F94B-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22A2E-21B9-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326268-424B-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA1-424B-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB1-424B-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD3-424B-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C5-E3C6-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9546868-E3C6-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C8-E3C6-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C0383-424B-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795759-E3C6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7397-E3C6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AF-424C-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D2C-424C-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C167-424C-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FA1D-21B9-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C9-424C-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B24-424C-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C91B-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041208-424D-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22586-21B9-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795753-E3C6-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C9-E3C6-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575C-E3C6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3E7-424D-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE41C-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F96B-21B9-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D92-424E-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5A3E-2AFC-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF7-F3D8-11EC-BBFA-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DAE-424E-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA845-424E-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9448-424F-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335E-F162-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575B-E3C6-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF576A-21B9-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540867FC-4250-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037942-4250-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2166-4250-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C7-E3C6-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC850-424B-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C35313A5-E63A-11EF-BC4E-00505692C44764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA781C0-21B9-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C3-E3C6-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78120-21B9-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335C-F162-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CB-E3C6-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2EB9-424D-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E4E8-424D-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78260-21B9-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78312-21B9-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8AFF-21B9-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089849-4250-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E8-4251-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E9-4251-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E891F-21B9-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F82B-21B9-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7395-E3C6-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7394-E3C6-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FBD-4252-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225188-4252-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D543-4252-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB228CA-21B9-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22AE0-21B9-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B65-4252-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C0-4252-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5A4B-21B9-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738F-E3C6-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7391-E3C6-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0E-4253-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD2-4253-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5AFD-21B9-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738D-E3C6-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF580A-21B9-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322C0-4253-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FD73-21B9-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972758-21B9-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF52F8-21B9-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3357-F162-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987493-4254-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769726B8-21B9-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C6-814C-11E9-BBBA-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C7-814C-11E9-BBBA-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C3A-2342-11EA-BBC7-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5760E022-814C-11E9-BBBA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575D-E3C6-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D34E79EF-54E8-11EB-BBE0-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65785232-C9E7-11EB-BBF1-005056926DAF110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28B0E-B332-11EF-BC4E-00505692C447111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B1-4250-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592B3-4250-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD479-4251-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD47A-4251-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB1-4251-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB2-4251-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB3-4251-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972606-21B9-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE52-4252-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7396-E3C6-11EB-BBF2-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E92C9FE-EA58-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22638-21B9-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8C51-21B9-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606734B8-5EF1-11EE-BC0E-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FC1-4250-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592AC-4250-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F29-4251-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F2A-4251-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57229EC-3D5E-11EF-BC4D-00505692C447130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7390-E3C6-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7526E1-3D5E-11EF-BC4D-00505692C447132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ACFFB8-21B9-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00D-F94B-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF53AA-21B9-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC253C-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB2AC56A-7044-11EA-BBD0-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89102-C099-11EC-BBFA-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791F-E3C6-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDB4-814B-11E9-BBBA-005056921CC4140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D858-1B44-11EA-BBC6-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86DA0AFB-D1AC-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7697280A-21B9-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E954686A-E3C6-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769724B4-21B9-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC76-4251-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FB6F-21B9-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FACF-21B9-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769728AA-21B9-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C69A476-0730-11EB-BBDB-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3355-F162-11EB-BBF2-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF41D4-AEC9-11EE-BC40-00505692492F152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335D-F162-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF56CA-21B9-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF54EA-21B9-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF558A-21B9-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D859-1B44-11EA-BBC6-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2BA1ABB-1B44-11EA-BBC6-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791B-E3C6-11EB-BBF2-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA785B6-21B9-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B07919-E3C6-11EB-BBF2-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CC-E3C6-11EB-BBF2-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28367593-34B8-11EB-BBDF-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E89BF-21B9-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8A5F-21B9-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78516-21B9-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E39-4768-11EA-BBCE-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738E-E3C6-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217ADD-06B4-11EE-BC09-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EC-81A0-11EB-BBEF-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312ED-81A0-11EB-BBEF-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915B-F13D-11EC-BBFA-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89101-C099-11EC-BBFA-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF8-F3D8-11EC-BBFA-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21B2EC74-9F22-11EC-BBFA-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AECDCD-DC9C-11ED-BC07-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D950E-DC9C-11ED-BC07-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD4F6-524D-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/451C93BC-26FB-11EF-BC52-00505692E2D0179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5D76E4A-26FB-11EF-BC52-00505692E2D0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F19AA5-E3C7-11EB-BBF2-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539EB-424B-11E8-A155-00259035BB67182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F19AA6-E3C7-11EB-BBF2-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44DF-E3D6-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758845-E3D6-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E13E-E3D6-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E13D-E3D6-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758848-E3D6-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758846-E3D6-11EB-BBF2-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758840-E3D6-11EB-BBF2-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA0-4250-11E8-A155-00259035BB67191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA1-4250-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA4-4250-11E8-A155-00259035BB67193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8975883F-E3D6-11EB-BBF2-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB57-4251-11E8-A155-00259035BB67195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693FC-4251-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CE-4252-11E8-A155-00259035BB67197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CF-4252-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758847-E3D6-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6F3-4252-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF5A-4254-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865346-4254-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C389-F163-11EB-BBF2-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6928-4254-11E8-A155-00259035BB67204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33CC29-25A1-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8975883E-E3D6-11EB-BBF2-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA2-4250-11E8-A155-00259035BB67207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD478-4251-11E8-A155-00259035BB67208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3433771F-50A0-11EC-BBF6-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F77-F163-11EB-BBF2-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A5272-4252-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635568A-4252-11E8-A155-00259035BB67212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635568B-4252-11E8-A155-00259035BB67213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635568D-4252-11E8-A155-00259035BB67214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C385-F163-11EB-BBF2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4A9F-4254-11E8-A155-00259035BB67216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CC8-424B-11E8-A155-00259035BB67217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD70-424C-11E8-A155-00259035BB67218.gif"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD71-424C-11E8-A155-00259035BB67219.gif"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ADDE0A-F160-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D227B7D-F163-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B993-424F-11E8-A155-00259035BB67222.gif"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B99B-424F-11E8-A155-00259035BB67223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA3-4250-11E8-A155-00259035BB67224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A4-4250-11E8-A155-00259035BB67225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD477-4251-11E8-A155-00259035BB67226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964EB-4251-11E8-A155-00259035BB67227.gif"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B32-4251-11E8-A155-00259035BB67228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B33-4251-11E8-A155-00259035BB67229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB4-4251-11E8-A155-00259035BB67230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B21F612-AECA-11EE-BC40-00505692492F231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1EE-4252-11E8-A155-00259035BB67232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758842-E3D6-11EB-BBF2-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F3A-4253-11E8-A155-00259035BB67234.gif"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418F3-4253-11E8-A155-00259035BB67235.gif"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E14807F5-21B7-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00537392-0D46-11EA-BBC6-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E3A-4768-11EA-BBCE-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C38A-F163-11EB-BBF2-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD6F-424C-11E8-A155-00259035BB67240.gif"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4909934E-424E-11E8-A155-00259035BB67241.gif"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788917-21BA-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B6-4250-11E8-A155-00259035BB67243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F7889B7-21BA-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B9-4250-11E8-A155-00259035BB67245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FBF-4250-11E8-A155-00259035BB67246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3433771E-50A0-11EC-BBF6-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396520-4251-11E8-A155-00259035BB67248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396522-4251-11E8-A155-00259035BB67249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307452-4251-11E8-A155-00259035BB67250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9C6-4252-11E8-A155-00259035BB67251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9C8-4252-11E8-A155-00259035BB67252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E46409A-21B9-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F79-F163-11EB-BBF2-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C388-F163-11EB-BBF2-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA3-4253-11E8-A155-00259035BB67256.gif"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA9-4253-11E8-A155-00259035BB67257.gif"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EED-4253-11E8-A155-00259035BB67258.gif"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EEE-4253-11E8-A155-00259035BB67259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EEF-4253-11E8-A155-00259035BB67260.gif"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C97-4253-11E8-A155-00259035BB67261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C98-4253-11E8-A155-00259035BB67262.gif"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C99-4253-11E8-A155-00259035BB67263.gif"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7CAD-4253-11E8-A155-00259035BB67264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7CAE-4253-11E8-A155-00259035BB67265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CD0-4254-11E8-A155-00259035BB67266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CD1-4254-11E8-A155-00259035BB67267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9F292B-E3D1-11EB-BBF2-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BD4-E3D2-11EB-BBF2-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C3B-2342-11EA-BBC7-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E3C-4768-11EA-BBCE-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480935-21B7-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480895-21B7-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93791B62-504C-11F0-BC55-00505692E2D0274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28F15E54-6B46-11ED-BC01-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89758841-E3D6-11EB-BBF2-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D63-424B-11E8-A155-00259035BB67277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF455-424C-11E8-A155-00259035BB67278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9AC-424D-11E8-A155-00259035BB67279.gif"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D76-424F-11E8-A155-00259035BB67280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F78-F163-11EB-BBF2-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44DE-E3D6-11EB-BBF2-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E7646BD-4253-11E8-A155-00259035BB67283.gif"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44DD-E3D6-11EB-BBF2-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E34-4253-11E8-A155-00259035BB67285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E8F-4253-11E8-A155-00259035BB67286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841901-4253-11E8-A155-00259035BB67287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841912-4253-11E8-A155-00259035BB67288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2471C38C-F163-11EB-BBF2-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CD3-4254-11E8-A155-00259035BB67290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC8A-4254-11E8-A155-00259035BB67291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE183-4254-11E8-A155-00259035BB67292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC246-4254-11E8-A155-00259035BB67293.gif"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A55E20F2-F3D7-11EC-BBFA-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2577F6AA-21BA-11EE-BC0D-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A776CF51-814C-11E9-BBBA-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203D89AF-FB16-11E9-BBC6-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/609D822A-05D8-11EE-BC09-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38BA0F59-EA59-11EB-BBF2-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B115-424B-11E8-A155-00259035BB67300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E13F-E3D6-11EB-BBF2-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4560-424D-11E8-A155-00259035BB67302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945ED-424D-11E8-A155-00259035BB67303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945EE-424D-11E8-A155-00259035BB67304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D8-E3D6-11EB-BBF2-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38BA0F53-EA59-11EB-BBF2-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F90-424F-11E8-A155-00259035BB67307.gif"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2577F89C-21BA-11EE-BC0D-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AB2-4254-11E8-A155-00259035BB67309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AB3-4254-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502C870B-21BA-11EE-BC0D-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D231D31F-8149-11E9-BBBA-005056921CC4312.gif"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D227B7E-F163-11EB-BBF2-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29D54BB8-FB16-11E9-BBC6-005056921CC4314.gif"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A181D8-FB16-11E9-BBC6-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F8AF002-FB16-11E9-BBC6-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A03837B7-64E0-11ED-BC00-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480743-21B7-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA0B8-21B9-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E010698-63B2-11EA-BBCE-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E010699-63B2-11EA-BBCE-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E01069A-63B2-11EA-BBCE-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162165A7-7259-11EC-BBF7-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AF3B874-9F22-11EC-BBFA-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FCC549-9B35-11ED-BC04-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061AB70-CFDA-11ED-BC05-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12B07C77-E5B5-11ED-BC09-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EC8A9E8-19BA-11EE-BC0A-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EC8F34B-1B3D-11EE-BC0B-B7253959E7AA329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71986DEE-6D33-11EE-BC0F-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6FED39-27F0-11EE-BC0D-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFAB8C02-27F0-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C12C1D27-27F0-11EE-BC0D-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5AF0-2AFC-11EE-BC0D-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AA2DE97-36C3-11EE-BC0D-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F4DFF2-EDAF-11EE-BC3E-0050569297EB336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD2147A0-534B-11EF-BC4D-00505692C447337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A42B96AB-534B-11EF-BC4D-00505692C447338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A42B97A5-534B-11EF-BC4D-00505692C447339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA4EE931-534B-11EF-BC4D-00505692C447340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA4ECF76-534B-11EF-BC4D-00505692C447341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0746A94-534B-11EF-BC4D-00505692C447342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D6-7259-11EC-BBF7-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD214565-534B-11EF-BC4D-00505692C447344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA4ED62E-534B-11EF-BC4D-00505692C447345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A42B988D-534B-11EF-BC4D-00505692C447346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD21464D-534B-11EF-BC4D-00505692C447347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD2148D1-534B-11EF-BC4D-00505692C447348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CF93D55-918F-11EF-BC4E-00505692C447349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28962-B332-11EF-BC4E-00505692C447350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28A38-B332-11EF-BC4E-00505692C447351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EC275AA-A71B-11EF-BC4E-00505692C447352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FE2F8BB-862A-11EF-BC4E-00505692C447353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9AC1-E3DA-11EF-BC4E-00505692C447354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10577EAB-1A16-11F0-BC4F-00505692C447355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F390D66-A1A0-11EF-BC57-00505692E049356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F390EB7-A1A0-11EF-BC57-00505692E049357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB45DE09-D74B-11EF-BC53-00505692E2D0358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AD1DCAC-731D-11F0-BC56-00505692E2D0359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3B6E-04DF-11F0-BC53-00505692E2D0360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C765DCC-071C-11F0-BC57-00505692E049361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A5E6-2796-11F0-BC58-00505692E049362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A414-2796-11F0-BC58-00505692E049363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A21D-2796-11F0-BC58-00505692E049364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB67B-97B5-11F0-BC58-00505692E2D0365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C2744F-C7F0-11F0-BC5A-00505692E2D0366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C26265-C7F0-11F0-BC5A-00505692E2D0367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C25A50-C7F0-11F0-BC5A-00505692E2D0368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C26803-C7F0-11F0-BC5A-00505692E2D0369.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -11056,51 +11089,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="204" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>206</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="205" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -13306,51 +13339,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="279" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>282</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="280" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -13816,51 +13849,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="296" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>300</xdr:row>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="297" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -14356,51 +14389,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="314" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>320</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="315" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -15676,81 +15709,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="358" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>366</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="359" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>365</xdr:row>
+      <xdr:row>367</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="360" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -15886,93 +15919,153 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="365" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>373</xdr:row>
+      <xdr:row>376</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="366" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>374</xdr:row>
+      <xdr:row>377</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="367" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>378</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="368" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>379</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="369" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -16231,62 +16324,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shtofa-bormioli-luigi-02070324/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-soka-moloka-s-kryshki-podstavkoy-frilich-02120468/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerator-d-vina-ghidini-02121813/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerator-d-vina-centellino-02121814/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ohlazhdayuschaya-trubka-dlya-grafina-aps-02123870/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03081709/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090102/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090103/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090104/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090105/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090106/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090108/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090112/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090116/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090118/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090119/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090120/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090124/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090127/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090128/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090129/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090136/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090137/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090143/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090144/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090145/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090147/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090148/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090155/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090161/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090163/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090164/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090165/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090171/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090172/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090173/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090174/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090175/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090176/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090177/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090178/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090179/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090180/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090181/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090186/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090187/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090190/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090191/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090192/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090193/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090194/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090195/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-03090196/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090201/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-lubiana-03090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090207/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090208/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090220/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090221/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090225/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090226/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090228/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090229/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090230/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ns-03090231/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090233/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090235/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090236/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090238/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090239/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090241/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090242/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090243/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090244/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090245/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090246/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090247/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090248/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090255/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090256/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090257/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090260/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090261/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090262/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090264/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090265/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090266/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090267/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090284/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sambonet-03090286/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090287/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090288/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090290/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090291/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090301/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090307/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090308/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090309/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090310/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090311/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090312/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090314/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090315/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090316/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090317/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090319/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090324/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090325/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090402/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090406/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090407/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090447/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090448/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090453/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-eclat-03090459/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090460/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-zwiesel-glas-03090467/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hario-03090468/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090470/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090475/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090476/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-glas-03090477/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090480/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090481/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090482/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pfg-03090501/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090506/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090507/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090509/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090510/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-1872-03090604/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-kuvshina-ww500cw-cambro-03090701/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090702/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090703/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090704/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090706/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090708/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090710/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090711/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090712/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090713/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090714/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090715/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090716/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090717/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090718/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090719/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-osz-03090722/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090725/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090726/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090727/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pordamsa-03090732/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090733/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090734/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sempre-life-03090736/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090744/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090745/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090746/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090748/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090749/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100102/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-kvadratnyy-arcoroc-03100104/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100106/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100111/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100115/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100116/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100122/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100123/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-ruchki-neman-03100128/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100129/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100134/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100135/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100136/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100138/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100139/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100140/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-frilich-03100141/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshi-derzhd-bufsteny-frilich-03100142/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100143/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100146/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100149/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100150/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-aps-03100152/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-probkoy-neman-03100153/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-6-stopok-neman-03100155/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100156/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100221/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100222/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-spiegelau-03100224/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100225/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-kvadratnyy-arcoroc-03100230/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100231/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100232/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100233/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-nude-03100235/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-rcr-03100239/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-kvadratnyy-arcoroc-03100301/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-bormioli-luigi-03100307/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03100310/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-grafin-s-krysh-spiegelau-03100322/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-bormioli-rocco-03100327/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-libbey-03100328/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-ilsa-03100335/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100338/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100339/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100350/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100352/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-stoelzle-03100355/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-probkoy-pasabahce-03100364/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-b-ruchki-neman-03100367/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100368/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-cristal-darques-03100369/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100370/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-schott-zwiesel-03100374/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-arcoroc-03100403/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100404/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100411/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100412/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100414/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100416/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100417/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-arcoroc-03100418/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-spiegelau-03100419/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100421/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100423/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-frilich-03100424/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100428/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100430/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100433/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100436/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-frilich-03100439/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-nude-03100442/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-nude-03100443/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100450/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100451/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100452/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100453/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-03100454/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100455/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100457/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100458/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100461/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100462/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-rocco-03100464/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-rocco-03100465/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100475/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-zwiesel-1872-03100479/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-zwiesel-1872-03100480/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100481/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-restola-03100482/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100483/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100501/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100502/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-dlya-vina-schott-zwiesel-03100504/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-ruchki-neman-03100507/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-03100510/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100511/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-cambro-03100512/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-dartington-03100513/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-dartington-03100514/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-dartington-03100515/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-arcoroc-03100520/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-arcoroc-03100522/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-arcoroc-03100523/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-arcoroc-03100524/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-arcoroc-03100525/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-arcoroc-03100526/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-cristal-darques-03100527/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-steelite-03100541/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-serax-03100542/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-nude-03100545/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-serax-03100546/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100547/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100548/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100549/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100556/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100558/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-ruchki-neman-03100602/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-lubiana-03100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100605/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100606/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100607/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-bormioli-rocco-03100612/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-bormioli-rocco-03100613/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100614/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-prohotel-03100618/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-schott-zwiesel-03100622/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-schott-zwiesel-03100623/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-dekantera-schott-zwiesel-03100624/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ohladitelem-matfer-03100625/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-schott-zwiesel-03100628/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100631/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-cm-8a-hario-03100632/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-b-kryshki-chef-and-sommelier-03100633/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-b-kryshki-arcoroc-03100634/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100705/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-bormioli-rocco-03100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-grafina-frilich-03100801/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-jakobsen-design-03101601/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-jakobsen-design-03101602/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-jakobsen-design-03101603/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-g-benedikt-karlovy-vary-03101605/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-sempre-life-03101626/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-zwiesel-1872-03101633/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-zwiesel-glas-03101635/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-craster-03101637/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03101638/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-nude-03101639/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101640/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101641/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101642/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101643/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101644/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101645/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03101648/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-03101651/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101652/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101653/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101654/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101655/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101656/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101657/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-moloka-s-probkoy-serax-04148561/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101662/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101659/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101660/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101661/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101658/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03101647/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090750/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090751/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101649/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101663/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hold-02040343/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03097822/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-zalto-03101665/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-zalto-03101664/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-loveramics-03101666/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100906/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100905/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100904/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03101667/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-phibo-03097823/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090752/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090753/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090754/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090755/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03101669/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100907/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shtofa-bormioli-luigi-02070324/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-soka-moloka-s-kryshki-podstavkoy-frilich-02120468/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerator-d-vina-ghidini-02121813/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerator-d-vina-centellino-02121814/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ohlazhdayuschaya-trubka-dlya-grafina-aps-02123870/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03081709/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090102/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090103/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090104/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090105/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090106/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090108/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090112/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090116/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090118/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090119/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090124/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090127/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090128/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090129/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090136/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090137/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090143/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090144/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090145/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090147/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090148/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090155/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090161/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090163/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090164/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090165/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090171/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090172/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090173/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090174/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090175/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090176/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090177/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090178/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090179/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090180/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090181/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090186/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090187/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090190/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090191/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090192/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090193/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090194/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090195/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-03090196/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090201/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-lubiana-03090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090207/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090208/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090220/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090221/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090225/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090226/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090228/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090229/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090230/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ns-03090231/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090233/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090235/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090236/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090238/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090239/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090241/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090242/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090243/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090244/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090245/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090246/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090247/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090248/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090255/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090256/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090257/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090260/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090261/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090262/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090264/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090265/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090266/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090267/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090284/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sambonet-03090286/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090287/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090288/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090290/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090291/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090301/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090307/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090308/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090309/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090310/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090311/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090312/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090314/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090315/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090316/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090317/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090319/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090324/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090325/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090402/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090406/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090407/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090447/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090448/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090453/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-eclat-03090459/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090460/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-zwiesel-glas-03090467/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hario-03090468/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090470/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090475/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090476/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-glas-03090477/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090480/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090481/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090482/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pfg-03090501/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090506/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090507/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090509/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090510/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-1872-03090604/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-kuvshina-ww500cw-cambro-03090701/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090702/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090703/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090704/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090706/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090708/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090710/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090711/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090712/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090713/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090714/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090715/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090716/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090717/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090718/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090719/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-osz-03090722/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090725/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090726/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090727/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pordamsa-03090732/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090733/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090734/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sempre-life-03090736/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090744/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090745/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090746/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090748/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090749/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100102/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-kvadratnyy-arcoroc-03100104/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100106/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100111/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100115/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100116/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100122/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100123/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-ruchki-neman-03100128/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100129/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100134/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100135/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100136/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100138/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100139/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100140/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-frilich-03100141/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshi-derzhd-bufsteny-frilich-03100142/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100143/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100146/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100149/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100150/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-aps-03100152/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-probkoy-neman-03100153/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-6-stopok-neman-03100155/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100156/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100221/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100222/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-spiegelau-03100224/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100225/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-kvadratnyy-arcoroc-03100230/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100231/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100232/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100233/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-nude-03100235/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-rcr-03100239/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-kvadratnyy-arcoroc-03100301/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-bormioli-luigi-03100307/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03100310/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-grafin-s-krysh-spiegelau-03100322/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-bormioli-rocco-03100327/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-libbey-03100328/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-ilsa-03100335/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100338/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100339/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-stoelzle-03100350/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100352/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-stoelzle-03100355/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-probkoy-pasabahce-03100364/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-b-ruchki-neman-03100367/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100368/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-cristal-darques-03100369/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-stoelzle-03100370/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-schott-zwiesel-03100374/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-arcoroc-03100403/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100404/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100411/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100412/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100414/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100416/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100417/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-arcoroc-03100418/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-spiegelau-03100419/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100421/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100423/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-frilich-03100424/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100428/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100430/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bohemia-03100433/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100436/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-frilich-03100439/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-nude-03100442/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-nude-03100443/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100450/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100451/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100452/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100453/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-03100454/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100455/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100457/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100458/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100461/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100462/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-rocco-03100464/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-rocco-03100465/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100475/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-zwiesel-1872-03100479/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-zwiesel-1872-03100480/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-libbey-03100481/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-restola-03100482/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100483/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100501/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ruchkoy-neman-03100502/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-dlya-vina-schott-zwiesel-03100504/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-ruchki-neman-03100507/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-03100510/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100511/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-cambro-03100512/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-dartington-03100513/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-dartington-03100514/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-dartington-03100515/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-arcoroc-03100520/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-arcoroc-03100522/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-arcoroc-03100523/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-kryshkoy-arcoroc-03100524/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-arcoroc-03100525/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-kryshki-arcoroc-03100526/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-cristal-darques-03100527/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-steelite-03100541/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-serax-03100542/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-nude-03100545/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-serax-03100546/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100547/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-rona-03100548/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-chef-and-sommelier-03100549/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100556/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-d-vina-neman-03100558/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-b-ruchki-neman-03100602/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-lubiana-03100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100605/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100606/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100607/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-bormioli-rocco-03100612/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-bormioli-rocco-03100613/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100614/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-prohotel-03100618/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-schott-zwiesel-03100622/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-schott-zwiesel-03100623/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-dekantera-schott-zwiesel-03100624/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-s-ohladitelem-matfer-03100625/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-schott-zwiesel-03100628/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-arcoroc-03100631/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-cm-8a-hario-03100632/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-b-kryshki-chef-and-sommelier-03100633/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-b-kryshki-arcoroc-03100634/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-bormioli-luigi-03100705/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-s-kryshkoy-bormioli-rocco-03100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-grafina-frilich-03100801/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-jakobsen-design-03101601/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-jakobsen-design-03101602/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-jakobsen-design-03101603/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-g-benedikt-karlovy-vary-03101605/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-sempre-life-03101626/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-zwiesel-1872-03101633/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-zwiesel-glas-03101635/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-craster-03101637/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03101638/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-nude-03101639/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101640/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101641/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101642/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-bormioli-luigi-03101643/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101644/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101645/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03101648/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101652/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101653/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101654/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101655/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101656/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101657/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-moloka-s-probkoy-serax-04148561/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101662/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101659/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101660/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101661/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101658/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03101647/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090750/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090751/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101649/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtof-hrustalnyy-zvon-03101663/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hold-02040343/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03097822/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-zalto-03101665/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-zalto-03101664/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekanter-loveramics-03101666/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100906/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100905/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100904/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03101667/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-phibo-03097823/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090752/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090753/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090754/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090755/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03101669/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grafin-neman-03100907/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101670/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101671/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101674/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101672/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101673/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L377"/>
+  <dimension ref="A1:L380"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I377" sqref="I377"/>
+      <selection activeCell="I380" sqref="I380"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -16552,9829 +16645,9827 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>61</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="L12" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>111</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L19" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F20" s="0"/>
+        <v>92</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>115</v>
+      </c>
       <c r="G20" s="0" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="L20" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="L21" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0">
+        <v>80050</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="F23" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="E23" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" s="0">
-        <v>80050</v>
+        <v>80101</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>133</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D25" s="0">
-        <v>80101</v>
+        <v>80102</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D26" s="0">
-        <v>80102</v>
+      <c r="D26" s="0" t="s">
+        <v>139</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="F26" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>140</v>
+      </c>
       <c r="G26" s="0" t="s">
-        <v>110</v>
+        <v>141</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>143</v>
+        <v>86</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="L27" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>149</v>
+      </c>
+      <c r="D28" s="0">
+        <v>80111</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>83</v>
+        <v>150</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="D29" s="0">
+        <v>80113</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G29" s="0" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D30" s="0">
-        <v>80113</v>
+        <v>28438</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>28438</v>
+        <v>159</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>160</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>158</v>
+        <v>115</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>160</v>
+        <v>95</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>119</v>
+        <v>93</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>121</v>
+        <v>71</v>
       </c>
       <c r="L32" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>169</v>
+        <v>95</v>
       </c>
       <c r="L33" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F34" s="0"/>
+        <v>85</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>156</v>
+      </c>
       <c r="G34" s="0" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>121</v>
+        <v>174</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D36" s="0" t="s">
         <v>181</v>
+      </c>
+      <c r="D36" s="0">
+        <v>1520</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>182</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>183</v>
+        <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0">
+        <v>5260</v>
+      </c>
+      <c r="E37" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="D37" s="0">
-[...5 lines deleted...]
-      <c r="F37" s="0"/>
+      <c r="F37" s="0" t="s">
+        <v>186</v>
+      </c>
       <c r="G37" s="0" t="s">
-        <v>55</v>
+        <v>187</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>5260</v>
+        <v>190</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>191</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>191</v>
+        <v>87</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>192</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>195</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="F39" s="0"/>
+        <v>92</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>196</v>
+      </c>
       <c r="G39" s="0" t="s">
-        <v>84</v>
+        <v>197</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="D40" s="0">
+        <v>55052</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>202</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>57</v>
+        <v>203</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D41" s="0">
-        <v>55052</v>
+        <v>1792421</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>108</v>
+        <v>185</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>110</v>
+        <v>187</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>206</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D42" s="0">
-        <v>1792421</v>
+        <v>52349</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>191</v>
+        <v>87</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>209</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D43" s="0">
-        <v>52349</v>
+        <v>5263</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="F43" s="0"/>
+        <v>185</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>212</v>
+      </c>
       <c r="G43" s="0" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>5263</v>
+        <v>215</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>216</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>189</v>
+        <v>85</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>215</v>
+        <v>86</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>191</v>
+        <v>87</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>83</v>
+        <v>221</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L45" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>57</v>
+        <v>227</v>
       </c>
       <c r="L46" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F47" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>231</v>
+      </c>
       <c r="G47" s="0" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>230</v>
+        <v>95</v>
       </c>
       <c r="L47" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>121</v>
+        <v>237</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>240</v>
+        <v>81</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F50" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>201</v>
+      </c>
       <c r="G50" s="0" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>205</v>
+        <v>249</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>235</v>
+        <v>250</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>121</v>
+        <v>81</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>74</v>
+        <v>174</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>264</v>
+      </c>
+      <c r="D55" s="0">
+        <v>97000</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>54</v>
+        <v>185</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>55</v>
+        <v>187</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>263</v>
+        <v>107</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D56" s="0">
-        <v>97000</v>
+        <v>10770</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>189</v>
+        <v>40</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>191</v>
+        <v>25</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D57" s="0">
-        <v>10770</v>
+        <v>10776</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>10776</v>
+        <v>272</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>273</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="L59" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F60" s="0"/>
+        <v>282</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>283</v>
+      </c>
       <c r="G60" s="0" t="s">
-        <v>55</v>
+        <v>284</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>287</v>
+      </c>
+      <c r="D61" s="0">
+        <v>795</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="L61" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D62" s="0">
-        <v>795</v>
+        <v>789</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>291</v>
+        <v>20</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D63" s="0">
-        <v>789</v>
-[...3 lines deleted...]
-      </c>
+        <v>9007003</v>
+      </c>
+      <c r="E63" s="0"/>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L63" s="0">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>296</v>
-[...4 lines deleted...]
-      <c r="E64" s="0"/>
+        <v>298</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>54</v>
+      </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>297</v>
+        <v>55</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>20</v>
+        <v>301</v>
       </c>
       <c r="L64" s="0">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F65" s="0"/>
+        <v>282</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>305</v>
+      </c>
       <c r="G65" s="0" t="s">
-        <v>55</v>
+        <v>284</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="L65" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>308</v>
+      </c>
+      <c r="D66" s="0">
+        <v>6007</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>283</v>
+        <v>309</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>285</v>
+        <v>197</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>6007</v>
+        <v>313</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>314</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>201</v>
+        <v>288</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>319</v>
+      </c>
+      <c r="D68" s="0">
+        <v>10775</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>289</v>
+        <v>320</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>10775</v>
+        <v>323</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>324</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F69" s="0"/>
+        <v>315</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>316</v>
+      </c>
       <c r="G69" s="0" t="s">
-        <v>322</v>
+        <v>288</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>324</v>
+        <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="D71" s="0" t="s">
         <v>331</v>
       </c>
+      <c r="D71" s="0">
+        <v>13130020</v>
+      </c>
       <c r="E71" s="0" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="F71" s="0"/>
+        <v>332</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>333</v>
+      </c>
       <c r="G71" s="0" t="s">
-        <v>289</v>
+        <v>17</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>20</v>
+        <v>335</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>13130020</v>
+        <v>337</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>338</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>335</v>
+        <v>85</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>74</v>
+        <v>341</v>
       </c>
       <c r="L72" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>82</v>
+        <v>345</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>341</v>
+        <v>186</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>84</v>
+        <v>295</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="L73" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D74" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="E74" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="E74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>121</v>
+        <v>351</v>
       </c>
       <c r="L74" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>92</v>
+        <v>356</v>
       </c>
       <c r="L75" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>297</v>
+        <v>141</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>356</v>
+        <v>62</v>
       </c>
       <c r="L76" s="0">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>363</v>
+      </c>
+      <c r="D77" s="0">
+        <v>10772</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>360</v>
+        <v>40</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>144</v>
+        <v>320</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>362</v>
+        <v>20</v>
       </c>
       <c r="L77" s="0">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>10772</v>
+        <v>366</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>367</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>40</v>
+        <v>368</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>322</v>
+        <v>17</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="D79" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="E79" s="0" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>17</v>
+        <v>320</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L79" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>375</v>
+      </c>
+      <c r="D80" s="0">
+        <v>10769</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>369</v>
+        <v>40</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>10769</v>
+        <v>378</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>379</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F81" s="0"/>
+        <v>282</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>380</v>
+      </c>
       <c r="G81" s="0" t="s">
-        <v>322</v>
+        <v>284</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>283</v>
+        <v>127</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>381</v>
+        <v>140</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>285</v>
+        <v>141</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>386</v>
+        <v>245</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>235</v>
+        <v>392</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>394</v>
+      </c>
+      <c r="D85" s="0">
+        <v>83429</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>83429</v>
+        <v>397</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>398</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F86" s="0"/>
+        <v>345</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>186</v>
+      </c>
       <c r="G86" s="0" t="s">
-        <v>25</v>
+        <v>295</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L86" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>346</v>
+        <v>127</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>190</v>
+        <v>140</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>297</v>
+        <v>141</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>57</v>
+        <v>404</v>
       </c>
       <c r="L87" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L88" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>405</v>
+        <v>148</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>160</v>
+        <v>71</v>
       </c>
       <c r="L89" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>150</v>
+        <v>412</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>413</v>
+      </c>
+      <c r="D90" s="0">
+        <v>13102221</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>108</v>
+        <v>332</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>152</v>
+        <v>414</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>160</v>
+        <v>95</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>13102221</v>
+        <v>417</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>418</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>416</v>
+        <v>20</v>
       </c>
       <c r="L91" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="F92" s="0"/>
+      <c r="F92" s="0" t="s">
+        <v>423</v>
+      </c>
       <c r="G92" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>426</v>
+        <v>20</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>54</v>
+        <v>282</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>55</v>
+        <v>284</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C95" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="F95" s="0" t="s">
         <v>433</v>
       </c>
-      <c r="D95" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G95" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>440</v>
+      </c>
+      <c r="D96" s="0">
+        <v>68010</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>285</v>
+        <v>129</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>20</v>
+        <v>351</v>
       </c>
       <c r="L96" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>68010</v>
+        <v>445</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>446</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>443</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="L97" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F98" s="0"/>
+        <v>282</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>451</v>
+      </c>
       <c r="G98" s="0" t="s">
-        <v>55</v>
+        <v>284</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L98" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>283</v>
+        <v>456</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>285</v>
+        <v>17</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L99" s="0"/>
+      <c r="L99" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C100" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="E100" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="D100" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F100" s="0" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>458</v>
+        <v>92</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L102" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>475</v>
+      </c>
+      <c r="D103" s="0">
+        <v>10764</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>144</v>
+        <v>25</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>57</v>
+        <v>477</v>
       </c>
       <c r="L103" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D104" s="0">
-        <v>10764</v>
+        <v>650741</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F104" s="0"/>
+        <v>480</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>481</v>
+      </c>
       <c r="G104" s="0" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="C105" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="D105" s="0">
+        <v>650740</v>
+      </c>
+      <c r="E105" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="D105" s="0">
-[...2 lines deleted...]
-      <c r="E105" s="0" t="s">
+      <c r="F105" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="F105" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-        <v>650740</v>
+        <v>487</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>488</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>84</v>
+        <v>295</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L106" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>57</v>
+        <v>351</v>
       </c>
       <c r="L107" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="F108" s="0"/>
+        <v>497</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>498</v>
+      </c>
       <c r="G108" s="0" t="s">
-        <v>297</v>
+        <v>17</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>495</v>
+        <v>152</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>498</v>
+        <v>127</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>499</v>
+        <v>150</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L109" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="L109" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>154</v>
+        <v>503</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>144</v>
+        <v>295</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>57</v>
+        <v>507</v>
       </c>
       <c r="L110" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="F111" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>140</v>
+      </c>
       <c r="G111" s="0" t="s">
-        <v>297</v>
+        <v>141</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="L111" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F113" s="0"/>
+        <v>519</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>520</v>
+      </c>
       <c r="G113" s="0" t="s">
-        <v>55</v>
+        <v>521</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="L113" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>519</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>520</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>521</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>528</v>
+      </c>
+      <c r="D115" s="0">
+        <v>4110068</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>521</v>
+        <v>25</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L115" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D116" s="0">
-        <v>4110068</v>
+        <v>4110066</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>530</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D117" s="0">
-        <v>4110066</v>
+        <v>4110064</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>530</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D118" s="0">
-        <v>4110064</v>
+        <v>4110168</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>530</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D119" s="0">
-        <v>4110168</v>
+        <v>4130069</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>529</v>
       </c>
-      <c r="F119" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D120" s="0">
-        <v>4130069</v>
+        <v>4130067</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>4130067</v>
+        <v>548</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>549</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="F121" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>128</v>
+      </c>
       <c r="G121" s="0" t="s">
-        <v>201</v>
+        <v>141</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L121" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>108</v>
+        <v>456</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>132</v>
+        <v>554</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>551</v>
+        <v>20</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>458</v>
+        <v>127</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>20</v>
+        <v>351</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>560</v>
+        <v>115</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>119</v>
+        <v>568</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>565</v>
+        <v>245</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L125" s="0"/>
+        <v>95</v>
+      </c>
+      <c r="L125" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>570</v>
+      </c>
+      <c r="D126" s="0">
+        <v>80122</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>569</v>
+        <v>128</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>235</v>
+        <v>571</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="L126" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-        <v>80122</v>
+        <v>573</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>574</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F128" s="0"/>
+        <v>85</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>579</v>
+      </c>
       <c r="G128" s="0" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>582</v>
+      </c>
+      <c r="D129" s="0">
+        <v>4110061</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>82</v>
+        <v>529</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>580</v>
+        <v>530</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D130" s="0">
-        <v>4110061</v>
+        <v>4110062</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>530</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D131" s="0">
-        <v>4110062</v>
+        <v>4110065</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>530</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>4110065</v>
+        <v>591</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>592</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>529</v>
+        <v>127</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>530</v>
+        <v>249</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>201</v>
+        <v>141</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>595</v>
+        <v>20</v>
       </c>
       <c r="L133" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L134" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L135" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>606</v>
+        <v>607</v>
+      </c>
+      <c r="D136" s="0">
+        <v>66827</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>108</v>
+        <v>456</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>143</v>
+        <v>608</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>66827</v>
+        <v>611</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>612</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>458</v>
+        <v>613</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L137" s="0"/>
+      <c r="L137" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>615</v>
+        <v>127</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>20</v>
+        <v>621</v>
       </c>
       <c r="L138" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>620</v>
+        <v>623</v>
+      </c>
+      <c r="D139" s="0">
+        <v>123113</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>108</v>
+        <v>624</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>144</v>
+        <v>25</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>183</v>
+        <v>20</v>
       </c>
       <c r="L139" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>123113</v>
+        <v>628</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>629</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>630</v>
+      </c>
+      <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>25</v>
+        <v>631</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L140" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="F141" s="0"/>
+        <v>92</v>
+      </c>
+      <c r="F141" s="0" t="s">
+        <v>636</v>
+      </c>
       <c r="G141" s="0" t="s">
-        <v>632</v>
+        <v>17</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>20</v>
+        <v>638</v>
       </c>
       <c r="L141" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>639</v>
+        <v>20</v>
       </c>
       <c r="L142" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>648</v>
+      </c>
+      <c r="D144" s="0">
+        <v>113786</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F144" s="0"/>
+        <v>624</v>
+      </c>
+      <c r="F144" s="0" t="s">
+        <v>625</v>
+      </c>
       <c r="G144" s="0" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-        <v>113786</v>
+        <v>651</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>652</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>625</v>
+        <v>519</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>626</v>
+        <v>316</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>25</v>
+        <v>521</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>519</v>
+        <v>127</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>318</v>
+        <v>150</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>521</v>
+        <v>141</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L146" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>659</v>
+      </c>
+      <c r="D147" s="0">
+        <v>3.20271</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>152</v>
+        <v>660</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L147" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D148" s="0">
-        <v>3.20271</v>
+        <v>260034</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>17</v>
+        <v>288</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>260034</v>
+        <v>667</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>668</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="F149" s="0"/>
+        <v>669</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>670</v>
+      </c>
       <c r="G149" s="0" t="s">
-        <v>289</v>
+        <v>671</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L149" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="D150" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="E150" s="0" t="s">
         <v>669</v>
       </c>
-      <c r="E150" s="0" t="s">
+      <c r="F150" s="0" t="s">
         <v>670</v>
       </c>
-      <c r="F150" s="0" t="s">
+      <c r="G150" s="0" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L150" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>670</v>
+        <v>519</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>671</v>
+        <v>316</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>672</v>
+        <v>521</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L151" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>519</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>521</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L152" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>686</v>
+      </c>
+      <c r="D153" s="0">
+        <v>117131</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>519</v>
+        <v>687</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>318</v>
+        <v>688</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>521</v>
+        <v>671</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="0"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>117131</v>
+        <v>691</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>692</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>688</v>
+        <v>315</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>672</v>
+        <v>288</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L154" s="0"/>
+      <c r="L154" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>696</v>
+      </c>
+      <c r="D155" s="0">
+        <v>10771</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>289</v>
+        <v>25</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L155" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>10771</v>
+        <v>699</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>700</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F156" s="0"/>
+        <v>92</v>
+      </c>
+      <c r="F156" s="0" t="s">
+        <v>701</v>
+      </c>
       <c r="G156" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>698</v>
+        <v>369</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L156" s="0"/>
+      <c r="L156" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="D157" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="E157" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="F157" s="0" t="s">
         <v>701</v>
-      </c>
-[...4 lines deleted...]
-        <v>702</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>370</v>
+        <v>708</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>712</v>
+        <v>715</v>
+      </c>
+      <c r="D160" s="0">
+        <v>644387</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>46</v>
+        <v>480</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>48</v>
+        <v>87</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>20</v>
+        <v>718</v>
       </c>
       <c r="L160" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="D161" s="0">
-        <v>644387</v>
+        <v>7508.1</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>481</v>
+        <v>721</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>426</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
         <v>719</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="D162" s="0">
-        <v>7508.1</v>
+        <v>7509.1</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>721</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>722</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>723</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D163" s="0">
-        <v>7509.1</v>
+        <v>7510.1</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>721</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>722</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="0"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>725</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D164" s="0">
-        <v>7510.1</v>
+        <v>7511.1</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>721</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>722</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>727</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="0"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-        <v>7511.1</v>
+        <v>730</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>731</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>721</v>
+        <v>732</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>17</v>
+        <v>295</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L165" s="0"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>732</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>733</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>734</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L166" s="0"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>732</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>733</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>734</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="0"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>732</v>
+        <v>46</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>733</v>
+        <v>47</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>297</v>
+        <v>48</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L168" s="0"/>
+      <c r="L168" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>47</v>
+        <v>748</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>178</v>
+        <v>71</v>
       </c>
       <c r="L169" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>753</v>
+      </c>
+      <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>749</v>
+        <v>597</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L170" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>755</v>
+      </c>
+      <c r="D171" s="0">
+        <v>28750</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="F171" s="0"/>
+        <v>441</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>756</v>
+      </c>
       <c r="G171" s="0" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L171" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>28750</v>
+        <v>759</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>760</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>443</v>
+        <v>127</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>110</v>
+        <v>141</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="L172" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D173" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="E173" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="F173" s="0" t="s">
         <v>761</v>
       </c>
-      <c r="E173" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G173" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="L173" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>108</v>
+        <v>770</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>144</v>
+        <v>772</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="L174" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>775</v>
+      </c>
+      <c r="D175" s="0">
+        <v>92546</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>771</v>
+        <v>441</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>773</v>
+        <v>129</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="D176" s="0">
-        <v>92546</v>
+        <v>29001</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L176" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L176" s="0"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>29001</v>
+        <v>783</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>784</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>443</v>
+        <v>785</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L177" s="0"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>789</v>
+      </c>
+      <c r="D178" s="0">
+        <v>656390</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>786</v>
+        <v>480</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>48</v>
+        <v>87</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L178" s="0"/>
+      <c r="L178" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="C179" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="D179" s="0">
+        <v>656392</v>
+      </c>
+      <c r="E179" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="F179" s="0" t="s">
         <v>790</v>
       </c>
-      <c r="D179" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G179" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L179" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>656392</v>
+        <v>796</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>797</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>795</v>
+        <v>80</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L180" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>798</v>
+        <v>592</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F181" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>249</v>
+      </c>
       <c r="G181" s="0" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>78</v>
+        <v>800</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L181" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>109</v>
+        <v>249</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>593</v>
+        <v>806</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="L183" s="0">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-        <v>807</v>
+        <v>809</v>
+      </c>
+      <c r="D184" s="0">
+        <v>53674</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F184" s="0"/>
+        <v>85</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>810</v>
+      </c>
       <c r="G184" s="0" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>121</v>
+        <v>62</v>
       </c>
       <c r="L184" s="0">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>53674</v>
+        <v>813</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>814</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L185" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>816</v>
+        <v>94</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L186" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="F187" s="0"/>
+      <c r="F187" s="0" t="s">
+        <v>822</v>
+      </c>
       <c r="G187" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>91</v>
+        <v>823</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>74</v>
+        <v>824</v>
       </c>
       <c r="L187" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>823</v>
+        <v>428</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>362</v>
+        <v>718</v>
       </c>
       <c r="L189" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="L190" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="F191" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>57</v>
+        <v>174</v>
       </c>
       <c r="L191" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>844</v>
+        <v>847</v>
+      </c>
+      <c r="D193" s="0">
+        <v>4120061</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F193" s="0"/>
+        <v>529</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>848</v>
+      </c>
       <c r="G193" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L193" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="D194" s="0">
-        <v>4120061</v>
+        <v>4120062</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>848</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D195" s="0">
-        <v>4120062</v>
+        <v>5050062</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L195" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-        <v>5050062</v>
+        <v>858</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>859</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
-        <v>201</v>
+        <v>55</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="L196" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="L197" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F198" s="0"/>
+        <v>868</v>
+      </c>
+      <c r="F198" s="0" t="s">
+        <v>869</v>
+      </c>
       <c r="G198" s="0" t="s">
-        <v>55</v>
+        <v>671</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L198" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L199" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L199" s="0"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L200" s="0"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F201" s="0"/>
+        <v>54</v>
+      </c>
+      <c r="F201" s="0" t="s">
+        <v>423</v>
+      </c>
       <c r="G201" s="0" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L201" s="0"/>
+        <v>143</v>
+      </c>
+      <c r="L201" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>884</v>
+      </c>
+      <c r="D202" s="0">
+        <v>6280</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="F202" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>825</v>
+        <v>20</v>
       </c>
       <c r="L202" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-        <v>6280</v>
+        <v>887</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>888</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="F203" s="0"/>
+      <c r="F203" s="0" t="s">
+        <v>428</v>
+      </c>
       <c r="G203" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="L203" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="F204" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>893</v>
+        <v>896</v>
+      </c>
+      <c r="D205" s="0">
+        <v>10766</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>895</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L205" s="0"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>897</v>
-[...2 lines deleted...]
-        <v>10766</v>
+        <v>899</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>900</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L206" s="0"/>
+      <c r="L206" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
-      <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L207" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
+      <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>20</v>
+        <v>910</v>
       </c>
       <c r="L208" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>911</v>
+        <v>95</v>
       </c>
       <c r="L209" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>916</v>
+      </c>
+      <c r="D210" s="0">
+        <v>4120063</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F210" s="0"/>
+        <v>529</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>848</v>
+      </c>
       <c r="G210" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="L210" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D211" s="0">
-        <v>4120063</v>
+        <v>4120064</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F211" s="0" t="s">
         <v>848</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D212" s="0">
-        <v>4120064</v>
+        <v>7060159</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>529</v>
+        <v>923</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>848</v>
+        <v>924</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L212" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L212" s="0"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>923</v>
-[...2 lines deleted...]
-        <v>7060159</v>
+        <v>927</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>928</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>924</v>
+        <v>15</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L213" s="0"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>932</v>
+      </c>
+      <c r="D214" s="0">
+        <v>53675</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>930</v>
+        <v>810</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L214" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="L214" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="D215" s="0">
-        <v>53675</v>
+        <v>900101</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>82</v>
+        <v>185</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>811</v>
+        <v>936</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>84</v>
+        <v>937</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L215" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C216" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="D216" s="0">
+        <v>900095</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="F216" s="0" t="s">
         <v>936</v>
       </c>
-      <c r="D216" s="0">
-[...5 lines deleted...]
-      <c r="F216" s="0" t="s">
+      <c r="G216" s="0" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L216" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D217" s="0">
-        <v>900095</v>
+        <v>900088</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F217" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="G217" s="0" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L217" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D218" s="0">
-        <v>900088</v>
+        <v>92572</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>189</v>
+        <v>441</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>938</v>
+        <v>129</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L218" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="D219" s="0">
-        <v>92572</v>
+        <v>25535020106</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>443</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L219" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L219" s="0"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="D220" s="0">
-        <v>25535020106</v>
+        <v>53673</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>952</v>
-[...1 lines deleted...]
-      <c r="F220" s="0"/>
+        <v>85</v>
+      </c>
+      <c r="F220" s="0" t="s">
+        <v>810</v>
+      </c>
       <c r="G220" s="0" t="s">
-        <v>17</v>
+        <v>955</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L220" s="0"/>
+        <v>95</v>
+      </c>
+      <c r="L220" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-        <v>53673</v>
+        <v>958</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>959</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>811</v>
+        <v>16</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>956</v>
+        <v>17</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="L221" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>16</v>
+        <v>964</v>
       </c>
       <c r="G222" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L222" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="L223" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>968</v>
-[...2 lines deleted...]
-        <v>969</v>
+        <v>972</v>
+      </c>
+      <c r="D224" s="0">
+        <v>7480159</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>15</v>
+        <v>923</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>970</v>
+        <v>924</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>17</v>
+        <v>973</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>972</v>
+        <v>20</v>
       </c>
       <c r="L224" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D225" s="0">
-        <v>7480159</v>
+        <v>6.33409</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>924</v>
+        <v>92</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>925</v>
+        <v>977</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>975</v>
+        <v>17</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D226" s="0">
-        <v>6.33409</v>
+        <v>719</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>17</v>
+        <v>288</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L226" s="0">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D227" s="0">
-        <v>719</v>
+        <v>5050064</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="F227" s="0"/>
+        <v>529</v>
+      </c>
+      <c r="F227" s="0" t="s">
+        <v>855</v>
+      </c>
       <c r="G227" s="0" t="s">
-        <v>289</v>
+        <v>197</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L227" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D228" s="0">
-        <v>5050064</v>
+        <v>4000059</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>855</v>
+        <v>987</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L228" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="D229" s="0">
-        <v>4000059</v>
+        <v>1000059</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-        <v>1000059</v>
+        <v>994</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>995</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
-        <v>201</v>
+        <v>17</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L230" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>996</v>
-[...2 lines deleted...]
-        <v>997</v>
+        <v>998</v>
+      </c>
+      <c r="D231" s="0">
+        <v>4020159</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="F231" s="0"/>
+        <v>529</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>999</v>
+      </c>
       <c r="G231" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L231" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="D232" s="0">
-        <v>4020159</v>
+        <v>4010059</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="G232" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D233" s="0">
-        <v>4010059</v>
+        <v>4000057</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>529</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>1001</v>
+        <v>987</v>
       </c>
       <c r="G233" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>4000057</v>
+        <v>1008</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>1009</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>529</v>
+        <v>15</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>989</v>
+        <v>1010</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L234" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>1011</v>
+        <v>1013</v>
+      </c>
+      <c r="D235" s="0">
+        <v>5040062</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>15</v>
+        <v>529</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L235" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-        <v>5040062</v>
+        <v>1017</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>1018</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>529</v>
+        <v>127</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>25</v>
+        <v>141</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L236" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>1021</v>
+        <v>423</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L237" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>54</v>
+        <v>1028</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>424</v>
+        <v>1029</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L238" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L238" s="0"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>84</v>
+        <v>197</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L239" s="0"/>
+      <c r="L239" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1034</v>
-[...2 lines deleted...]
-        <v>1035</v>
+        <v>1038</v>
+      </c>
+      <c r="D240" s="0">
+        <v>2050059</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>1036</v>
+        <v>529</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L240" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="D241" s="0">
-        <v>2050059</v>
+        <v>120160</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>529</v>
+        <v>1043</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>25</v>
+        <v>521</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L241" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L241" s="0"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="D242" s="0">
-        <v>120160</v>
+        <v>57972</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>1045</v>
+        <v>85</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>521</v>
+        <v>87</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L242" s="0"/>
+      <c r="L242" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1049</v>
-[...2 lines deleted...]
-        <v>57972</v>
+        <v>1051</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>1052</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="G243" s="0" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L243" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L244" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F245" s="0"/>
+        <v>519</v>
+      </c>
+      <c r="F245" s="0" t="s">
+        <v>316</v>
+      </c>
       <c r="G245" s="0" t="s">
-        <v>55</v>
+        <v>521</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L245" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="E246" s="0" t="s">
         <v>519</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>318</v>
+        <v>1066</v>
       </c>
       <c r="G246" s="0" t="s">
         <v>521</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>519</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="G247" s="0" t="s">
         <v>521</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>356</v>
+        <v>1072</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>519</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="G248" s="0" t="s">
         <v>521</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>1074</v>
+        <v>71</v>
       </c>
       <c r="L248" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>1077</v>
+        <v>1078</v>
+      </c>
+      <c r="D249" s="0">
+        <v>42173</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>519</v>
+        <v>85</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>1068</v>
+        <v>1048</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>521</v>
+        <v>87</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>890</v>
+        <v>20</v>
       </c>
       <c r="L249" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D250" s="0">
-        <v>42173</v>
+        <v>7430059</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>82</v>
+        <v>923</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>1050</v>
+        <v>520</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L250" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L250" s="0"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1083</v>
-[...2 lines deleted...]
-        <v>7430059</v>
+        <v>1084</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>1085</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>924</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
-        <v>25</v>
+        <v>521</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L251" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="L251" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>519</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
         <v>521</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L252" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>519</v>
+        <v>24</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
-        <v>521</v>
+        <v>25</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L253" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F254" s="0"/>
+        <v>868</v>
+      </c>
+      <c r="F254" s="0" t="s">
+        <v>869</v>
+      </c>
       <c r="G254" s="0" t="s">
-        <v>25</v>
+        <v>671</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L254" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>868</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>869</v>
+        <v>1102</v>
       </c>
       <c r="G255" s="0" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L255" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>868</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="G256" s="0" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L256" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>868</v>
+        <v>15</v>
       </c>
       <c r="F257" s="0" t="s">
-        <v>1109</v>
+        <v>1010</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>672</v>
+        <v>17</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>160</v>
+        <v>71</v>
       </c>
       <c r="L257" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L258" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-        <v>1117</v>
+        <v>1118</v>
+      </c>
+      <c r="D259" s="0">
+        <v>16025</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F259" s="0"/>
+        <v>441</v>
+      </c>
+      <c r="F259" s="0" t="s">
+        <v>1119</v>
+      </c>
       <c r="G259" s="0" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1118</v>
+        <v>781</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L259" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D260" s="0">
-        <v>16025</v>
+        <v>28245</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="F260" s="0" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>782</v>
+        <v>1123</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L260" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>28245</v>
+        <v>1125</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>1126</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>443</v>
+        <v>1028</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>110</v>
+        <v>973</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L261" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L262" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L263" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>1030</v>
+        <v>85</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>975</v>
+        <v>87</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>20</v>
+        <v>718</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="C265" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E265" s="0"/>
+      <c r="F265" s="0" t="s">
         <v>1142</v>
       </c>
-      <c r="D265" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G265" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>426</v>
+        <v>20</v>
       </c>
       <c r="L265" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1148</v>
-[...1 lines deleted...]
-      <c r="E266" s="0"/>
+        <v>1150</v>
+      </c>
+      <c r="E266" s="0" t="s">
+        <v>85</v>
+      </c>
       <c r="F266" s="0" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L266" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>82</v>
+        <v>1028</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>84</v>
+        <v>973</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>20</v>
+        <v>335</v>
       </c>
       <c r="L267" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>416</v>
+        <v>20</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>1030</v>
+        <v>85</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>975</v>
+        <v>87</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1163</v>
+        <v>385</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L269" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C270" s="0" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E270" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="F270" s="0" t="s">
         <v>1165</v>
       </c>
-      <c r="D270" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G270" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L270" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>1167</v>
+        <v>748</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>20</v>
+        <v>1174</v>
       </c>
       <c r="L271" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>748</v>
+        <v>1178</v>
       </c>
       <c r="G272" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>183</v>
+        <v>81</v>
       </c>
       <c r="L272" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>89</v>
+        <v>1028</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>74</v>
+        <v>638</v>
       </c>
       <c r="L273" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-        <v>1184</v>
+        <v>1186</v>
+      </c>
+      <c r="D274" s="0">
+        <v>117130</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>1030</v>
+        <v>687</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1185</v>
+        <v>688</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>84</v>
+        <v>671</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>1187</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L274" s="0"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
         <v>1188</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>1189</v>
       </c>
       <c r="D275" s="0">
-        <v>117130</v>
+        <v>121216</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>689</v>
+        <v>1190</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L275" s="0"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-        <v>121216</v>
+        <v>1193</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>1194</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>688</v>
+        <v>185</v>
       </c>
       <c r="F276" s="0" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>25</v>
+        <v>937</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L276" s="0"/>
+      <c r="L276" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>1200</v>
+      </c>
+      <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
-        <v>938</v>
+        <v>141</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="L277" s="0">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>1203</v>
-[...1 lines deleted...]
-      <c r="F278" s="0"/>
+        <v>519</v>
+      </c>
+      <c r="F278" s="0" t="s">
+        <v>1066</v>
+      </c>
       <c r="G278" s="0" t="s">
-        <v>144</v>
+        <v>521</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L278" s="0">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
-        <v>521</v>
+        <v>55</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L279" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="E280" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L280" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1214</v>
-[...1 lines deleted...]
-      <c r="D281" s="0" t="s">
         <v>1215</v>
       </c>
+      <c r="D281" s="0">
+        <v>104112</v>
+      </c>
       <c r="E281" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F281" s="0"/>
+        <v>1043</v>
+      </c>
+      <c r="F281" s="0" t="s">
+        <v>1216</v>
+      </c>
       <c r="G281" s="0" t="s">
-        <v>55</v>
+        <v>973</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L281" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1218</v>
-[...2 lines deleted...]
-        <v>104112</v>
+        <v>1219</v>
+      </c>
+      <c r="D282" s="0" t="s">
+        <v>1220</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>1045</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
-        <v>975</v>
+        <v>55</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L282" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
-      <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1223</v>
-[...4 lines deleted...]
-      <c r="F283" s="0"/>
+        <v>1224</v>
+      </c>
+      <c r="E283" s="0"/>
+      <c r="F283" s="0" t="s">
+        <v>756</v>
+      </c>
       <c r="G283" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L283" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
+      <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1227</v>
-[...1 lines deleted...]
-      <c r="E284" s="0"/>
+        <v>1228</v>
+      </c>
+      <c r="E284" s="0" t="s">
+        <v>1028</v>
+      </c>
       <c r="F284" s="0" t="s">
-        <v>757</v>
+        <v>1127</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>25</v>
+        <v>973</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L284" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>1030</v>
+        <v>315</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>1129</v>
+        <v>693</v>
       </c>
       <c r="G285" s="0" t="s">
-        <v>975</v>
+        <v>1233</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L285" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>317</v>
+        <v>1238</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>694</v>
+        <v>1239</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>1236</v>
+        <v>284</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L286" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D287" s="0" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E287" s="0" t="s">
         <v>1238</v>
       </c>
-      <c r="C287" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F287" s="0" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L287" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E288" s="0" t="s">
         <v>1238</v>
       </c>
-      <c r="C288" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F288" s="0" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="G288" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L288" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1238</v>
+        <v>1249</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>1241</v>
+        <v>85</v>
       </c>
       <c r="F289" s="0" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="G289" s="0" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1251</v>
+        <v>408</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>20</v>
+        <v>829</v>
       </c>
       <c r="L289" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D290" s="0" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E290" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="F290" s="0" t="s">
         <v>1252</v>
       </c>
-      <c r="C290" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G290" s="0" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="L290" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
         <v>1257</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>1258</v>
       </c>
       <c r="D291" s="0" t="s">
         <v>1259</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>297</v>
+        <v>87</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I291" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L291" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
         <v>1261</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>1262</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>1263</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F292" s="0" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I292" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>57</v>
+        <v>351</v>
       </c>
       <c r="L292" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
         <v>1265</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>1266</v>
       </c>
       <c r="D293" s="0" t="s">
         <v>1267</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I293" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L293" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
         <v>1269</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>1270</v>
       </c>
       <c r="D294" s="0" t="s">
         <v>1271</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="G294" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L294" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
         <v>1273</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>1274</v>
       </c>
       <c r="D295" s="0" t="s">
         <v>1275</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>82</v>
+        <v>1034</v>
       </c>
       <c r="F295" s="0" t="s">
-        <v>1255</v>
+        <v>1276</v>
       </c>
       <c r="G295" s="0" t="s">
-        <v>84</v>
+        <v>197</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L295" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>1036</v>
+        <v>282</v>
       </c>
       <c r="F296" s="0" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="G296" s="0" t="s">
-        <v>201</v>
+        <v>284</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L296" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L296" s="0"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>283</v>
+        <v>46</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>1285</v>
+        <v>756</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I297" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L297" s="0"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
         <v>1287</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>1288</v>
       </c>
-      <c r="D298" s="0" t="s">
+      <c r="D298" s="0">
+        <v>92633</v>
+      </c>
+      <c r="E298" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="F298" s="0" t="s">
         <v>1289</v>
       </c>
-      <c r="E298" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G298" s="0" t="s">
-        <v>297</v>
+        <v>129</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I298" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L298" s="0"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
         <v>1291</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>1292</v>
       </c>
-      <c r="D299" s="0">
-        <v>92633</v>
+      <c r="D299" s="0" t="s">
+        <v>1293</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>443</v>
+        <v>46</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L299" s="0"/>
+      <c r="L299" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I300" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>20</v>
+        <v>1300</v>
       </c>
       <c r="L300" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
-      <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F301" s="0"/>
+        <v>519</v>
+      </c>
+      <c r="F301" s="0" t="s">
+        <v>1066</v>
+      </c>
       <c r="G301" s="0" t="s">
-        <v>55</v>
+        <v>521</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>1304</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L301" s="0"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
+      <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
         <v>1305</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>1306</v>
       </c>
       <c r="D302" s="0" t="s">
         <v>1307</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>519</v>
+        <v>1028</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>1068</v>
+        <v>1308</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>521</v>
+        <v>87</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L302" s="0"/>
+        <v>95</v>
+      </c>
+      <c r="L302" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>1030</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I303" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="L303" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
         <v>1314</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>1315</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>1316</v>
       </c>
       <c r="E304" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F304" s="0"/>
       <c r="G304" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I304" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L304" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
         <v>1318</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>1319</v>
       </c>
       <c r="D305" s="0" t="s">
         <v>1320</v>
       </c>
       <c r="E305" s="0" t="s">
         <v>54</v>
@@ -26383,2392 +26474,2491 @@
       <c r="G305" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L305" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
         <v>1322</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>1323</v>
       </c>
-      <c r="D306" s="0" t="s">
+      <c r="D306" s="0">
+        <v>1782</v>
+      </c>
+      <c r="E306" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="F306" s="0" t="s">
         <v>1324</v>
       </c>
-      <c r="E306" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
-        <v>55</v>
+        <v>197</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I306" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L306" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
         <v>1326</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>1327</v>
       </c>
-      <c r="D307" s="0">
-        <v>1782</v>
+      <c r="D307" s="0" t="s">
+        <v>1328</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>310</v>
+        <v>85</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>201</v>
+        <v>87</v>
       </c>
       <c r="H307" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>20</v>
+        <v>351</v>
       </c>
       <c r="L307" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F308" s="0" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
       <c r="G308" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I308" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>57</v>
+        <v>1335</v>
       </c>
       <c r="L308" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F309" s="0" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>362</v>
+        <v>62</v>
       </c>
       <c r="L309" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="F310" s="0" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="G310" s="0" t="s">
-        <v>84</v>
+        <v>521</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L310" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F311" s="0" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="G311" s="0" t="s">
         <v>521</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L311" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="G312" s="0" t="s">
-        <v>521</v>
+        <v>87</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L312" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
-        <v>84</v>
+        <v>295</v>
       </c>
       <c r="H313" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L313" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1359</v>
-[...1 lines deleted...]
-      <c r="D314" s="0" t="s">
         <v>1360</v>
       </c>
+      <c r="D314" s="0">
+        <v>110255</v>
+      </c>
       <c r="E314" s="0" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="F314" s="0"/>
+        <v>1043</v>
+      </c>
+      <c r="F314" s="0" t="s">
+        <v>462</v>
+      </c>
       <c r="G314" s="0" t="s">
-        <v>297</v>
+        <v>1361</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L314" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D315" s="0">
-        <v>110255</v>
+        <v>110257</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="F315" s="0" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="G315" s="0" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I315" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L315" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
         <v>1366</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>1367</v>
       </c>
       <c r="D316" s="0">
-        <v>110257</v>
+        <v>105602</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="G316" s="0" t="s">
-        <v>1364</v>
+        <v>955</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>20</v>
+        <v>1072</v>
       </c>
       <c r="L316" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
         <v>1369</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>1370</v>
       </c>
-      <c r="D317" s="0">
-        <v>105602</v>
+      <c r="D317" s="0" t="s">
+        <v>1371</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>1045</v>
+        <v>1372</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>464</v>
+        <v>1373</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>956</v>
+        <v>87</v>
       </c>
       <c r="H317" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>1187</v>
+        <v>20</v>
       </c>
       <c r="L317" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1373</v>
-[...2 lines deleted...]
-        <v>1374</v>
+        <v>1376</v>
+      </c>
+      <c r="D318" s="0">
+        <v>119613</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>1375</v>
+        <v>1043</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H318" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L318" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L318" s="0"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-        <v>119613</v>
+        <v>1380</v>
+      </c>
+      <c r="D319" s="0" t="s">
+        <v>1381</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>1045</v>
+        <v>85</v>
       </c>
       <c r="F319" s="0" t="s">
-        <v>1380</v>
+        <v>1165</v>
       </c>
       <c r="G319" s="0" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L319" s="0"/>
+      <c r="L319" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
-      <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>82</v>
+        <v>630</v>
       </c>
       <c r="F320" s="0" t="s">
-        <v>1167</v>
+        <v>1386</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>201</v>
+        <v>288</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>20</v>
+        <v>1388</v>
       </c>
       <c r="L320" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
+      <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>631</v>
+        <v>1028</v>
       </c>
       <c r="F321" s="0" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>289</v>
+        <v>87</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>1391</v>
+        <v>20</v>
       </c>
       <c r="L321" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>1030</v>
+        <v>85</v>
       </c>
       <c r="F322" s="0" t="s">
-        <v>1395</v>
+        <v>1216</v>
       </c>
       <c r="G322" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L322" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F323" s="0" t="s">
-        <v>1219</v>
+        <v>1401</v>
       </c>
       <c r="G323" s="0" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="H323" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L323" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="F324" s="0" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="G324" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H324" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L324" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F325" s="0"/>
       <c r="G325" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H325" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1410</v>
+        <v>1006</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L325" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
         <v>1411</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>1412</v>
       </c>
       <c r="D326" s="0" t="s">
         <v>1413</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F326" s="0"/>
+        <v>1414</v>
+      </c>
+      <c r="F326" s="0" t="s">
+        <v>1415</v>
+      </c>
       <c r="G326" s="0" t="s">
-        <v>25</v>
+        <v>671</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1008</v>
+        <v>1416</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L326" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L326" s="0"/>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C327" s="0" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D327" s="0" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E327" s="0" t="s">
         <v>1414</v>
       </c>
-      <c r="C327" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F327" s="0" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="G327" s="0" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L327" s="0"/>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D328" s="0" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E328" s="0" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F328" s="0" t="s">
         <v>1420</v>
       </c>
-      <c r="C328" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G328" s="0" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L328" s="0"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>1417</v>
+        <v>669</v>
       </c>
       <c r="F329" s="0" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="G329" s="0" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L329" s="0"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>670</v>
+        <v>785</v>
       </c>
       <c r="F330" s="0" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="G330" s="0" t="s">
-        <v>672</v>
+        <v>48</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L330" s="0"/>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1435</v>
-[...2 lines deleted...]
-        <v>1436</v>
+        <v>1437</v>
+      </c>
+      <c r="D331" s="0">
+        <v>122293</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>786</v>
+        <v>687</v>
       </c>
       <c r="F331" s="0" t="s">
-        <v>1437</v>
+        <v>688</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H331" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
         <v>1438</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L331" s="0"/>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
         <v>1439</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>1440</v>
       </c>
       <c r="D332" s="0">
-        <v>122293</v>
+        <v>116521</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>688</v>
+        <v>624</v>
       </c>
       <c r="F332" s="0" t="s">
-        <v>689</v>
+        <v>625</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H332" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I332" s="1" t="s">
         <v>1441</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L332" s="0"/>
+      <c r="L332" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
         <v>1442</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>1443</v>
       </c>
-      <c r="D333" s="0">
-        <v>116521</v>
+      <c r="D333" s="0" t="s">
+        <v>1444</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>1445</v>
+      </c>
+      <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
-        <v>25</v>
+        <v>284</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L333" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L333" s="0"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>1448</v>
+        <v>54</v>
       </c>
       <c r="F334" s="0"/>
       <c r="G334" s="0" t="s">
-        <v>285</v>
+        <v>55</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L334" s="0"/>
+      <c r="L334" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1451</v>
-[...1 lines deleted...]
-      <c r="D335" s="0" t="s">
         <v>1452</v>
       </c>
+      <c r="D335" s="0">
+        <v>19946</v>
+      </c>
       <c r="E335" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F335" s="0"/>
+        <v>441</v>
+      </c>
+      <c r="F335" s="0" t="s">
+        <v>1453</v>
+      </c>
       <c r="G335" s="0" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="H335" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="L335" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1455</v>
-[...2 lines deleted...]
-        <v>19946</v>
+        <v>1456</v>
+      </c>
+      <c r="D336" s="0" t="s">
+        <v>1457</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>443</v>
+        <v>15</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="G336" s="0" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="H336" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="L336" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="E337" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F337" s="0" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="G337" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L337" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="E338" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="G338" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="L338" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="E339" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F339" s="0" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="G339" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L339" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>15</v>
+        <v>1476</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>1466</v>
+        <v>1477</v>
       </c>
       <c r="G340" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L340" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C341" s="0" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D341" s="0" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E341" s="0" t="s">
         <v>1476</v>
       </c>
-      <c r="C341" s="0" t="s">
+      <c r="F341" s="0" t="s">
         <v>1477</v>
-      </c>
-[...7 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="G341" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="L341" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>1479</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F342" s="0"/>
       <c r="G342" s="0" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>551</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L342" s="0"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>54</v>
+        <v>1490</v>
       </c>
       <c r="F343" s="0"/>
       <c r="G343" s="0" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="H343" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L343" s="0"/>
+        <v>351</v>
+      </c>
+      <c r="L343" s="0">
+        <v>15</v>
+      </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C344" s="0" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D344" s="0" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E344" s="0" t="s">
         <v>1490</v>
       </c>
-      <c r="C344" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E344" s="0"/>
       <c r="F344" s="0"/>
       <c r="G344" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L344" s="0">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F345" s="0"/>
       <c r="G345" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="L345" s="0">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
         <v>1499</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>1500</v>
       </c>
       <c r="D346" s="0" t="s">
         <v>1501</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F346" s="0"/>
       <c r="G346" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1502</v>
+        <v>1491</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>160</v>
+        <v>62</v>
       </c>
       <c r="L346" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C347" s="0" t="s">
         <v>1503</v>
       </c>
-      <c r="C347" s="0" t="s">
+      <c r="D347" s="0" t="s">
         <v>1504</v>
       </c>
-      <c r="D347" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E347" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F347" s="0"/>
       <c r="G347" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1502</v>
+        <v>1491</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>1304</v>
+        <v>62</v>
       </c>
       <c r="L347" s="0">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C348" s="0" t="s">
         <v>1506</v>
       </c>
-      <c r="C348" s="0" t="s">
+      <c r="D348" s="0" t="s">
         <v>1507</v>
       </c>
-      <c r="D348" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E348" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F348" s="0"/>
       <c r="G348" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="L348" s="0">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C349" s="0" t="s">
         <v>1509</v>
       </c>
-      <c r="C349" s="0" t="s">
+      <c r="D349" s="0" t="s">
         <v>1510</v>
       </c>
-      <c r="D349" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E349" s="0" t="s">
-        <v>1497</v>
+        <v>46</v>
       </c>
       <c r="F349" s="0"/>
       <c r="G349" s="0" t="s">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="H349" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1502</v>
+        <v>1511</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L349" s="0"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
         <v>1512</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>1513</v>
       </c>
       <c r="D350" s="0" t="s">
         <v>1514</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F350" s="0"/>
       <c r="G350" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1502</v>
+        <v>1491</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L350" s="0">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
         <v>1515</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>1516</v>
       </c>
       <c r="D351" s="0" t="s">
         <v>1517</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>46</v>
+        <v>1490</v>
       </c>
       <c r="F351" s="0"/>
       <c r="G351" s="0" t="s">
-        <v>48</v>
+        <v>141</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I351" s="1" t="s">
         <v>1518</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L351" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="L351" s="0">
+        <v>15</v>
+      </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
         <v>1519</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>1520</v>
       </c>
       <c r="D352" s="0" t="s">
         <v>1521</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F352" s="0"/>
       <c r="G352" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L352" s="0">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
         <v>1522</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>1523</v>
       </c>
       <c r="D353" s="0" t="s">
         <v>1524</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F353" s="0"/>
       <c r="G353" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1525</v>
+        <v>1518</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="L353" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C354" s="0" t="s">
         <v>1526</v>
       </c>
-      <c r="C354" s="0" t="s">
+      <c r="D354" s="0" t="s">
         <v>1527</v>
       </c>
-      <c r="D354" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E354" s="0" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="F354" s="0"/>
       <c r="G354" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1502</v>
+        <v>1491</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="L354" s="0">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C355" s="0" t="s">
         <v>1529</v>
       </c>
-      <c r="C355" s="0" t="s">
+      <c r="D355" s="0" t="s">
         <v>1530</v>
       </c>
-      <c r="D355" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E355" s="0" t="s">
-        <v>1497</v>
+        <v>54</v>
       </c>
       <c r="F355" s="0"/>
       <c r="G355" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H355" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L355" s="0">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C356" s="0" t="s">
         <v>1533</v>
       </c>
-      <c r="C356" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D356" s="0" t="s">
-        <v>1535</v>
+        <v>600</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>1497</v>
-[...1 lines deleted...]
-      <c r="F356" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F356" s="0" t="s">
+        <v>128</v>
+      </c>
       <c r="G356" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1502</v>
+        <v>803</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="L356" s="0">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1538</v>
+        <v>600</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F357" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F357" s="0" t="s">
+        <v>128</v>
+      </c>
       <c r="G357" s="0" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="H357" s="0" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1539</v>
+        <v>800</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L357" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1540</v>
+        <v>1536</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>602</v>
+        <v>1538</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>1490</v>
+      </c>
+      <c r="F358" s="0"/>
       <c r="G358" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H358" s="0" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>804</v>
+        <v>1495</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
-        <v>20</v>
+        <v>1539</v>
       </c>
       <c r="L358" s="0">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C359" s="0" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D359" s="0" t="s">
         <v>1542</v>
       </c>
-      <c r="C359" s="0" t="s">
+      <c r="E359" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F359" s="0"/>
+      <c r="G359" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H359" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I359" s="1" t="s">
         <v>1543</v>
-      </c>
-[...16 lines deleted...]
-        <v>801</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="L359" s="0">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
         <v>1544</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>1545</v>
       </c>
-      <c r="D360" s="0" t="s">
+      <c r="D360" s="0">
+        <v>10622095</v>
+      </c>
+      <c r="E360" s="0" t="s">
         <v>1546</v>
-      </c>
-[...1 lines deleted...]
-        <v>1497</v>
       </c>
       <c r="F360" s="0"/>
       <c r="G360" s="0" t="s">
-        <v>144</v>
+        <v>295</v>
       </c>
       <c r="H360" s="0" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1502</v>
+        <v>1547</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="L360" s="0">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1548</v>
-[...1 lines deleted...]
-      <c r="D361" s="0" t="s">
         <v>1549</v>
       </c>
+      <c r="D361" s="0"/>
       <c r="E361" s="0" t="s">
-        <v>1497</v>
-[...1 lines deleted...]
-      <c r="F361" s="0"/>
+        <v>332</v>
+      </c>
+      <c r="F361" s="0" t="s">
+        <v>414</v>
+      </c>
       <c r="G361" s="0" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="H361" s="0" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I361" s="1" t="s">
         <v>1550</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>160</v>
+        <v>95</v>
       </c>
       <c r="L361" s="0">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
         <v>1551</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>1552</v>
       </c>
       <c r="D362" s="0">
-        <v>10622095</v>
+        <v>11971</v>
       </c>
       <c r="E362" s="0" t="s">
         <v>1553</v>
       </c>
-      <c r="F362" s="0"/>
+      <c r="F362" s="0" t="s">
+        <v>1554</v>
+      </c>
       <c r="G362" s="0" t="s">
-        <v>297</v>
+        <v>1555</v>
       </c>
       <c r="H362" s="0" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L362" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L362" s="0"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C363" s="0" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D363" s="0">
+        <v>11961</v>
+      </c>
+      <c r="E363" s="0" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F363" s="0" t="s">
+        <v>1559</v>
+      </c>
+      <c r="G363" s="0" t="s">
         <v>1555</v>
       </c>
-      <c r="C363" s="0" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H363" s="0" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L363" s="0"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1559</v>
-[...2 lines deleted...]
-        <v>11971</v>
+        <v>1562</v>
+      </c>
+      <c r="D364" s="0" t="s">
+        <v>1563</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>1560</v>
+        <v>732</v>
       </c>
       <c r="F364" s="0" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="G364" s="0" t="s">
-        <v>1562</v>
+        <v>295</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L364" s="0"/>
+      <c r="L364" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
-      <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1565</v>
-[...2 lines deleted...]
-        <v>11961</v>
+        <v>1567</v>
+      </c>
+      <c r="D365" s="0" t="s">
+        <v>1568</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>1560</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F365" s="0"/>
       <c r="G365" s="0" t="s">
-        <v>1562</v>
+        <v>55</v>
       </c>
       <c r="H365" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L365" s="0"/>
+      <c r="L365" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
-      <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>732</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F366" s="0"/>
       <c r="G366" s="0" t="s">
-        <v>297</v>
+        <v>55</v>
       </c>
       <c r="H366" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="L366" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
+      <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="E367" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F367" s="0"/>
       <c r="G367" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L367" s="0"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
+      <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1578</v>
-[...1 lines deleted...]
-      <c r="D368" s="0" t="s">
         <v>1579</v>
       </c>
+      <c r="D368" s="0">
+        <v>10695</v>
+      </c>
       <c r="E368" s="0" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F368" s="0"/>
       <c r="G368" s="0" t="s">
-        <v>55</v>
+        <v>295</v>
       </c>
       <c r="H368" s="0" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I368" s="1" t="s">
         <v>1580</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
-        <v>178</v>
+        <v>20</v>
       </c>
       <c r="L368" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
         <v>1581</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>1582</v>
       </c>
-      <c r="D369" s="0" t="s">
+      <c r="D369" s="0">
+        <v>440500141</v>
+      </c>
+      <c r="E369" s="0" t="s">
         <v>1583</v>
       </c>
-      <c r="E369" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F369" s="0"/>
+      <c r="F369" s="0" t="s">
+        <v>1584</v>
+      </c>
       <c r="G369" s="0" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="H369" s="0" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1584</v>
+        <v>575</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L369" s="0"/>
+        <v>81</v>
+      </c>
+      <c r="L369" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
         <v>1585</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>1586</v>
       </c>
-      <c r="D370" s="0">
-        <v>10695</v>
+      <c r="D370" s="0" t="s">
+        <v>1587</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F370" s="0"/>
+        <v>1588</v>
+      </c>
+      <c r="F370" s="0" t="s">
+        <v>1589</v>
+      </c>
       <c r="G370" s="0" t="s">
-        <v>297</v>
+        <v>141</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L370" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C371" s="0" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D371" s="0" t="s">
+        <v>1593</v>
+      </c>
+      <c r="E371" s="0" t="s">
         <v>1588</v>
       </c>
-      <c r="C371" s="0" t="s">
+      <c r="F371" s="0" t="s">
         <v>1589</v>
       </c>
-      <c r="D371" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G371" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>576</v>
+        <v>1594</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="L371" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>1595</v>
-[...3 lines deleted...]
-      </c>
+        <v>1588</v>
+      </c>
+      <c r="F372" s="0"/>
       <c r="G372" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L372" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>1595</v>
+        <v>127</v>
       </c>
       <c r="F373" s="0" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="G373" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="L373" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
-      <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1603</v>
-[...2 lines deleted...]
-        <v>1604</v>
+        <v>1605</v>
+      </c>
+      <c r="D374" s="0">
+        <v>43814</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>1595</v>
-[...1 lines deleted...]
-      <c r="F374" s="0"/>
+        <v>127</v>
+      </c>
+      <c r="F374" s="0" t="s">
+        <v>761</v>
+      </c>
       <c r="G374" s="0" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L374" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
-      <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F375" s="0"/>
       <c r="G375" s="0" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="H375" s="0" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="I375" s="1" t="s">
         <v>1610</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
-        <v>20</v>
+        <v>174</v>
       </c>
       <c r="L375" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="B376" s="0" t="s">
         <v>1611</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>1612</v>
       </c>
-      <c r="D376" s="0">
-        <v>43814</v>
+      <c r="D376" s="0" t="s">
+        <v>1613</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>1490</v>
+      </c>
+      <c r="F376" s="0"/>
       <c r="G376" s="0" t="s">
-        <v>110</v>
+        <v>141</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1613</v>
+        <v>1221</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L376" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L376" s="0"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
+      <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
         <v>1614</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>1615</v>
       </c>
       <c r="D377" s="0" t="s">
         <v>1616</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>54</v>
+        <v>1490</v>
       </c>
       <c r="F377" s="0"/>
       <c r="G377" s="0" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="H377" s="0" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I377" s="1" t="s">
         <v>1617</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L377" s="0"/>
+        <v>351</v>
+      </c>
+      <c r="L377" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" customHeight="1" ht="80">
+      <c r="A378" s="0"/>
+      <c r="B378" s="0" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C378" s="0" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D378" s="0" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E378" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F378" s="0"/>
+      <c r="G378" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H378" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J378" s="0"/>
+      <c r="K378" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="L378" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" customHeight="1" ht="80">
+      <c r="A379" s="0"/>
+      <c r="B379" s="0" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C379" s="0" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D379" s="0" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E379" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F379" s="0"/>
+      <c r="G379" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H379" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="J379" s="0"/>
+      <c r="K379" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="L379" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" customHeight="1" ht="80">
+      <c r="A380" s="0"/>
+      <c r="B380" s="0" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C380" s="0" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D380" s="0" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E380" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F380" s="0"/>
+      <c r="G380" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="H380" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="J380" s="0"/>
+      <c r="K380" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="L380" s="0">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -29105,50 +29295,53 @@
     <hyperlink ref="B353" r:id="rId_hyperlink_352"/>
     <hyperlink ref="B354" r:id="rId_hyperlink_353"/>
     <hyperlink ref="B355" r:id="rId_hyperlink_354"/>
     <hyperlink ref="B356" r:id="rId_hyperlink_355"/>
     <hyperlink ref="B357" r:id="rId_hyperlink_356"/>
     <hyperlink ref="B358" r:id="rId_hyperlink_357"/>
     <hyperlink ref="B359" r:id="rId_hyperlink_358"/>
     <hyperlink ref="B360" r:id="rId_hyperlink_359"/>
     <hyperlink ref="B361" r:id="rId_hyperlink_360"/>
     <hyperlink ref="B362" r:id="rId_hyperlink_361"/>
     <hyperlink ref="B363" r:id="rId_hyperlink_362"/>
     <hyperlink ref="B364" r:id="rId_hyperlink_363"/>
     <hyperlink ref="B365" r:id="rId_hyperlink_364"/>
     <hyperlink ref="B366" r:id="rId_hyperlink_365"/>
     <hyperlink ref="B367" r:id="rId_hyperlink_366"/>
     <hyperlink ref="B368" r:id="rId_hyperlink_367"/>
     <hyperlink ref="B369" r:id="rId_hyperlink_368"/>
     <hyperlink ref="B370" r:id="rId_hyperlink_369"/>
     <hyperlink ref="B371" r:id="rId_hyperlink_370"/>
     <hyperlink ref="B372" r:id="rId_hyperlink_371"/>
     <hyperlink ref="B373" r:id="rId_hyperlink_372"/>
     <hyperlink ref="B374" r:id="rId_hyperlink_373"/>
     <hyperlink ref="B375" r:id="rId_hyperlink_374"/>
     <hyperlink ref="B376" r:id="rId_hyperlink_375"/>
     <hyperlink ref="B377" r:id="rId_hyperlink_376"/>
+    <hyperlink ref="B378" r:id="rId_hyperlink_377"/>
+    <hyperlink ref="B379" r:id="rId_hyperlink_378"/>
+    <hyperlink ref="B380" r:id="rId_hyperlink_379"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>