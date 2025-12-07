--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2583">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -401,7437 +401,7413 @@
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>1001.00₸</t>
   </si>
   <si>
     <t>Олд фэшн (стакан) «Норвэж»;стекло;160мл;D=65,H=82мм;прозр.</t>
   </si>
   <si>
     <t>01020110</t>
   </si>
   <si>
     <t>V7513</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Norvege</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
-    <t>623.00₸</t>
+    <t>1211.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эверест»;стекло;148мл;D=72,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020111</t>
+  </si>
+  <si>
+    <t>Everest</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>2457.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Индевор»;стекло;109мл;D=66,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020112</t>
+  </si>
+  <si>
+    <t>Endeavor</t>
+  </si>
+  <si>
+    <t>1323.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Экспириенс»;хр.стекло;150мл;D=64,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020113</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Experience</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;150мл;D=73,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020116</t>
+  </si>
+  <si>
+    <t>277900003/2779VCP15</t>
+  </si>
+  <si>
+    <t>Shorty</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>3250.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Спираль»;стекло;200мл;D=77,H=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020123</t>
+  </si>
+  <si>
+    <t>Spirale</t>
+  </si>
+  <si>
+    <t>476.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лог»;стекло;160мл;D=63,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020124</t>
+  </si>
+  <si>
+    <t>L7427</t>
+  </si>
+  <si>
+    <t>Log</t>
+  </si>
+  <si>
+    <t>1337.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кортина»;стекло;190мл;D=67,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020201</t>
+  </si>
+  <si>
+    <t>190230BAD021990</t>
+  </si>
+  <si>
+    <t>Cortina</t>
+  </si>
+  <si>
+    <t>1040.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Луна»;стекло;230мл;D=74,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020209</t>
+  </si>
+  <si>
+    <t>42338/b/t</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Luna</t>
+  </si>
+  <si>
+    <t>БОЛГАРИЯ</t>
+  </si>
+  <si>
+    <t>255.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стамбул»;стекло;190мл;D=69/60,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020215</t>
+  </si>
+  <si>
+    <t>42403/b</t>
+  </si>
+  <si>
+    <t>Istanbul</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>329.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хисар»;стекло;180мл;D=67,H=78мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020216</t>
+  </si>
+  <si>
+    <t>42856/b</t>
+  </si>
+  <si>
+    <t>Hisar</t>
+  </si>
+  <si>
+    <t>455.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Луна»;стекло;200мл;D=74,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020220</t>
+  </si>
+  <si>
+    <t>42338/b</t>
+  </si>
+  <si>
+    <t>525.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сильвана»;стекло;200мл;D=70,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020222</t>
+  </si>
+  <si>
+    <t>42414/b</t>
+  </si>
+  <si>
+    <t>Sylvana</t>
+  </si>
+  <si>
+    <t>532.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гранити»;стекло;200мл;D=78,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020223</t>
+  </si>
+  <si>
+    <t>Granity</t>
+  </si>
+  <si>
+    <t>741.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Илан»;стекло;207мл;D=80,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020224</t>
+  </si>
+  <si>
+    <t>Elan Dura Tu</t>
+  </si>
+  <si>
+    <t>2749.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Илан»;стекло;266мл;D=87,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020225</t>
+  </si>
+  <si>
+    <t>Elan DuraTuf</t>
+  </si>
+  <si>
+    <t>2834.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Чикаго»;стекло;210мл;D=70,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020226</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>840.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Балтик»;стекло;200мл;D=72,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020227</t>
+  </si>
+  <si>
+    <t>41280/b</t>
+  </si>
+  <si>
+    <t>Baltik</t>
+  </si>
+  <si>
+    <t>497.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Чикито»;стекло;230мл;D=82,H=59мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020228</t>
+  </si>
+  <si>
+    <t>J4764</t>
+  </si>
+  <si>
+    <t>Chiquito</t>
+  </si>
+  <si>
+    <t>1554.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Касабланка»;стекло;200мл;D=77,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020229</t>
+  </si>
+  <si>
+    <t>52862/b</t>
+  </si>
+  <si>
+    <t>Casablanca</t>
+  </si>
+  <si>
+    <t>490.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вине»;стекло;200мл;D=68/73,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020232</t>
+  </si>
+  <si>
+    <t>G3659</t>
+  </si>
+  <si>
+    <t>Vigne</t>
+  </si>
+  <si>
+    <t>1792.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Измир»;стекло;180мл;D=71,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020233</t>
+  </si>
+  <si>
+    <t>42874/b</t>
+  </si>
+  <si>
+    <t>Izmir</t>
+  </si>
+  <si>
+    <t>301.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бодега»;стекло;215мл;D=82,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020234</t>
+  </si>
+  <si>
+    <t>710865MFF021990</t>
+  </si>
+  <si>
+    <t>Bodega</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Индевор»;стекло;207мл;D=7,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020235</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью-Йорк»;стекло;220мл;D=70,H=105,L=310,B=230мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020236</t>
+  </si>
+  <si>
+    <t>H9367</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>167.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Венеция»;стекло;200мл;D=75,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020237</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>Венеция</t>
+  </si>
+  <si>
+    <t>231.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Классик лонг лайф»;хр.стекло;180мл;D=60,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020238</t>
+  </si>
+  <si>
+    <t>Classic Long</t>
+  </si>
+  <si>
+    <t>1698.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вейнланд»;хр.стекло;190мл;D=67,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020239</t>
+  </si>
+  <si>
+    <t>Weinland</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) Эмбасси;стекло;210мл;D=82,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020242</t>
+  </si>
+  <si>
+    <t>913279/3747</t>
+  </si>
+  <si>
+    <t>Embassy</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Норвэж»;стекло;200мл;D=72,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020243</t>
+  </si>
+  <si>
+    <t>V7462</t>
+  </si>
+  <si>
+    <t>1267.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гранити»;стекло;200мл;D=75,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020244</t>
+  </si>
+  <si>
+    <t>J3283</t>
+  </si>
+  <si>
+    <t>336.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Исланд»;стекло;200мл;D=68,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020245</t>
+  </si>
+  <si>
+    <t>J1439</t>
+  </si>
+  <si>
+    <t>Islande</t>
+  </si>
+  <si>
+    <t>406.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Шамбор»;стекло;200мл;D=75,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020248</t>
+  </si>
+  <si>
+    <t>Шамбор</t>
+  </si>
+  <si>
+    <t>201.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Татьяна»;стекло;200мл;D=75,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020249</t>
+  </si>
+  <si>
+    <t>Татьяна</t>
+  </si>
+  <si>
+    <t>224.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Карат»;стекло;200мл;D=75,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020250</t>
+  </si>
+  <si>
+    <t>52886/b</t>
+  </si>
+  <si>
+    <t>Karat</t>
+  </si>
+  <si>
+    <t>322.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пьюр»;хр.стекло;250мл;,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020251</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>3265.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Центра»;стекло;190мл;D=67,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020252</t>
+  </si>
+  <si>
+    <t>Centra</t>
+  </si>
+  <si>
+    <t>924.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гранд»;стекло;175мл;D=78,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020253</t>
+  </si>
+  <si>
+    <t>Grande</t>
+  </si>
+  <si>
+    <t>971.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Диско Лаундж»;стекло;260мл;D=81,H=88мм</t>
+  </si>
+  <si>
+    <t>01020254</t>
+  </si>
+  <si>
+    <t>L3675</t>
+  </si>
+  <si>
+    <t>Disco Lounge</t>
+  </si>
+  <si>
+    <t>945.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Диско Лаундж»;стекло;210мл;D=80,H=77мм</t>
+  </si>
+  <si>
+    <t>01020255</t>
+  </si>
+  <si>
+    <t>L3674</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лайт блю»;стекло;230мл;D=74,H=81мм;синий</t>
+  </si>
+  <si>
+    <t>01020257</t>
+  </si>
+  <si>
+    <t>42338/b/blue</t>
+  </si>
+  <si>
+    <t>Light blue</t>
+  </si>
+  <si>
+    <t>420.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) со стикером для надписи;стекло;200мл;D=67,H=95мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>01020258</t>
+  </si>
+  <si>
+    <t>P41772-BL</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>871.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кампиэлло»;стекло;230мл;D=84,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020259</t>
+  </si>
+  <si>
+    <t>64671EM</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Campiello</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;200мл;D=90,H=118мм</t>
+  </si>
+  <si>
+    <t>01020260</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Sol</t>
+  </si>
+  <si>
+    <t>2018.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Новая Америка»;стекло;205мл;D=78,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020261</t>
+  </si>
+  <si>
+    <t>L0954</t>
+  </si>
+  <si>
+    <t>142.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;240мл;D=78,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020267</t>
+  </si>
+  <si>
+    <t>ACA21/003125400006</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>Tree</t>
+  </si>
+  <si>
+    <t>3604.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;280мл;D=86,H=107мм;лаванда</t>
+  </si>
+  <si>
+    <t>01020272</t>
+  </si>
+  <si>
+    <t>AB21/003259350004</t>
+  </si>
+  <si>
+    <t>Bicos</t>
+  </si>
+  <si>
+    <t>7681.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стамбул»;стекло;180мл;D=69/60,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020279</t>
+  </si>
+  <si>
+    <t>42403/b/t</t>
+  </si>
+  <si>
+    <t>153.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лог»;стекло;220мл;D=73,H=79мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020280</t>
+  </si>
+  <si>
+    <t>V7995</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Арпэж»;стекло;350мл;D=8,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>01020281</t>
+  </si>
+  <si>
+    <t>L6767</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Arpege</t>
+  </si>
+  <si>
+    <t>1239.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Арпэж»;стекло;350мл;D=68,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020282</t>
+  </si>
+  <si>
+    <t>L6772</t>
+  </si>
+  <si>
+    <t>1176.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;266мл;D=82,H=87мм</t>
+  </si>
+  <si>
+    <t>01020284</t>
+  </si>
+  <si>
+    <t>Linq</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>2830.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;207мл;D=80,H=83мм</t>
+  </si>
+  <si>
+    <t>01020285</t>
+  </si>
+  <si>
+    <t>Optiva Rocks</t>
+  </si>
+  <si>
+    <t>1316.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;210мл;D=75,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020294</t>
+  </si>
+  <si>
+    <t>3645-1</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>1372.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;400мл;D=85,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020295</t>
+  </si>
+  <si>
+    <t>3645-3</t>
+  </si>
+  <si>
+    <t>1967.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;230мл;D=90,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020296</t>
+  </si>
+  <si>
+    <t>39001-1</t>
+  </si>
+  <si>
+    <t>1652.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);поликарбонат;290мл;D=84,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020298</t>
+  </si>
+  <si>
+    <t>JD-6618</t>
+  </si>
+  <si>
+    <t>3059.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Инвернэсс»;стекло;266мл;D=85,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020301</t>
+  </si>
+  <si>
+    <t>Inverness</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Инвернэсс»;стекло;207мл;D=80,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020302</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Олд фэшн (стакан) «Эверест»;стекло;148мл;D=72,H=75мм;прозр.</t>
-[...119 lines deleted...]
-    <t>ТУРЦИЯ</t>
+    <t>Олд фэшн (стакан) «Интуишн»;хр.стекло;320мл;прозр.</t>
+  </si>
+  <si>
+    <t>01020304</t>
+  </si>
+  <si>
+    <t>L6640</t>
+  </si>
+  <si>
+    <t>Cristal D"arques</t>
+  </si>
+  <si>
+    <t>Intuition</t>
+  </si>
+  <si>
+    <t>6503.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сиде»;стекло;225мл;D=72,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020309</t>
+  </si>
+  <si>
+    <t>42435/b</t>
+  </si>
+  <si>
+    <t>Side</t>
+  </si>
+  <si>
+    <t>469.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Касабланка»;стекло;246мл;D=84,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020311</t>
+  </si>
+  <si>
+    <t>ЕГИПЕТ</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Айлэнд»;стекло;200мл;D=72,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020312</t>
+  </si>
+  <si>
+    <t>J4241/40383</t>
+  </si>
+  <si>
+    <t>613.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дэнс»;стекло;230мл;D=74,H=78мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020313</t>
+  </si>
+  <si>
+    <t>42866/b/t</t>
+  </si>
+  <si>
+    <t>Dance</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Виронезе»;хр.стекло;210мл;D=70/77,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020316</t>
+  </si>
+  <si>
+    <t>PM613</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Veronese</t>
+  </si>
+  <si>
+    <t>2512.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Штраусс»;хр.стекло;240мл;D=70,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020317</t>
+  </si>
+  <si>
+    <t>A09829BYL02AA06</t>
+  </si>
+  <si>
+    <t>Strauss</t>
+  </si>
+  <si>
+    <t>4182.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Акватик»;стекло;210мл;D=65,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020318</t>
+  </si>
+  <si>
+    <t>42973/b/t</t>
+  </si>
+  <si>
+    <t>Aquatic</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар тол»;стекло;207мл;D=80,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020320</t>
+  </si>
+  <si>
+    <t>1802.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар»;стекло;207мл;D=79,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020321</t>
+  </si>
+  <si>
+    <t>1071.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стерлинг»;стекло;200мл;D=72,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020322</t>
+  </si>
+  <si>
+    <t>08149</t>
+  </si>
+  <si>
+    <t>Sterling</t>
+  </si>
+  <si>
+    <t>902.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хеви бейс»;стекло;236мл;D=74,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020324</t>
+  </si>
+  <si>
+    <t>916CD</t>
+  </si>
+  <si>
+    <t>Heavy Base</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Караман»;стекло;190мл;D=70,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020325</t>
+  </si>
+  <si>
+    <t>52442/b</t>
+  </si>
+  <si>
+    <t>Karaman</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Танго»;стекло;210мл;D=72,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020329</t>
+  </si>
+  <si>
+    <t>42943/b</t>
+  </si>
+  <si>
+    <t>Tango</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кошем»;стекло;190мл;D=70,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020332</t>
+  </si>
+  <si>
+    <t>42035/b</t>
+  </si>
+  <si>
+    <t>Kosem</t>
+  </si>
+  <si>
+    <t>553.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Данс»;стекло;230мл;D=74,H=78мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020333</t>
+  </si>
+  <si>
+    <t>42866/b</t>
+  </si>
+  <si>
+    <t>Danсe</t>
+  </si>
+  <si>
+    <t>462.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Шивалри»;стекло;237мл;D=77,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020334</t>
+  </si>
+  <si>
+    <t>Chivalry</t>
+  </si>
+  <si>
+    <t>803.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лексингтон»;стекло;229мл;D=70,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020335</t>
+  </si>
+  <si>
+    <t>Lexington</t>
+  </si>
+  <si>
+    <t>1141.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Интуишн колорс»;хр.стекло;320мл;D=88,H=95мм;желт.</t>
+  </si>
+  <si>
+    <t>01020336</t>
+  </si>
+  <si>
+    <t>L8640</t>
   </si>
   <si>
     <t>4102.00₸</t>
   </si>
   <si>
-    <t>Олд фэшн (стакан) «Луна»;стекло;230мл;D=74,H=81мм;прозр.</t>
-[...47 lines deleted...]
-    <t>455.00₸</t>
+    <t>Олд фэшн (стакан) «Эверест»;стекло;237мл;D=8,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>01020339</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Элиза»;стекло;230мл;D=73,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020341</t>
+  </si>
+  <si>
+    <t>J4591</t>
+  </si>
+  <si>
+    <t>Elisa</t>
+  </si>
+  <si>
+    <t>1197.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар Твист»;стекло;260мл;D=90,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020342</t>
+  </si>
+  <si>
+    <t>Gibraltar Twist</t>
+  </si>
+  <si>
+    <t>980.00₸</t>
+  </si>
+  <si>
+    <t>01020343</t>
+  </si>
+  <si>
+    <t>42973/b</t>
+  </si>
+  <si>
+    <t>511.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью-Йорк Бар»;хр.стекло;250мл;D=75,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020344</t>
+  </si>
+  <si>
+    <t>New York Bar</t>
+  </si>
+  <si>
+    <t>2980.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;205мл;D=61,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020345</t>
+  </si>
+  <si>
+    <t>Specialities</t>
+  </si>
+  <si>
+    <t>2911.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Экспириенс»;хр.стекло;225мл;D=76,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020347</t>
+  </si>
+  <si>
+    <t>2565.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бэлл»;стекло;250мл;D=92,H=105мм</t>
+  </si>
+  <si>
+    <t>01020348</t>
+  </si>
+  <si>
+    <t>Бэлл</t>
+  </si>
+  <si>
+    <t>119.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лима»;стекло;250мл;D=91,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020349</t>
+  </si>
+  <si>
+    <t>0830/25</t>
+  </si>
+  <si>
+    <t>Durobor</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>955.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ода»;стекло;250мл;D=75,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020350</t>
+  </si>
+  <si>
+    <t>Ода</t>
+  </si>
+  <si>
+    <t>216.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бэлл Пламя»;стекло;200мл;D=92,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020353</t>
+  </si>
+  <si>
+    <t>Бэлл Пламя</t>
+  </si>
+  <si>
+    <t>147.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кончерто»;стекло;290мл;D=87,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020355</t>
+  </si>
+  <si>
+    <t>61606M</t>
+  </si>
+  <si>
+    <t>Concerto</t>
+  </si>
+  <si>
+    <t>2826.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аква»;стекло;285мл;D=83,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020356</t>
+  </si>
+  <si>
+    <t>52645/b</t>
+  </si>
+  <si>
+    <t>Aqua</t>
+  </si>
+  <si>
+    <t>441.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кристалл»;стекло;250мл;D=79,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020357</t>
+  </si>
+  <si>
+    <t>Кристалл</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Карат»;стекло;250мл;D=72,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020359</t>
+  </si>
+  <si>
+    <t>52882/b</t>
+  </si>
+  <si>
+    <t>399.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Карат»;стекло;300мл;D=85,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020360</t>
+  </si>
+  <si>
+    <t>52885/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лонгшамп»;хр.стекло;230мл;D=75,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020361</t>
+  </si>
+  <si>
+    <t>L9758</t>
+  </si>
+  <si>
+    <t>Eclat</t>
+  </si>
+  <si>
+    <t>Longchamp</t>
+  </si>
+  <si>
+    <t>2898.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Европейский»;стекло;250мл;прозр.</t>
+  </si>
+  <si>
+    <t>01020362</t>
+  </si>
+  <si>
+    <t>Европейский</t>
+  </si>
+  <si>
+    <t>170.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Леди Даймонд»;хр.стекло;270мл;D=9см;красный</t>
+  </si>
+  <si>
+    <t>01020363</t>
+  </si>
+  <si>
+    <t>J1647</t>
+  </si>
+  <si>
+    <t>Lady Diamond</t>
+  </si>
+  <si>
+    <t>3842.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;240мл;D=64,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020364</t>
+  </si>
+  <si>
+    <t>Rocks S</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Клаб»;хр.стекло;250мл;D=79,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020365</t>
+  </si>
+  <si>
+    <t>Club</t>
+  </si>
+  <si>
+    <t>4051.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дюк»;стекло;240мл;D=75,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020366</t>
+  </si>
+  <si>
+    <t>0353/24</t>
+  </si>
+  <si>
+    <t>Duke</t>
+  </si>
+  <si>
+    <t>994.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Диско»;стекло;200мл;D=70,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020367</t>
+  </si>
+  <si>
+    <t>0347/21</t>
+  </si>
+  <si>
+    <t>Disco</t>
+  </si>
+  <si>
+    <t>778.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дюк»;стекло;220мл;D=73,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020368</t>
+  </si>
+  <si>
+    <t>0353/22</t>
+  </si>
+  <si>
+    <t>884.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хани»;стекло;290мл;D=85,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020369</t>
+  </si>
+  <si>
+    <t>63317EM</t>
+  </si>
+  <si>
+    <t>Honey</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дива 2.4.6.»;стекло;270мл;D=87,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020370</t>
+  </si>
+  <si>
+    <t>65238M</t>
+  </si>
+  <si>
+    <t>Diva 2.4.6.</t>
+  </si>
+  <si>
+    <t>4251.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фрути энерджи груша»;стекло;250мл;D=77,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020371</t>
+  </si>
+  <si>
+    <t>L1175</t>
+  </si>
+  <si>
+    <t>Fruity Energy</t>
+  </si>
+  <si>
+    <t>203.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фрути энерджи клубника»;стекло;250мл;D=77,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020372</t>
+  </si>
+  <si>
+    <t>L1176</t>
+  </si>
+  <si>
+    <t>252.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фрути энерджи лимон»;стекло;250мл;D=77,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020373</t>
+  </si>
+  <si>
+    <t>L1177</t>
+  </si>
+  <si>
+    <t>196.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фрути энерджи апельсин»;стекло;250мл;D=77,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020374</t>
+  </si>
+  <si>
+    <t>L1178</t>
+  </si>
+  <si>
+    <t>245.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Трибека»;стекло;350мл;D=93,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020376</t>
+  </si>
+  <si>
+    <t>L4253</t>
+  </si>
+  <si>
+    <t>Tribeka</t>
+  </si>
+  <si>
+    <t>833.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лайт блю»;стекло;310мл;D=76,H=90мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>01020377</t>
+  </si>
+  <si>
+    <t>42415/b/blue</t>
+  </si>
+  <si>
+    <t>392.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркас»;стекло;295мл;D=84,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020378</t>
+  </si>
+  <si>
+    <t>Arches&amp;Naos</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркас»;стекло;295мл;D=84,H=100мм;голуб.</t>
+  </si>
+  <si>
+    <t>01020379</t>
+  </si>
+  <si>
+    <t>1032.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркас»;стекло;295мл;D=84,H=100мм;салатов.</t>
+  </si>
+  <si>
+    <t>01020380</t>
+  </si>
+  <si>
+    <t>1057.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркас»;стекло;295мл;D=84,H=100мм;сиренев.</t>
+  </si>
+  <si>
+    <t>01020381</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Наос»;стекло;295мл;D=84,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020382</t>
+  </si>
+  <si>
+    <t>1679.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Наос»;стекло;295мл;D=84,H=100мм;голуб.</t>
+  </si>
+  <si>
+    <t>01020383</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Наос»;стекло;295мл;D=84,H=100мм;салатов.</t>
+  </si>
+  <si>
+    <t>01020384</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Наос»;стекло;295мл;D=84,H=100мм;розов.</t>
+  </si>
+  <si>
+    <t>01020385</t>
+  </si>
+  <si>
+    <t>912.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нэттуно»;стекло;288мл;D=75,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020387</t>
+  </si>
+  <si>
+    <t>Nettuno</t>
+  </si>
+  <si>
+    <t>1687.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рок Бар Лаунж»;стекло;270мл;D=84,H=93мм;голуб.</t>
+  </si>
+  <si>
+    <t>01020388</t>
+  </si>
+  <si>
+    <t>418940BYU121990</t>
+  </si>
+  <si>
+    <t>Rock Bar Lounge</t>
+  </si>
+  <si>
+    <t>1571.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рок Бар Лаунж»;стекло;270мл;D=84,H=93мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020389</t>
+  </si>
+  <si>
+    <t>418930BYU121990</t>
+  </si>
+  <si>
+    <t>2264.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рок Бар Лаунж»;стекло;270мл;D=84,H=93мм;персик.</t>
+  </si>
+  <si>
+    <t>01020390</t>
+  </si>
+  <si>
+    <t>418950BYU121990</t>
+  </si>
+  <si>
+    <t>2249.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сордженте»;стекло;300мл;D=82,H=107мм;серый</t>
+  </si>
+  <si>
+    <t>01020392</t>
+  </si>
+  <si>
+    <t>Sorgente</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дива»;стекло;250мл;D=90/76,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020393</t>
+  </si>
+  <si>
+    <t>Diva</t>
+  </si>
+  <si>
+    <t>2087.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Каррэ»;стекло;280мл;D=87,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020394</t>
+  </si>
+  <si>
+    <t>63830EM</t>
+  </si>
+  <si>
+    <t>Carre</t>
+  </si>
+  <si>
+    <t>4012.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оаси»;стекло;240мл;D=90/76,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020395</t>
+  </si>
+  <si>
+    <t>61901EM</t>
+  </si>
+  <si>
+    <t>Oasi</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Норвэж»;стекло;250мл;D=77,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020397</t>
+  </si>
+  <si>
+    <t>V7535</t>
+  </si>
+  <si>
+    <t>1575.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кортина»;стекло;250мл;D=73,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020401</t>
+  </si>
+  <si>
+    <t>190210BAD021990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кошем»;стекло;295мл;D=85,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020402</t>
+  </si>
+  <si>
+    <t>42083/b/t</t>
+  </si>
+  <si>
+    <t>266.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сильвана»;стекло;250мл;D=76,H=61мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020404</t>
+  </si>
+  <si>
+    <t>42415/b/t</t>
+  </si>
+  <si>
+    <t>554.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сильвана»;стекло;310мл;D=76,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020405</t>
+  </si>
+  <si>
+    <t>42415/b</t>
+  </si>
+  <si>
+    <t>679.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пикассо»;стекло;275мл;D=70,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020406</t>
+  </si>
+  <si>
+    <t>Picasso</t>
+  </si>
+  <si>
+    <t>640.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Штраусс»;хр.стекло;290мл;,H=90,L=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020410</t>
+  </si>
+  <si>
+    <t>A09830BYL02AA02</t>
+  </si>
+  <si>
+    <t>5329.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Норвей» набор[6шт];стекло;270мл;D=9,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020411</t>
+  </si>
+  <si>
+    <t>0716/27</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>7164.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стамбул»;стекло;250мл;D=72,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020413</t>
+  </si>
+  <si>
+    <t>42405/b/t</t>
+  </si>
+  <si>
+    <t>172.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Данс»;стекло;290мл;D=78,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020416</t>
+  </si>
+  <si>
+    <t>42865/b/t</t>
+  </si>
+  <si>
+    <t>226.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Виронезе»;хр.стекло;260мл;D=76/83,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020418</t>
+  </si>
+  <si>
+    <t>PM569</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гладкий»;стекло;250мл;D=77,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020419</t>
+  </si>
+  <si>
+    <t>Гладкий</t>
+  </si>
+  <si>
+    <t>278.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эпсилон»;стекло;255мл;D=91,H=109мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020420</t>
+  </si>
+  <si>
+    <t>125020BAC021990</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>01020421</t>
+  </si>
+  <si>
+    <t>42405/b</t>
+  </si>
+  <si>
+    <t>385.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Призм»;стекло;266мл;D=75,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020424</t>
+  </si>
+  <si>
+    <t>Prism</t>
+  </si>
+  <si>
+    <t>5737.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Караман»;стекло;250мл;D=77,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020427</t>
+  </si>
+  <si>
+    <t>52446/b</t>
+  </si>
+  <si>
+    <t>192.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Шетлэнд»;стекло;250мл;D=87,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020433</t>
+  </si>
+  <si>
+    <t>X0976</t>
+  </si>
+  <si>
+    <t>Shetland</t>
+  </si>
+  <si>
+    <t>1708.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Шивалри»;стекло;296мл;D=84,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020435</t>
+  </si>
+  <si>
+    <t>1248.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Болеро»;стекло;250мл;D=77,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020436</t>
+  </si>
+  <si>
+    <t>0690/25</t>
+  </si>
+  <si>
+    <t>Bolero</t>
+  </si>
+  <si>
+    <t>1369.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кабург»;хр.стекло;250мл;D=70/76,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020438</t>
+  </si>
+  <si>
+    <t>Cabourg</t>
+  </si>
+  <si>
+    <t>2520.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кошем»;стекло;280мл;D=85,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020439</t>
+  </si>
+  <si>
+    <t>42083/b</t>
+  </si>
+  <si>
+    <t>616.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>01020440</t>
+  </si>
+  <si>
+    <t>42865/b</t>
+  </si>
+  <si>
+    <t>518.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Квантум»;265мл;D=73,H=89мм</t>
+  </si>
+  <si>
+    <t>01020443</t>
+  </si>
+  <si>
+    <t>Quantum</t>
+  </si>
+  <si>
+    <t>1143.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар кафе»;265мл;D=9,H=9см</t>
+  </si>
+  <si>
+    <t>01020445</t>
+  </si>
+  <si>
+    <t>987.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар»;стекло;237мл;D=84,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020447</t>
+  </si>
+  <si>
+    <t>903.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар»;стекло;266мл;D=87,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020448</t>
+  </si>
+  <si>
+    <t>2095.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар»;стекло;296мл;D=88,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020449</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар»;стекло;266мл;D=84,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020451</t>
+  </si>
+  <si>
+    <t>896.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гранити»;стекло;270мл;D=85,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020452</t>
+  </si>
+  <si>
+    <t>791.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эверест»;стекло;350мл;D=92,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020453</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Интуишн колорс»;хр.стекло;320мл;D=88,H=95мм;аметист</t>
+  </si>
+  <si>
+    <t>01020454</t>
+  </si>
+  <si>
+    <t>L8644</t>
+  </si>
+  <si>
+    <t>3976.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Конвеншн»;хр.стекло;285мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020456</t>
+  </si>
+  <si>
+    <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>Convention</t>
+  </si>
+  <si>
+    <t>4590.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Клиа»;стекло;270мл;D=84,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020457</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Clear</t>
+  </si>
+  <si>
+    <t>2129.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Касабланка»;стекло;270мл;D=85,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020460</t>
+  </si>
+  <si>
+    <t>52705/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кватро»;стекло;250мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020461</t>
+  </si>
+  <si>
+    <t>8016(шир)-11238</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>Quattro</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стокгольм»;стекло;270мл;D=75,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020462</t>
+  </si>
+  <si>
+    <t>00826</t>
+  </si>
+  <si>
+    <t>Stockholm</t>
+  </si>
+  <si>
+    <t>574.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вино Гранде»;хр.стекло;260мл;D=65/72,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020465</t>
+  </si>
+  <si>
+    <t>Spiegelau</t>
+  </si>
+  <si>
+    <t>Vino Grande</t>
+  </si>
+  <si>
+    <t>4274.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пиза»;стекло;280мл;D=74,H=101мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020468</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эверест»;стекло;266мл;D=83,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020470</t>
+  </si>
+  <si>
+    <t>01020471</t>
+  </si>
+  <si>
+    <t>42495/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Измир»;стекло;280мл;D=78,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020472</t>
+  </si>
+  <si>
+    <t>42875/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью-Йорк»;стекло;250мл;D=75,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020475</t>
+  </si>
+  <si>
+    <t>H5156</t>
+  </si>
+  <si>
+    <t>128.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стеллар»;хр.стекло;280мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020476</t>
+  </si>
+  <si>
+    <t>4232 1600</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Stellar</t>
+  </si>
+  <si>
+    <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>3096.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лунар»;хр.стекло;300мл;D=66,H=90,B=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020477</t>
+  </si>
+  <si>
+    <t>4233 1500</t>
+  </si>
+  <si>
+    <t>Lunar</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Индевор»;стекло;266мл;D=89,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020478</t>
+  </si>
+  <si>
+    <t>1414.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мельница»;хрусталь;250мл;D=80,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020480</t>
+  </si>
+  <si>
+    <t>6873/1000/1-22268</t>
+  </si>
+  <si>
+    <t>Мельница</t>
+  </si>
+  <si>
+    <t>7254.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Маскарад»;хр.стекло;300мл;D=82/72,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020481</t>
+  </si>
+  <si>
+    <t>G5547</t>
+  </si>
+  <si>
+    <t>Masguerade</t>
+  </si>
+  <si>
+    <t>2553.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;282мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020482</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>8455.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вейнланд»;хр.стекло;275мл;D=75,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020483</t>
+  </si>
+  <si>
+    <t>1844.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Леди Даймонд»;хр.стекло;270мл;D=87,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020484</t>
+  </si>
+  <si>
+    <t>L9747</t>
+  </si>
+  <si>
+    <t>3444.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оупэн ап спирит»;хр.стекло;290мл;D=99,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020485</t>
+  </si>
+  <si>
+    <t>U1032</t>
+  </si>
+  <si>
+    <t>Open Up Spirit</t>
+  </si>
+  <si>
+    <t>5348.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Баббл»;стекло;280мл;D=77,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020489</t>
+  </si>
+  <si>
+    <t>0780/28</t>
+  </si>
+  <si>
+    <t>Bubble</t>
+  </si>
+  <si>
+    <t>1132.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;385мл;D=91,H=103мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020490</t>
+  </si>
+  <si>
+    <t>302260M02321990</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>1440.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;305мл;D=84,H=93мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020491</t>
+  </si>
+  <si>
+    <t>Pulsar</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;305мл;D=84,H=93мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020492</t>
+  </si>
+  <si>
+    <t>360630M02321990</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;305мл;D=84,H=93мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020493</t>
+  </si>
+  <si>
+    <t>1170.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;305мл;D=84,H=93мм;синий</t>
+  </si>
+  <si>
+    <t>01020494</t>
+  </si>
+  <si>
+    <t>350220M02321990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;305мл;D=84,H=93мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020495</t>
+  </si>
+  <si>
+    <t>350230M02321990</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Исланд»;стекло;300мл;D=78,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020496</t>
+  </si>
+  <si>
+    <t>J0018</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гранити»;стекло;270мл;D=85,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020497</t>
+  </si>
+  <si>
+    <t>J3282</t>
+  </si>
+  <si>
+    <t>448.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Штраусс»;хр.стекло;350мл;,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020501</t>
+  </si>
+  <si>
+    <t>A09833BYL02AA06</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Диско»;стекло;310мл;D=80,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020502</t>
+  </si>
+  <si>
+    <t>0347/31</t>
+  </si>
+  <si>
+    <t>1548.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Танго»;стекло;310мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020505</t>
+  </si>
+  <si>
+    <t>42945/b/t</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Айлэнд»;стекло;300мл;D=78,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020507</t>
+  </si>
+  <si>
+    <t>40391/D8276</t>
+  </si>
+  <si>
+    <t>805.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стамбул»;стекло;320мл;D=83,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020509</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сиде»;стекло;330мл;D=81,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020510</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Виронезе»;хр.стекло;345мл;D=82/90,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020511</t>
+  </si>
+  <si>
+    <t>A09837BYL02AA06</t>
+  </si>
+  <si>
+    <t>5421.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эпсилон»;стекло;335мл;D=99,H=117мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020516</t>
+  </si>
+  <si>
+    <t>125060MN5021990</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Айлэнд»;стекло;380мл;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020517</t>
+  </si>
+  <si>
+    <t>N6377/59947</t>
+  </si>
+  <si>
+    <t>2009.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стерлинг»;стекло;300мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020519</t>
+  </si>
+  <si>
+    <t>08094</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хисар»;стекло;330мл;D=80,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020521</t>
+  </si>
+  <si>
+    <t>42855/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Касабланка»;стекло;360мл;D=91,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020522</t>
+  </si>
+  <si>
+    <t>52704/b/t</t>
+  </si>
+  <si>
+    <t>324.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Танго»;стекло;300мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020524</t>
+  </si>
+  <si>
+    <t>42945/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кварц»;стекло;330мл;D=81,H=102мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020528</t>
+  </si>
+  <si>
+    <t>0342/38</t>
+  </si>
+  <si>
+    <t>Quartz</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Шетлэнд»;стекло;320мл;D=95,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020529</t>
+  </si>
+  <si>
+    <t>1939.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бравура»;стекло;362мл;D=67/87,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020530</t>
+  </si>
+  <si>
+    <t>Bravura DOF</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Луна»;стекло;370мл;D=85,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020531</t>
+  </si>
+  <si>
+    <t>42348/b</t>
+  </si>
+  <si>
+    <t>777.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Квантум»;стекло;355мл;D=82,H=100мм</t>
+  </si>
+  <si>
+    <t>01020532</t>
+  </si>
+  <si>
+    <t>1363.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар кафе»;355мл;D=97,H=101мм</t>
+  </si>
+  <si>
+    <t>01020533</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар»;стекло;355мл;D=9,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>01020534</t>
+  </si>
+  <si>
+    <t>966.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Банкет»;хр.стекло;330мл;D=87,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020535</t>
+  </si>
+  <si>
+    <t>Banguet</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лексингтон»;стекло;311мл;D=81,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020536</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сальто»;стекло;320мл;D=80/90,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020539</t>
+  </si>
+  <si>
+    <t>N5831</t>
+  </si>
+  <si>
+    <t>Salto</t>
+  </si>
+  <si>
+    <t>2373.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Император»;стекло;300мл;D=81,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020540</t>
+  </si>
+  <si>
+    <t>E5183</t>
+  </si>
+  <si>
+    <t>Imperator</t>
+  </si>
+  <si>
+    <t>961.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кортина»;стекло;400мл;D=85,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020542</t>
+  </si>
+  <si>
+    <t>430060BAB021990</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Клиа»;стекло;300мл;D=9,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>01020546</t>
+  </si>
+  <si>
+    <t>2356.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Серия V»;стекло;340мл;D=10,H=11,5см;прозр.</t>
+  </si>
+  <si>
+    <t>01020547</t>
+  </si>
+  <si>
+    <t>11106620/11106520</t>
+  </si>
+  <si>
+    <t>Series V</t>
+  </si>
+  <si>
+    <t>1587.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Чикаго»;стекло;300мл;D=80/80,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020548</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Балтик»;стекло;310мл;D=84,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020549</t>
+  </si>
+  <si>
+    <t>41290/b</t>
+  </si>
+  <si>
+    <t>665.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Интуишн колорс»;хр.стекло;320мл;серый</t>
+  </si>
+  <si>
+    <t>01020551</t>
+  </si>
+  <si>
+    <t>L8642</t>
+  </si>
+  <si>
+    <t>8050.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пиза»;стекло;350мл;D=84,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020555</t>
+  </si>
+  <si>
+    <t>11006841/11006820</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Индевор»;стекло;355мл;D=97,H=104мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020556</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оупэн ап»;хр.стекло;370мл;D=73/93,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020557</t>
+  </si>
+  <si>
+    <t>U1033</t>
+  </si>
+  <si>
+    <t>Open Up</t>
+  </si>
+  <si>
+    <t>3024.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мадура»;стекло;350мл;D=95,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020558</t>
+  </si>
+  <si>
+    <t>G4877</t>
+  </si>
+  <si>
+    <t>Madura</t>
+  </si>
+  <si>
+    <t>1526.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лупинг»;стекло;340мл;D=93/79,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020559</t>
+  </si>
+  <si>
+    <t>G1068</t>
+  </si>
+  <si>
+    <t>Looping</t>
+  </si>
+  <si>
+    <t>2870.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стеллар»;хр.стекло;390мл;D=87,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020560</t>
+  </si>
+  <si>
+    <t>4232 1660</t>
+  </si>
+  <si>
+    <t>3835.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;350мл;D=90,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020563</t>
+  </si>
+  <si>
+    <t>Hobstar</t>
+  </si>
+  <si>
+    <t>3358.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гибралтар Твист»;стекло;350мл;D=10,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>01020566</t>
+  </si>
+  <si>
+    <t>1008.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хантингтон»;поликарбонат;355мл;D=86,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020568</t>
+  </si>
+  <si>
+    <t>HT12CW135</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>Hantington</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Имэдж»;хр.стекло;390мл;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020570</t>
+  </si>
+  <si>
+    <t>4220 1600</t>
+  </si>
+  <si>
+    <t>Image</t>
+  </si>
+  <si>
+    <t>2965.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Акватик»;стекло;310мл;D=70,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020572</t>
+  </si>
+  <si>
+    <t>42975/b</t>
+  </si>
+  <si>
+    <t>658.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Классик лонг лайф»;хр.стекло;280мл;D=74,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020573</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью-Йорк Бар»;хр.стекло;320мл;D=80,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020574</t>
+  </si>
+  <si>
+    <t>3211.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вейнланд»;хр.стекло;350мл;D=79,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020575</t>
   </si>
   <si>
     <t>19 шт.</t>
   </si>
   <si>
-    <t>Олд фэшн (стакан) «Луна»;стекло;200мл;D=74,H=81мм;прозр.</t>
-[...518 lines deleted...]
-    <t>V7995</t>
+    <t>Олд фэшн (стакан);хр.стекло;335мл;D=75,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020576</t>
+  </si>
+  <si>
+    <t>2151.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Экспириенс»;хр.стекло;325мл;D=80,H=102мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020577</t>
+  </si>
+  <si>
+    <t>3720.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Л`амор» набор[6шт];хр.стекло;335мл;D=75,H=105мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>01020578</t>
+  </si>
+  <si>
+    <t>L`amour</t>
+  </si>
+  <si>
+    <t>2680.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Л`амор»;хр.стекло;335мл;D=75,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020579</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хани»;стекло;370мл;D=94,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020581</t>
+  </si>
+  <si>
+    <t>63316EM</t>
+  </si>
+  <si>
+    <t>4436.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Джем»;стекло;320мл;D=75,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020582</t>
+  </si>
+  <si>
+    <t>0832/33</t>
+  </si>
+  <si>
+    <t>Gem</t>
+  </si>
+  <si>
+    <t>1286.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кончерто»;стекло;370мл;D=94,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020586</t>
+  </si>
+  <si>
+    <t>61607EM</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лима»;стекло;370мл;D=101,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020588</t>
+  </si>
+  <si>
+    <t>0830/36</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ательер»;хр.стекло;340мл;D=86,H=106мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020590</t>
+  </si>
+  <si>
+    <t>A10404BYL02AA02</t>
+  </si>
+  <si>
+    <t>Atelier</t>
+  </si>
+  <si>
+    <t>5090.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;305мл;D=84,H=93мм;синий</t>
+  </si>
+  <si>
+    <t>01020591</t>
+  </si>
+  <si>
+    <t>360620M02321990</t>
+  </si>
+  <si>
+    <t>1402.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оупэн ап арабеск»;хр.стекло;380мл;D=73/93,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020593</t>
+  </si>
+  <si>
+    <t>H3994</t>
+  </si>
+  <si>
+    <t>Open Up Arab</t>
+  </si>
+  <si>
+    <t>2688.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Каратс»;стекло;350мл;D=87,H=106мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020595</t>
+  </si>
+  <si>
+    <t>Carats</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Джина»;стекло;300мл;D=77,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020596</t>
+  </si>
+  <si>
+    <t>510970BI1021990</t>
+  </si>
+  <si>
+    <t>Gina</t>
+  </si>
+  <si>
+    <t>01020598</t>
+  </si>
+  <si>
+    <t>52704/b</t>
+  </si>
+  <si>
+    <t>693.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сордженте»;стекло;420мл;D=87,H=108мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020603</t>
+  </si>
+  <si>
+    <t>340350MDG121990</t>
+  </si>
+  <si>
+    <t>3404.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лунар»;хр.стекло;460мл;D=75,H=102,B=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020604</t>
+  </si>
+  <si>
+    <t>4233 1660</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Трикс»;хр.стекло;290мл;D=82,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020605</t>
+  </si>
+  <si>
+    <t>Rcr</t>
+  </si>
+  <si>
+    <t>3666.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Диско Лаундж»;стекло;320мл;D=83,H=102мм</t>
+  </si>
+  <si>
+    <t>01020606</t>
+  </si>
+  <si>
+    <t>L3676</t>
+  </si>
+  <si>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бродвей»;стекло;300мл;D=83,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020609</t>
+  </si>
+  <si>
+    <t>L7254</t>
+  </si>
+  <si>
+    <t>Broadway</t>
+  </si>
+  <si>
+    <t>4193.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;290мл;D=81,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020610</t>
+  </si>
+  <si>
+    <t>3801-1</t>
+  </si>
+  <si>
+    <t>1582.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;225мл;D=76,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020611</t>
+  </si>
+  <si>
+    <t>3801-2</t>
+  </si>
+  <si>
+    <t>2121.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аршитект»;хр.стекло;320мл;D=97,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020612</t>
+  </si>
+  <si>
+    <t>Q4353</t>
+  </si>
+  <si>
+    <t>Architecte</t>
+  </si>
+  <si>
+    <t>4340.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Макассар»;хр.стекло;320мл;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020613</t>
+  </si>
+  <si>
+    <t>Q4337</t>
+  </si>
+  <si>
+    <t>Macassar</t>
+  </si>
+  <si>
+    <t>5593.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Макассар»;хр.стекло;380мл;D=98,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020614</t>
+  </si>
+  <si>
+    <t>L8162</t>
+  </si>
+  <si>
+    <t>2814.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кончерто»;стекло;230мл;D=84,H=80,L=340мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020615</t>
+  </si>
+  <si>
+    <t>68058M</t>
+  </si>
+  <si>
+    <t>3958.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дива 2.4.6.»;стекло;200мл;D=84,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020616</t>
+  </si>
+  <si>
+    <t>68059M</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хани»;стекло;230мл;D=84,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020617</t>
+  </si>
+  <si>
+    <t>68060М</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лима»;стекло;350мл;D=94,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020618</t>
+  </si>
+  <si>
+    <t>G3367</t>
+  </si>
+  <si>
+    <t>1484.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аска»;стекло;380мл;D=90,H=101мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020620</t>
+  </si>
+  <si>
+    <t>L8507</t>
+  </si>
+  <si>
+    <t>Aska</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аска Тар»;стекло;380мл;D=80,H=101мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020622</t>
+  </si>
+  <si>
+    <t>L8673</t>
+  </si>
+  <si>
+    <t>Aska Thar</t>
+  </si>
+  <si>
+    <t>1407.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пикарди»;стекло;220мл;прозр.</t>
+  </si>
+  <si>
+    <t>01020623</t>
+  </si>
+  <si>
+    <t>1026AB06C0111</t>
+  </si>
+  <si>
+    <t>Duralex</t>
+  </si>
+  <si>
+    <t>Picardie</t>
+  </si>
+  <si>
+    <t>663.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Примарифик»;хр.стекло;360мл;D=81,H=102мм;серый</t>
+  </si>
+  <si>
+    <t>01020625</t>
+  </si>
+  <si>
+    <t>J9015</t>
+  </si>
+  <si>
+    <t>Primarific</t>
+  </si>
+  <si>
+    <t>2709.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мира»;поликарбонат;350мл;D=8,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>01020626</t>
+  </si>
+  <si>
+    <t>95426-10</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Топ класс»;хр.стекло;365мл;D=79,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020627</t>
+  </si>
+  <si>
+    <t>A12635BYL021990</t>
+  </si>
+  <si>
+    <t>Top Class</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Топ класс»;хр.стекло;450мл;D=79,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020628</t>
+  </si>
+  <si>
+    <t>A12634BYL02AA01</t>
+  </si>
+  <si>
+    <t>3689.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Камберленд»;хр.стекло;370мл;D=85,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020629</t>
+  </si>
+  <si>
+    <t>8077H/16076</t>
+  </si>
+  <si>
+    <t>Cumberland</t>
+  </si>
+  <si>
+    <t>13783.00₸</t>
+  </si>
+  <si>
+    <t>01020630</t>
+  </si>
+  <si>
+    <t>8077H/16925</t>
+  </si>
+  <si>
+    <t>01020631</t>
+  </si>
+  <si>
+    <t>8077H/16134</t>
+  </si>
+  <si>
+    <t>12798.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мод»;хр.стекло;410мл;D=9,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020632</t>
+  </si>
+  <si>
+    <t>7048 1660</t>
+  </si>
+  <si>
+    <t>Mode</t>
+  </si>
+  <si>
+    <t>2950.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мира»;поликарбонат;330мл;D=8,H=11см;голуб.</t>
+  </si>
+  <si>
+    <t>01020633</t>
+  </si>
+  <si>
+    <t>9542616-03</t>
+  </si>
+  <si>
+    <t>1055.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);поликарбонат;250мл;D=8,H=8см;бирюз.</t>
+  </si>
+  <si>
+    <t>01020635</t>
+  </si>
+  <si>
+    <t>HANNA</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);поликарбонат;250мл;D=8,H=8см;голуб.</t>
+  </si>
+  <si>
+    <t>01020636</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);поликарбонат;250мл;D=8,H=8см;сиренев.</t>
+  </si>
+  <si>
+    <t>01020637</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью-Йорк»;стекло;250мл;D=81,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020638</t>
+  </si>
+  <si>
+    <t>L7339</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;369мл;D=89,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020641</t>
+  </si>
+  <si>
+    <t>11905.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оффисина»;стекло;300мл;D=87,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020642</t>
+  </si>
+  <si>
+    <t>540624M02321990</t>
+  </si>
+  <si>
+    <t>Officina1825</t>
+  </si>
+  <si>
+    <t>3104.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лог»;стекло;270мл;D=77,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020643</t>
+  </si>
+  <si>
+    <t>V7950</t>
+  </si>
+  <si>
+    <t>742.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Спираль»;стекло;250мл;D=82,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020645</t>
+  </si>
+  <si>
+    <t>V8038</t>
+  </si>
+  <si>
+    <t>1568.00₸</t>
+  </si>
+  <si>
+    <t>01020650</t>
+  </si>
+  <si>
+    <t>42884/b</t>
+  </si>
+  <si>
+    <t>644.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лунар»;хр.стекло;360мл;D=70,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020651</t>
+  </si>
+  <si>
+    <t>4233 1600</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Праймери»;стекло;440мл;D=65,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020652</t>
+  </si>
+  <si>
+    <t>G3323</t>
+  </si>
+  <si>
+    <t>Primary</t>
+  </si>
+  <si>
+    <t>2114.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью-Йорк Бар»;хр.стекло;420мл;D=85,H=106мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020654</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;305мл;D=84,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020657</t>
+  </si>
+  <si>
+    <t>350200M02321990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лима»;стекло;380мл;D=88,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020658</t>
+  </si>
+  <si>
+    <t>G3368</t>
+  </si>
+  <si>
+    <t>1834.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лирик»;стекло;370мл;D=93,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020660</t>
+  </si>
+  <si>
+    <t>42030/b</t>
+  </si>
+  <si>
+    <t>Lyric</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дива 2.4.6.»;стекло;370мл;D=94,H=95мм</t>
+  </si>
+  <si>
+    <t>01020661</t>
+  </si>
+  <si>
+    <t>65237M</t>
+  </si>
+  <si>
+    <t>4374.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Трек»;стекло;300мл;D=84,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020663</t>
+  </si>
+  <si>
+    <t>N5363|E5454</t>
+  </si>
+  <si>
+    <t>Trek</t>
+  </si>
+  <si>
+    <t>560.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;355мл;D=95,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020666</t>
+  </si>
+  <si>
+    <t>Farmhouse</t>
+  </si>
+  <si>
+    <t>1505.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рэдиант»;стекло;350мл;D=89,H=106мм</t>
+  </si>
+  <si>
+    <t>01020667</t>
+  </si>
+  <si>
+    <t>Radiant</t>
+  </si>
+  <si>
+    <t>3327.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сордженте»;стекло;300мл;D=82,H=107мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020668</t>
+  </si>
+  <si>
+    <t>2126.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дива»;стекло;320мл;D=95/82,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020669</t>
+  </si>
+  <si>
+    <t>61903EM</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Палатина»;стекло;320мл;D=84,H=93мм;красный</t>
+  </si>
+  <si>
+    <t>01020670</t>
+  </si>
+  <si>
+    <t>662570M02321589</t>
+  </si>
+  <si>
+    <t>Palatina</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лонгшамп»;хр.стекло;320мл;D=81,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020675</t>
+  </si>
+  <si>
+    <t>L7555</t>
+  </si>
+  <si>
+    <t>3577.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;370мл;D=60,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020678</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;385мл;D=64,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020680</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;290мл;D=79,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020681</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Диско»;стекло;250мл;D=75,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020682</t>
+  </si>
+  <si>
+    <t>0347/29</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Норвей»;стекло;270мл;D=9,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020683</t>
+  </si>
+  <si>
+    <t>922.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Центра»;стекло;234мл;D=72,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020684</t>
+  </si>
+  <si>
+    <t>1294.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Норвей»;стекло;330мл;D=93,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020685</t>
+  </si>
+  <si>
+    <t>0716/33</t>
+  </si>
+  <si>
+    <t>906.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Центра»;стекло;316мл;D=82,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020686</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бодега»;стекло;355мл;D=85,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020692</t>
+  </si>
+  <si>
+    <t>710875MFF021990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бах»;хр.стекло;335мл;D=83,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020693</t>
+  </si>
+  <si>
+    <t>A10823BYL521990</t>
+  </si>
+  <si>
+    <t>Bach</t>
+  </si>
+  <si>
+    <t>6553.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эмоушен»;стекло;380мл;D=86,H=109мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020694</t>
+  </si>
+  <si>
+    <t>Emotion</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эмоушен»;стекло;300мл;D=86,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020695</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лайт блю»;стекло;370мл;D=85,H=94мм;синий</t>
+  </si>
+  <si>
+    <t>01020697</t>
+  </si>
+  <si>
+    <t>42348/b/blue</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Балтик»;стекло;315мл;D=84,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020698</t>
+  </si>
+  <si>
+    <t>41290/b/t</t>
+  </si>
+  <si>
+    <t>309.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Призма»;стекло;400мл;D=84,H=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020701</t>
+  </si>
+  <si>
+    <t>Prisma</t>
+  </si>
+  <si>
+    <t>2518.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кампиэлло»;стекло;340мл;D=95,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020709</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кассиопея»;стекло;330мл;D=86,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020710</t>
+  </si>
+  <si>
+    <t>234510M04321990</t>
+  </si>
+  <si>
+    <t>Cassiopea</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кассиопея»;стекло;330мл;D=86,H=88мм;серый</t>
+  </si>
+  <si>
+    <t>01020711</t>
+  </si>
+  <si>
+    <t>234540M04321990</t>
+  </si>
+  <si>
+    <t>1771.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кассиопея»;стекло;410мл;D=85,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020713</t>
+  </si>
+  <si>
+    <t>234520M04321990</t>
+  </si>
+  <si>
+    <t>3527.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;385мл;D=91,H=103мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020714</t>
+  </si>
+  <si>
+    <t>1300.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;385мл;D=91,H=103мм;синий</t>
+  </si>
+  <si>
+    <t>01020715</t>
+  </si>
+  <si>
+    <t>302259M02321990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;385мл;D=91,H=103мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020716</t>
+  </si>
+  <si>
+    <t>302258M02321990</t>
+  </si>
+  <si>
+    <t>1394.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мурано»;стекло;265мл;D=88,H=100мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>01020717</t>
+  </si>
+  <si>
+    <t>Murano</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нэттуно»;стекло;400мл;D=82,H=104мм;голуб.</t>
+  </si>
+  <si>
+    <t>01020718</t>
+  </si>
+  <si>
+    <t>1127.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нэттуно»;стекло;400мл;D=82,H=104мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020719</t>
+  </si>
+  <si>
+    <t>1433.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;390мл;D=91,H=103мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020720</t>
+  </si>
+  <si>
+    <t>360640M02321990</t>
+  </si>
+  <si>
+    <t>2503.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;390мл;D=91,H=103мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020721</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;390мл;D=91,H=103мм;синий</t>
+  </si>
+  <si>
+    <t>01020722</t>
+  </si>
+  <si>
+    <t>360660M02321990</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;390мл;D=91,H=103мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020723</t>
+  </si>
+  <si>
+    <t>360670M02321990</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пулсар»;стекло;305мл;D=84,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020724</t>
+  </si>
+  <si>
+    <t>360600M02321990</t>
+  </si>
+  <si>
+    <t>2141.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Каррэ»;стекло;340мл;D=92,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020725</t>
+  </si>
+  <si>
+    <t>63829EM</t>
+  </si>
+  <si>
+    <t>3866.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Белфеста (Пьюр)»;хр.стекло;390мл;D=72,H=90мм</t>
+  </si>
+  <si>
+    <t>01020727</t>
+  </si>
+  <si>
+    <t>Zwiesel Glas</t>
+  </si>
+  <si>
+    <t>Belfesta</t>
+  </si>
+  <si>
+    <t>6307.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Белфеста (Пьюр)»;хр.стекло;305мл;D=65,H=85мм</t>
+  </si>
+  <si>
+    <t>01020728</t>
+  </si>
+  <si>
+    <t>9102.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фиоре»;стекло;300мл;D=74,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020729</t>
+  </si>
+  <si>
+    <t>Fiore</t>
+  </si>
+  <si>
+    <t>933.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Элизе»;стекло;310мл;D=87,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020743</t>
+  </si>
+  <si>
+    <t>R90224</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью-Йорк»;стекло;380мл;D=89,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020745</t>
+  </si>
+  <si>
+    <t>L7334</t>
+  </si>
+  <si>
+    <t>2562.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хрусталь;330мл;D=82,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020747</t>
+  </si>
+  <si>
+    <t>5107/900/34-22429</t>
+  </si>
+  <si>
+    <t>5837.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хрусталь;300мл;D=82,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020748</t>
+  </si>
+  <si>
+    <t>8560/900/50-46506</t>
+  </si>
+  <si>
+    <t>7169.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вине»;хр.стекло;370мл;D=93,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020749</t>
+  </si>
+  <si>
+    <t>L2370</t>
+  </si>
+  <si>
+    <t>3402.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Таймлесс»;стекло;205мл;D=72,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020751</t>
+  </si>
+  <si>
+    <t>Timeless</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Таймлесс»;стекло;345мл;D=85,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020752</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рандеву»;хр.стекло;320мл;D=89,H=95,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020757</t>
+  </si>
+  <si>
+    <t>Q4354</t>
+  </si>
+  <si>
+    <t>Rendez-vous</t>
+  </si>
+  <si>
+    <t>5579.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;250мл;D=8,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>01020758</t>
+  </si>
+  <si>
+    <t>39012clear</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;250мл;D=8,H=10см;фиолет.</t>
+  </si>
+  <si>
+    <t>01020759</t>
+  </si>
+  <si>
+    <t>39012purple</t>
+  </si>
+  <si>
+    <t>1974.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;250мл;D=8,H=10см;олив.</t>
+  </si>
+  <si>
+    <t>01020760</t>
+  </si>
+  <si>
+    <t>39012olive</t>
+  </si>
+  <si>
+    <t>2765.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;250мл;D=8,H=10см;амбер</t>
+  </si>
+  <si>
+    <t>01020761</t>
+  </si>
+  <si>
+    <t>39012amber</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;250мл;D=8,H=10см;зелен.</t>
+  </si>
+  <si>
+    <t>01020762</t>
+  </si>
+  <si>
+    <t>39012green</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Энджой»;стекло;350мл;D=68,H=105мм;розов.</t>
+  </si>
+  <si>
+    <t>01020769</t>
+  </si>
+  <si>
+    <t>420064/b/pink</t>
+  </si>
+  <si>
+    <t>Enjoy Loft</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Энджой»;стекло;350мл;D=68,H=105мм;серый</t>
+  </si>
+  <si>
+    <t>01020770</t>
+  </si>
+  <si>
+    <t>420064/b/grey</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Энджой»;стекло;350мл;D=68,H=105мм;голуб.</t>
+  </si>
+  <si>
+    <t>01020771</t>
+  </si>
+  <si>
+    <t>420064/b/blue</t>
+  </si>
+  <si>
+    <t>1085.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Энджой»;стекло;280мл;D=81,H=87мм;розов.</t>
+  </si>
+  <si>
+    <t>01020772</t>
+  </si>
+  <si>
+    <t>52285/b/pink</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Энджой»;стекло;280мл;D=81,H=87мм;голуб.</t>
+  </si>
+  <si>
+    <t>01020774</t>
+  </si>
+  <si>
+    <t>52285/b/blue</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Энджой»;стекло;280мл;D=81,H=87мм;серый</t>
+  </si>
+  <si>
+    <t>01020775</t>
+  </si>
+  <si>
+    <t>52285/b/grey</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мельница» утолщенное дно;хрусталь;330мл;D=82,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020776</t>
+  </si>
+  <si>
+    <t>5107/Н/1000/1-23639</t>
+  </si>
+  <si>
+    <t>7362.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) утолщенное дно;хрусталь;330мл;D=80,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020777</t>
+  </si>
+  <si>
+    <t>5107/Н/800/91-27681</t>
+  </si>
+  <si>
+    <t>7061.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пьюр»;стекло;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020781</t>
+  </si>
+  <si>
+    <t>B0817818</t>
+  </si>
+  <si>
+    <t>7637.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хрусталь;200мл;D=6,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>01020794</t>
+  </si>
+  <si>
+    <t>5108/1100/18-24632</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;200мл;,H=99мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020795</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Поп Корн»;стекло;270мл;D=87,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020799</t>
+  </si>
+  <si>
+    <t>N4231</t>
+  </si>
+  <si>
+    <t>Pop Corn</t>
+  </si>
+  <si>
+    <t>1162.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;0,71л;D=67,H=114мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020801</t>
+  </si>
+  <si>
+    <t>2934.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Триумф»;стекло;330мл;D=82/77,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020811</t>
+  </si>
+  <si>
+    <t>41620/b</t>
+  </si>
+  <si>
+    <t>Triumph</t>
+  </si>
+  <si>
+    <t>637.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Микс энд Ко»;стекло;270мл;D=78,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020813</t>
+  </si>
+  <si>
+    <t>68563M</t>
+  </si>
+  <si>
+    <t>Mix &amp; Co</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Микс энд Ко»;стекло;350мл;D=87,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020814</t>
+  </si>
+  <si>
+    <t>68089M</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;350мл;D=92,H=104мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020816</t>
+  </si>
+  <si>
+    <t>Shade</t>
+  </si>
+  <si>
+    <t>14476.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ратио»;хр.стекло;350мл;D=80,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020817</t>
+  </si>
+  <si>
+    <t>4932 1500</t>
+  </si>
+  <si>
+    <t>Ratio</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Праймери Колор»;стекло;360мл;D=81,H=102мм;золотой</t>
+  </si>
+  <si>
+    <t>01020818</t>
+  </si>
+  <si>
+    <t>N6677</t>
+  </si>
+  <si>
+    <t>Primary Color</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вина Джульетте»;стекло;350мл;D=94,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020819</t>
+  </si>
+  <si>
+    <t>N5995</t>
+  </si>
+  <si>
+    <t>Vina Juliett</t>
+  </si>
+  <si>
+    <t>875.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Арпэж колор»;стекло;350мл;D=81,H=102мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020820</t>
+  </si>
+  <si>
+    <t>N6674</t>
+  </si>
+  <si>
+    <t>Arpege color</t>
+  </si>
+  <si>
+    <t>2324.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Арпэж колор»;стекло;350мл;D=81,H=102мм;синий</t>
+  </si>
+  <si>
+    <t>01020821</t>
+  </si>
+  <si>
+    <t>N6675</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Арпэж колор»;стекло;350мл;D=81,H=102мм;розов.</t>
+  </si>
+  <si>
+    <t>01020822</t>
+  </si>
+  <si>
+    <t>N6676</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Би Боп»;стекло;300мл;D=84,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020823</t>
+  </si>
+  <si>
+    <t>L8687</t>
+  </si>
+  <si>
+    <t>Be Bop</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вина Джульетте»;стекло;400мл;D=88,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020826</t>
+  </si>
+  <si>
+    <t>N5994</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Инальто Уно»;стекло;340мл;D=85,H=95мм</t>
+  </si>
+  <si>
+    <t>01020829</t>
+  </si>
+  <si>
+    <t>365756GSZ021990</t>
+  </si>
+  <si>
+    <t>Inalto Uno</t>
+  </si>
+  <si>
+    <t>4543.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Инальто Уно»;стекло;450мл;D=92,H=103мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020830</t>
+  </si>
+  <si>
+    <t>365750GTG021990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фьюжн»;стекло;0,55л;D=10,9,H=10,1см;прозр.</t>
+  </si>
+  <si>
+    <t>01020833</t>
+  </si>
+  <si>
+    <t>L7849</t>
+  </si>
+  <si>
+    <t>Fusion</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Уэйн»;хр.стекло;250мл;D=79,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020834</t>
+  </si>
+  <si>
+    <t>Wayne</t>
+  </si>
+  <si>
+    <t>3450.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Уэйн»;хр.стекло;330мл;D=87,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020835</t>
+  </si>
+  <si>
+    <t>4058.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фасетте»;стекло;320мл;D=75,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020836</t>
+  </si>
+  <si>
+    <t>N4322</t>
+  </si>
+  <si>
+    <t>Facette</t>
+  </si>
+  <si>
+    <t>3045.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ультим»;стекло;350мл;D=74,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020838</t>
+  </si>
+  <si>
+    <t>N4318/V4480</t>
+  </si>
+  <si>
+    <t>Ultime</t>
+  </si>
+  <si>
+    <t>2863.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Финесс»;хр.стекло;300мл;D=75,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020840</t>
+  </si>
+  <si>
+    <t>Finesse</t>
+  </si>
+  <si>
+    <t>3003.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Финесс Грид»;хр.стекло;300мл;D=75,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020841</t>
+  </si>
+  <si>
+    <t>64009-Grid</t>
+  </si>
+  <si>
+    <t>Finesse Grid</t>
+  </si>
+  <si>
+    <t>4682.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пикарди»;стекло;250мл;,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020842</t>
+  </si>
+  <si>
+    <t>1027AB06C0111</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Нью Белл»;стекло;250мл;D=92,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020843</t>
+  </si>
+  <si>
+    <t>New Bell</t>
+  </si>
+  <si>
+    <t>185.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кошем»;стекло;210мл;D=70,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020844</t>
+  </si>
+  <si>
+    <t>42035/b/t</t>
+  </si>
+  <si>
+    <t>01020845</t>
+  </si>
+  <si>
+    <t>52810/b</t>
+  </si>
+  <si>
+    <t>819.00₸</t>
+  </si>
+  <si>
+    <t>01020846</t>
+  </si>
+  <si>
+    <t>52790/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;медный</t>
+  </si>
+  <si>
+    <t>01020849</t>
+  </si>
+  <si>
+    <t>4967.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;черный</t>
+  </si>
+  <si>
+    <t>01020850</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;серебрян.</t>
+  </si>
+  <si>
+    <t>01020851</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;белый</t>
+  </si>
+  <si>
+    <t>01020852</t>
+  </si>
+  <si>
+    <t>5668.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Старла»;стекло;220мл;,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020853</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Винчестер»;стекло;296мл;D=83,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020854</t>
+  </si>
+  <si>
+    <t>Winchester</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Орнаменты»;стекло;320мл;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020860</t>
+  </si>
+  <si>
+    <t>L6611/P0403</t>
+  </si>
+  <si>
+    <t>Ornements</t>
+  </si>
+  <si>
+    <t>2730.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Элизия»;стекло;210мл;D=73,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020862</t>
+  </si>
+  <si>
+    <t>520014/b/t</t>
+  </si>
+  <si>
+    <t>Elysia</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дива»;стекло;240мл;D=80,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020874</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хэпберн»;хр.стекло;380мл;D=92,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020883</t>
+  </si>
+  <si>
+    <t>Hepburn</t>
+  </si>
+  <si>
+    <t>3650.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хемингвей»;хр.стекло;330мл;D=97,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020884</t>
+  </si>
+  <si>
+    <t>Hemingway</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Биг топ»;хр.стекло;320мл;D=84,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020885</t>
+  </si>
+  <si>
+    <t>Big top</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Биг топ»;хр.стекло;270мл;D=81,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020886</t>
+  </si>
+  <si>
+    <t>3627.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мираж»;хр.стекло;400мл;D=72,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020887</t>
+  </si>
+  <si>
+    <t>Mirage</t>
+  </si>
+  <si>
+    <t>3912.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Плэже»;стекло;350мл;D=70,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020894</t>
+  </si>
+  <si>
+    <t>420064/b</t>
+  </si>
+  <si>
+    <t>Pleasure</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эфир»;стекло;350мл;D=91,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020897</t>
+  </si>
+  <si>
+    <t>Aether</t>
+  </si>
+  <si>
+    <t>2711.00₸</t>
+  </si>
+  <si>
+    <t>01020898</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эфир»;стекло;320мл;D=9,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01020899</t>
+  </si>
+  <si>
+    <t>2857.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;310мл;D=84,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020900</t>
+  </si>
+  <si>
+    <t>G3666</t>
+  </si>
+  <si>
+    <t>1113.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бэйс»;стекло;330мл;D=8,H=9см;полупрозр.</t>
+  </si>
+  <si>
+    <t>01020903</t>
+  </si>
+  <si>
+    <t>B0819200</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>6584.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хрусталь;250мл;D=90,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020920</t>
+  </si>
+  <si>
+    <t>8016/900/176-24267</t>
+  </si>
+  <si>
+    <t>5637.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;300мл;D=87,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020921</t>
+  </si>
+  <si>
+    <t>J655730TRAS</t>
+  </si>
+  <si>
+    <t>3507.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Дивергенс»;стекло;290мл;D=61,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020928</t>
+  </si>
+  <si>
+    <t>Divergence</t>
+  </si>
+  <si>
+    <t>3496.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Солар»;хр.стекло;290мл;D=90,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020929</t>
+  </si>
+  <si>
+    <t>4836 1600</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>2796.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Солар»;хр.стекло;330мл;D=92,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020930</t>
+  </si>
+  <si>
+    <t>4836 1660</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сир де коньяк»;стекло;300мл;D=66,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020933</t>
+  </si>
+  <si>
+    <t>P8544</t>
+  </si>
+  <si>
+    <t>Sire de Cognac</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бродвей»;стекло;300мл;D=86,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020934</t>
+  </si>
+  <si>
+    <t>P4182</t>
+  </si>
+  <si>
+    <t>826.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Брикстон»;стекло;300мл;D=86,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020935</t>
+  </si>
+  <si>
+    <t>P4188</t>
+  </si>
+  <si>
+    <t>Brixton</t>
+  </si>
+  <si>
+    <t>798.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гетс»;стекло;290мл;D=80,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020936</t>
+  </si>
+  <si>
+    <t>826982/297000001</t>
+  </si>
+  <si>
+    <t>Royal Leerdam</t>
+  </si>
+  <si>
+    <t>The Gats</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;синий</t>
+  </si>
+  <si>
+    <t>01020938</t>
+  </si>
+  <si>
+    <t>4089.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020939</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;серый</t>
+  </si>
+  <si>
+    <t>01020940</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;охра</t>
+  </si>
+  <si>
+    <t>01020941</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хобстар»;стекло;355мл;D=89,H=106мм;розов.</t>
+  </si>
+  <si>
+    <t>01020942</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Диамант»;хр.стекло;360мл;D=83,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020946</t>
+  </si>
+  <si>
+    <t>A12769BYL02AA02</t>
+  </si>
+  <si>
+    <t>Diamante</t>
+  </si>
+  <si>
+    <t>5722.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рома 1960»;хр.стекло;300мл;D=80,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020947</t>
+  </si>
+  <si>
+    <t>A12761BYL02AA01</t>
+  </si>
+  <si>
+    <t>Roma 1960</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рома 1960»;хр.стекло;380мл;D=85,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020948</t>
+  </si>
+  <si>
+    <t>A12708BYL02AA01</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «И Меравиглиози»;хр.стекло;450мл;D=91,H=99мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020949</t>
+  </si>
+  <si>
+    <t>A12766BYL021990</t>
+  </si>
+  <si>
+    <t>I Meravigliosi</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даллас»;стекло;300мл;D=86,H=96мм;розов.</t>
+  </si>
+  <si>
+    <t>01020952</t>
+  </si>
+  <si>
+    <t>P9165</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Dallas</t>
   </si>
   <si>
     <t>1253.00₸</t>
   </si>
   <si>
-    <t>Олд фэшн (стакан) «Арпэж»;стекло;350мл;D=8,H=10см;прозр.</t>
-[...455 lines deleted...]
-    <t>42973/b</t>
+    <t>Олд фэшн (стакан) «Зальцбург»;стекло;300мл;D=86,H=96мм;розов.</t>
+  </si>
+  <si>
+    <t>01020953</t>
+  </si>
+  <si>
+    <t>P9167</t>
+  </si>
+  <si>
+    <t>Salzburg</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даллас»;стекло;300мл;D=86,H=96мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020954</t>
+  </si>
+  <si>
+    <t>P9278</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Зальцбург»;стекло;300мл;D=86,H=96мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020955</t>
+  </si>
+  <si>
+    <t>P9263</t>
+  </si>
+  <si>
+    <t>1246.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хрусталь;330мл;D=81,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020956</t>
+  </si>
+  <si>
+    <t>5107/900/38-24099</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Левитас»;стекло;270мл</t>
+  </si>
+  <si>
+    <t>01020957</t>
+  </si>
+  <si>
+    <t>Levitas</t>
+  </si>
+  <si>
+    <t>4266.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Спешл»;стекло;270мл;D=84,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020958</t>
+  </si>
+  <si>
+    <t>IVV</t>
+  </si>
+  <si>
+    <t>Special</t>
+  </si>
+  <si>
+    <t>9333.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Спиди»;стекло;280мл;D=84,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020959</t>
+  </si>
+  <si>
+    <t>Speedy</t>
+  </si>
+  <si>
+    <t>9040.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ироко» набор[6шт];стекло;300мл;D=92,H=107мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>01020960</t>
+  </si>
+  <si>
+    <t>Iroko</t>
+  </si>
+  <si>
+    <t>54871.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ироко»;стекло;300мл;D=92,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020961</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Болле»;стекло;290мл;D=86,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020962</t>
+  </si>
+  <si>
+    <t>Bolle</t>
+  </si>
+  <si>
+    <t>7331.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Болле»;стекло;300мл;D=86,H=91мм;розов.</t>
+  </si>
+  <si>
+    <t>01020963</t>
+  </si>
+  <si>
+    <t>8270.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Болле»;стекло;310мл;D=86,H=91мм;бирюз.</t>
+  </si>
+  <si>
+    <t>01020964</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сер Лапо»;стекло;280мл;D=86,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020965</t>
+  </si>
+  <si>
+    <t>Ser Lapo</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сер Лапо»;стекло;290мл;D=86,H=91мм;зелен.</t>
+  </si>
+  <si>
+    <t>01020966</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сер Лапо»;стекло;300мл;D=86,H=91мм;серый</t>
+  </si>
+  <si>
+    <t>01020967</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сер Лапо»;стекло;310мл;D=86,H=91мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01020968</t>
+  </si>
+  <si>
+    <t>01020970</t>
+  </si>
+  <si>
+    <t>8077H/38640</t>
+  </si>
+  <si>
+    <t>6892.00₸</t>
+  </si>
+  <si>
+    <t>01020971</t>
+  </si>
+  <si>
+    <t>8077H/38641</t>
+  </si>
+  <si>
+    <t>6461.00₸</t>
+  </si>
+  <si>
+    <t>01020972</t>
+  </si>
+  <si>
+    <t>8077H/38639</t>
+  </si>
+  <si>
+    <t>01020973</t>
+  </si>
+  <si>
+    <t>8077H/38642</t>
+  </si>
+  <si>
+    <t>01020974</t>
+  </si>
+  <si>
+    <t>4232/N38723</t>
+  </si>
+  <si>
+    <t>3381.00₸</t>
+  </si>
+  <si>
+    <t>01020975</t>
+  </si>
+  <si>
+    <t>4232/N38718</t>
+  </si>
+  <si>
+    <t>01020976</t>
+  </si>
+  <si>
+    <t>4232/N38719</t>
+  </si>
+  <si>
+    <t>01020977</t>
+  </si>
+  <si>
+    <t>4232/N38721</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Леандрос»;хр.стекло;0,54л;D=95,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020978</t>
+  </si>
+  <si>
+    <t>64955 1600</t>
+  </si>
+  <si>
+    <t>Leandros</t>
+  </si>
+  <si>
+    <t>16093.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вайн солюшн»;хр.стекло;470мл;D=87,H=112мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020979</t>
+  </si>
+  <si>
+    <t>4485 1220</t>
+  </si>
+  <si>
+    <t>Wine Solution</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эверест»;стекло;207мл;D=78,H=78мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020983</t>
+  </si>
+  <si>
+    <t>2033.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Французский ресторанчик»;стекло;310мл;D=77,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020984</t>
+  </si>
+  <si>
+    <t>H9370</t>
+  </si>
+  <si>
+    <t>588.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Новеченто»;стекло;370мл;D=87,H=101мм</t>
+  </si>
+  <si>
+    <t>01020985</t>
+  </si>
+  <si>
+    <t>122116BAU021990</t>
+  </si>
+  <si>
+    <t>Novecento</t>
+  </si>
+  <si>
+    <t>3519.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эсте»;стекло;390мл;D=89,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020986</t>
+  </si>
+  <si>
+    <t>666226BAU121990</t>
+  </si>
+  <si>
+    <t>Este</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эсте»;стекло;303мл;D=85,H=89,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020987</t>
+  </si>
+  <si>
+    <t>666225GRS021990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стоун»;стекло;390мл;D=89,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020988</t>
+  </si>
+  <si>
+    <t>666218GRS021990</t>
+  </si>
+  <si>
+    <t>Stone</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лаундж»;стекло;390мл;D=89,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020989</t>
+  </si>
+  <si>
+    <t>666224BAU121990</t>
+  </si>
+  <si>
+    <t>Lounge</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лаундж»;стекло;275мл;D=82,H=88,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020990</t>
+  </si>
+  <si>
+    <t>666223BAU121990</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Финесс Грид»;хр.стекло;390мл;D=80,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020991</t>
+  </si>
+  <si>
+    <t>64010-Grid</t>
+  </si>
+  <si>
+    <t>4574.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рош»;стекло;340мл;D=80,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020992</t>
+  </si>
+  <si>
+    <t>Q2593</t>
+  </si>
+  <si>
+    <t>Roch</t>
+  </si>
+  <si>
+    <t>630.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Барокко»;стекло;490мл;D=70,H=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020994</t>
+  </si>
+  <si>
+    <t>Baroque</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Гауди»;стекло;490мл;D=70,H=115мм</t>
+  </si>
+  <si>
+    <t>01020995</t>
+  </si>
+  <si>
+    <t>Gaudi</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рококо»;стекло;490мл;D=70,H=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020996</t>
+  </si>
+  <si>
+    <t>Rococo</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Саваж»;хр.стекло;260мл;D=82,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020997</t>
+  </si>
+  <si>
+    <t>Savage</t>
+  </si>
+  <si>
+    <t>3050.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Саваж»;хр.стекло;295мл;D=86,H=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020998</t>
+  </si>
+  <si>
+    <t>01020999</t>
+  </si>
+  <si>
+    <t>520014/b</t>
+  </si>
+  <si>
+    <t>889.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Новеченто»;стекло;370мл;D=87,H=101мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021000</t>
+  </si>
+  <si>
+    <t>1.22116н</t>
+  </si>
+  <si>
+    <t>2295.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;240мл;D=88,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021006</t>
+  </si>
+  <si>
+    <t>Zwiesel 1872</t>
+  </si>
+  <si>
+    <t>Hommage Comete</t>
+  </si>
+  <si>
+    <t>40787.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пинта»;стекло;360мл;D=85,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021007</t>
+  </si>
+  <si>
+    <t>J3510</t>
+  </si>
+  <si>
+    <t>Pinta</t>
+  </si>
+  <si>
+    <t>952.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Элизия»;стекло;355мл;D=88,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021009</t>
+  </si>
+  <si>
+    <t>520004/b</t>
+  </si>
+  <si>
+    <t>1106.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аллегра»;стекло;425мл;D=66,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021012</t>
+  </si>
+  <si>
+    <t>41536/b</t>
+  </si>
+  <si>
+    <t>Allegra</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аморф»;стекло;340мл;D=84,5,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021013</t>
+  </si>
+  <si>
+    <t>420224/b</t>
+  </si>
+  <si>
+    <t>Amorf</t>
+  </si>
+  <si>
+    <t>959.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Инку»;стекло;250мл;D=8,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>01021014</t>
+  </si>
+  <si>
+    <t>B0820001</t>
+  </si>
+  <si>
+    <t>Inku</t>
+  </si>
+  <si>
+    <t>10573.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Инку»;стекло;300мл;D=9,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01021015</t>
+  </si>
+  <si>
+    <t>B0820002</t>
+  </si>
+  <si>
+    <t>11489.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Клаб Айс»;хр.стекло;250мл;D=79,H=86мм</t>
+  </si>
+  <si>
+    <t>01021017</t>
+  </si>
+  <si>
+    <t>64039/dec</t>
+  </si>
+  <si>
+    <t>Club Ice</t>
+  </si>
+  <si>
+    <t>3681.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аллегра Ви Блок»;стекло;425мл;D=65,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021018</t>
+  </si>
+  <si>
+    <t>41536/b/t</t>
+  </si>
+  <si>
+    <t>Allegra V Block</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кракле»;стекло;350мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01021020</t>
+  </si>
+  <si>
+    <t>11376-33314</t>
+  </si>
+  <si>
+    <t>Кракле</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Премьер»;хрусталь;330мл;D=82,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021022</t>
+  </si>
+  <si>
+    <t>5107/900/264-42352</t>
+  </si>
+  <si>
+    <t>7477.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Америка 20х»;стекло;370мл;D=88,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021101</t>
+  </si>
+  <si>
+    <t>122139BBC121990</t>
+  </si>
+  <si>
+    <t>America"20s</t>
+  </si>
+  <si>
+    <t>3188.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);стекло;160мл;D=8,H=6см;зелен.,прозр.</t>
+  </si>
+  <si>
+    <t>01021203</t>
+  </si>
+  <si>
+    <t>B0816770</t>
+  </si>
+  <si>
+    <t>6599.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Серфис»;стекло;350мл;D=9,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01021204</t>
+  </si>
+  <si>
+    <t>B0816783</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>12890.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Серфис»;стекло;225мл;D=85,H=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021205</t>
+  </si>
+  <si>
+    <t>B0816784</t>
+  </si>
+  <si>
+    <t>6330.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) с рисунком;стекло;390мл;D=82,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021208</t>
+  </si>
+  <si>
+    <t>3781.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Левитас»;стекло;360мл</t>
+  </si>
+  <si>
+    <t>01021209</t>
+  </si>
+  <si>
+    <t>5175.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кристалл»;пластик;200мл;D=75,H=110мм;голуб.</t>
+  </si>
+  <si>
+    <t>01021302</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>CRYSTAL</t>
+  </si>
+  <si>
+    <t>2726.00₸</t>
+  </si>
+  <si>
+    <t>01021402</t>
+  </si>
+  <si>
+    <t>Basic Bar Motion</t>
+  </si>
+  <si>
+    <t>18396.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рифлесси»;стекло;360мл;D=88,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021404</t>
+  </si>
+  <si>
+    <t>580515BAC121990</t>
+  </si>
+  <si>
+    <t>Riflessi</t>
+  </si>
+  <si>
+    <t>2449.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рифлесси»;стекло;300мл;D=82,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021405</t>
+  </si>
+  <si>
+    <t>580514CAD021990</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рифлесси»;стекло;300мл;D=82,H=88мм;зелен.</t>
+  </si>
+  <si>
+    <t>01021406</t>
+  </si>
+  <si>
+    <t>580521CAD021990</t>
+  </si>
+  <si>
+    <t>2133.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рифлесси»;стекло;300мл;D=82,H=88мм;серый</t>
+  </si>
+  <si>
+    <t>01021407</t>
+  </si>
+  <si>
+    <t>580522CAD021990</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рифлесси»;стекло;300мл;D=82,H=88мм;синий</t>
+  </si>
+  <si>
+    <t>01021408</t>
+  </si>
+  <si>
+    <t>580520CAD021990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ориент»;стекло;0,5л;D=96,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021409</t>
+  </si>
+  <si>
+    <t>Oriente</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ориент»;стекло;402мл;D=92,H=91,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021410</t>
+  </si>
+  <si>
+    <t>320259BAQ121990</t>
+  </si>
+  <si>
+    <t>2819.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Зальцбург»;стекло;300мл;D=85,H=94мм;голуб.</t>
+  </si>
+  <si>
+    <t>01021411</t>
+  </si>
+  <si>
+    <t>Q0373</t>
+  </si>
+  <si>
+    <t>1134.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даллас»;стекло;300мл;D=85,H=94мм;голуб.</t>
+  </si>
+  <si>
+    <t>01021412</t>
+  </si>
+  <si>
+    <t>Q0375</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фрости»;стекло;250мл;D=75,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021413</t>
+  </si>
+  <si>
+    <t>Frosty</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фрости»;стекло;330мл;D=75,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021414</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Америка 20х»;стекло;300мл;D=83,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021415</t>
+  </si>
+  <si>
+    <t>122138BAU021990</t>
+  </si>
+  <si>
+    <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Америка 20х»;стекло;300мл;D=68,H=83мм;розов.</t>
+  </si>
+  <si>
+    <t>01021416</t>
+  </si>
+  <si>
+    <t>122157BAU021990</t>
+  </si>
+  <si>
+    <t>3874.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Америка 20х»;стекло;300мл;D=68,H=83мм;голуб.</t>
+  </si>
+  <si>
+    <t>01021417</t>
+  </si>
+  <si>
+    <t>122156BAU021990</t>
+  </si>
+  <si>
+    <t>2218.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рош»;стекло;340мл;D=78,H=86мм;синий</t>
+  </si>
+  <si>
+    <t>01021418</t>
+  </si>
+  <si>
+    <t>Q5656</t>
   </si>
   <si>
     <t>539.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...572 lines deleted...]
-    <t>42415/b</t>
+    <t>Олд фэшн (стакан) «Рош»;стекло;340мл;D=80,H=86мм;бирюз.</t>
+  </si>
+  <si>
+    <t>01021419</t>
+  </si>
+  <si>
+    <t>Q5657</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Рош»;стекло;340мл;D=78,H=86мм;фиолет.</t>
+  </si>
+  <si>
+    <t>01021420</t>
+  </si>
+  <si>
+    <t>Q5658</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хр.стекло;476мл;D=94,H=101мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021516</t>
+  </si>
+  <si>
+    <t>Tower</t>
+  </si>
+  <si>
+    <t>5306.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вэст Луп»;стекло;320мл;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021518</t>
+  </si>
+  <si>
+    <t>P9958</t>
+  </si>
+  <si>
+    <t>West Loop</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Модерн Америка»;стекло;345мл;D=90,L=99,5мм</t>
+  </si>
+  <si>
+    <t>01021520</t>
+  </si>
+  <si>
+    <t>Modern America</t>
+  </si>
+  <si>
+    <t>3743.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Модерн Америка»;стекло;280мл;D=86,H=91,5мм</t>
+  </si>
+  <si>
+    <t>01021521</t>
+  </si>
+  <si>
+    <t>4128.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Санторини»;хр.стекло;490мл;D=98,H=106мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021523</t>
+  </si>
+  <si>
+    <t>65856 1600</t>
+  </si>
+  <si>
+    <t>Santorini</t>
+  </si>
+  <si>
+    <t>15054.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эклипс»;хр.стекло;380мл;D=94,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021524</t>
+  </si>
+  <si>
+    <t>8411 1600</t>
+  </si>
+  <si>
+    <t>Eclipse</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эклипс»;хр.стекло;470мл;D=100,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021525</t>
+  </si>
+  <si>
+    <t>8411 1660</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эклипс»;хр.стекло;290мл;D=86,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021527</t>
+  </si>
+  <si>
+    <t>8411 1300</t>
+  </si>
+  <si>
+    <t>3304.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Химо» набор[2шт];стекло;250мл</t>
+  </si>
+  <si>
+    <t>01021601</t>
+  </si>
+  <si>
+    <t>himo</t>
+  </si>
+  <si>
+    <t>Jakobsen Design</t>
+  </si>
+  <si>
+    <t>Himo</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>36452.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Элеганс»;стекло;310мл;D=77,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021602</t>
+  </si>
+  <si>
+    <t>N6472</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кракле»;стекло;350мл;D=9,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>01021606</t>
+  </si>
+  <si>
+    <t>11376-42184</t>
+  </si>
+  <si>
+    <t>4867.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Финесс»;хр.стекло;370мл;D=80,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022002</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Олд Сквэар»;хр.стекло;320мл;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022104</t>
+  </si>
+  <si>
+    <t>Q3657/Q4337</t>
+  </si>
+  <si>
+    <t>Old Square</t>
+  </si>
+  <si>
+    <t>3528.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Луизан»;хр.стекло;320мл;D=94,H=99мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022105</t>
+  </si>
+  <si>
+    <t>Q3655/Q4353</t>
+  </si>
+  <si>
+    <t>Louisanne</t>
+  </si>
+  <si>
+    <t>2989.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркади»;стекло;350мл;D=96,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022108</t>
+  </si>
+  <si>
+    <t>Q2750</t>
+  </si>
+  <si>
+    <t>Arcadie</t>
+  </si>
+  <si>
+    <t>2044.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркади»;стекло;160мл;D=73,H=73мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022109</t>
+  </si>
+  <si>
+    <t>Q2234</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркади»;стекло;240мл;D=85,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022110</t>
+  </si>
+  <si>
+    <t>Q2967</t>
+  </si>
+  <si>
+    <t>1519.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оптик»;стекло;300мл;D=84,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022112</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Optica</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Айконик Ви Блок»;стекло;280мл;прозр.</t>
+  </si>
+  <si>
+    <t>01022113</t>
+  </si>
+  <si>
+    <t>420112/b/t</t>
+  </si>
+  <si>
+    <t>Iconic V Block</t>
+  </si>
+  <si>
+    <t>749.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кахико»;стекло;360мл;черный,прозр.</t>
+  </si>
+  <si>
+    <t>01022115</t>
+  </si>
+  <si>
+    <t>Kahiko</t>
+  </si>
+  <si>
+    <t>5629.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кахико»;стекло;360мл;белый,прозр.</t>
+  </si>
+  <si>
+    <t>01022116</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Касабланка Ви Блок»;стекло;246мл;D=84,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022119</t>
+  </si>
+  <si>
+    <t>52694/b/t</t>
+  </si>
+  <si>
+    <t>Casablanca V Block</t>
+  </si>
+  <si>
+    <t>901.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Миксолоджи»;хр.стекло;380мл;D=80,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022120</t>
+  </si>
+  <si>
+    <t>A12344BYL02AA01</t>
+  </si>
+  <si>
+    <t>Mixology</t>
+  </si>
+  <si>
+    <t>5544.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Миксолоджи»;хр.стекло;380мл;D=85,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022121</t>
+  </si>
+  <si>
+    <t>A12328BYL02AA01</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Миксолоджи»;хр.стекло;380мл;D=86,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022122</t>
+  </si>
+  <si>
+    <t>A12346BYL021990</t>
+  </si>
+  <si>
+    <t>5290.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Джаз»;хр.стекло;350мл;D=78,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022123</t>
+  </si>
+  <si>
+    <t>A12976GTY021990</t>
+  </si>
+  <si>
+    <t>Jazz</t>
+  </si>
+  <si>
+    <t>4143.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сублим»;хр.стекло;450мл;D=84,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022124</t>
+  </si>
+  <si>
+    <t>A11561G1002AA01</t>
+  </si>
+  <si>
+    <t>BL</t>
+  </si>
+  <si>
+    <t>Sublime</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мармелад»;стекло;290мл;D=83,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022129</t>
+  </si>
+  <si>
+    <t>520645/b</t>
+  </si>
+  <si>
+    <t>Marmelade</t>
+  </si>
+  <si>
+    <t>567.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оксфорд»;стекло;312мл;D=85,H=99мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022130</t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Оксфорд»;стекло;374мл;D=89,4,H=104мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022131</t>
+  </si>
+  <si>
+    <t>340767MFF021990</t>
+  </si>
+  <si>
+    <t>2418.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сублим»;хр.стекло;350мл;D=78,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022132</t>
+  </si>
+  <si>
+    <t>A11896GTY021990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Миксолоджи»;хр.стекло;400мл;D=95,H=102мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022133</t>
+  </si>
+  <si>
+    <t>A13252BYL02AA01</t>
+  </si>
+  <si>
+    <t>8994.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Брера»;стекло;285мл;D=84,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022134</t>
+  </si>
+  <si>
+    <t>11000220/11000201</t>
+  </si>
+  <si>
+    <t>Brera</t>
+  </si>
+  <si>
+    <t>1217.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Брера»;стекло;220мл;D=83,H=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022135</t>
+  </si>
+  <si>
+    <t>11906420/11906406</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бах»;хр.стекло;255мл;D=75,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022136</t>
+  </si>
+  <si>
+    <t>A10825BYL02AA01</t>
+  </si>
+  <si>
+    <t>5121.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фолкнер»;стекло;460мл;D=60/91,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022149</t>
+  </si>
+  <si>
+    <t>BR-4504</t>
+  </si>
+  <si>
+    <t>Faulkner</t>
+  </si>
+  <si>
+    <t>2016.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фолкнер»;стекло;368мл;D=88/70,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022150</t>
+  </si>
+  <si>
+    <t>BR-4506</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Фолкнер»;стекло;400мл;D=74/87,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022151</t>
+  </si>
+  <si>
+    <t>BR-4507</t>
+  </si>
+  <si>
+    <t>3101.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Габи»;стекло;350мл;D=70/90,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022152</t>
+  </si>
+  <si>
+    <t>Q4664</t>
+  </si>
+  <si>
+    <t>Gabi</t>
+  </si>
+  <si>
+    <t>483.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Омаж Комет»;хр.стекло;384мл;D=96,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022155</t>
+  </si>
+  <si>
+    <t>57373.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бэйзик Бар Селекшн»;хр.стекло;356мл;D=88,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022157</t>
+  </si>
+  <si>
+    <t>Basic Bar Selection</t>
+  </si>
+  <si>
+    <t>4790.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Абсолюти»;хр.стекло;320мл;D=85,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022158</t>
+  </si>
+  <si>
+    <t>Q9214</t>
+  </si>
+  <si>
+    <t>Absoluty</t>
+  </si>
+  <si>
+    <t>2212.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Абсолюти»;хр.стекло;250мл;D=78,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022159</t>
+  </si>
+  <si>
+    <t>Q9215</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кракле» с золотой или черной пудрой;стекло;350мл;D=75,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022160</t>
+  </si>
+  <si>
+    <t>11376/цв-37532</t>
+  </si>
+  <si>
+    <t>4721.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вольюм»;хр.стекло;399мл;D=89,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022161</t>
+  </si>
+  <si>
+    <t>Volume</t>
+  </si>
+  <si>
+    <t>8078.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Вольюм»;хр.стекло;200мл;D=71,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022162</t>
+  </si>
+  <si>
+    <t>7215.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кракле»;стекло;350мл;D=90,H=78мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022163</t>
+  </si>
+  <si>
+    <t>11376-33353</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сонидо»;хр.стекло;367мл;D=90,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022164</t>
+  </si>
+  <si>
+    <t>Sonido</t>
+  </si>
+  <si>
+    <t>7785.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Шоу»;хр.стекло;334мл;D=82,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022165</t>
+  </si>
+  <si>
+    <t>Show</t>
+  </si>
+  <si>
+    <t>5375.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мурано Граффио»;стекло;290мл;D=88,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022166</t>
+  </si>
+  <si>
+    <t>VDVM100760</t>
+  </si>
+  <si>
+    <t>Murano Graffio</t>
+  </si>
+  <si>
+    <t>3704.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мурано Ланче»;стекло;290мл;D=88,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022167</t>
+  </si>
+  <si>
+    <t>VDVM100770</t>
+  </si>
+  <si>
+    <t>Murano Lance</t>
+  </si>
+  <si>
+    <t>3843.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мурано Оттико»;стекло;290мл;D=88,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022168</t>
+  </si>
+  <si>
+    <t>VDVM100780</t>
+  </si>
+  <si>
+    <t>Murano Ottico</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хайнесс»;стекло;400мл;D=96,H=99мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022169</t>
+  </si>
+  <si>
+    <t>Highness</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Концепто»;стекло;250мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022170</t>
+  </si>
+  <si>
+    <t>O0265</t>
+  </si>
+  <si>
+    <t>Concepto</t>
+  </si>
+  <si>
+    <t>413.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Концепто Идиль»;стекло;250мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022171</t>
+  </si>
+  <si>
+    <t>O0266</t>
+  </si>
+  <si>
+    <t>Concepto Idil</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Концепто Страйпи»;стекло;250мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022172</t>
+  </si>
+  <si>
+    <t>O0267</t>
+  </si>
+  <si>
+    <t>Concepto Stripy</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аркадия»;стекло;250мл;D=75,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022173</t>
+  </si>
+  <si>
+    <t>O0302</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аллегра»;стекло;335мл;D=74,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022174</t>
+  </si>
+  <si>
+    <t>410536/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Концепто Страйли»;стекло;250мл;D=80,H=85мм;сливов.</t>
+  </si>
+  <si>
+    <t>01022175</t>
+  </si>
+  <si>
+    <t>O0396</t>
+  </si>
+  <si>
+    <t>504.00₸</t>
+  </si>
+  <si>
+    <t>01022176</t>
+  </si>
+  <si>
+    <t>O0395</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лея»;стекло;265мл;D=75,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022177</t>
+  </si>
+  <si>
+    <t>420174/b</t>
+  </si>
+  <si>
+    <t>Leia</t>
+  </si>
+  <si>
+    <t>609.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Черчил»;хр.стекло;310мл;D=88,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022182</t>
+  </si>
+  <si>
+    <t>Churchill</t>
+  </si>
+  <si>
+    <t>2472.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пинот»;стекло;390мл;D=62,6,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022184</t>
+  </si>
+  <si>
+    <t>Pinot</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Кракле»;стекло;325мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01022186</t>
+  </si>
+  <si>
+    <t>11376-42183</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Старс энд страйпс» набор[6шт];стекло;340мл;D=82,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022189</t>
+  </si>
+  <si>
+    <t>A6585P2TRAS</t>
+  </si>
+  <si>
+    <t>Stars&amp;stripes</t>
+  </si>
+  <si>
+    <t>28575.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мистерия»;стекло;250мл;D=77,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022192</t>
+  </si>
+  <si>
+    <t>Mystery</t>
+  </si>
+  <si>
+    <t>239.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сордженте»;стекло;300мл;D=76,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01050605</t>
+  </si>
+  <si>
+    <t>340420MDG121990</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стемлесс»;стекло;0,503л;D=70/90,H=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>01050816</t>
+  </si>
+  <si>
+    <t>Stemless</t>
+  </si>
+  <si>
+    <t>2010.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Роман»;стекло;250мл;D=84,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01052801</t>
+  </si>
+  <si>
+    <t>O0264</t>
+  </si>
+  <si>
+    <t>Roman</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);хрусталь;330мл;D=68,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01160209</t>
+  </si>
+  <si>
+    <t>5107/Н/900/42-21733</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>01160219</t>
+  </si>
+  <si>
+    <t>5107/H-800/91a-23628</t>
+  </si>
+  <si>
+    <t>7177.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Чикаго»;стекло;300мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01022194</t>
+  </si>
+  <si>
+    <t>O0516</t>
+  </si>
+  <si>
+    <t>721.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мистерия» набор[6шт];стекло;250мл;D=77,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022195</t>
+  </si>
+  <si>
+    <t>2347У</t>
+  </si>
+  <si>
+    <t>1463.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Хилл»;стекло;300мл;D=80,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022196</t>
+  </si>
+  <si>
+    <t>420945/b</t>
+  </si>
+  <si>
+    <t>Hill</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эстрелла»;стекло;305мл;D=85,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022198</t>
+  </si>
+  <si>
+    <t>520542/b</t>
+  </si>
+  <si>
+    <t>Estrella</t>
+  </si>
+  <si>
+    <t>1204.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Айконик»;стекло;270мл;D=70,H=88,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022197</t>
+  </si>
+  <si>
+    <t>420112/b</t>
+  </si>
+  <si>
+    <t>Iconic</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пинот»;стекло;495мл;D=68,H=109мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022183</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Калорд Ю»;хр.стекло;440мл;D=86,H=110мм;амбер</t>
+  </si>
+  <si>
+    <t>01022179</t>
+  </si>
+  <si>
+    <t>Colored U</t>
+  </si>
+  <si>
+    <t>9695.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Арк»;хр.стекло;300мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01022181</t>
+  </si>
+  <si>
+    <t>Arch</t>
+  </si>
+  <si>
+    <t>13891.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Глория»;стекло;250мл;D=76,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022185</t>
+  </si>
+  <si>
+    <t>Gloria</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Калорд Ви»;хр.стекло;340мл;D=84,H=106мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022180</t>
+  </si>
+  <si>
+    <t>Colored V</t>
+  </si>
+  <si>
+    <t>6930.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Калорд О»;хр.стекло;400мл;D=84,H=122мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022178</t>
+  </si>
+  <si>
+    <t>Colored O</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Стелларис»;стекло;370мл;D=91,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022191</t>
+  </si>
+  <si>
+    <t>BR-3502</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>Stellaris</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Палатина» набор из 6 цветов[24шт];стекло;320мл;D=84,H=93мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>01022199</t>
+  </si>
+  <si>
+    <t>662570J80321268</t>
+  </si>
+  <si>
+    <t>104181.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эксклюзива»;стекло;215мл;D=82,H=59мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021607</t>
+  </si>
+  <si>
+    <t>Exclusiva</t>
+  </si>
+  <si>
+    <t>3027.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аллегра Файн Рим»;стекло;335мл;D=74,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021609</t>
+  </si>
+  <si>
+    <t>410636/b</t>
+  </si>
+  <si>
+    <t>Allegra Fine Rim</t>
   </si>
   <si>
     <t>700.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1303 lines deleted...]
-  <si>
     <t>37 шт.</t>
   </si>
   <si>
-    <t>Олд фэшн (стакан) «Оупэн ап арабеск»;хр.стекло;380мл;D=73/93,H=94мм;прозр.</t>
-[...458 lines deleted...]
-    <t>42884/b</t>
+    <t>Олд фэшн (стакан) «Аллегра Файн Рим»;стекло;425мл;D=66,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021608</t>
+  </si>
+  <si>
+    <t>410736/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Айконик файн рим»;стекло;270мл;D=70,H=88,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021610</t>
+  </si>
+  <si>
+    <t>420712/b</t>
+  </si>
+  <si>
+    <t>Iconic Fine Rim</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сиде файн рим»;стекло;225мл;D=72,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021611</t>
+  </si>
+  <si>
+    <t>420436/b</t>
+  </si>
+  <si>
+    <t>Side Fine Rim</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Баржиани»;хр.стекло;320мл;,H=10,7см;прозр.</t>
+  </si>
+  <si>
+    <t>01022201</t>
+  </si>
+  <si>
+    <t>Bargiani</t>
+  </si>
+  <si>
+    <t>4667.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лайн»;хр.стекло;290мл;D=85,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022202</t>
+  </si>
+  <si>
+    <t>580500M04121990</t>
+  </si>
+  <si>
+    <t>Line</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Эксклюзива»;хр.стекло;355мл;D=85,H=89,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022203</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан);поликарбонат;250мл;D=8,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>01020147</t>
+  </si>
+  <si>
+    <t>9549810-03</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сиде файн рим»;стекло;330мл;D=81,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01020149</t>
+  </si>
+  <si>
+    <t>420884/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пинот Файн Рим»;стекло;390мл;D=62,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01010191</t>
+  </si>
+  <si>
+    <t>420742/b</t>
+  </si>
+  <si>
+    <t>Pinot Fine Rim</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Даймонд»;стекло;275мл;D=80,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021612</t>
+  </si>
+  <si>
+    <t>52988/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Джой»;стекло;280мл;D=85,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021613</t>
+  </si>
+  <si>
+    <t>520134/b</t>
+  </si>
+  <si>
+    <t>Joy</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Пинот Файн Рим»;стекло;495мл;D=68,H=109мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022206</t>
+  </si>
+  <si>
+    <t>420332/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ревил ап Аэрис»;хр.стекло;400мл;D=65,5,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022207</t>
+  </si>
+  <si>
+    <t>V9294</t>
+  </si>
+  <si>
+    <t>Reveal"up Aeris</t>
+  </si>
+  <si>
+    <t>5215.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Аллегра Оптик»;стекло;425мл;D=66,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01010195</t>
+  </si>
+  <si>
+    <t>410416/b</t>
+  </si>
+  <si>
+    <t>Allegra Optic</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Венето»;стекло;350мл;D=70,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01011683</t>
+  </si>
+  <si>
+    <t>420674/b</t>
+  </si>
+  <si>
+    <t>Veneto</t>
+  </si>
+  <si>
+    <t>1015.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Серенити»;стекло;210мл;D=81,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>01010197</t>
+  </si>
+  <si>
+    <t>520033/b</t>
+  </si>
+  <si>
+    <t>Serenity</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Серенити»;стекло;345мл;D=94,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01010199</t>
+  </si>
+  <si>
+    <t>520394/b</t>
+  </si>
+  <si>
+    <t>861.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Сиде»;стекло;390мл;D=89,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01011687</t>
+  </si>
+  <si>
+    <t>41822/b</t>
+  </si>
+  <si>
+    <t>672.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Серенити»;стекло;260мл;D=86,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01010198</t>
+  </si>
+  <si>
+    <t>520292/b</t>
+  </si>
+  <si>
+    <t>714.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Джой»;стекло;360мл;D=94,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01011688</t>
+  </si>
+  <si>
+    <t>520334/b</t>
+  </si>
+  <si>
+    <t>1043.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мергус»;стекло;220мл;D=75,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022214</t>
+  </si>
+  <si>
+    <t>91E/2S180/0/00000/220-662</t>
+  </si>
+  <si>
+    <t>Crystal Bohemia</t>
+  </si>
+  <si>
+    <t>Mergus</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Грус»;стекло;350мл;D=88,H=106мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022212</t>
+  </si>
+  <si>
+    <t>91E/2S035/0/00000/350-664</t>
+  </si>
+  <si>
+    <t>Grus</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Мергус»;стекло;410мл;D=95,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022215</t>
+  </si>
+  <si>
+    <t>91E/2S180/0/00000/410-664</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ардеа»;стекло;320мл;D=91,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022209</t>
+  </si>
+  <si>
+    <t>91E/2SE45/0/00000/320-664</t>
+  </si>
+  <si>
+    <t>Ardea</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Колумба»;стекло;380мл;D=92,H=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022210</t>
+  </si>
+  <si>
+    <t>91E/2SF78/0/00000/380-664</t>
+  </si>
+  <si>
+    <t>Columba</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Грус»;стекло;0,5л;D=10,3,H=11,2см;прозр.</t>
+  </si>
+  <si>
+    <t>01022213</t>
+  </si>
+  <si>
+    <t>91E/2S036/0/00000/500-664</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Лимоза»;стекло;340мл;D=90,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022211</t>
+  </si>
+  <si>
+    <t>91E/2SG70/0/00000/340-664</t>
+  </si>
+  <si>
+    <t>Limosa</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Ансер»;стекло;400мл;D=92,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022208</t>
+  </si>
+  <si>
+    <t>91E/2SE31/0/00000/400-664</t>
+  </si>
+  <si>
+    <t>Anser</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бодегита Дель Медио»;стекло;350мл;D=85,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>01051658</t>
+  </si>
+  <si>
+    <t>Bodeguita Del Medio</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Баршайн»;стекло;305мл;D=84,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01051652</t>
+  </si>
+  <si>
+    <t>127311BCH021990</t>
+  </si>
+  <si>
+    <t>Barshine</t>
+  </si>
+  <si>
+    <t>2534.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Бодегита Дель Медио»;стекло;215мл;D=82,H=59мм;прозр.</t>
+  </si>
+  <si>
+    <t>01051659</t>
+  </si>
+  <si>
+    <t>1956.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Баршайн»;стекло;210мл;D=75,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01051653</t>
+  </si>
+  <si>
+    <t>127313BCG021990</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Амор»;стекло;D=78,H=109мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022217</t>
+  </si>
+  <si>
+    <t>Amore</t>
+  </si>
+  <si>
+    <t>1417.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Отто»;стекло;315мл;D=80,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022216</t>
+  </si>
+  <si>
+    <t>Otto</t>
+  </si>
+  <si>
+    <t>563.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Линка»;стекло;240мл;D=59,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01011206</t>
+  </si>
+  <si>
+    <t>420302/b</t>
+  </si>
+  <si>
+    <t>Linka</t>
   </si>
   <si>
     <t>651.00₸</t>
   </si>
   <si>
-    <t>Олд фэшн (стакан) «Лунар»;хр.стекло;360мл;D=70,H=95мм;прозр.</t>
-[...3853 lines deleted...]
-  <si>
     <t>Олд фэшн (стакан) «Линка»;стекло;380мл;D=66,H=110мм;прозр.</t>
   </si>
   <si>
     <t>01011207</t>
   </si>
   <si>
     <t>420405/b</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Франс»;хрусталь;330мл;D=82,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01022003</t>
+  </si>
+  <si>
+    <t>5107/1000/206-44550</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Олд фэшн (стакан) «Трибьют Коллекшн»;хр.стекло;285мл;D=75,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01021614</t>
+  </si>
+  <si>
+    <t>4232 1676</t>
+  </si>
+  <si>
+    <t>Tribute Collection</t>
+  </si>
+  <si>
+    <t>12128.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -7846,51 +7822,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F764-4252-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F765-4252-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F767-4252-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F768-4252-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F76A-4252-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEEF3-20CC-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779607-20CB-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9D9-4253-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1417515-20CB-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2904-20CC-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B29B6-20CC-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2864-20CC-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA830FE-4255-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B27C4-20CC-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2A68-20CC-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2CFA-20CC-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2B1A-20CC-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737021-20CC-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2C5A-20CC-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2BBA-20CC-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70736EE1-20CC-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70736F81-20CC-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6581435A-E3C6-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B657-20CC-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56CE-424E-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E90C7-20CB-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE42-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766997-20CB-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D364B073-20CB-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2B27-20CC-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE24A-F150-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647EF-424B-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA5-424B-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE149-20CC-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E34D-E3C6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994E5E-20CB-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE1E9-20CC-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83353-20CC-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF43B-424C-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71B5-424D-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71E8-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3EE-424D-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57B03-20CC-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9ECD-424D-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C279-20CC-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A06140-20CC-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC313-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B19-E3C6-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA018-4250-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A807695F-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA95345-20CC-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC7A-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159298-4250-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5975294-E568-11EF-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9AE-4251-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B301-20CC-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419AA-4251-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E9219-20CB-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD583A-2AFC-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82898FC5-20CC-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA2-4253-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D67-E3C6-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B3A1-20CC-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E39-4253-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E3A-4253-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEDB3-20CC-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A134B-4253-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82899105-20CC-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CEA-4253-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE91C-20CC-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD62F212-20CB-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35677038-1432-11EE-BC09-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF29E7-20CC-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE469-20CC-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57E47-20CC-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57EE7-20CC-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0FE-4254-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0FF-4254-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D364AE81-20CB-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C14175B5-20CB-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD62F532-20CB-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CC832-20CB-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E814397-20CC-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E814449-20CC-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC83-4254-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF834A5-20CC-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C1D9-20CC-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647F6-424B-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81477B-20CC-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647F7-424B-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BBE-424B-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B0A-424B-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD6E13E2-F150-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B993-20CC-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B709-20CC-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610025-424C-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88F2-424C-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E688-424C-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5727-424C-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC8A9-20CC-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C15A-424C-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962B01-20CC-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044635-424C-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C3-424C-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869D20-20CC-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766CDB-20CB-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7667A5-20CB-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05B7C-20CC-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B8E1-20CC-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615928B-4250-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFBC-4251-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7668F7-20CB-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2ABE-4251-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB14C-4251-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DD5CD42-E3C6-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874C2-4252-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57D82763-E3F3-11EF-BC4E-00505692C447117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C66FD-4252-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64617F7F-20CC-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82898F13-20CC-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C5CF-20CC-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE329-20CC-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1861340B-4253-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE509-20CC-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D9662-F150-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65F-4253-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A37-4253-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A38-4253-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A39-4253-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7995102-20CB-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949627AB-20CC-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0176-20CB-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA00D6-20CB-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0036-20CB-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0216-20CB-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E9C-4253-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AED13-20CC-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F6F-4253-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F70-4253-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F71-4253-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F72-4253-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE9BC-20CC-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F8D-4253-11E8-A155-00259035BB67143.gif"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F8E-4253-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F8F-4253-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A50D-20CC-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D51D9-20CC-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D5127-20CC-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D5075-20CC-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2E8F-20CC-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E8148CD-20CC-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C47D-20CC-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DD5CD43-E3C6-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE7CA-20CC-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647F8-424B-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646180D1-20CC-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF832B3-20CC-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83201-20CC-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E9022-20CC-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647FC-424B-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD6E13E1-F150-11EB-BBF2-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBAE-424B-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BC59-20CC-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA6-424B-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB0-424B-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B0B-424B-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B17-E3C6-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65814359-E3C6-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C791-424C-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8E30-20CC-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5728-424C-11E8-A155-00259035BB67171.gif"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E63298-424C-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E9179-20CB-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC678E-424C-11E8-A155-00259035BB67174.gif"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC678F-424C-11E8-A155-00259035BB67175.gif"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919FB-424C-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618171-20CC-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962A4F-20CC-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707372A1-20CC-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904463B-424C-11E8-A155-00259035BB67180.gif"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B5A5-20CC-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B4F3-20CC-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044657-424C-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3BF-424C-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF43A-424C-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766B89-20CB-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869DC0-20CC-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618579-20CC-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707370C1-20CC-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C127-20CC-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737201-20CC-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE240-F150-11EB-BBF2-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F1C-424E-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CC2CA8-E3C6-11EB-BBF2-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766C29-20CB-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CC2CA5-E3C6-11EB-BBF2-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC314-424F-11E8-A155-00259035BB67197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88B3-4250-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EBFC211-6895-11F0-BC54-00505692C447199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7040CE-5EF1-11EE-BC0E-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029021-4250-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C6247-20CC-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208D9-4250-11E8-A155-00259035BB67203.gif"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC65-4250-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159297-4250-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE5A9-20CC-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE47-4251-11E8-A155-00259035BB67207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1A-E3C6-11EB-BBF2-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6E7F-20CC-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575BD-4251-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8B7A-20CC-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575BF-4251-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6FE3-20CC-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6F31-20CC-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419A9-4251-11E8-A155-00259035BB67215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B261-20CC-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD6E13E0-F150-11EB-BBF2-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647FF-424B-11E8-A155-00259035BB67218.gif"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC809-20CC-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF084-424B-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF095-424B-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BBB9-20CC-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A65BA08-3C8C-11F0-BC59-00505692E049223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20F4F1FD-AEC9-11EE-BC40-00505692492F224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65814358-E3C6-11EB-BBF2-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610034-424C-11E8-A155-00259035BB67226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88F1-424C-11E8-A155-00259035BB67227.gif"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994DAC-20CB-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C087-20CC-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A285-424C-11E8-A155-00259035BB67230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50DCBB3E-424C-11E8-A155-00259035BB67231.gif"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD90-424C-11E8-A155-00259035BB67232.gif"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E63297-424C-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6789-424C-11E8-A155-00259035BB67234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C65C1-20CC-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044638-424C-11E8-A155-00259035BB67236.gif"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904463C-424C-11E8-A155-00259035BB67237.gif"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B441-20CC-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D7A-424E-11E8-A155-00259035BB67239.gif"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904465E-424C-11E8-A155-00259035BB67240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8FF3656-424C-11E8-A155-00259035BB67241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977A1-424D-11E8-A155-00259035BB67242.gif"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646182C3-20CC-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71B7-424D-11E8-A155-00259035BB67244.gif"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E350-E3C6-11EB-BBF2-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3EF-424D-11E8-A155-00259035BB67246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3B6C-20CC-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC86-4254-11E8-A155-00259035BB67248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DF932-20CC-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869FA0-20CC-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D74-424F-11E8-A155-00259035BB67251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBCB-424F-11E8-A155-00259035BB67252.gif"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2F5-424F-11E8-A155-00259035BB67253.gif"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88D5-4250-11E8-A155-00259035BB67254.gif"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994CFA-20CB-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B7BB-20CC-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994FB0-20CB-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EBFC31D-6895-11F0-BC54-00505692C447258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1B-E3C6-11EB-BBF2-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46B-4251-11E8-A155-00259035BB67260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46D-4251-11E8-A155-00259035BB67261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD475-4251-11E8-A155-00259035BB67262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFBB-4251-11E8-A155-00259035BB67263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F22-4251-11E8-A155-00259035BB67264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEE53-20CC-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AAA-4251-11E8-A155-00259035BB67266.gif"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7995050-20CB-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC97-4251-11E8-A155-00259035BB67268.gif"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618375-20CC-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB14D-4251-11E8-A155-00259035BB67270.gif"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111D4-F150-11EB-BBF2-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8C2C-20CC-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3BE-4251-11E8-A155-00259035BB67273.gif"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C52F-20CC-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949629AF-20CC-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1CF9-20CC-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E34E-E3C6-11EB-BBF2-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88DD-4250-11E8-A155-00259035BB67278.gif"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B597537C-E568-11EF-BC53-00505692E2D0279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E38-4253-11E8-A155-00259035BB67280.gif"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA9569B-20CC-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DDEE1-20CB-11EE-BC0D-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD62F5E4-20CB-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57D95-20CC-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C650F-20CC-11EE-BC0D-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC93-4254-11E8-A155-00259035BB67286.gif"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618427-20CC-11EE-BC0D-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9496285D-20CC-11EE-BC0D-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDB9FF84-20CB-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E30093D-D1AC-11EB-BBF2-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57BB5-20CC-11EE-BC0D-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57C55-20CC-11EE-BC0D-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE166-4254-11E8-A155-00259035BB67293.gif"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8D90-20CC-11EE-BC0D-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1733518E-1049-11EA-BBC6-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DA175BA-6ECE-11EF-BC53-00505692E2D0296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DA174C0-6ECE-11EF-BC53-00505692E2D0297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869B40-20CC-11EE-BC0D-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869AA0-20CC-11EE-BC0D-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8289946D-20CC-11EE-BC0D-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7033BA-5EF1-11EE-BC0E-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A931D-20CC-11EE-BC0D-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CCA5A-20CB-11EE-BC0D-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CC9A8-20CB-11EE-BC0D-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CC8F6-20CB-11EE-BC0D-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE72A-20CC-11EE-BC0D-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F750-20CB-11EE-BC0D-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFC76-20CC-11EE-BC0D-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE3C9-20CC-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2A87-20CC-11EE-BC0D-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E4-4254-11E8-A155-00259035BB67311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88DC-4250-11E8-A155-00259035BB67312.gif"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FBE-4250-11E8-A155-00259035BB67313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AAB-4250-11E8-A155-00259035BB67314.gif"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD7095-20CC-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE24B-F150-11EB-BBF2-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6702-4252-11E8-A155-00259035BB67317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949626F9-20CC-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC6B7-20CC-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355661-4252-11E8-A155-00259035BB67320.gif"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B7B6-20CC-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B597545B-E568-11EF-BC53-00505692E2D0322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81481B-20CC-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5975543-E568-11EF-BC53-00505692E2D0324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE289-20CC-11EE-BC0D-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D965C-F150-11EB-BBF2-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F570-20CB-11EE-BC0D-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D965E-F150-11EB-BBF2-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A3A-4253-11E8-A155-00259035BB67329.gif"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A3B-4253-11E8-A155-00259035BB67330.gif"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D66-E3C6-11EB-BBF2-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A3D-4253-11E8-A155-00259035BB67332.gif"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65814361-E3C6-11EB-BBF2-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BBE9-4253-11E8-A155-00259035BB67334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BECC81EB-71A3-11EE-BC0F-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E57794B5-20CB-11EE-BC0D-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779567-20CB-11EE-BC0D-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F503A-4253-11E8-A155-00259035BB67338.gif"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A132B-4253-11E8-A155-00259035BB67339.gif"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6570E8DC-EA57-11EB-BBF2-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82899065-20CC-11EE-BC0D-005056921CC4341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1C47-20CC-11EE-BC0D-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1B95-20CC-11EE-BC0D-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1AE3-20CC-11EE-BC0D-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F84-4253-11E8-A155-00259035BB67345.gif"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6DCD-20CC-11EE-BC0D-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6D1B-20CC-11EE-BC0D-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A8FEB-20CC-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F90-4253-11E8-A155-00259035BB67349.gif"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A46D-20CC-11EE-BC0D-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F2329-20CC-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96D6-4253-11E8-A155-00259035BB67352.gif"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F2277-20CC-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F21C5-20CC-11EE-BC0D-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8CDE-20CC-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C3CB-20CC-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E356-E3C6-11EB-BBF2-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2992-4254-11E8-A155-00259035BB67358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D51027-20CC-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE10-4254-11E8-A155-00259035BB67360.gif"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A64D-20CC-11EE-BC0D-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AC2A-20CB-11EE-BC0D-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AEE0-20CB-11EE-BC0D-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A060A0-20CC-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EACB5F-20CC-11EE-BC0D-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0F2-4254-11E8-A155-00259035BB67366.gif"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1FD3-20CC-11EE-BC0D-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE2C5-20CB-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE213-20CB-11EE-BC0D-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE377-20CB-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE4DB-20CB-11EE-BC0D-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE429-20CB-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A930C-20CB-11EE-BC0D-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A925A-20CB-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A93BE-20CB-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A94FE-20CB-11EE-BC0D-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779415-20CB-11EE-BC0D-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A945E-20CB-11EE-BC0D-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C62F9-20CC-11EE-BC0D-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CCC4C-20CB-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC242-4254-11E8-A155-00259035BB67381.gif"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543B044-20CB-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D364AFD3-20CB-11EE-BC0D-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8F82-20CC-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB9F-4253-11E8-A155-00259035BB67385.gif"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC565-20CC-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C6195-20CC-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C60E3-20CC-11EE-BC0D-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90836E86-814A-11E9-BBBA-005056921CC4389.gif"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E58AB2D8-3484-11EF-BC57-00505692E049390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8EE2-20CC-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F46178A-5268-11EA-BBCE-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D58027-20CC-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57F87-20CC-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D580C7-20CC-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C94B8BDD-2341-11EA-BBC7-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111D2-F150-11EB-BBF2-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844BE5E4-E3C6-11EB-BBF2-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844BE5E3-E3C6-11EB-BBF2-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AF2B404-814B-11E9-BBBA-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D5138F-20CC-11EE-BC0D-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D512DD-20CC-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D5122B-20CC-11EE-BC0D-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE6588B0-814B-11E9-BBBA-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D6D-E3C6-11EB-BBF2-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D51179-20CC-11EE-BC0D-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E90D4-20CC-11EE-BC0D-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37DF0C3F-814C-11E9-BBBA-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618223-20CC-11EE-BC0D-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A958A7-84A6-11EF-BC57-00505692E049410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A94A75-84A6-11EF-BC57-00505692E049411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994BA8-20CB-11EE-BC0D-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E92CB-20CB-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E94BD-20CB-11EE-BC0D-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5760E024-814C-11E9-BBBA-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BB07-20CC-11EE-BC0D-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05FEE-20CC-11EE-BC0D-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFD28-20CC-11EE-BC0D-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E577994B-20CB-11EE-BC0D-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962659-20CC-11EE-BC0D-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1729993-814C-11E9-BBBA-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1729995-814C-11E9-BBBA-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3816-20CC-11EE-BC0D-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE38C8-20CC-11EE-BC0D-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A926B-20CC-11EE-BC0D-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EBDE9A7-FB13-11E9-BBC6-005056921CC4426.gif"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A8F92-20CB-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CCCFE-20CB-11EE-BC0D-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A9044-20CB-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681BDA11-D1AC-11EB-BBF2-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111D3-F150-11EB-BBF2-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AF92-20CB-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1977723-00EB-11EF-BC46-00505692C447433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517AF7B4-FB13-11E9-BBC6-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF830C1-20CC-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E30093A-D1AC-11EB-BBF2-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83161-20CC-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA955FB-20CC-11EE-BC0D-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA9573B-20CC-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05C1C-20CC-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E936B-20CB-11EE-BC0D-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994C5A-20CB-11EE-BC0D-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E940B-20CB-11EE-BC0D-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E960F-20CB-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E955D-20CB-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6067193E-5EF1-11EE-BC0E-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D4DE3-20CC-11EE-BC0D-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D4D31-20CC-11EE-BC0D-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E83446D-23AB-11ED-BBFC-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6BC9-20CC-11EE-BC0D-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81459B-20CC-11EE-BC0D-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962BB3-20CC-11EE-BC0D-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E8144FB-20CC-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543ACCA-20CB-11EE-BC0D-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC0F86B2-7044-11EA-BBD0-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2C8B-20CC-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2BC7-20CC-11EE-BC0D-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869BE0-20CC-11EE-BC0D-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869C80-20CC-11EE-BC0D-005056921CC4459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3776-20CC-11EE-BC0D-005056921CC4460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE36D6-20CC-11EE-BC0D-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3636-20CC-11EE-BC0D-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B676-20CC-11EE-BC0D-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B5D6-20CC-11EE-BC0D-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B536-20CC-11EE-BC0D-005056921CC4465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83697-20CC-11EE-BC0D-005056921CC4466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828993A9-20CC-11EE-BC0D-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828992E5-20CC-11EE-BC0D-005056921CC4468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82899245-20CC-11EE-BC0D-005056921CC4469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828991A5-20CC-11EE-BC0D-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BA43-20CC-11EE-BC0D-005056921CC4471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B97F-20CC-11EE-BC0D-005056921CC4472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B8DF-20CC-11EE-BC0D-005056921CC4473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B81B-20CC-11EE-BC0D-005056921CC4474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE65B-20CC-11EE-BC0D-005056921CC4475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA95497-20CC-11EE-BC0D-005056921CC4476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766D8D-20CB-11EE-BC0D-005056921CC4477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA041A-20CB-11EE-BC0D-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE86A-20CC-11EE-BC0D-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A90F6-20CB-11EE-BC0D-005056921CC4480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A91A8-20CB-11EE-BC0D-005056921CC4481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B769-20CC-11EE-BC0D-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEBAF-20CC-11EE-BC0D-005056921CC4483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEC61-20CC-11EE-BC0D-005056921CC4484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D510C7-20CC-11EE-BC0D-005056921CC4485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B9A8-20CC-11EE-BC0D-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3A1A-20CC-11EE-BC0D-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05CCE-20CC-11EE-BC0D-005056921CC4488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D4E95-20CC-11EE-BC0D-005056921CC4489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E351-E3C6-11EB-BBF2-005056921CC4490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D13D71A3-3F9D-11F0-BC59-00505692E049491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779899-20CB-11EE-BC0D-005056921CC4492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89CF28E8-4134-11EC-BBF6-005056921CC4493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C14173D5-20CB-11EE-BC0D-005056921CC4494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE247-F150-11EB-BBF2-005056921CC4495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779747-20CB-11EE-BC0D-005056921CC4496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B82F-20CC-11EE-BC0D-005056921CC4497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60672153-5EF1-11EE-BC0E-005056921CC4498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869F00-20CC-11EE-BC0D-005056921CC4499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869E60-20CC-11EE-BC0D-005056921CC4500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1417335-20CB-11EE-BC0D-005056921CC4501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85374555-22ED-11EC-BBF4-005056921CC4502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2AFA5D-C510-11EE-BC41-00505692492F503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFFA4339-EDAF-11EE-BC3E-0050569297EB504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4EC4A-20CC-11EE-BC0D-005056921CC4505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9DD-4253-11E8-A155-00259035BB67506.gif"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83557-20CC-11EE-BC0D-005056921CC4507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF835F7-20CC-11EE-BC0D-005056921CC4508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A25FE101-B49E-11EB-BBF1-005056921CC4509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A586C67F-9E04-11EB-BBF0-005056921CC4510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618031-20CC-11EE-BC0D-005056921CC4511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F610-20CB-11EE-BC0D-005056921CC4512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D528B-20CC-11EE-BC0D-005056921CC4513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1E81-20CC-11EE-BC0D-005056921CC4514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1F21-20CC-11EE-BC0D-005056921CC4515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1DCF-20CC-11EE-BC0D-005056921CC4516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1D1D-20CC-11EE-BC0D-005056921CC4517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC29EA8C-4403-11EA-BBCC-005056921CC4518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFDC8-20CC-11EE-BC0D-005056921CC4519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81463B-20CC-11EE-BC0D-005056921CC4520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6C7B-20CC-11EE-BC0D-005056921CC4521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0368-20CB-11EE-BC0D-005056921CC4522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA02B6-20CB-11EE-BC0D-005056921CC4523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4ED9C-20CC-11EE-BC0D-005056921CC4524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4EE4E-20CC-11EE-BC0D-005056921CC4525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B78F-20CC-11EE-BC0D-005056921CC4526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B908-20CC-11EE-BC0D-005056921CC4527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213BA5A-20CC-11EE-BC0D-005056921CC4528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B868-20CC-11EE-BC0D-005056921CC4529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F4D0-20CB-11EE-BC0D-005056921CC4530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05E0E-20CC-11EE-BC0D-005056921CC4531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88778A73-3BA5-11EB-BBDF-005056921CC4532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A912B-20CC-11EE-BC0D-005056921CC4533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B716-20CC-11EE-BC0D-005056921CC4534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DC5DDAD-C5EA-11EB-BBF1-005056926DAF535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DC5DDAC-C5EA-11EB-BBF1-005056926DAF536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6578522E-C9E7-11EB-BBF1-005056926DAF537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA54C-63B2-11EA-BBCE-005056921CC4538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766845-20CB-11EE-BC0D-005056921CC4539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E1620-CF50-11EF-BC46-0050569297EB540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D6C-E3C6-11EB-BBF2-005056921CC4541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98DED875-C727-11ED-BC05-005056921CC4542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E9ED619-915D-11EB-BBEF-005056921CC4543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4E918-20CC-11EE-BC0D-005056921CC4544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4EA58-20CC-11EE-BC0D-005056921CC4545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4E9B8-20CC-11EE-BC0D-005056921CC4546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFE7A-20CC-11EE-BC0D-005056921CC4547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85374556-22ED-11EC-BBF4-005056921CC4548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737341-20CC-11EE-BC0D-005056921CC4549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1711-20CC-11EE-BC0D-005056921CC4550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AC49AC8-52A2-11EC-BBF6-005056921CC4551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A95AF-20CC-11EE-BC0D-005056921CC4552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A94FD-20CC-11EE-BC0D-005056921CC4553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A945D-20CC-11EE-BC0D-005056921CC4554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8547B53C-23AB-11ED-BBFC-005056921CC4555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C72524B-701C-11ED-BC01-005056921CC4556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C63AB-20CC-11EE-BC0D-005056921CC4557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A28D-20CC-11EE-BC0D-005056921CC4558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A1DB-20CC-11EE-BC0D-005056921CC4559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E834469-23AB-11ED-BBFC-005056921CC4560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A93BD-20CC-11EE-BC0D-005056921CC4561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA957DB-20CC-11EE-BC0D-005056921CC4562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3596-20CC-11EE-BC0D-005056921CC4563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BECC82D3-71A3-11EE-BC0F-005056921CC4564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA04BA-20CB-11EE-BC0D-005056921CC4565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D50ED5-20CC-11EE-BC0D-005056921CC4566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D50E11-20CC-11EE-BC0D-005056921CC4567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52D40814-701C-11ED-BC01-005056921CC4568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A13B-20CC-11EE-BC0D-005056921CC4569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E599E888-A3BA-11ED-BC04-005056921CC4570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAEDD054-B83C-11ED-BC05-005056921CC4571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAEDD14E-B83C-11ED-BC05-005056921CC4572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC01C-9817-11EE-BC35-005056921CC4573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05EAE-20CC-11EE-BC0D-005056921CC4574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05F4E-20CC-11EE-BC0D-005056921CC4575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A704AEC-5EF1-11EE-BC0E-005056921CC4576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A440-CFDA-11ED-BC05-005056921CC4577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A358-CFDA-11ED-BC05-005056921CC4578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2BA4E-F4B0-11ED-BC09-005056921CC4579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B99C-F4B0-11ED-BC09-005056921CC4580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B8FC-F4B0-11ED-BC09-005056921CC4581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47EC5355-F8BE-11ED-BC09-005056921CC4582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2962CCD3-15AA-11EE-BC09-005056921CC4583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2962CE25-15AA-11EE-BC09-005056921CC4584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2962CD85-15AA-11EE-BC09-005056921CC4585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAA58527-2A43-11EE-BC0D-005056921CC4586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B20A4F0-36B4-11EE-BC0D-005056921CC4587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA3F4926-5226-11EE-BC0D-005056921CC4588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA3F441D-5226-11EE-BC0D-005056921CC4589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4463194-5226-11EE-BC0D-005056921CC4590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E58AB02D-3484-11EF-BC57-00505692E049591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F76320FC-772A-11EE-BC0F-005056921CC4592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C4D5320-83CC-11EE-BC11-005056921CC4593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85D7B0A7-8A3E-11EE-BC13-005056921CC4594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66864117-19A7-11EF-BC3F-0050569297EB595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ED5D77-20CD-11EE-BC0D-005056921CC4596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EAEA-424C-11E8-A155-00259035BB67597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0717816B-FA77-11ED-BC09-005056921CC4598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF979BB1-E568-11EF-BC53-00505692E2D0599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AE2E-20CB-11EE-BC0D-005056921CC4600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79D92D13-5323-11EF-BC53-00505692E2D0601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81294E24-63A4-11EF-BC57-00505692E049602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A469C3-6ECE-11EF-BC53-00505692E2D0603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A468DB-6ECE-11EF-BC53-00505692E2D0604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DA176B4-6ECE-11EF-BC53-00505692E2D0605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D804B4-4257-11F0-BC50-00505692C447606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE9A9E7E-E3D9-11EF-BC4E-00505692C447607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947CB86A-8826-11EF-BC4E-00505692C447608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8A26F24-E3D9-11EF-BC4E-00505692C447609.jpg"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3027B4A7-9861-11EF-BC4E-00505692C447610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1C72328-F493-11EF-BC4E-00505692C447611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA373A7-F493-11EF-BC4E-00505692C447612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1C723FE-F493-11EF-BC4E-00505692C447613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA372C8-F493-11EF-BC4E-00505692C447614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5866EBEE-FE92-11EF-BC4E-00505692C447615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B11D642F-096A-11F0-BC46-0050569297EB616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B11D6267-096A-11F0-BC46-0050569297EB617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0DDEC9-19E4-11F0-BC4F-00505692C447618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807A3467-3C8C-11F0-BC59-00505692E049619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CB8CF-97B5-11F0-BC58-00505692E2D0620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBE5A-97B5-11F0-BC58-00505692E2D0621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBBE4-97B5-11F0-BC58-00505692E2D0622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E85ED9A2-97B5-11F0-BC58-00505692E2D0623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBF9C-97B5-11F0-BC58-00505692E2D0624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E85ED793-97B5-11F0-BC58-00505692E2D0625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E25CCEF7-97B5-11F0-BC58-00505692E2D0626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E25CCDC7-97B5-11F0-BC58-00505692E2D0627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E85ED3A0-97B5-11F0-BC58-00505692E2D0628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBA24-97B5-11F0-BC58-00505692E2D0629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCFA730-839C-11F0-BC56-00505692C447630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A5078F-839C-11F0-BC56-00505692C447631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCFA210-839C-11F0-BC56-00505692C447632.jpg"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6A1D4E9-839C-11F0-BC56-00505692C447633.jpg"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A4FE78-839C-11F0-BC56-00505692C447634.jpg"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A50D99-839C-11F0-BC56-00505692C447635.jpg"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A4E854-839C-11F0-BC56-00505692C447636.jpg"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6A1DB60-839C-11F0-BC56-00505692C447637.jpg"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7461121-A9D1-11F0-BC4C-0050569297EB638.jpg"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7460FCD-A9D1-11F0-BC4C-0050569297EB639.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F764-4252-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F765-4252-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F767-4252-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F768-4252-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F76A-4252-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEEF3-20CC-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779607-20CB-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9D9-4253-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1417515-20CB-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2904-20CC-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B29B6-20CC-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2864-20CC-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA830FE-4255-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B27C4-20CC-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2A68-20CC-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2CFA-20CC-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2B1A-20CC-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737021-20CC-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2C5A-20CC-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7B2BBA-20CC-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70736EE1-20CC-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70736F81-20CC-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6581435A-E3C6-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B657-20CC-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56CE-424E-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E90C7-20CB-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE42-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766997-20CB-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D364B073-20CB-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2B27-20CC-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE24A-F150-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647EF-424B-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE149-20CC-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E34D-E3C6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994E5E-20CB-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE1E9-20CC-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83353-20CC-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF43B-424C-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71B5-424D-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71E8-424D-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3EE-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57B03-20CC-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9ECD-424D-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C279-20CC-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A06140-20CC-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC313-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B19-E3C6-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA018-4250-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A807695F-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA95345-20CC-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC7A-4250-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159298-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5975294-E568-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9AE-4251-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B301-20CC-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419AA-4251-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E9219-20CB-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD583A-2AFC-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82898FC5-20CC-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBA2-4253-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D67-E3C6-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B3A1-20CC-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E39-4253-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E3A-4253-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEDB3-20CC-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A134B-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82899105-20CC-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CEA-4253-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE91C-20CC-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD62F212-20CB-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35677038-1432-11EE-BC09-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF29E7-20CC-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE469-20CC-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57E47-20CC-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57EE7-20CC-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0FE-4254-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0FF-4254-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D364AE81-20CB-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C14175B5-20CB-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD62F532-20CB-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CC832-20CB-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E814397-20CC-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E814449-20CC-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC83-4254-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF834A5-20CC-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C1D9-20CC-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647F6-424B-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81477B-20CC-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B0A-424B-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD6E13E2-F150-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B993-20CC-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B709-20CC-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610025-424C-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88F2-424C-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E688-424C-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5727-424C-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC8A9-20CC-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C15A-424C-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962B01-20CC-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044635-424C-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C3-424C-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869D20-20CC-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766CDB-20CB-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7667A5-20CB-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05B7C-20CC-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B8E1-20CC-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615928B-4250-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFBC-4251-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7668F7-20CB-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2ABE-4251-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB14C-4251-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DD5CD42-E3C6-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874C2-4252-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57D82763-E3F3-11EF-BC4E-00505692C447114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C66FD-4252-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64617F7F-20CC-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82898F13-20CC-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C5CF-20CC-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE329-20CC-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1861340B-4253-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE509-20CC-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D9662-F150-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65F-4253-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A37-4253-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A38-4253-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A39-4253-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7995102-20CB-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949627AB-20CC-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0176-20CB-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA00D6-20CB-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0036-20CB-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0216-20CB-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E9C-4253-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AED13-20CC-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F6F-4253-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F70-4253-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F71-4253-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F72-4253-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE9BC-20CC-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F8D-4253-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F8E-4253-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F8F-4253-11E8-A155-00259035BB67142.gif"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A50D-20CC-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D51D9-20CC-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D5127-20CC-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D5075-20CC-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2E8F-20CC-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E8148CD-20CC-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C47D-20CC-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DD5CD43-E3C6-11EB-BBF2-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE7CA-20CC-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647F8-424B-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646180D1-20CC-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF832B3-20CC-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83201-20CC-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E9022-20CC-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD6E13E1-F150-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBAE-424B-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BC59-20CC-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB0-424B-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B0B-424B-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B17-E3C6-11EB-BBF2-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65814359-E3C6-11EB-BBF2-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C791-424C-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8E30-20CC-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5728-424C-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E63298-424C-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E9179-20CB-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC678E-424C-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E919FB-424C-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618171-20CC-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962A4F-20CC-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707372A1-20CC-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904463B-424C-11E8-A155-00259035BB67174.gif"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B5A5-20CC-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B4F3-20CC-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044657-424C-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3BF-424C-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF43A-424C-11E8-A155-00259035BB67179.gif"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766B89-20CB-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869DC0-20CC-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618579-20CC-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707370C1-20CC-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C127-20CC-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737201-20CC-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE240-F150-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F1C-424E-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CC2CA8-E3C6-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766C29-20CB-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CC2CA5-E3C6-11EB-BBF2-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC314-424F-11E8-A155-00259035BB67191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88B3-4250-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EBFC211-6895-11F0-BC54-00505692C447193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7040CE-5EF1-11EE-BC0E-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029021-4250-11E8-A155-00259035BB67195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C6247-20CC-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208D9-4250-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC65-4250-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159297-4250-11E8-A155-00259035BB67199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE5A9-20CC-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE47-4251-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1A-E3C6-11EB-BBF2-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6E7F-20CC-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575BD-4251-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8B7A-20CC-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575BF-4251-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6FE3-20CC-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6F31-20CC-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419A9-4251-11E8-A155-00259035BB67209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B261-20CC-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD6E13E0-F150-11EB-BBF2-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094647FF-424B-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC809-20CC-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF084-424B-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BBB9-20CC-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A65BA08-3C8C-11F0-BC59-00505692E049216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20F4F1FD-AEC9-11EE-BC40-00505692492F217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65814358-E3C6-11EB-BBF2-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610034-424C-11E8-A155-00259035BB67219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88F1-424C-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994DAC-20CB-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C087-20CC-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50DCBB3E-424C-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD90-424C-11E8-A155-00259035BB67224.gif"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E63297-424C-11E8-A155-00259035BB67225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6789-424C-11E8-A155-00259035BB67226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C65C1-20CC-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044638-424C-11E8-A155-00259035BB67228.gif"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904463C-424C-11E8-A155-00259035BB67229.gif"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B441-20CC-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D7A-424E-11E8-A155-00259035BB67231.gif"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904465E-424C-11E8-A155-00259035BB67232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8FF3656-424C-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977A1-424D-11E8-A155-00259035BB67234.gif"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646182C3-20CC-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71B7-424D-11E8-A155-00259035BB67236.gif"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E350-E3C6-11EB-BBF2-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3EF-424D-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3B6C-20CC-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC86-4254-11E8-A155-00259035BB67240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DF932-20CC-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869FA0-20CC-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D74-424F-11E8-A155-00259035BB67243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBCB-424F-11E8-A155-00259035BB67244.gif"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2F5-424F-11E8-A155-00259035BB67245.gif"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88D5-4250-11E8-A155-00259035BB67246.gif"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994CFA-20CB-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0A5B7BB-20CC-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994FB0-20CB-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EBFC31D-6895-11F0-BC54-00505692C447250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1B-E3C6-11EB-BBF2-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46B-4251-11E8-A155-00259035BB67252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46D-4251-11E8-A155-00259035BB67253.gif"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD475-4251-11E8-A155-00259035BB67254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFBB-4251-11E8-A155-00259035BB67255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F22-4251-11E8-A155-00259035BB67256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEE53-20CC-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AAA-4251-11E8-A155-00259035BB67258.gif"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7995050-20CB-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC97-4251-11E8-A155-00259035BB67260.gif"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618375-20CC-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB14D-4251-11E8-A155-00259035BB67262.gif"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111D4-F150-11EB-BBF2-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8C2C-20CC-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3BE-4251-11E8-A155-00259035BB67265.gif"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C52F-20CC-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949629AF-20CC-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1CF9-20CC-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E34E-E3C6-11EB-BBF2-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88DD-4250-11E8-A155-00259035BB67270.gif"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B597537C-E568-11EF-BC53-00505692E2D0271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E38-4253-11E8-A155-00259035BB67272.gif"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA9569B-20CC-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DDEE1-20CB-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD62F5E4-20CB-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57D95-20CC-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C650F-20CC-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC93-4254-11E8-A155-00259035BB67278.gif"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618427-20CC-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9496285D-20CC-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDB9FF84-20CB-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E30093D-D1AC-11EB-BBF2-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57BB5-20CC-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57C55-20CC-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE166-4254-11E8-A155-00259035BB67285.gif"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8D90-20CC-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1733518E-1049-11EA-BBC6-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DA175BA-6ECE-11EF-BC53-00505692E2D0288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DA174C0-6ECE-11EF-BC53-00505692E2D0289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869B40-20CC-11EE-BC0D-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869AA0-20CC-11EE-BC0D-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8289946D-20CC-11EE-BC0D-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7033BA-5EF1-11EE-BC0E-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A931D-20CC-11EE-BC0D-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CCA5A-20CB-11EE-BC0D-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CC9A8-20CB-11EE-BC0D-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CC8F6-20CB-11EE-BC0D-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE72A-20CC-11EE-BC0D-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F750-20CB-11EE-BC0D-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFC76-20CC-11EE-BC0D-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE3C9-20CC-11EE-BC0D-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2A87-20CC-11EE-BC0D-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E4-4254-11E8-A155-00259035BB67303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88DC-4250-11E8-A155-00259035BB67304.gif"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FBE-4250-11E8-A155-00259035BB67305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AAB-4250-11E8-A155-00259035BB67306.gif"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD7095-20CC-11EE-BC0D-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE24B-F150-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C6702-4252-11E8-A155-00259035BB67309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949626F9-20CC-11EE-BC0D-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC6B7-20CC-11EE-BC0D-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355661-4252-11E8-A155-00259035BB67312.gif"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B7B6-20CC-11EE-BC0D-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B597545B-E568-11EF-BC53-00505692E2D0314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81481B-20CC-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5975543-E568-11EF-BC53-00505692E2D0316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE289-20CC-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D965C-F150-11EB-BBF2-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F570-20CB-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C71D965E-F150-11EB-BBF2-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A3A-4253-11E8-A155-00259035BB67321.gif"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A3B-4253-11E8-A155-00259035BB67322.gif"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D66-E3C6-11EB-BBF2-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A3D-4253-11E8-A155-00259035BB67324.gif"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65814361-E3C6-11EB-BBF2-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BBE9-4253-11E8-A155-00259035BB67326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BECC81EB-71A3-11EE-BC0F-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E57794B5-20CB-11EE-BC0D-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779567-20CB-11EE-BC0D-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F503A-4253-11E8-A155-00259035BB67330.gif"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A132B-4253-11E8-A155-00259035BB67331.gif"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6570E8DC-EA57-11EB-BBF2-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82899065-20CC-11EE-BC0D-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1C47-20CC-11EE-BC0D-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1B95-20CC-11EE-BC0D-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1AE3-20CC-11EE-BC0D-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F84-4253-11E8-A155-00259035BB67337.gif"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6DCD-20CC-11EE-BC0D-005056921CC4338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6D1B-20CC-11EE-BC0D-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A8FEB-20CC-11EE-BC0D-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F90-4253-11E8-A155-00259035BB67341.gif"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A46D-20CC-11EE-BC0D-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F2329-20CC-11EE-BC0D-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96D6-4253-11E8-A155-00259035BB67344.gif"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F2277-20CC-11EE-BC0D-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F21C5-20CC-11EE-BC0D-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8CDE-20CC-11EE-BC0D-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C68C3CB-20CC-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E356-E3C6-11EB-BBF2-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2992-4254-11E8-A155-00259035BB67350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D51027-20CC-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE10-4254-11E8-A155-00259035BB67352.gif"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A64D-20CC-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AC2A-20CB-11EE-BC0D-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AEE0-20CB-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A060A0-20CC-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EACB5F-20CC-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0F2-4254-11E8-A155-00259035BB67358.gif"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1FD3-20CC-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE2C5-20CB-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE213-20CB-11EE-BC0D-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE377-20CB-11EE-BC0D-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE4DB-20CB-11EE-BC0D-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C75DE429-20CB-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A930C-20CB-11EE-BC0D-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A925A-20CB-11EE-BC0D-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A93BE-20CB-11EE-BC0D-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A94FE-20CB-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779415-20CB-11EE-BC0D-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A945E-20CB-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C62F9-20CC-11EE-BC0D-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CCC4C-20CB-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAAFC242-4254-11E8-A155-00259035BB67373.gif"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543B044-20CB-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D364AFD3-20CB-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8F82-20CC-11EE-BC0D-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB9F-4253-11E8-A155-00259035BB67377.gif"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09EAC565-20CC-11EE-BC0D-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C6195-20CC-11EE-BC0D-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C60E3-20CC-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90836E86-814A-11E9-BBBA-005056921CC4381.gif"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E58AB2D8-3484-11EF-BC57-00505692E049382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E8EE2-20CC-11EE-BC0D-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F46178A-5268-11EA-BBCE-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D58027-20CC-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D57F87-20CC-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D580C7-20CC-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C94B8BDD-2341-11EA-BBC7-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111D2-F150-11EB-BBF2-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844BE5E4-E3C6-11EB-BBF2-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844BE5E3-E3C6-11EB-BBF2-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AF2B404-814B-11E9-BBBA-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D5138F-20CC-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D512DD-20CC-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D5122B-20CC-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE6588B0-814B-11E9-BBBA-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D6D-E3C6-11EB-BBF2-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D51179-20CC-11EE-BC0D-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341E90D4-20CC-11EE-BC0D-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37DF0C3F-814C-11E9-BBBA-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618223-20CC-11EE-BC0D-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A958A7-84A6-11EF-BC57-00505692E049402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41A94A75-84A6-11EF-BC57-00505692E049403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994BA8-20CB-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E92CB-20CB-11EE-BC0D-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E94BD-20CB-11EE-BC0D-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5760E024-814C-11E9-BBBA-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BB07-20CC-11EE-BC0D-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05FEE-20CC-11EE-BC0D-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFD28-20CC-11EE-BC0D-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E577994B-20CB-11EE-BC0D-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962659-20CC-11EE-BC0D-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1729993-814C-11E9-BBBA-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1729995-814C-11E9-BBBA-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3816-20CC-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE38C8-20CC-11EE-BC0D-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A926B-20CC-11EE-BC0D-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EBDE9A7-FB13-11E9-BBC6-005056921CC4418.gif"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A8F92-20CB-11EE-BC0D-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95CCCFE-20CB-11EE-BC0D-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A9044-20CB-11EE-BC0D-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681BDA11-D1AC-11EB-BBF2-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111D3-F150-11EB-BBF2-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AF92-20CB-11EE-BC0D-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1977723-00EB-11EF-BC46-00505692C447425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517AF7B4-FB13-11E9-BBC6-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF830C1-20CC-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E30093A-D1AC-11EB-BBF2-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83161-20CC-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA955FB-20CC-11EE-BC0D-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA9573B-20CC-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05C1C-20CC-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E936B-20CB-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7994C5A-20CB-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E940B-20CB-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E960F-20CB-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18E955D-20CB-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6067193E-5EF1-11EE-BC0E-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D4DE3-20CC-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D4D31-20CC-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E83446D-23AB-11ED-BBFC-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6BC9-20CC-11EE-BC0D-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81459B-20CC-11EE-BC0D-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962BB3-20CC-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E8144FB-20CC-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543ACCA-20CB-11EE-BC0D-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC0F86B2-7044-11EA-BBD0-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2C8B-20CC-11EE-BC0D-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15FF2BC7-20CC-11EE-BC0D-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869BE0-20CC-11EE-BC0D-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869C80-20CC-11EE-BC0D-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3776-20CC-11EE-BC0D-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE36D6-20CC-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3636-20CC-11EE-BC0D-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B676-20CC-11EE-BC0D-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B5D6-20CC-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B536-20CC-11EE-BC0D-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83697-20CC-11EE-BC0D-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828993A9-20CC-11EE-BC0D-005056921CC4459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828992E5-20CC-11EE-BC0D-005056921CC4460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82899245-20CC-11EE-BC0D-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828991A5-20CC-11EE-BC0D-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4BA43-20CC-11EE-BC0D-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B97F-20CC-11EE-BC0D-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B8DF-20CC-11EE-BC0D-005056921CC4465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B81B-20CC-11EE-BC0D-005056921CC4466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583EE65B-20CC-11EE-BC0D-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA95497-20CC-11EE-BC0D-005056921CC4468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766D8D-20CB-11EE-BC0D-005056921CC4469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA041A-20CB-11EE-BC0D-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462FE86A-20CC-11EE-BC0D-005056921CC4471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A90F6-20CB-11EE-BC0D-005056921CC4472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF6A91A8-20CB-11EE-BC0D-005056921CC4473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FE4B769-20CC-11EE-BC0D-005056921CC4474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEBAF-20CC-11EE-BC0D-005056921CC4475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AEC61-20CC-11EE-BC0D-005056921CC4476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D510C7-20CC-11EE-BC0D-005056921CC4477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B9A8-20CC-11EE-BC0D-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3A1A-20CC-11EE-BC0D-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05CCE-20CC-11EE-BC0D-005056921CC4480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D4E95-20CC-11EE-BC0D-005056921CC4481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7194E351-E3C6-11EB-BBF2-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D13D71A3-3F9D-11F0-BC59-00505692E049483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779899-20CB-11EE-BC0D-005056921CC4484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89CF28E8-4134-11EC-BBF6-005056921CC4485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C14173D5-20CB-11EE-BC0D-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38EE247-F150-11EB-BBF2-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5779747-20CB-11EE-BC0D-005056921CC4488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B82F-20CC-11EE-BC0D-005056921CC4489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60672153-5EF1-11EE-BC0E-005056921CC4490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869F00-20CC-11EE-BC0D-005056921CC4491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88869E60-20CC-11EE-BC0D-005056921CC4492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1417335-20CB-11EE-BC0D-005056921CC4493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85374555-22ED-11EC-BBF4-005056921CC4494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2AFA5D-C510-11EE-BC41-00505692492F495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFFA4339-EDAF-11EE-BC3E-0050569297EB496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4EC4A-20CC-11EE-BC0D-005056921CC4497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9DD-4253-11E8-A155-00259035BB67498.gif"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF83557-20CC-11EE-BC0D-005056921CC4499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BF835F7-20CC-11EE-BC0D-005056921CC4500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A25FE101-B49E-11EB-BBF1-005056921CC4501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A586C67F-9E04-11EB-BBF0-005056921CC4502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64618031-20CC-11EE-BC0D-005056921CC4503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F610-20CB-11EE-BC0D-005056921CC4504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281D528B-20CC-11EE-BC0D-005056921CC4505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1E81-20CC-11EE-BC0D-005056921CC4506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1F21-20CC-11EE-BC0D-005056921CC4507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1DCF-20CC-11EE-BC0D-005056921CC4508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1F1D1D-20CC-11EE-BC0D-005056921CC4509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC29EA8C-4403-11EA-BBCC-005056921CC4510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFDC8-20CC-11EE-BC0D-005056921CC4511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E81463B-20CC-11EE-BC0D-005056921CC4512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAD6C7B-20CC-11EE-BC0D-005056921CC4513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA0368-20CB-11EE-BC0D-005056921CC4514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA02B6-20CB-11EE-BC0D-005056921CC4515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4ED9C-20CC-11EE-BC0D-005056921CC4516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4EE4E-20CC-11EE-BC0D-005056921CC4517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5B78F-20CC-11EE-BC0D-005056921CC4518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B908-20CC-11EE-BC0D-005056921CC4519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213BA5A-20CC-11EE-BC0D-005056921CC4520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B868-20CC-11EE-BC0D-005056921CC4521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB40F4D0-20CB-11EE-BC0D-005056921CC4522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05E0E-20CC-11EE-BC0D-005056921CC4523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88778A73-3BA5-11EB-BBDF-005056921CC4524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A912B-20CC-11EE-BC0D-005056921CC4525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2213B716-20CC-11EE-BC0D-005056921CC4526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DC5DDAD-C5EA-11EB-BBF1-005056926DAF527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DC5DDAC-C5EA-11EB-BBF1-005056926DAF528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6578522E-C9E7-11EB-BBF1-005056926DAF529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA54C-63B2-11EA-BBCE-005056921CC4530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB766845-20CB-11EE-BC0D-005056921CC4531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E1620-CF50-11EF-BC46-0050569297EB532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B803D6C-E3C6-11EB-BBF2-005056921CC4533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98DED875-C727-11ED-BC05-005056921CC4534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E9ED619-915D-11EB-BBEF-005056921CC4535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4E918-20CC-11EE-BC0D-005056921CC4536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4EA58-20CC-11EE-BC0D-005056921CC4537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4E9B8-20CC-11EE-BC0D-005056921CC4538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A1DFE7A-20CC-11EE-BC0D-005056921CC4539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85374556-22ED-11EC-BBF4-005056921CC4540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737341-20CC-11EE-BC0D-005056921CC4541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766E1711-20CC-11EE-BC0D-005056921CC4542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AC49AC8-52A2-11EC-BBF6-005056921CC4543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A95AF-20CC-11EE-BC0D-005056921CC4544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A94FD-20CC-11EE-BC0D-005056921CC4545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A945D-20CC-11EE-BC0D-005056921CC4546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8547B53C-23AB-11ED-BBFC-005056921CC4547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C72524B-701C-11ED-BC01-005056921CC4548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522C63AB-20CC-11EE-BC0D-005056921CC4549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A28D-20CC-11EE-BC0D-005056921CC4550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A1DB-20CC-11EE-BC0D-005056921CC4551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E834469-23AB-11ED-BBFC-005056921CC4552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2A93BD-20CC-11EE-BC0D-005056921CC4553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACA957DB-20CC-11EE-BC0D-005056921CC4554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2BE3596-20CC-11EE-BC0D-005056921CC4555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BECC82D3-71A3-11EE-BC0F-005056921CC4556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDBA04BA-20CB-11EE-BC0D-005056921CC4557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D50ED5-20CC-11EE-BC0D-005056921CC4558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03D50E11-20CC-11EE-BC0D-005056921CC4559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52D40814-701C-11ED-BC01-005056921CC4560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4037A13B-20CC-11EE-BC0D-005056921CC4561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E599E888-A3BA-11ED-BC04-005056921CC4562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAEDD054-B83C-11ED-BC05-005056921CC4563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAEDD14E-B83C-11ED-BC05-005056921CC4564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC01C-9817-11EE-BC35-005056921CC4565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05EAE-20CC-11EE-BC0D-005056921CC4566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6A05F4E-20CC-11EE-BC0D-005056921CC4567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A704AEC-5EF1-11EE-BC0E-005056921CC4568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A440-CFDA-11ED-BC05-005056921CC4569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A358-CFDA-11ED-BC05-005056921CC4570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2BA4E-F4B0-11ED-BC09-005056921CC4571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B99C-F4B0-11ED-BC09-005056921CC4572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B8FC-F4B0-11ED-BC09-005056921CC4573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47EC5355-F8BE-11ED-BC09-005056921CC4574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2962CCD3-15AA-11EE-BC09-005056921CC4575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2962CE25-15AA-11EE-BC09-005056921CC4576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2962CD85-15AA-11EE-BC09-005056921CC4577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAA58527-2A43-11EE-BC0D-005056921CC4578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B20A4F0-36B4-11EE-BC0D-005056921CC4579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA3F4926-5226-11EE-BC0D-005056921CC4580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA3F441D-5226-11EE-BC0D-005056921CC4581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4463194-5226-11EE-BC0D-005056921CC4582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E58AB02D-3484-11EF-BC57-00505692E049583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F76320FC-772A-11EE-BC0F-005056921CC4584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C4D5320-83CC-11EE-BC11-005056921CC4585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85D7B0A7-8A3E-11EE-BC13-005056921CC4586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66864117-19A7-11EF-BC3F-0050569297EB587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ED5D77-20CD-11EE-BC0D-005056921CC4588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EAEA-424C-11E8-A155-00259035BB67589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0717816B-FA77-11ED-BC09-005056921CC4590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF979BB1-E568-11EF-BC53-00505692E2D0591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AE2E-20CB-11EE-BC0D-005056921CC4592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79D92D13-5323-11EF-BC53-00505692E2D0593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81294E24-63A4-11EF-BC57-00505692E049594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A469C3-6ECE-11EF-BC53-00505692E2D0595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A468DB-6ECE-11EF-BC53-00505692E2D0596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6DA176B4-6ECE-11EF-BC53-00505692E2D0597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D804B4-4257-11F0-BC50-00505692C447598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE9A9E7E-E3D9-11EF-BC4E-00505692C447599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947CB86A-8826-11EF-BC4E-00505692C447600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8A26F24-E3D9-11EF-BC4E-00505692C447601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3027B4A7-9861-11EF-BC4E-00505692C447602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1C72328-F493-11EF-BC4E-00505692C447603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA373A7-F493-11EF-BC4E-00505692C447604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1C723FE-F493-11EF-BC4E-00505692C447605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA372C8-F493-11EF-BC4E-00505692C447606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5866EBEE-FE92-11EF-BC4E-00505692C447607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B11D642F-096A-11F0-BC46-0050569297EB608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B11D6267-096A-11F0-BC46-0050569297EB609.jpg"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0DDEC9-19E4-11F0-BC4F-00505692C447610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807A3467-3C8C-11F0-BC59-00505692E049611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CB8CF-97B5-11F0-BC58-00505692E2D0612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBE5A-97B5-11F0-BC58-00505692E2D0613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBBE4-97B5-11F0-BC58-00505692E2D0614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E85ED9A2-97B5-11F0-BC58-00505692E2D0615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F9E09C-CE9B-11F0-BC51-00505692492F616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBF9C-97B5-11F0-BC58-00505692E2D0617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E85ED793-97B5-11F0-BC58-00505692E2D0618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E25CCEF7-97B5-11F0-BC58-00505692E2D0619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E25CCDC7-97B5-11F0-BC58-00505692E2D0620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E85ED3A0-97B5-11F0-BC58-00505692E2D0621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE7CBA24-97B5-11F0-BC58-00505692E2D0622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCFA730-839C-11F0-BC56-00505692C447623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A5078F-839C-11F0-BC56-00505692C447624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCFA210-839C-11F0-BC56-00505692C447625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6A1D4E9-839C-11F0-BC56-00505692C447626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A4FE78-839C-11F0-BC56-00505692C447627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A50D99-839C-11F0-BC56-00505692C447628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0A4E854-839C-11F0-BC56-00505692C447629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6A1DB60-839C-11F0-BC56-00505692C447630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7461121-A9D1-11F0-BC4C-0050569297EB631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7460FCD-A9D1-11F0-BC4C-0050569297EB632.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -25795,291 +25771,291 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="598" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId598"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>599</xdr:row>
+      <xdr:row>601</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="599" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId599"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>600</xdr:row>
+      <xdr:row>604</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="600" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId600"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>605</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="601" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId601"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>602</xdr:row>
+      <xdr:row>606</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="602" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId602"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>603</xdr:row>
+      <xdr:row>607</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="603" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId603"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>604</xdr:row>
+      <xdr:row>608</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="604" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId604"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>605</xdr:row>
+      <xdr:row>609</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="605" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId605"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>606</xdr:row>
+      <xdr:row>610</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="606" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId606"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>609</xdr:row>
+      <xdr:row>611</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="607" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId607"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -26335,723 +26311,513 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="616" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId616"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>621</xdr:row>
+      <xdr:row>622</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="617" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId617"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>622</xdr:row>
+      <xdr:row>623</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="618" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId618"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>623</xdr:row>
+      <xdr:row>624</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="619" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId619"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>624</xdr:row>
+      <xdr:row>625</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="620" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId620"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>625</xdr:row>
+      <xdr:row>626</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="621" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId621"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>626</xdr:row>
+      <xdr:row>627</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="622" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId622"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>627</xdr:row>
+      <xdr:row>628</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="623" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId623"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>629</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="624" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId624"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>630</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="624" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId624"/>
+        <xdr:cNvPr id="625" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId625"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>631</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="625" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId625"/>
+        <xdr:cNvPr id="626" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId626"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>632</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="626" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId626"/>
+        <xdr:cNvPr id="627" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId627"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>633</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="627" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId627"/>
+        <xdr:cNvPr id="628" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId628"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>634</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="628" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId628"/>
+        <xdr:cNvPr id="629" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId629"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>635</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="629" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="630" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId630"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>637</xdr:row>
+      <xdr:row>642</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="631" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId631"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>638</xdr:row>
+      <xdr:row>643</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="632" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId632"/>
-        <a:stretch>
-[...208 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId639"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -27310,62 +27076,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010552/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010553/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010554/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010555/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010556/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010557/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-steelite-01010640/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01011201/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01011202/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011315/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011316/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011317/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011318/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011319/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011320/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011323/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011325/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011326/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011327/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011328/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011329/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011330/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020106/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020107/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020110/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020111/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020112/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020113/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020116/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020123/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020124/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020208/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020209/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020215/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020216/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020220/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020222/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020223/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020224/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020225/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020226/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020227/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020228/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020229/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020232/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020233/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020234/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020235/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020236/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020237/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020238/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-embassi-libbey-01020242/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020243/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020244/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020245/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020248/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020249/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020250/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020251/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020252/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020253/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020254/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020255/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020257/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-so-stikerom-d-nadpisi-utopia-01020258/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020259/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-san-miguel-01020260/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020261/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vista-alegre-01020267/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vista-alegre-01020272/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020279/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020280/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020281/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020282/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020284/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020285/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020295/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020296/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020298/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020301/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020302/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020309/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020311/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020312/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020313/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020314/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020315/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020316/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020317/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020318/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020320/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020321/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020322/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020339/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020341/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020342/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020343/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020344/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020345/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020347/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020348/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020349/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020350/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020355/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020356/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020357/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020363/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020364/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020367/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020368/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020369/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020370/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020371/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020372/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020374/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020376/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020377/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020378/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020380/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020381/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020382/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020383/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020384/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020385/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020387/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020388/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020389/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020401/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020402/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020404/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020405/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020406/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020407/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020410/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020411/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020413/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020415/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020416/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020418/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020419/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020420/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020421/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020424/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020427/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020433/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020435/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020436/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020437/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020438/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020439/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020440/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020443/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020445/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020447/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020448/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020449/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020451/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020452/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-lux-01020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020460/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020461/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020462/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-spiegelau-01020465/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020468/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020471/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020472/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020475/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020476/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020477/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020478/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020480/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020482/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020483/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020484/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020485/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020489/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020490/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020491/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020492/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020493/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020494/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020495/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020496/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020497/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020501/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020502/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020507/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020508/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020509/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020510/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020511/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020516/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020517/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020519/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020521/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020522/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020523/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020524/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020528/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020529/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020530/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020531/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020532/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-01020533/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020534/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020535/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020536/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020539/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020540/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020542/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-lux-01020546/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020547/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020548/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020549/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020551/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020555/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020556/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020557/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020558/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020559/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020560/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020563/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020566/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cambro-01020568/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020570/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020572/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020573/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020574/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020575/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020576/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020577/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020578/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020579/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020581/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020582/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020586/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020588/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020590/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020591/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020593/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020595/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020596/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020598/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020603/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rcr-01020605/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020606/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020609/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020610/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020611/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020612/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020614/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020615/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020616/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020617/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020620/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-duralex-01020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020628/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020631/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020632/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020633/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020635/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020636/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020637/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020638/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020650/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020652/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020654/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020657/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020658/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020660/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020661/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020663/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020666/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020667/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020668/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020669/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020670/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020675/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020678/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020680/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020681/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020682/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020683/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020684/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020685/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020686/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020692/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020693/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020694/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020695/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020697/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020698/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020701/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020714/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020719/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020720/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020722/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020723/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020724/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-utopia-01020743/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020745/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020751/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020752/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020757/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020760/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020769/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020772/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020774/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020794/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020795/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020799/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020811/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020813/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020814/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020816/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020817/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020818/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020819/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020820/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020821/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020822/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020823/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020826/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020833/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020834/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020835/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020836/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020838/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-duralex-01020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020844/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020845/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020846/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020853/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020860/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020862/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020874/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020883/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020884/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020885/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020887/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020900/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01020903/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020920/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01020921/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020929/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020930/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020938/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020939/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020940/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020941/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020942/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020967/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020968/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020970/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020971/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020972/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020973/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020974/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020975/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020976/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020977/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020978/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020983/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020984/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020985/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020986/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020987/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020988/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020990/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020991/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020992/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020994/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020995/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020996/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020997/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020998/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020999/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021000/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-1872-01021006/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01021007/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021009/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021012/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021013/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021014/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021015/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01021017/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021018/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01021020/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01021022/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021101/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021203/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021204/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021205/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-s-risunkom-v-assortimente-nude-01021208/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01021209/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-aps-01021302/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021406/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021407/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021408/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021409/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021410/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01021411/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01021412/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01021413/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01021420/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01021518/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01021520/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01021521/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021523/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021524/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021525/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021527/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-jakobsen-design-01021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01021602/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022002/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022104/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022105/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022108/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022109/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022110/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-fine-2-dine-01022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01022116/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022119/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022120/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022121/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022122/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022123/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bl-01022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-1872-01022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01022158/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01022159/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01022160/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022161/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01022163/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022165/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01022166/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022170/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022182/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-vody-bormioli-rocco-01050605/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-vina-libbey-01050816/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01052801/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01160209/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01160219/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022183/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022180/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-kunstwerk-01022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022199/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021607/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020147/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020149/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010191/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010195/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01011683/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010197/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010199/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01011687/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010198/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01011688/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022214/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022212/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022215/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022209/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022210/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022213/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022211/" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051658/" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051652/" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051659/" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051653/" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01022217/" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01022216/" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01011206/" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01011207/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010552/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010553/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010554/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010555/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010556/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01010557/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-steelite-01010640/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01011201/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01011202/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011315/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011316/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011317/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011318/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011319/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011320/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011323/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011325/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011326/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011327/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011328/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011329/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01011330/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020106/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020107/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020110/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020111/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020112/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020113/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020116/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020123/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020124/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020209/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020215/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020216/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020220/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020222/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020223/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020224/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020225/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020226/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020227/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020228/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020229/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020232/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020233/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020234/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020235/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020236/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020237/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020238/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-embassi-libbey-01020242/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020243/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020244/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020245/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020248/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020249/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020250/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020251/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020252/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020253/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020254/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020255/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020257/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-so-stikerom-d-nadpisi-utopia-01020258/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020259/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-san-miguel-01020260/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020261/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vista-alegre-01020267/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vista-alegre-01020272/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020279/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020280/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020281/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020282/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020284/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020285/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020295/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020296/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020298/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020301/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020302/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020309/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020311/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020312/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020313/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020316/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020317/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020318/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020320/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020321/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020322/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020339/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020341/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020342/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020343/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020344/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020345/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020347/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020348/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020349/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020350/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020355/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020356/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020357/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020363/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020364/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020367/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020368/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020369/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020370/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020371/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020372/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020374/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020376/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020377/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020378/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020380/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020381/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020382/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020383/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020384/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020385/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020387/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020388/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020389/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020401/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020402/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020404/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020405/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020406/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020410/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020411/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020413/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020416/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020418/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020419/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020420/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020421/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020424/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020427/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020433/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020435/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020436/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020438/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020439/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020440/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020443/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020445/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020447/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020448/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020449/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020451/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020452/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-lux-01020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020460/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020461/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020462/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-spiegelau-01020465/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020468/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020471/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020472/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020475/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020476/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020477/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020478/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020480/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020482/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020483/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020484/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020485/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020489/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020490/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020491/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020492/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020493/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020494/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020495/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020496/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020497/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020501/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020502/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020507/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020509/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020510/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020511/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020516/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020517/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020519/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020521/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020522/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020524/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020528/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020529/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020530/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020531/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020532/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-01020533/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020534/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020535/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020536/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020539/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020540/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020542/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-lux-01020546/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020547/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020548/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020549/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020551/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020555/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020556/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020557/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020558/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020559/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020560/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020563/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020566/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cambro-01020568/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020570/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020572/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020573/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020574/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020575/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020576/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020577/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020578/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020579/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020581/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020582/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020586/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020588/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020590/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020591/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020593/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020595/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020596/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020598/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020603/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rcr-01020605/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020606/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020609/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020610/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020611/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020612/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020614/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020615/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020616/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020617/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020620/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-duralex-01020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020628/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020631/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020632/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020633/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020635/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020636/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020637/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020638/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020650/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020652/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stoelzle-01020654/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020657/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020658/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020660/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020661/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020663/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020666/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020667/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020668/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020669/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020670/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020675/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020678/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020680/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020681/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020682/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020683/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020684/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-durobor-01020685/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020686/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020692/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020693/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020694/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020695/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020697/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020698/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020701/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020714/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020719/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020720/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020722/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020723/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020724/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-utopia-01020743/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020745/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020751/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020752/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020757/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020760/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020769/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020772/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020774/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020794/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020795/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020799/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020811/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020813/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020814/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020816/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020817/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020818/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020819/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020820/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020821/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020822/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020823/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020826/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020833/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020834/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020835/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020836/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-eclat-01020838/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-duralex-01020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020844/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020845/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020846/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020853/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-cristal-darques-01020860/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020862/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01020874/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020883/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020884/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020885/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020887/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01020900/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01020903/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020920/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01020921/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020929/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020930/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020938/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020939/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020940/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020941/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020942/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020967/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-ivv-01020968/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020970/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020971/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020972/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020973/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020974/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020975/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020976/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020977/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020978/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-libbey-01020983/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020984/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020985/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020986/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020987/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020988/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01020990/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020991/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01020992/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020994/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020995/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01020996/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020997/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01020998/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020999/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021000/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-1872-01021006/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01021007/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021009/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021012/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021013/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021014/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021015/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01021017/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021018/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01021020/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01021022/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021101/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021203/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021204/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-serax-01021205/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-s-risunkom-v-assortimente-nude-01021208/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01021209/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-aps-01021302/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021406/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021407/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021408/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021409/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021410/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01021411/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-luminarc-01021412/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01021413/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01021420/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01021518/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01021520/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01021521/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021523/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021524/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021525/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-rona-01021527/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-jakobsen-design-01021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01021602/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022002/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022104/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022105/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022108/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022109/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022110/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-fine-2-dine-01022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-royal-leerdam-01022116/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022119/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022120/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022121/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022122/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022123/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bl-01022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-borgonovo-01022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-luigi-01022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-probar-01022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-1872-01022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-schott-zwiesel-01022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01022158/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01022159/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01022160/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022161/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01022163/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-zwiesel-glas-01022165/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01022166/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-vidivi-01022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022170/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022182/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-tognana-01022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-vody-bormioli-rocco-01050605/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-vina-libbey-01050816/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01052801/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01160209/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-neman-01160219/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-arcoroc-01022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022183/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-osz-01022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022180/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-kunstwerk-01022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022199/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01021607/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-nude-01022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-bormioli-rocco-01022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-linden-01020147/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01020149/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010191/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-chef-and-sommelier-01022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010195/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01011683/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010197/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010199/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01011687/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-pasabahce-01010198/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01011688/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022214/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022212/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022215/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022209/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022210/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022213/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022211/" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-crystal-bohemia-01022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051658/" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051652/" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051659/" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-bormioli-rocco-01051653/" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01022217/" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01022216/" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01011206/" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-pasabahce-01011207/" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-neman-01022003/" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/old-feshn-stakan-rona-01021614/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L652"/>
+  <dimension ref="A1:L646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I652" sqref="I652"/>
+      <selection activeCell="I646" sqref="I646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -28218,304 +27984,304 @@
         <v>122</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>128</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D27" s="0">
         <v>15431</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F27" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="G27" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="G27" s="0" t="s">
+      <c r="H27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D28" s="0">
         <v>15733</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D29" s="0">
         <v>3510010</v>
       </c>
       <c r="E29" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="G29" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="G29" s="0" t="s">
+      <c r="H29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F30" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="G30" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="G30" s="0" t="s">
+      <c r="H30" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D31" s="0">
         <v>58055</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L33" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>42535</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>169</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>170</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
@@ -28524,20833 +28290,20644 @@
         <v>172</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>174</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>175</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>176</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>177</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L35" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>180</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L36" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>187</v>
+        <v>169</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0">
+        <v>50027</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="G39" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>196</v>
-      </c>
-[...13 lines deleted...]
-        <v>198</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L39" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="D40" s="0">
+        <v>15807</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F40" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="G40" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>202</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D41" s="0">
-        <v>15807</v>
+        <v>15809</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D42" s="0">
-        <v>15809</v>
+        <v>2522</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>133</v>
+        <v>17</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="D43" s="0">
-[...5 lines deleted...]
-      <c r="F43" s="0" t="s">
+      <c r="G43" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>129</v>
+        <v>214</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>217</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>218</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>193</v>
+        <v>219</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>219</v>
+        <v>20</v>
       </c>
       <c r="L44" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>222</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>223</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>224</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>225</v>
+        <v>164</v>
       </c>
       <c r="L45" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L46" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="E47" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="E47" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="0" t="s">
+      <c r="G47" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>234</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="D48" s="0" t="s">
+      <c r="E48" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="E48" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F48" s="0" t="s">
+      <c r="G48" s="0" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>240</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L48" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="D49" s="0">
+        <v>15709</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="G49" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>243</v>
-      </c>
-[...13 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L49" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="G50" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>248</v>
-      </c>
-[...16 lines deleted...]
-        <v>249</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0">
+        <v>952</v>
+      </c>
+      <c r="E51" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="F51" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="E51" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="0" t="s">
+      <c r="G51" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>253</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L51" s="0">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0">
+        <v>2000010</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F52" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="D52" s="0">
-[...2 lines deleted...]
-      <c r="E52" s="0" t="s">
+      <c r="G52" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>257</v>
-      </c>
-[...10 lines deleted...]
-        <v>259</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L52" s="0">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="D53" s="0">
+        <v>1000014</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F53" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="G53" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>261</v>
-      </c>
-[...16 lines deleted...]
-        <v>263</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="E54" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="D54" s="0">
-[...5 lines deleted...]
-      <c r="F54" s="0" t="s">
+      <c r="G54" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>266</v>
-      </c>
-[...7 lines deleted...]
-        <v>267</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="D55" s="0" t="s">
+      <c r="E55" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>270</v>
-      </c>
-[...13 lines deleted...]
-        <v>272</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>126</v>
+        <v>195</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L56" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>201</v>
+        <v>278</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L57" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0">
+        <v>809</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="G58" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>283</v>
-      </c>
-[...13 lines deleted...]
-        <v>285</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L58" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="D59" s="0">
+        <v>993</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="F59" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="G59" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>289</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L59" s="0">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="E60" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F60" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="D60" s="0">
-[...5 lines deleted...]
-      <c r="F60" s="0" t="s">
+      <c r="G60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>293</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L60" s="0">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0">
+        <v>64089</v>
+      </c>
+      <c r="E61" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="D61" s="0" t="s">
+      <c r="F61" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="E61" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="0" t="s">
+      <c r="G61" s="0" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>298</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>299</v>
       </c>
       <c r="L61" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>300</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>301</v>
       </c>
       <c r="D62" s="0">
-        <v>64089</v>
+        <v>42535</v>
       </c>
       <c r="E62" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F62" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="F62" s="0" t="s">
+      <c r="G62" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>305</v>
+        <v>20</v>
       </c>
       <c r="L62" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D63" s="0">
-        <v>42535</v>
+        <v>52793</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>169</v>
+        <v>306</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>170</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="D64" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>311</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>176</v>
+        <v>127</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>312</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>314</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>315</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="E66" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="G66" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>317</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>321</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>322</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>323</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="F67" s="0" t="s">
         <v>324</v>
       </c>
+      <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>182</v>
+        <v>46</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>285</v>
+        <v>325</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="F68" s="0"/>
+        <v>329</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>330</v>
+      </c>
       <c r="G68" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L68" s="0">
-        <v>72</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>334</v>
+      </c>
+      <c r="D69" s="0">
+        <v>2098</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>28</v>
+        <v>239</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L69" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>2098</v>
+        <v>339</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>340</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>245</v>
+        <v>176</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>341</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>343</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>344</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F71" s="0"/>
+        <v>345</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>346</v>
+      </c>
       <c r="G71" s="0" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L71" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L72" s="0"/>
+      <c r="L72" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>349</v>
+        <v>168</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>355</v>
+        <v>175</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>149</v>
+        <v>170</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>356</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>357</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>358</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>359</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>176</v>
+        <v>127</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>360</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L74" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>362</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>363</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>125</v>
+        <v>364</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>158</v>
+        <v>365</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L75" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>365</v>
-      </c>
-[...10 lines deleted...]
-        <v>369</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>370</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="D77" s="0" t="s">
+      <c r="D77" s="0">
+        <v>820522</v>
+      </c>
+      <c r="E77" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F77" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="E77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G77" s="0" t="s">
-        <v>127</v>
+        <v>374</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D78" s="0">
-        <v>820522</v>
+        <v>914955</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>379</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L78" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>380</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="D79" s="0">
-        <v>914955</v>
+      <c r="D79" s="0" t="s">
+        <v>382</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>378</v>
+        <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L79" s="0"/>
+        <v>385</v>
+      </c>
+      <c r="L79" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>299</v>
+        <v>164</v>
       </c>
       <c r="L80" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>336</v>
+        <v>385</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>299</v>
+        <v>116</v>
       </c>
       <c r="L82" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D83" s="0" t="s">
         <v>399</v>
       </c>
+      <c r="D83" s="0">
+        <v>15481</v>
+      </c>
       <c r="E83" s="0" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="F83" s="0"/>
+        <v>119</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>400</v>
+      </c>
       <c r="G83" s="0" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L83" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>402</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>403</v>
       </c>
       <c r="D84" s="0">
-        <v>15481</v>
+        <v>15480</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F84" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>405</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="L84" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>406</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="D85" s="0">
-        <v>15480</v>
+      <c r="D85" s="0" t="s">
+        <v>408</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>119</v>
+        <v>409</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>409</v>
+        <v>20</v>
       </c>
       <c r="L85" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>413</v>
+        <v>168</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L86" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="D87" s="0" t="s">
         <v>418</v>
+      </c>
+      <c r="D87" s="0">
+        <v>52694</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F87" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="G87" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="G87" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>420</v>
+        <v>303</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L87" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>421</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>422</v>
       </c>
-      <c r="D88" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>229</v>
+        <v>278</v>
       </c>
       <c r="G88" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H88" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>423</v>
-      </c>
-[...4 lines deleted...]
-        <v>424</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="D89" s="0" t="s">
+      <c r="E89" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F89" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="E89" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G89" s="0" t="s">
-        <v>127</v>
+        <v>170</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>428</v>
+        <v>253</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="D90" s="0" t="s">
+      <c r="E90" s="0" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>432</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>176</v>
+        <v>28</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>259</v>
+        <v>433</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>437</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>438</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>439</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>440</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>441</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>436</v>
+        <v>168</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>442</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>443</v>
+        <v>253</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0">
+        <v>15245</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>445</v>
-      </c>
-[...16 lines deleted...]
-        <v>449</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>447</v>
+      </c>
+      <c r="D94" s="0">
+        <v>15241</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>447</v>
+        <v>119</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>453</v>
+        <v>120</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>176</v>
+        <v>127</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>259</v>
+        <v>453</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>15245</v>
+        <v>455</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>456</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>120</v>
+        <v>457</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F97" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G97" s="0" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>464</v>
+        <v>248</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="E98" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F98" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="D98" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G98" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>469</v>
+        <v>279</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L98" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E99" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F99" s="0" t="s">
         <v>470</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="G99" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>471</v>
-      </c>
-[...16 lines deleted...]
-        <v>474</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L99" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>254</v>
+        <v>476</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="D101" s="0">
+        <v>2484</v>
+      </c>
+      <c r="E101" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F101" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="G101" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I101" s="1" t="s">
         <v>480</v>
-      </c>
-[...16 lines deleted...]
-        <v>483</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L101" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="D102" s="0">
+        <v>2328</v>
+      </c>
+      <c r="E102" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>484</v>
-      </c>
-[...19 lines deleted...]
-        <v>198</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L102" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="E103" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>488</v>
-      </c>
-[...19 lines deleted...]
-        <v>492</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>116</v>
+        <v>187</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="D104" s="0">
-        <v>2484</v>
+        <v>15433</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>495</v>
+        <v>131</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>2328</v>
+        <v>493</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>494</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>498</v>
+      </c>
+      <c r="D106" s="0">
+        <v>15748</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>413</v>
+        <v>119</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>414</v>
+        <v>499</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L106" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>504</v>
+        <v>439</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>15433</v>
+        <v>501</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>502</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>119</v>
+        <v>168</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>132</v>
+        <v>442</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>133</v>
+        <v>176</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L107" s="0">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="D108" s="0">
+        <v>3500046</v>
+      </c>
+      <c r="E108" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H108" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>507</v>
-      </c>
-[...19 lines deleted...]
-        <v>511</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="D109" s="0">
-        <v>15748</v>
+        <v>3520010</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L109" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>455</v>
+        <v>512</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>517</v>
+        <v>513</v>
+      </c>
+      <c r="D110" s="0">
+        <v>3510009</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>168</v>
+        <v>140</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>458</v>
+        <v>141</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>182</v>
+        <v>142</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>519</v>
+        <v>20</v>
       </c>
       <c r="L110" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="D111" s="0">
-        <v>3500046</v>
+        <v>1454</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>141</v>
+        <v>251</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L111" s="0">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>524</v>
-      </c>
-[...19 lines deleted...]
-        <v>527</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="D113" s="0">
+        <v>1249</v>
+      </c>
+      <c r="E113" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I113" s="1" t="s">
         <v>528</v>
-      </c>
-[...19 lines deleted...]
-        <v>530</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L113" s="0">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="D114" s="0">
+        <v>1624</v>
+      </c>
+      <c r="E114" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="F114" s="0" t="s">
         <v>531</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="G114" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H114" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I114" s="1" t="s">
         <v>532</v>
-      </c>
-[...16 lines deleted...]
-        <v>534</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="0">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="D115" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="E115" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="F115" s="0" t="s">
         <v>536</v>
       </c>
-      <c r="D115" s="0" t="s">
+      <c r="G115" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>537</v>
-      </c>
-[...13 lines deleted...]
-        <v>539</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L115" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="D116" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="E116" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F116" s="0" t="s">
         <v>541</v>
       </c>
-      <c r="D116" s="0">
-[...5 lines deleted...]
-      <c r="F116" s="0" t="s">
+      <c r="G116" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>542</v>
-      </c>
-[...7 lines deleted...]
-        <v>543</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="L116" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0">
+        <v>1240</v>
+      </c>
+      <c r="E117" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="F117" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="D117" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G117" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>547</v>
+        <v>528</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L117" s="0">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="D118" s="0" t="s">
         <v>548</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="E118" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>549</v>
-      </c>
-[...16 lines deleted...]
-        <v>552</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="L118" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>556</v>
+        <v>291</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>557</v>
+        <v>153</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>299</v>
+        <v>385</v>
       </c>
       <c r="L119" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="G120" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I120" s="1" t="s">
         <v>558</v>
-      </c>
-[...19 lines deleted...]
-        <v>543</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="L120" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="D121" s="0">
+        <v>662</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="F121" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="G121" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>562</v>
-      </c>
-[...16 lines deleted...]
-        <v>492</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L121" s="0">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>565</v>
       </c>
-      <c r="D122" s="0" t="s">
+      <c r="E122" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="F122" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="E122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G122" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>567</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L122" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>568</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>569</v>
       </c>
-      <c r="D123" s="0" t="s">
+      <c r="D123" s="0">
+        <v>64034</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="F123" s="0" t="s">
         <v>570</v>
       </c>
-      <c r="E123" s="0" t="s">
+      <c r="G123" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>571</v>
-      </c>
-[...10 lines deleted...]
-        <v>573</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L123" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="D124" s="0">
+        <v>64039</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="G124" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>575</v>
-      </c>
-[...16 lines deleted...]
-        <v>577</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>20</v>
+        <v>214</v>
       </c>
       <c r="L124" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="F125" s="0" t="s">
         <v>579</v>
       </c>
-      <c r="D125" s="0" t="s">
+      <c r="G125" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>580</v>
-      </c>
-[...13 lines deleted...]
-        <v>582</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>583</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="E126" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="F126" s="0" t="s">
         <v>584</v>
       </c>
-      <c r="D126" s="0">
-[...5 lines deleted...]
-      <c r="F126" s="0" t="s">
+      <c r="G126" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>585</v>
-      </c>
-[...7 lines deleted...]
-        <v>586</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>588</v>
       </c>
-      <c r="D127" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="0" t="s">
-        <v>302</v>
+        <v>522</v>
       </c>
       <c r="F127" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>589</v>
-      </c>
-[...7 lines deleted...]
-        <v>590</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>591</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>592</v>
       </c>
-      <c r="D128" s="0" t="s">
+      <c r="E128" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="F128" s="0" t="s">
         <v>593</v>
       </c>
-      <c r="E128" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G128" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>594</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L128" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>595</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>596</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>435</v>
+        <v>597</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>436</v>
+        <v>329</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>437</v>
+        <v>598</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>441</v>
+        <v>602</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>436</v>
+        <v>125</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>442</v>
+        <v>603</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>53</v>
+        <v>176</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="D131" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="E131" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F131" s="0" t="s">
         <v>603</v>
       </c>
-      <c r="E131" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G131" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L131" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>333</v>
+        <v>125</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>614</v>
+        <v>603</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L134" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>614</v>
+        <v>319</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L135" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>627</v>
+      </c>
+      <c r="D136" s="0">
+        <v>5.3032</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L136" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="D137" s="0">
+        <v>5.30325</v>
+      </c>
+      <c r="E137" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F137" s="0" t="s">
         <v>628</v>
       </c>
-      <c r="C137" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G137" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>632</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L137" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>633</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>634</v>
       </c>
-      <c r="D138" s="0" t="s">
+      <c r="D138" s="0">
+        <v>5.30323</v>
+      </c>
+      <c r="E138" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="G138" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H138" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I138" s="1" t="s">
         <v>635</v>
-      </c>
-[...13 lines deleted...]
-        <v>636</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L138" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>637</v>
       </c>
-      <c r="C139" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="0">
-        <v>5.3032</v>
+        <v>5.30324</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="D140" s="0">
-        <v>5.30325</v>
+        <v>5.3033</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L140" s="0">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="D141" s="0">
-        <v>5.30323</v>
+        <v>5.30335</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>646</v>
+        <v>307</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L141" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="D142" s="0">
-        <v>5.30324</v>
+        <v>5.30333</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>646</v>
+        <v>307</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="D143" s="0">
-        <v>5.3033</v>
+        <v>5.30334</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="D144" s="0">
-        <v>5.30335</v>
+        <v>2.352</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>312</v>
+        <v>651</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="D145" s="0" t="s">
         <v>654</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.30333</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>28</v>
+        <v>239</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>312</v>
+        <v>656</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="L145" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>5.30334</v>
+        <v>658</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>659</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>28</v>
+        <v>239</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L146" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>2.352</v>
+        <v>662</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>663</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>28</v>
+        <v>239</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L147" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>666</v>
+      </c>
+      <c r="D148" s="0">
+        <v>3.40424</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L148" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>669</v>
-[...1 lines deleted...]
-      <c r="D149" s="0" t="s">
         <v>670</v>
       </c>
+      <c r="D149" s="0">
+        <v>61721</v>
+      </c>
       <c r="E149" s="0" t="s">
-        <v>113</v>
+        <v>329</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L149" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>113</v>
+        <v>329</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>401</v>
+        <v>678</v>
       </c>
       <c r="L150" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>3.40424</v>
+        <v>680</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>681</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>113</v>
+        <v>329</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>679</v>
+        <v>261</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L151" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>61721</v>
+        <v>684</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>685</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>333</v>
+        <v>125</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>682</v>
+        <v>126</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L152" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>333</v>
+        <v>113</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>687</v>
+        <v>162</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>688</v>
+        <v>668</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>689</v>
+        <v>116</v>
       </c>
       <c r="L153" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>690</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>691</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>692</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>333</v>
+        <v>168</v>
       </c>
       <c r="F154" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>693</v>
-      </c>
-[...7 lines deleted...]
-        <v>267</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L154" s="0"/>
+      <c r="L154" s="0">
+        <v>48</v>
+      </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
         <v>694</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>695</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>696</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>126</v>
+        <v>191</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>127</v>
+        <v>170</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>224</v>
+        <v>697</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>163</v>
+        <v>191</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>679</v>
+        <v>701</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L156" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-        <v>702</v>
+        <v>703</v>
+      </c>
+      <c r="D157" s="0">
+        <v>42495</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>487</v>
+        <v>704</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>176</v>
+        <v>297</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="0">
-        <v>48</v>
+        <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>168</v>
+        <v>431</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>197</v>
+        <v>437</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>176</v>
+        <v>28</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>168</v>
+        <v>522</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>197</v>
+        <v>713</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>182</v>
+        <v>53</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>712</v>
+        <v>20</v>
       </c>
       <c r="L159" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>42495</v>
+        <v>716</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>717</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>715</v>
+        <v>175</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>170</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L160" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>436</v>
+        <v>168</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L161" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>447</v>
+        <v>431</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>453</v>
+        <v>432</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>724</v>
+        <v>200</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="D163" s="0" t="s">
         <v>727</v>
       </c>
+      <c r="D163" s="0">
+        <v>1021</v>
+      </c>
       <c r="E163" s="0" t="s">
-        <v>436</v>
+        <v>251</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>728</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>53</v>
+        <v>176</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>729</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L163" s="0">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>730</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>731</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>732</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>176</v>
+        <v>28</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>733</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L164" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="C165" s="0" t="s">
         <v>734</v>
       </c>
-      <c r="C165" s="0" t="s">
+      <c r="D165" s="0" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>42555</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>736</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L165" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
         <v>737</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>738</v>
       </c>
-      <c r="D166" s="0" t="s">
+      <c r="D166" s="0">
+        <v>5279</v>
+      </c>
+      <c r="E166" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F166" s="0" t="s">
         <v>739</v>
       </c>
-      <c r="E166" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G166" s="0" t="s">
-        <v>176</v>
+        <v>132</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>740</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L166" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
         <v>741</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>742</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>743</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>447</v>
+        <v>168</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>448</v>
+        <v>462</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>206</v>
+        <v>744</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>1021</v>
+        <v>746</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>747</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>257</v>
+        <v>125</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L168" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>751</v>
+      </c>
+      <c r="D169" s="0">
+        <v>2485</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>114</v>
+        <v>479</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>28</v>
+        <v>132</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L169" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>730</v>
+        <v>753</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>168</v>
+        <v>522</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>181</v>
+        <v>756</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>182</v>
+        <v>53</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>285</v>
+        <v>757</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L170" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="D171" s="0">
-        <v>5279</v>
+        <v>55205</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L171" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>20</v>
+        <v>766</v>
       </c>
       <c r="L172" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>762</v>
+        <v>719</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>765</v>
+        <v>427</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L173" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="D174" s="0">
-        <v>2485</v>
+        <v>15691</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>495</v>
+        <v>772</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L174" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>775</v>
+      </c>
+      <c r="D175" s="0">
+        <v>15664</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>436</v>
+        <v>119</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>773</v>
+        <v>120</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>777</v>
+        <v>778</v>
+      </c>
+      <c r="D176" s="0">
+        <v>15240</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>436</v>
+        <v>119</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>778</v>
+        <v>120</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>779</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L176" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
         <v>780</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>781</v>
       </c>
       <c r="D177" s="0">
-        <v>55205</v>
+        <v>15231</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F177" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I177" s="1" t="s">
         <v>782</v>
-      </c>
-[...7 lines deleted...]
-        <v>783</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>20</v>
+        <v>783</v>
       </c>
       <c r="L177" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
         <v>784</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>785</v>
       </c>
-      <c r="D178" s="0" t="s">
-        <v>786</v>
+      <c r="D178" s="0">
+        <v>15232</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>168</v>
+        <v>119</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>487</v>
+        <v>120</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>787</v>
+        <v>121</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>788</v>
+        <v>20</v>
       </c>
       <c r="L178" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>737</v>
+        <v>786</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-        <v>790</v>
+        <v>787</v>
+      </c>
+      <c r="D179" s="0">
+        <v>15242</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>168</v>
+        <v>119</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>432</v>
+        <v>120</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>230</v>
+        <v>788</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L179" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="D180" s="0">
+        <v>52361</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I180" s="1" t="s">
         <v>791</v>
-      </c>
-[...19 lines deleted...]
-        <v>794</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D181" s="0">
-        <v>15664</v>
+        <v>15435</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>797</v>
+        <v>514</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>15240</v>
+        <v>795</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>796</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>119</v>
+        <v>409</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>120</v>
+        <v>410</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L182" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="D183" s="0">
+        <v>175531</v>
+      </c>
+      <c r="E183" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="F183" s="0" t="s">
         <v>801</v>
       </c>
-      <c r="C183" s="0" t="s">
+      <c r="G183" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H183" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I183" s="1" t="s">
         <v>802</v>
-      </c>
-[...16 lines deleted...]
-        <v>803</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>804</v>
+        <v>20</v>
       </c>
       <c r="L183" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="D184" s="0">
+        <v>8477</v>
+      </c>
+      <c r="E184" s="0" t="s">
         <v>805</v>
       </c>
-      <c r="C184" s="0" t="s">
+      <c r="F184" s="0" t="s">
         <v>806</v>
       </c>
-      <c r="D184" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G184" s="0" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>121</v>
+        <v>807</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L184" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-        <v>15242</v>
+        <v>809</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>810</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>119</v>
+        <v>168</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>120</v>
+        <v>223</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>809</v>
+        <v>769</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L185" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-        <v>52361</v>
+        <v>812</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>813</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>125</v>
+        <v>814</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>201</v>
+        <v>815</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>127</v>
+        <v>816</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L186" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>15435</v>
+        <v>819</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>820</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>132</v>
+        <v>821</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>530</v>
+        <v>822</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L187" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>824</v>
+      </c>
+      <c r="D188" s="0">
+        <v>4518015</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>413</v>
+        <v>825</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>414</v>
+        <v>826</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L188" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="D189" s="0">
-        <v>175531</v>
+        <v>11006741</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="L189" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="D190" s="0">
-        <v>8477</v>
+        <v>15434</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>826</v>
+        <v>119</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>827</v>
+        <v>131</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>28</v>
+        <v>132</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>828</v>
+        <v>511</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L190" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>829</v>
+        <v>702</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>229</v>
+        <v>704</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>832</v>
+        <v>192</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="L191" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>836</v>
+        <v>168</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>837</v>
+        <v>233</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>838</v>
+        <v>176</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>839</v>
+        <v>253</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L192" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
         <v>840</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>841</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>842</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F193" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="G193" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I193" s="1" t="s">
         <v>843</v>
-      </c>
-[...7 lines deleted...]
-        <v>844</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L193" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="C194" s="0" t="s">
         <v>845</v>
       </c>
-      <c r="C194" s="0" t="s">
+      <c r="D194" s="0" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>4518015</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>847</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>848</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>143</v>
+        <v>849</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L194" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>11006741</v>
+        <v>852</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>853</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>28</v>
+        <v>849</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L195" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D196" s="0">
-        <v>15434</v>
+        <v>15710</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>133</v>
+        <v>17</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>527</v>
+        <v>858</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L196" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>713</v>
+        <v>859</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>168</v>
+        <v>814</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>715</v>
+        <v>862</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>182</v>
+        <v>816</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>299</v>
+        <v>864</v>
       </c>
       <c r="L197" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>168</v>
+        <v>409</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>239</v>
+        <v>868</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>259</v>
+        <v>869</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L198" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>871</v>
+      </c>
+      <c r="D199" s="0">
+        <v>579704</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>125</v>
+        <v>800</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>253</v>
+        <v>872</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>182</v>
+        <v>142</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L199" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>875</v>
+      </c>
+      <c r="D200" s="0">
+        <v>1000015</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>870</v>
+        <v>140</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>871</v>
+        <v>260</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>872</v>
+        <v>142</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>804</v>
+        <v>20</v>
       </c>
       <c r="L200" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>870</v>
+        <v>556</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>877</v>
+        <v>566</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>336</v>
+        <v>164</v>
       </c>
       <c r="L201" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-        <v>15710</v>
+        <v>882</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>883</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>119</v>
+        <v>364</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>137</v>
+        <v>884</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>20</v>
+        <v>886</v>
       </c>
       <c r="L202" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>836</v>
+        <v>522</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>838</v>
+        <v>53</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>887</v>
+        <v>20</v>
       </c>
       <c r="L203" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>413</v>
+        <v>113</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L204" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="D205" s="0">
-        <v>579704</v>
+        <v>3.6061</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>821</v>
+        <v>113</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L205" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-        <v>1000015</v>
+        <v>902</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>903</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>266</v>
+        <v>899</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L206" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-        <v>902</v>
+        <v>906</v>
+      </c>
+      <c r="D207" s="0">
+        <v>3.5021</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>571</v>
+        <v>113</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>581</v>
+        <v>895</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L207" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>368</v>
+        <v>113</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>908</v>
+        <v>896</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>909</v>
+        <v>164</v>
       </c>
       <c r="L208" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>436</v>
+        <v>113</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>913</v>
+        <v>895</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>914</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L209" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
         <v>915</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>916</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>917</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>918</v>
+        <v>278</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>919</v>
+        <v>416</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L210" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="D211" s="0" t="s">
         <v>920</v>
       </c>
-      <c r="C211" s="0" t="s">
+      <c r="E211" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F211" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="G211" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I211" s="1" t="s">
         <v>921</v>
-      </c>
-[...16 lines deleted...]
-        <v>923</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L211" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="D212" s="0" t="s">
         <v>924</v>
       </c>
-      <c r="C212" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E212" s="0" t="s">
-        <v>113</v>
+        <v>431</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>922</v>
+        <v>437</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L212" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="D213" s="0" t="s">
         <v>928</v>
       </c>
-      <c r="C213" s="0" t="s">
+      <c r="E213" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="F213" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="G213" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H213" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I213" s="1" t="s">
         <v>929</v>
-      </c>
-[...16 lines deleted...]
-        <v>930</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L213" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>931</v>
       </c>
-      <c r="C214" s="0" t="s">
+      <c r="D214" s="0" t="s">
         <v>932</v>
       </c>
-      <c r="D214" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E214" s="0" t="s">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>918</v>
+        <v>466</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>28</v>
+        <v>170</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>919</v>
+        <v>253</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L214" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="C215" s="0" t="s">
         <v>934</v>
       </c>
-      <c r="C215" s="0" t="s">
+      <c r="D215" s="0" t="s">
         <v>935</v>
       </c>
-      <c r="D215" s="0" t="s">
+      <c r="E215" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="G215" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I215" s="1" t="s">
         <v>936</v>
-      </c>
-[...13 lines deleted...]
-        <v>937</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L215" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="C216" s="0" t="s">
         <v>938</v>
       </c>
-      <c r="C216" s="0" t="s">
+      <c r="D216" s="0">
+        <v>42283</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I216" s="1" t="s">
         <v>939</v>
-      </c>
-[...16 lines deleted...]
-        <v>154</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L216" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="C217" s="0" t="s">
         <v>941</v>
       </c>
-      <c r="C217" s="0" t="s">
+      <c r="D217" s="0">
+        <v>42884</v>
+      </c>
+      <c r="E217" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="H217" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I217" s="1" t="s">
         <v>942</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L217" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="C218" s="0" t="s">
         <v>944</v>
       </c>
-      <c r="C218" s="0" t="s">
+      <c r="D218" s="0" t="s">
         <v>945</v>
       </c>
-      <c r="D218" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E218" s="0" t="s">
-        <v>447</v>
+        <v>431</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>453</v>
+        <v>432</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L218" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="C219" s="0" t="s">
         <v>948</v>
       </c>
-      <c r="C219" s="0" t="s">
+      <c r="D219" s="0" t="s">
         <v>949</v>
       </c>
-      <c r="D219" s="0" t="s">
+      <c r="E219" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F219" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="G219" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H219" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I219" s="1" t="s">
         <v>950</v>
-      </c>
-[...13 lines deleted...]
-        <v>951</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>20</v>
+        <v>951</v>
       </c>
       <c r="L219" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
         <v>952</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>953</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>954</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>482</v>
+        <v>278</v>
       </c>
       <c r="G220" s="0" t="s">
-        <v>176</v>
+        <v>127</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>259</v>
+        <v>955</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L220" s="0">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>284</v>
+        <v>452</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>958</v>
+        <v>580</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L221" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
         <v>959</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>960</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>961</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>436</v>
+        <v>168</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>728</v>
+        <v>181</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>53</v>
+        <v>176</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>729</v>
+        <v>765</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L222" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
         <v>962</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>963</v>
       </c>
-      <c r="D223" s="0">
-        <v>42283</v>
+      <c r="D223" s="0" t="s">
+        <v>964</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>181</v>
+        <v>223</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>170</v>
+        <v>297</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L223" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>966</v>
-[...2 lines deleted...]
-        <v>42884</v>
+        <v>967</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>968</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>419</v>
+        <v>466</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>967</v>
+        <v>769</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L224" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>447</v>
+        <v>522</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>448</v>
+        <v>972</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>971</v>
+        <v>307</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L225" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>973</v>
-[...1 lines deleted...]
-      <c r="D226" s="0" t="s">
         <v>974</v>
       </c>
+      <c r="D226" s="0">
+        <v>79741</v>
+      </c>
       <c r="E226" s="0" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>114</v>
+        <v>748</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>975</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>976</v>
+        <v>116</v>
       </c>
       <c r="L226" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="C227" s="0" t="s">
         <v>977</v>
       </c>
-      <c r="C227" s="0" t="s">
+      <c r="D227" s="0">
+        <v>2211</v>
+      </c>
+      <c r="E227" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F227" s="0" t="s">
         <v>978</v>
       </c>
-      <c r="D227" s="0" t="s">
+      <c r="G227" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H227" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I227" s="1" t="s">
         <v>979</v>
-      </c>
-[...13 lines deleted...]
-        <v>980</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L227" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="C228" s="0" t="s">
         <v>981</v>
       </c>
-      <c r="C228" s="0" t="s">
+      <c r="D228" s="0" t="s">
         <v>982</v>
       </c>
-      <c r="D228" s="0" t="s">
+      <c r="E228" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="G228" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="H228" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I228" s="1" t="s">
         <v>983</v>
-      </c>
-[...13 lines deleted...]
-        <v>594</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="L228" s="0">
-        <v>3</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
         <v>984</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>985</v>
       </c>
-      <c r="D229" s="0" t="s">
+      <c r="D229" s="0">
+        <v>15694</v>
+      </c>
+      <c r="E229" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F229" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="G229" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H229" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I229" s="1" t="s">
         <v>986</v>
-      </c>
-[...13 lines deleted...]
-        <v>787</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L229" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
         <v>987</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>988</v>
       </c>
-      <c r="D230" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D230" s="0">
+        <v>15668</v>
+      </c>
+      <c r="E230" s="0"/>
       <c r="F230" s="0" t="s">
-        <v>229</v>
+        <v>120</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>170</v>
+        <v>132</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>990</v>
+        <v>776</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L230" s="0">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="D231" s="0">
+        <v>15243</v>
+      </c>
+      <c r="E231" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="G231" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H231" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I231" s="1" t="s">
         <v>991</v>
-      </c>
-[...19 lines deleted...]
-        <v>947</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L231" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="C232" s="0" t="s">
         <v>993</v>
       </c>
-      <c r="C232" s="0" t="s">
+      <c r="D232" s="0">
+        <v>978483</v>
+      </c>
+      <c r="E232" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="F232" s="0" t="s">
         <v>994</v>
       </c>
-      <c r="D232" s="0" t="s">
+      <c r="G232" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H232" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I232" s="1" t="s">
         <v>995</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L232" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
         <v>996</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>997</v>
       </c>
-      <c r="D233" s="0" t="s">
-        <v>998</v>
+      <c r="D233" s="0">
+        <v>2338</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>436</v>
+        <v>119</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>778</v>
+        <v>483</v>
       </c>
       <c r="G233" s="0" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>312</v>
+        <v>484</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L233" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="C234" s="0" t="s">
         <v>999</v>
       </c>
-      <c r="C234" s="0" t="s">
+      <c r="D234" s="0" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>79741</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>765</v>
+        <v>1001</v>
       </c>
       <c r="G234" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>165</v>
+        <v>385</v>
       </c>
       <c r="L234" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>2211</v>
+        <v>1004</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>1005</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L235" s="0">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="L236" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D237" s="0">
-        <v>15694</v>
+        <v>7330</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>119</v>
+        <v>805</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>133</v>
+        <v>28</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L237" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>1014</v>
-[...4 lines deleted...]
-      <c r="E238" s="0"/>
+        <v>1016</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E238" s="0" t="s">
+        <v>830</v>
+      </c>
       <c r="F238" s="0" t="s">
-        <v>120</v>
+        <v>1018</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>133</v>
+        <v>28</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>797</v>
+        <v>1019</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>20</v>
+        <v>1020</v>
       </c>
       <c r="L238" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1015</v>
+        <v>1021</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="D239" s="0">
-        <v>15243</v>
+        <v>2524</v>
       </c>
       <c r="E239" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>120</v>
+        <v>207</v>
       </c>
       <c r="G239" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1017</v>
+        <v>580</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L239" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-        <v>978483</v>
+        <v>1024</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>1025</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>821</v>
+        <v>168</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>1020</v>
+        <v>212</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L240" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1023</v>
-[...2 lines deleted...]
-        <v>2338</v>
+        <v>1028</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>1029</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>119</v>
+        <v>409</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>499</v>
+        <v>410</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>500</v>
+        <v>1030</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L241" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>125</v>
+        <v>830</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1027</v>
+        <v>831</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1028</v>
+        <v>404</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>401</v>
+        <v>116</v>
       </c>
       <c r="L242" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>1031</v>
+        <v>1035</v>
+      </c>
+      <c r="D243" s="0">
+        <v>15712</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>1032</v>
+        <v>136</v>
       </c>
       <c r="G243" s="0" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1033</v>
+        <v>788</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L243" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>113</v>
+        <v>364</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>163</v>
+        <v>1039</v>
       </c>
       <c r="G244" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>299</v>
+        <v>385</v>
       </c>
       <c r="L244" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>7330</v>
+        <v>1042</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>1043</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>826</v>
+        <v>125</v>
       </c>
       <c r="F245" s="0" t="s">
-        <v>827</v>
+        <v>1044</v>
       </c>
       <c r="G245" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L245" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>852</v>
+        <v>125</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>1046</v>
+        <v>20</v>
       </c>
       <c r="L246" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1048</v>
-[...2 lines deleted...]
-        <v>2524</v>
+        <v>1052</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>1053</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>119</v>
+        <v>847</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>213</v>
+        <v>848</v>
       </c>
       <c r="G247" s="0" t="s">
-        <v>17</v>
+        <v>849</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>594</v>
+        <v>1054</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L247" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1050</v>
-[...2 lines deleted...]
-        <v>1051</v>
+        <v>1056</v>
+      </c>
+      <c r="D248" s="0">
+        <v>265100002</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>168</v>
+        <v>119</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>218</v>
+        <v>1057</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>711</v>
+        <v>1058</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L248" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>1054</v>
+        <v>1060</v>
+      </c>
+      <c r="D249" s="0">
+        <v>15746</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>413</v>
+        <v>119</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>414</v>
+        <v>499</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L249" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>852</v>
+        <v>1065</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>853</v>
+        <v>1066</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>28</v>
+        <v>374</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>408</v>
+        <v>1067</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L250" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1059</v>
+        <v>1068</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>15712</v>
+        <v>1069</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>1070</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>119</v>
+        <v>847</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>137</v>
+        <v>1071</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>17</v>
+        <v>849</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>809</v>
+        <v>1072</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>165</v>
+        <v>1073</v>
       </c>
       <c r="L251" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1063</v>
+        <v>1076</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>368</v>
+        <v>168</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>1064</v>
+        <v>442</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>400</v>
+        <v>1077</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>401</v>
+        <v>187</v>
       </c>
       <c r="L252" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1065</v>
+        <v>1078</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1066</v>
-[...2 lines deleted...]
-        <v>1067</v>
+        <v>1079</v>
+      </c>
+      <c r="D253" s="0">
+        <v>2000015</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>1068</v>
+        <v>256</v>
       </c>
       <c r="G253" s="0" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L253" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1071</v>
-[...2 lines deleted...]
-        <v>1072</v>
+        <v>1082</v>
+      </c>
+      <c r="D254" s="0">
+        <v>3500015</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1073</v>
+        <v>506</v>
       </c>
       <c r="G254" s="0" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L254" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>1077</v>
+        <v>1085</v>
+      </c>
+      <c r="D255" s="0">
+        <v>1000016</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>870</v>
+        <v>140</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>871</v>
+        <v>260</v>
       </c>
       <c r="G255" s="0" t="s">
-        <v>872</v>
+        <v>142</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1078</v>
+        <v>266</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>116</v>
+        <v>1086</v>
       </c>
       <c r="L255" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="D256" s="0">
-        <v>265100002</v>
+        <v>3520009</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>1081</v>
+        <v>510</v>
       </c>
       <c r="G256" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>225</v>
+        <v>20</v>
       </c>
       <c r="L256" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="D257" s="0">
-        <v>15746</v>
+        <v>3510016</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="F257" s="0" t="s">
-        <v>514</v>
+        <v>141</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>17</v>
+        <v>849</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L257" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>1094</v>
+      </c>
+      <c r="D258" s="0">
+        <v>3526609</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>1089</v>
+        <v>140</v>
       </c>
       <c r="F258" s="0" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>378</v>
+        <v>142</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L258" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1093</v>
-[...2 lines deleted...]
-        <v>1094</v>
+        <v>1098</v>
+      </c>
+      <c r="D259" s="0">
+        <v>3525609</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>870</v>
+        <v>140</v>
       </c>
       <c r="F259" s="0" t="s">
         <v>1095</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>872</v>
+        <v>142</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L259" s="0"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>168</v>
+        <v>329</v>
       </c>
       <c r="F260" s="0" t="s">
-        <v>458</v>
+        <v>593</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>116</v>
+        <v>187</v>
       </c>
       <c r="L260" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-        <v>2000015</v>
+        <v>1105</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>1106</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>141</v>
+        <v>522</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>262</v>
+        <v>1107</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L261" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-        <v>3500015</v>
+        <v>1110</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>1111</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>141</v>
+        <v>329</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L262" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>1000016</v>
+        <v>1114</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>1115</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>141</v>
+        <v>522</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>266</v>
+        <v>523</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>272</v>
+        <v>307</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L263" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>3520009</v>
+        <v>1117</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>1118</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>141</v>
+        <v>431</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>526</v>
+        <v>1119</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>20</v>
+        <v>1121</v>
       </c>
       <c r="L264" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1113</v>
-[...2 lines deleted...]
-        <v>3510016</v>
+        <v>1123</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>1124</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>142</v>
+        <v>899</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1114</v>
+        <v>1125</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L265" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1115</v>
+        <v>1126</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-        <v>3526609</v>
+        <v>1127</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>1128</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>141</v>
+        <v>364</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L266" s="0">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="D267" s="0">
-        <v>3525609</v>
+        <v>271100003</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1117</v>
+        <v>1133</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1121</v>
+        <v>491</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L267" s="0"/>
+      <c r="L267" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>333</v>
+        <v>113</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>604</v>
+        <v>1137</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1125</v>
+        <v>664</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L268" s="0"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1126</v>
+        <v>962</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>436</v>
+        <v>168</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1129</v>
+        <v>223</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>53</v>
+        <v>176</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1130</v>
+        <v>1140</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L269" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>333</v>
+        <v>113</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>551</v>
+        <v>667</v>
       </c>
       <c r="G270" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="L270" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1135</v>
+        <v>1145</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>436</v>
+        <v>847</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>538</v>
+        <v>854</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>53</v>
+        <v>849</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>312</v>
+        <v>331</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L271" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1139</v>
-[...2 lines deleted...]
-        <v>1140</v>
+        <v>1149</v>
+      </c>
+      <c r="D272" s="0">
+        <v>23949020006</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>1150</v>
+      </c>
+      <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1142</v>
+        <v>1151</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L272" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1145</v>
+        <v>1154</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>922</v>
+        <v>311</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1146</v>
+        <v>1155</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>1147</v>
+        <v>20</v>
       </c>
       <c r="L273" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>368</v>
+        <v>125</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="G274" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L274" s="0">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1154</v>
-[...2 lines deleted...]
-        <v>271100003</v>
+        <v>1162</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>1163</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>506</v>
+        <v>1164</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>299</v>
+        <v>164</v>
       </c>
       <c r="L275" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>675</v>
+        <v>1168</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L276" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L276" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>987</v>
+        <v>1169</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1160</v>
+        <v>1170</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1161</v>
+        <v>1171</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>168</v>
+        <v>409</v>
       </c>
       <c r="F277" s="0" t="s">
-        <v>229</v>
+        <v>1172</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>711</v>
+        <v>1173</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="L277" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>113</v>
+        <v>409</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>678</v>
+        <v>1177</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1165</v>
+        <v>1178</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>401</v>
+        <v>385</v>
       </c>
       <c r="L278" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>870</v>
+        <v>409</v>
       </c>
       <c r="F279" s="0" t="s">
-        <v>877</v>
+        <v>1177</v>
       </c>
       <c r="G279" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>335</v>
+        <v>1182</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L279" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1169</v>
+        <v>1183</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-        <v>23949020006</v>
+        <v>1184</v>
+      </c>
+      <c r="D280" s="0" t="s">
+        <v>1185</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>1171</v>
-[...1 lines deleted...]
-      <c r="F280" s="0"/>
+        <v>329</v>
+      </c>
+      <c r="F280" s="0" t="s">
+        <v>536</v>
+      </c>
       <c r="G280" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L280" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1173</v>
+        <v>1187</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>125</v>
+        <v>329</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>316</v>
+        <v>598</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1176</v>
+        <v>1112</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L281" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1177</v>
+        <v>1190</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1178</v>
+        <v>1191</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1179</v>
+        <v>1192</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>125</v>
+        <v>329</v>
       </c>
       <c r="F282" s="0" t="s">
-        <v>1180</v>
+        <v>593</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1181</v>
+        <v>594</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L282" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1182</v>
+        <v>1193</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1183</v>
+        <v>1194</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1184</v>
+        <v>1195</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="F283" s="0"/>
+        <v>364</v>
+      </c>
+      <c r="F283" s="0" t="s">
+        <v>523</v>
+      </c>
       <c r="G283" s="0" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1185</v>
+        <v>1196</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L283" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1187</v>
+        <v>1198</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1188</v>
+        <v>1199</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="F284" s="0"/>
+        <v>364</v>
+      </c>
+      <c r="F284" s="0" t="s">
+        <v>1200</v>
+      </c>
       <c r="G284" s="0" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1189</v>
+        <v>651</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L284" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1190</v>
+        <v>1201</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>413</v>
+        <v>364</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
       <c r="G285" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1194</v>
+        <v>1205</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L285" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1195</v>
+        <v>1206</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1196</v>
+        <v>1207</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1197</v>
+        <v>1208</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>413</v>
+        <v>1209</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="G286" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L286" s="0">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>413</v>
+        <v>364</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="G287" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1203</v>
+        <v>1216</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L287" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1204</v>
+        <v>1217</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1205</v>
+        <v>1218</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1206</v>
+        <v>1219</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
-        <v>28</v>
+        <v>1221</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1207</v>
+        <v>904</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L288" s="0"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1209</v>
+        <v>1223</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1210</v>
+        <v>1224</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>333</v>
+        <v>431</v>
       </c>
       <c r="F289" s="0" t="s">
-        <v>609</v>
+        <v>1225</v>
       </c>
       <c r="G289" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1134</v>
+        <v>1226</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="L289" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1211</v>
+        <v>1227</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1212</v>
+        <v>1228</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1213</v>
+        <v>1229</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>333</v>
+        <v>431</v>
       </c>
       <c r="F290" s="0" t="s">
-        <v>604</v>
+        <v>1225</v>
       </c>
       <c r="G290" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>605</v>
+        <v>1230</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L290" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1214</v>
+        <v>1231</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1215</v>
+        <v>1232</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1216</v>
+        <v>1233</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>368</v>
+        <v>847</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>538</v>
+        <v>1234</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>127</v>
+        <v>849</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1217</v>
+        <v>1235</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L291" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1218</v>
+        <v>1231</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1219</v>
+        <v>1236</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1220</v>
+        <v>1237</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>368</v>
+        <v>847</v>
       </c>
       <c r="F292" s="0" t="s">
-        <v>1221</v>
+        <v>1234</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>127</v>
+        <v>849</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>662</v>
+        <v>1235</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L292" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1223</v>
+        <v>1238</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1224</v>
+        <v>1239</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>368</v>
+        <v>847</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>127</v>
+        <v>849</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1226</v>
+        <v>1240</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L293" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1227</v>
+        <v>1241</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1228</v>
+        <v>1242</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1229</v>
+        <v>1243</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>1230</v>
+        <v>847</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>1231</v>
+        <v>1244</v>
       </c>
       <c r="G294" s="0" t="s">
-        <v>127</v>
+        <v>849</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1232</v>
+        <v>1245</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L294" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
-        <v>127</v>
+        <v>1221</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L295" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L295" s="0"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1239</v>
-[...2 lines deleted...]
-        <v>1240</v>
+        <v>1251</v>
+      </c>
+      <c r="D296" s="0">
+        <v>9549819</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="F296" s="0"/>
+        <v>1220</v>
+      </c>
+      <c r="F296" s="0" t="s">
+        <v>1252</v>
+      </c>
       <c r="G296" s="0" t="s">
-        <v>1242</v>
+        <v>1221</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>927</v>
+        <v>1253</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L296" s="0"/>
+        <v>187</v>
+      </c>
+      <c r="L296" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1244</v>
-[...2 lines deleted...]
-        <v>1245</v>
+        <v>1255</v>
+      </c>
+      <c r="D297" s="0">
+        <v>9549816</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>447</v>
+        <v>1220</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>28</v>
+        <v>1221</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1247</v>
+        <v>900</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>116</v>
+        <v>385</v>
       </c>
       <c r="L297" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1249</v>
-[...2 lines deleted...]
-        <v>1250</v>
+        <v>1257</v>
+      </c>
+      <c r="D298" s="0">
+        <v>9549825</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>447</v>
+        <v>1220</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>28</v>
+        <v>1221</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1251</v>
+        <v>900</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L298" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>1255</v>
+        <v>247</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
         <v>116</v>
       </c>
       <c r="L299" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1257</v>
-[...2 lines deleted...]
-        <v>1258</v>
+        <v>1263</v>
+      </c>
+      <c r="D300" s="0">
+        <v>119636</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
-        <v>872</v>
+        <v>142</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L300" s="0"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1252</v>
+        <v>1265</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F301" s="0" t="s">
-        <v>1255</v>
+        <v>1268</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1261</v>
+        <v>1269</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>336</v>
+        <v>385</v>
       </c>
       <c r="L301" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1262</v>
+        <v>1270</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1263</v>
+        <v>1271</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1264</v>
+        <v>1272</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>1265</v>
+        <v>157</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L302" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>1241</v>
+        <v>125</v>
       </c>
       <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
-        <v>1242</v>
+        <v>127</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L303" s="0"/>
+      <c r="L303" s="0">
+        <v>72</v>
+      </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1271</v>
+        <v>940</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1272</v>
-[...2 lines deleted...]
-        <v>9549819</v>
+        <v>1278</v>
+      </c>
+      <c r="D304" s="0" t="s">
+        <v>1279</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>1241</v>
+        <v>168</v>
       </c>
       <c r="F304" s="0" t="s">
-        <v>1273</v>
+        <v>415</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>1242</v>
+        <v>176</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>299</v>
+        <v>164</v>
       </c>
       <c r="L304" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1276</v>
-[...2 lines deleted...]
-        <v>9549816</v>
+        <v>1282</v>
+      </c>
+      <c r="D305" s="0" t="s">
+        <v>1283</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>1241</v>
+        <v>847</v>
       </c>
       <c r="F305" s="0" t="s">
-        <v>1273</v>
+        <v>854</v>
       </c>
       <c r="G305" s="0" t="s">
-        <v>1242</v>
+        <v>849</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1045</v>
+        <v>1284</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="L305" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1277</v>
+        <v>1285</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1278</v>
-[...2 lines deleted...]
-        <v>9549825</v>
+        <v>1286</v>
+      </c>
+      <c r="D306" s="0" t="s">
+        <v>1287</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>1241</v>
+        <v>364</v>
       </c>
       <c r="F306" s="0" t="s">
-        <v>1273</v>
+        <v>1288</v>
       </c>
       <c r="G306" s="0" t="s">
-        <v>1242</v>
+        <v>127</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1045</v>
+        <v>1289</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L306" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1280</v>
-[...2 lines deleted...]
-        <v>1281</v>
+        <v>1291</v>
+      </c>
+      <c r="D307" s="0">
+        <v>3500016</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>253</v>
+        <v>506</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>127</v>
+        <v>849</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L307" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1284</v>
-[...2 lines deleted...]
-        <v>119636</v>
+        <v>1293</v>
+      </c>
+      <c r="D308" s="0" t="s">
+        <v>1294</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="F308" s="0"/>
+        <v>113</v>
+      </c>
+      <c r="F308" s="0" t="s">
+        <v>895</v>
+      </c>
       <c r="G308" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1285</v>
+        <v>896</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L308" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L308" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1286</v>
+        <v>1295</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1287</v>
+        <v>1296</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>113</v>
+        <v>364</v>
       </c>
       <c r="F309" s="0" t="s">
-        <v>1289</v>
+        <v>523</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>1291</v>
+        <v>20</v>
       </c>
       <c r="L309" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F310" s="0" t="s">
-        <v>158</v>
+        <v>1302</v>
       </c>
       <c r="G310" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1295</v>
+        <v>213</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L310" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F311" s="0"/>
+        <v>329</v>
+      </c>
+      <c r="F311" s="0" t="s">
+        <v>598</v>
+      </c>
       <c r="G311" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>299</v>
+        <v>164</v>
       </c>
       <c r="L311" s="0">
-        <v>72</v>
+        <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>965</v>
+        <v>1307</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>419</v>
+        <v>1310</v>
       </c>
       <c r="G312" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L312" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1303</v>
+        <v>1312</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-        <v>1305</v>
+        <v>1313</v>
+      </c>
+      <c r="D313" s="0">
+        <v>92181</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>870</v>
+        <v>119</v>
       </c>
       <c r="F313" s="0" t="s">
-        <v>877</v>
+        <v>1314</v>
       </c>
       <c r="G313" s="0" t="s">
-        <v>872</v>
+        <v>17</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L313" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1307</v>
+        <v>1316</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1308</v>
-[...2 lines deleted...]
-        <v>1309</v>
+        <v>1317</v>
+      </c>
+      <c r="D314" s="0">
+        <v>277300001</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>368</v>
+        <v>119</v>
       </c>
       <c r="F314" s="0" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="G314" s="0" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L314" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="D315" s="0">
-        <v>3500016</v>
+        <v>3.40423</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="F315" s="0" t="s">
-        <v>522</v>
+        <v>667</v>
       </c>
       <c r="G315" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1306</v>
+        <v>1322</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L315" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1314</v>
+        <v>1323</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1315</v>
+        <v>1324</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1316</v>
+        <v>1325</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>113</v>
+        <v>329</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>918</v>
+        <v>671</v>
       </c>
       <c r="G316" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>919</v>
+        <v>70</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>165</v>
+        <v>385</v>
       </c>
       <c r="L316" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1317</v>
+        <v>1326</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1318</v>
+        <v>1327</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1319</v>
+        <v>1328</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>368</v>
+        <v>113</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>538</v>
+        <v>1329</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L317" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>168</v>
+        <v>556</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1324</v>
+        <v>557</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>567</v>
+        <v>1334</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L318" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>1327</v>
+        <v>1336</v>
+      </c>
+      <c r="D319" s="0">
+        <v>64090</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>333</v>
+        <v>295</v>
       </c>
       <c r="F319" s="0" t="s">
-        <v>609</v>
+        <v>296</v>
       </c>
       <c r="G319" s="0" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1328</v>
+        <v>1269</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L319" s="0"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1329</v>
+        <v>1337</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-        <v>1331</v>
+        <v>1338</v>
+      </c>
+      <c r="D320" s="0">
+        <v>64015</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>125</v>
+        <v>295</v>
       </c>
       <c r="F320" s="0" t="s">
-        <v>1332</v>
+        <v>570</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>832</v>
+        <v>1339</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L320" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="D321" s="0">
-        <v>92181</v>
+        <v>64014</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="F321" s="0" t="s">
-        <v>1335</v>
+        <v>570</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>17</v>
+        <v>297</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1336</v>
+        <v>200</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L321" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L321" s="0"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1338</v>
-[...2 lines deleted...]
-        <v>277300001</v>
+        <v>1343</v>
+      </c>
+      <c r="D322" s="0" t="s">
+        <v>1344</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>119</v>
+        <v>522</v>
       </c>
       <c r="F322" s="0" t="s">
-        <v>1339</v>
+        <v>584</v>
       </c>
       <c r="G322" s="0" t="s">
-        <v>149</v>
+        <v>53</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L322" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-        <v>3.40423</v>
+        <v>1347</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>712</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>113</v>
+        <v>522</v>
       </c>
       <c r="F323" s="0" t="s">
-        <v>678</v>
+        <v>713</v>
       </c>
       <c r="G323" s="0" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L323" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>1350</v>
+      </c>
+      <c r="D324" s="0">
+        <v>42555</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>333</v>
+        <v>168</v>
       </c>
       <c r="F324" s="0" t="s">
-        <v>682</v>
+        <v>302</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>70</v>
+        <v>1351</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>116</v>
+        <v>1073</v>
       </c>
       <c r="L324" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>113</v>
+        <v>522</v>
       </c>
       <c r="F325" s="0" t="s">
-        <v>1350</v>
+        <v>713</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L325" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1353</v>
-[...2 lines deleted...]
-        <v>1354</v>
+        <v>1357</v>
+      </c>
+      <c r="D326" s="0">
+        <v>42565</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>571</v>
+        <v>168</v>
       </c>
       <c r="F326" s="0" t="s">
-        <v>572</v>
+        <v>302</v>
       </c>
       <c r="G326" s="0" t="s">
-        <v>127</v>
+        <v>297</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L326" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1357</v>
-[...2 lines deleted...]
-        <v>64090</v>
+        <v>1360</v>
+      </c>
+      <c r="D327" s="0" t="s">
+        <v>1361</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>302</v>
+        <v>113</v>
       </c>
       <c r="F327" s="0" t="s">
-        <v>303</v>
+        <v>238</v>
       </c>
       <c r="G327" s="0" t="s">
-        <v>170</v>
+        <v>239</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1290</v>
+        <v>817</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L327" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L327" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-        <v>64015</v>
+        <v>1363</v>
+      </c>
+      <c r="D328" s="0" t="s">
+        <v>1364</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>302</v>
+        <v>431</v>
       </c>
       <c r="F328" s="0" t="s">
-        <v>585</v>
+        <v>1365</v>
       </c>
       <c r="G328" s="0" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>401</v>
+        <v>116</v>
       </c>
       <c r="L328" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="D329" s="0">
-        <v>64014</v>
+        <v>457400003</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>302</v>
+        <v>119</v>
       </c>
       <c r="F329" s="0" t="s">
-        <v>585</v>
+        <v>1369</v>
       </c>
       <c r="G329" s="0" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>206</v>
+        <v>1370</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L329" s="0"/>
+        <v>678</v>
+      </c>
+      <c r="L329" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>1372</v>
+      </c>
+      <c r="D330" s="0">
+        <v>457400002</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>436</v>
+        <v>119</v>
       </c>
       <c r="F330" s="0" t="s">
-        <v>437</v>
+        <v>1369</v>
       </c>
       <c r="G330" s="0" t="s">
-        <v>53</v>
+        <v>148</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>20</v>
+        <v>678</v>
       </c>
       <c r="L330" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>727</v>
+        <v>1376</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>436</v>
+        <v>168</v>
       </c>
       <c r="F331" s="0" t="s">
-        <v>728</v>
+        <v>319</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>53</v>
+        <v>176</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1368</v>
+        <v>625</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L331" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1370</v>
-[...2 lines deleted...]
-        <v>42555</v>
+        <v>1378</v>
+      </c>
+      <c r="D332" s="0" t="s">
+        <v>1379</v>
       </c>
       <c r="E332" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F332" s="0" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>170</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
-        <v>712</v>
+        <v>20</v>
       </c>
       <c r="L332" s="0">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1372</v>
+        <v>1381</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1373</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>1382</v>
+      </c>
+      <c r="D333" s="0">
+        <v>66920</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>436</v>
+        <v>329</v>
       </c>
       <c r="F333" s="0" t="s">
-        <v>728</v>
+        <v>1383</v>
       </c>
       <c r="G333" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L333" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L333" s="0"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="D334" s="0">
-        <v>42565</v>
+        <v>64673</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>168</v>
+        <v>329</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>169</v>
+        <v>330</v>
       </c>
       <c r="G334" s="0" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L334" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1378</v>
+        <v>1388</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="E335" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F335" s="0" t="s">
-        <v>244</v>
+        <v>1391</v>
       </c>
       <c r="G335" s="0" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>839</v>
+        <v>1058</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L335" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1382</v>
+        <v>1393</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1383</v>
+        <v>1394</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>447</v>
+        <v>113</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="G336" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1385</v>
+        <v>1395</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>401</v>
+        <v>164</v>
       </c>
       <c r="L336" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1386</v>
+        <v>1396</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1387</v>
-[...2 lines deleted...]
-        <v>457400003</v>
+        <v>1397</v>
+      </c>
+      <c r="D337" s="0" t="s">
+        <v>1398</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="F337" s="0" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="G337" s="0" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>1390</v>
+        <v>332</v>
       </c>
       <c r="L337" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
       <c r="D338" s="0">
-        <v>457400002</v>
+        <v>3.02257</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1388</v>
+        <v>895</v>
       </c>
       <c r="G338" s="0" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>1291</v>
+        <v>20</v>
       </c>
       <c r="L338" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1395</v>
+        <v>1404</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1396</v>
+        <v>1405</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F339" s="0" t="s">
-        <v>324</v>
+        <v>895</v>
       </c>
       <c r="G339" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L339" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1397</v>
+        <v>1406</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>218</v>
+        <v>895</v>
       </c>
       <c r="G340" s="0" t="s">
-        <v>176</v>
+        <v>28</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L340" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="D341" s="0">
-        <v>66920</v>
+        <v>4.1824</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>333</v>
+        <v>113</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>28</v>
+        <v>239</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L341" s="0"/>
+      <c r="L341" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1405</v>
+        <v>1414</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1406</v>
+        <v>1415</v>
       </c>
       <c r="D342" s="0">
-        <v>64673</v>
+        <v>2.3524</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>333</v>
+        <v>113</v>
       </c>
       <c r="F342" s="0" t="s">
-        <v>334</v>
+        <v>650</v>
       </c>
       <c r="G342" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1407</v>
+        <v>1416</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L342" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1408</v>
+        <v>1417</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1409</v>
-[...2 lines deleted...]
-        <v>1410</v>
+        <v>1418</v>
+      </c>
+      <c r="D343" s="0">
+        <v>2.3521</v>
       </c>
       <c r="E343" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F343" s="0" t="s">
-        <v>1411</v>
+        <v>650</v>
       </c>
       <c r="G343" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1082</v>
+        <v>1419</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L343" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="E344" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F344" s="0" t="s">
-        <v>1411</v>
+        <v>899</v>
       </c>
       <c r="G344" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>165</v>
+        <v>385</v>
       </c>
       <c r="L344" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-        <v>1418</v>
+        <v>1425</v>
+      </c>
+      <c r="D345" s="0">
+        <v>3.6065</v>
       </c>
       <c r="E345" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F345" s="0" t="s">
-        <v>1411</v>
+        <v>899</v>
       </c>
       <c r="G345" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1419</v>
+        <v>1351</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L345" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1421</v>
-[...2 lines deleted...]
-        <v>3.02257</v>
+        <v>1427</v>
+      </c>
+      <c r="D346" s="0" t="s">
+        <v>1428</v>
       </c>
       <c r="E346" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F346" s="0" t="s">
-        <v>918</v>
+        <v>899</v>
       </c>
       <c r="G346" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L346" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="E347" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>918</v>
+        <v>899</v>
       </c>
       <c r="G347" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>651</v>
+        <v>1125</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>165</v>
+        <v>1433</v>
       </c>
       <c r="L347" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="E348" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F348" s="0" t="s">
-        <v>918</v>
+        <v>899</v>
       </c>
       <c r="G348" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>165</v>
+        <v>385</v>
       </c>
       <c r="L348" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1431</v>
-[...2 lines deleted...]
-        <v>4.1824</v>
+        <v>1439</v>
+      </c>
+      <c r="D349" s="0" t="s">
+        <v>1440</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>113</v>
+        <v>329</v>
       </c>
       <c r="F349" s="0" t="s">
-        <v>1432</v>
+        <v>676</v>
       </c>
       <c r="G349" s="0" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>20</v>
+        <v>1442</v>
       </c>
       <c r="L349" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1434</v>
+        <v>1443</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1435</v>
+        <v>1444</v>
       </c>
       <c r="D350" s="0">
-        <v>2.3524</v>
+        <v>112417</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>113</v>
+        <v>1445</v>
       </c>
       <c r="F350" s="0" t="s">
-        <v>661</v>
+        <v>1446</v>
       </c>
       <c r="G350" s="0" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1436</v>
+        <v>1447</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L350" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1437</v>
+        <v>1448</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
       <c r="D351" s="0">
-        <v>2.3521</v>
+        <v>112844</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>113</v>
+        <v>1445</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>661</v>
+        <v>1446</v>
       </c>
       <c r="G351" s="0" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="H351" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1439</v>
+        <v>1450</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L351" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1440</v>
+        <v>1451</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1441</v>
-[...2 lines deleted...]
-        <v>1442</v>
+        <v>1452</v>
+      </c>
+      <c r="D352" s="0">
+        <v>1.3471</v>
       </c>
       <c r="E352" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>922</v>
+        <v>1453</v>
       </c>
       <c r="G352" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L352" s="0"/>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1444</v>
+        <v>1455</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>3.6065</v>
+        <v>1456</v>
+      </c>
+      <c r="D353" s="0" t="s">
+        <v>1457</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="F353" s="0"/>
       <c r="G353" s="0" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1371</v>
+        <v>1458</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L353" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1446</v>
+        <v>1459</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1447</v>
+        <v>1460</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>922</v>
+        <v>247</v>
       </c>
       <c r="G354" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1449</v>
+        <v>1462</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>401</v>
+        <v>164</v>
       </c>
       <c r="L354" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1450</v>
+        <v>1463</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1451</v>
+        <v>1464</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1452</v>
+        <v>1465</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F355" s="0"/>
       <c r="G355" s="0" t="s">
-        <v>28</v>
+        <v>816</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1146</v>
+        <v>1466</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>1453</v>
+        <v>332</v>
       </c>
       <c r="L355" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1454</v>
+        <v>1467</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1455</v>
+        <v>1468</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>1456</v>
+        <v>1469</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F356" s="0"/>
       <c r="G356" s="0" t="s">
-        <v>28</v>
+        <v>816</v>
       </c>
       <c r="H356" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1457</v>
+        <v>1470</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>401</v>
+        <v>1020</v>
       </c>
       <c r="L356" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1458</v>
+        <v>1471</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1459</v>
+        <v>1472</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1460</v>
+        <v>1473</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>333</v>
+        <v>364</v>
       </c>
       <c r="F357" s="0" t="s">
-        <v>687</v>
+        <v>228</v>
       </c>
       <c r="G357" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1461</v>
+        <v>1474</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L357" s="0"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1462</v>
+        <v>1475</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1463</v>
+        <v>1476</v>
       </c>
       <c r="D358" s="0">
-        <v>112417</v>
+        <v>52810</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>1464</v>
+        <v>168</v>
       </c>
       <c r="F358" s="0" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="G358" s="0" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1466</v>
+        <v>571</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L358" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1467</v>
+        <v>1478</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1468</v>
+        <v>1479</v>
       </c>
       <c r="D359" s="0">
-        <v>112844</v>
+        <v>52790</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>1464</v>
+        <v>168</v>
       </c>
       <c r="F359" s="0" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="G359" s="0" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1469</v>
+        <v>1358</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L359" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1470</v>
+        <v>1480</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1471</v>
-[...2 lines deleted...]
-        <v>1.3471</v>
+        <v>1481</v>
+      </c>
+      <c r="D360" s="0" t="s">
+        <v>1482</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>113</v>
+        <v>409</v>
       </c>
       <c r="F360" s="0" t="s">
-        <v>1472</v>
+        <v>1483</v>
       </c>
       <c r="G360" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L360" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L360" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1474</v>
+        <v>1485</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1475</v>
+        <v>1486</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1476</v>
+        <v>1487</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>328</v>
+        <v>383</v>
       </c>
       <c r="F361" s="0"/>
       <c r="G361" s="0" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1477</v>
+        <v>393</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L361" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1478</v>
+        <v>1488</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1479</v>
+        <v>1489</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="F362" s="0"/>
       <c r="G362" s="0" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1481</v>
+        <v>1491</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L362" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1483</v>
+        <v>1493</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1484</v>
+        <v>1494</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>836</v>
+        <v>383</v>
       </c>
       <c r="F363" s="0"/>
       <c r="G363" s="0" t="s">
-        <v>838</v>
+        <v>17</v>
       </c>
       <c r="H363" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1485</v>
+        <v>1495</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>336</v>
+        <v>164</v>
       </c>
       <c r="L363" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1486</v>
+        <v>1496</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1487</v>
+        <v>1497</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>1488</v>
+        <v>1498</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>836</v>
+        <v>383</v>
       </c>
       <c r="F364" s="0"/>
       <c r="G364" s="0" t="s">
-        <v>838</v>
+        <v>17</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
-        <v>225</v>
+        <v>164</v>
       </c>
       <c r="L364" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1490</v>
+        <v>1499</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="F365" s="0"/>
       <c r="G365" s="0" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L365" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L365" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1494</v>
+        <v>1502</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1495</v>
-[...2 lines deleted...]
-        <v>52810</v>
+        <v>1503</v>
+      </c>
+      <c r="D366" s="0" t="s">
+        <v>1504</v>
       </c>
       <c r="E366" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F366" s="0" t="s">
-        <v>1496</v>
+        <v>1505</v>
       </c>
       <c r="G366" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>586</v>
+        <v>496</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L366" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1497</v>
+        <v>1506</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1498</v>
-[...2 lines deleted...]
-        <v>52790</v>
+        <v>1507</v>
+      </c>
+      <c r="D367" s="0" t="s">
+        <v>1508</v>
       </c>
       <c r="E367" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1496</v>
+        <v>1505</v>
       </c>
       <c r="G367" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1377</v>
+        <v>496</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L367" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1499</v>
+        <v>1509</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1500</v>
+        <v>1510</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>1501</v>
+        <v>1511</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>413</v>
+        <v>168</v>
       </c>
       <c r="F368" s="0" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
       <c r="G368" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H368" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1503</v>
+        <v>1512</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L368" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1504</v>
+        <v>1513</v>
       </c>
       <c r="C369" s="0" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D369" s="0" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E369" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="F369" s="0" t="s">
         <v>1505</v>
       </c>
-      <c r="D369" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F369" s="0"/>
       <c r="G369" s="0" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="H369" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>396</v>
+        <v>1077</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L369" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1507</v>
+        <v>1516</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1508</v>
+        <v>1517</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>1509</v>
+        <v>1518</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="F370" s="0"/>
+        <v>168</v>
+      </c>
+      <c r="F370" s="0" t="s">
+        <v>1505</v>
+      </c>
       <c r="G370" s="0" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1510</v>
+        <v>1077</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
-        <v>519</v>
+        <v>20</v>
       </c>
       <c r="L370" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1511</v>
+        <v>1519</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="F371" s="0"/>
+        <v>168</v>
+      </c>
+      <c r="F371" s="0" t="s">
+        <v>1505</v>
+      </c>
       <c r="G371" s="0" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1514</v>
+        <v>1077</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L371" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="F372" s="0"/>
+        <v>814</v>
+      </c>
+      <c r="F372" s="0" t="s">
+        <v>862</v>
+      </c>
       <c r="G372" s="0" t="s">
-        <v>17</v>
+        <v>816</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1514</v>
+        <v>1525</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
-        <v>129</v>
+        <v>332</v>
       </c>
       <c r="L372" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>387</v>
+        <v>814</v>
       </c>
       <c r="F373" s="0"/>
       <c r="G373" s="0" t="s">
-        <v>17</v>
+        <v>816</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1514</v>
+        <v>1529</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
-        <v>1521</v>
+        <v>332</v>
       </c>
       <c r="L373" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>168</v>
+        <v>51</v>
       </c>
       <c r="F374" s="0" t="s">
-        <v>1525</v>
+        <v>296</v>
       </c>
       <c r="G374" s="0" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>511</v>
+        <v>1533</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L374" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F375" s="0"/>
       <c r="G375" s="0" t="s">
-        <v>182</v>
+        <v>816</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>511</v>
+        <v>946</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
-        <v>20</v>
+        <v>1537</v>
       </c>
       <c r="L375" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1530</v>
-[...2 lines deleted...]
-        <v>1531</v>
+        <v>1539</v>
+      </c>
+      <c r="D376" s="0">
+        <v>15624</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="F376" s="0"/>
       <c r="G376" s="0" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1532</v>
+        <v>389</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L376" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F377" s="0" t="s">
-        <v>1525</v>
+        <v>1543</v>
       </c>
       <c r="G377" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1536</v>
+        <v>1544</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L377" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1538</v>
-[...2 lines deleted...]
-        <v>1539</v>
+        <v>1546</v>
+      </c>
+      <c r="D378" s="0">
+        <v>64026</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>168</v>
+        <v>295</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1525</v>
+        <v>296</v>
       </c>
       <c r="G378" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1536</v>
+        <v>1547</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L378" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L378" s="0"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1540</v>
+        <v>1548</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1541</v>
+        <v>1549</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1542</v>
+        <v>1550</v>
       </c>
       <c r="E379" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F379" s="0" t="s">
-        <v>1525</v>
+        <v>1551</v>
       </c>
       <c r="G379" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H379" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1536</v>
+        <v>1552</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
-        <v>20</v>
+        <v>1553</v>
       </c>
       <c r="L379" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1543</v>
+        <v>1554</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1544</v>
+        <v>1555</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1545</v>
+        <v>1556</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>836</v>
+        <v>329</v>
       </c>
       <c r="F380" s="0" t="s">
-        <v>885</v>
+        <v>1557</v>
       </c>
       <c r="G380" s="0" t="s">
-        <v>838</v>
+        <v>28</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1546</v>
+        <v>1103</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
-        <v>1547</v>
+        <v>116</v>
       </c>
       <c r="L380" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1550</v>
+        <v>1560</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="F381" s="0"/>
+        <v>329</v>
+      </c>
+      <c r="F381" s="0" t="s">
+        <v>1557</v>
+      </c>
       <c r="G381" s="0" t="s">
-        <v>838</v>
+        <v>28</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1551</v>
+        <v>594</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
-        <v>336</v>
+        <v>164</v>
       </c>
       <c r="L381" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1553</v>
-[...2 lines deleted...]
-        <v>1554</v>
+        <v>1562</v>
+      </c>
+      <c r="D382" s="0">
+        <v>29515</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>51</v>
+        <v>295</v>
       </c>
       <c r="F382" s="0" t="s">
-        <v>303</v>
+        <v>1563</v>
       </c>
       <c r="G382" s="0" t="s">
-        <v>17</v>
+        <v>297</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L382" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L382" s="0"/>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1556</v>
+        <v>1565</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="F383" s="0"/>
+        <v>847</v>
+      </c>
+      <c r="F383" s="0" t="s">
+        <v>1568</v>
+      </c>
       <c r="G383" s="0" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>971</v>
+        <v>1072</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
-        <v>1559</v>
+        <v>1073</v>
       </c>
       <c r="L383" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1560</v>
+        <v>1569</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1561</v>
-[...2 lines deleted...]
-        <v>15624</v>
+        <v>1570</v>
+      </c>
+      <c r="D384" s="0" t="s">
+        <v>1571</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="F384" s="0"/>
+        <v>364</v>
+      </c>
+      <c r="F384" s="0" t="s">
+        <v>1572</v>
+      </c>
       <c r="G384" s="0" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="H384" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>392</v>
+        <v>1573</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L384" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1562</v>
+        <v>1574</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1563</v>
+        <v>1575</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>1564</v>
+        <v>1576</v>
       </c>
       <c r="E385" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F385" s="0" t="s">
-        <v>1565</v>
+        <v>1577</v>
       </c>
       <c r="G385" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L385" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>64026</v>
+        <v>1580</v>
+      </c>
+      <c r="D386" s="0" t="s">
+        <v>1581</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>302</v>
+        <v>364</v>
       </c>
       <c r="F386" s="0" t="s">
-        <v>303</v>
+        <v>1582</v>
       </c>
       <c r="G386" s="0" t="s">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1569</v>
+        <v>1583</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L386" s="0"/>
+      <c r="L386" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1570</v>
+        <v>1584</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1571</v>
+        <v>1585</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1572</v>
+        <v>1586</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>168</v>
+        <v>364</v>
       </c>
       <c r="F387" s="0" t="s">
-        <v>1573</v>
+        <v>1582</v>
       </c>
       <c r="G387" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L387" s="0"/>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>333</v>
+        <v>364</v>
       </c>
       <c r="F388" s="0" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="G388" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1125</v>
+        <v>1583</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L388" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1580</v>
+        <v>1591</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>333</v>
+        <v>125</v>
       </c>
       <c r="F389" s="0" t="s">
-        <v>1578</v>
+        <v>1593</v>
       </c>
       <c r="G389" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>605</v>
+        <v>1168</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L389" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1583</v>
-[...2 lines deleted...]
-        <v>29515</v>
+        <v>1595</v>
+      </c>
+      <c r="D390" s="0" t="s">
+        <v>1596</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>302</v>
+        <v>125</v>
       </c>
       <c r="F390" s="0" t="s">
-        <v>1584</v>
+        <v>1577</v>
       </c>
       <c r="G390" s="0" t="s">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1585</v>
+        <v>1597</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L390" s="0"/>
+      <c r="L390" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1586</v>
+        <v>1598</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>1588</v>
+        <v>1600</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F391" s="0" t="s">
-        <v>1589</v>
+        <v>1601</v>
       </c>
       <c r="G391" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1096</v>
+        <v>1602</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
-        <v>225</v>
+        <v>116</v>
       </c>
       <c r="L391" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>368</v>
+        <v>113</v>
       </c>
       <c r="F392" s="0" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="G392" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1594</v>
+        <v>1306</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
-        <v>20</v>
+        <v>766</v>
       </c>
       <c r="L392" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1595</v>
+        <v>1606</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1596</v>
+        <v>1607</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1597</v>
+        <v>1608</v>
       </c>
       <c r="E393" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1598</v>
+        <v>1609</v>
       </c>
       <c r="G393" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1599</v>
+        <v>686</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L393" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1601</v>
-[...2 lines deleted...]
-        <v>1602</v>
+        <v>1611</v>
+      </c>
+      <c r="D394" s="0">
+        <v>68174</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>368</v>
+        <v>295</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="G394" s="0" t="s">
-        <v>127</v>
+        <v>297</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L394" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1606</v>
-[...2 lines deleted...]
-        <v>1607</v>
+        <v>1615</v>
+      </c>
+      <c r="D395" s="0">
+        <v>68184</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>368</v>
+        <v>295</v>
       </c>
       <c r="F395" s="0" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="G395" s="0" t="s">
-        <v>127</v>
+        <v>297</v>
       </c>
       <c r="H395" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1604</v>
+        <v>1616</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L395" s="0"/>
+        <v>116</v>
+      </c>
+      <c r="L395" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1609</v>
+        <v>1618</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>1610</v>
+        <v>1619</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>368</v>
+        <v>556</v>
       </c>
       <c r="F396" s="0" t="s">
-        <v>1603</v>
+        <v>1620</v>
       </c>
       <c r="G396" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1604</v>
+        <v>1621</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L396" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1612</v>
+        <v>1623</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1613</v>
+        <v>1624</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>125</v>
+        <v>556</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>1614</v>
+        <v>1625</v>
       </c>
       <c r="G397" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1189</v>
+        <v>1626</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L397" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1615</v>
+        <v>1627</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1616</v>
-[...2 lines deleted...]
-        <v>1617</v>
+        <v>1628</v>
+      </c>
+      <c r="D398" s="0">
+        <v>64009</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>125</v>
+        <v>295</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>1598</v>
+        <v>1629</v>
       </c>
       <c r="G398" s="0" t="s">
-        <v>127</v>
+        <v>297</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1618</v>
+        <v>1630</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L398" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1619</v>
+        <v>1631</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1621</v>
+        <v>1633</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>113</v>
+        <v>295</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="G399" s="0" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>116</v>
+        <v>385</v>
       </c>
       <c r="L399" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1624</v>
+        <v>1636</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1626</v>
+        <v>1638</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>113</v>
+        <v>1209</v>
       </c>
       <c r="F400" s="0" t="s">
-        <v>1622</v>
+        <v>1210</v>
       </c>
       <c r="G400" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1328</v>
+        <v>1639</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
-        <v>804</v>
+        <v>20</v>
       </c>
       <c r="L400" s="0">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1627</v>
+        <v>1640</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1628</v>
-[...2 lines deleted...]
-        <v>1629</v>
+        <v>1641</v>
+      </c>
+      <c r="D401" s="0">
+        <v>2002</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>125</v>
+        <v>251</v>
       </c>
       <c r="F401" s="0" t="s">
-        <v>1630</v>
+        <v>1642</v>
       </c>
       <c r="G401" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H401" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1631</v>
+        <v>1643</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L401" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1632</v>
+        <v>1644</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1633</v>
-[...2 lines deleted...]
-        <v>68174</v>
+        <v>1645</v>
+      </c>
+      <c r="D402" s="0" t="s">
+        <v>1646</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>302</v>
+        <v>168</v>
       </c>
       <c r="F402" s="0" t="s">
-        <v>1634</v>
+        <v>470</v>
       </c>
       <c r="G402" s="0" t="s">
         <v>170</v>
       </c>
       <c r="H402" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1635</v>
+        <v>693</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L402" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1636</v>
+        <v>1475</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1637</v>
-[...2 lines deleted...]
-        <v>68184</v>
+        <v>1647</v>
+      </c>
+      <c r="D403" s="0" t="s">
+        <v>1648</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>302</v>
+        <v>168</v>
       </c>
       <c r="F403" s="0" t="s">
-        <v>1634</v>
+        <v>1477</v>
       </c>
       <c r="G403" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H403" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1638</v>
+        <v>1649</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L403" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1639</v>
+        <v>1478</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1640</v>
+        <v>1650</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>1641</v>
+        <v>1651</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>571</v>
+        <v>168</v>
       </c>
       <c r="F404" s="0" t="s">
-        <v>1642</v>
+        <v>1477</v>
       </c>
       <c r="G404" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1643</v>
+        <v>448</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L404" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1645</v>
-[...2 lines deleted...]
-        <v>1646</v>
+        <v>1653</v>
+      </c>
+      <c r="D405" s="0">
+        <v>928440</v>
       </c>
       <c r="E405" s="0" t="s">
-        <v>571</v>
+        <v>119</v>
       </c>
       <c r="F405" s="0" t="s">
-        <v>1647</v>
+        <v>1057</v>
       </c>
       <c r="G405" s="0" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="H405" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L405" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="D406" s="0">
-        <v>64009</v>
+        <v>928389</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>302</v>
+        <v>119</v>
       </c>
       <c r="F406" s="0" t="s">
-        <v>1651</v>
+        <v>1057</v>
       </c>
       <c r="G406" s="0" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1652</v>
+        <v>1466</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L406" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1654</v>
-[...2 lines deleted...]
-        <v>1655</v>
+        <v>1658</v>
+      </c>
+      <c r="D407" s="0">
+        <v>928419</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>302</v>
+        <v>119</v>
       </c>
       <c r="F407" s="0" t="s">
-        <v>1656</v>
+        <v>1057</v>
       </c>
       <c r="G407" s="0" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1657</v>
+        <v>97</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
-        <v>976</v>
+        <v>20</v>
       </c>
       <c r="L407" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1659</v>
-[...1 lines deleted...]
-      <c r="D408" s="0" t="s">
         <v>1660</v>
       </c>
+      <c r="D408" s="0">
+        <v>928358</v>
+      </c>
       <c r="E408" s="0" t="s">
-        <v>1230</v>
+        <v>119</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1231</v>
+        <v>1057</v>
       </c>
       <c r="G408" s="0" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="H408" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I408" s="1" t="s">
         <v>1661</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
-        <v>20</v>
+        <v>1662</v>
       </c>
       <c r="L408" s="0">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D409" s="0">
-        <v>2002</v>
+        <v>293900002</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="F409" s="0"/>
       <c r="G409" s="0" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1665</v>
+        <v>1096</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L409" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C410" s="0" t="s">
         <v>1666</v>
       </c>
-      <c r="C410" s="0" t="s">
+      <c r="D410" s="0">
+        <v>15457</v>
+      </c>
+      <c r="E410" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F410" s="0" t="s">
         <v>1667</v>
       </c>
-      <c r="D410" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G410" s="0" t="s">
-        <v>176</v>
+        <v>132</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>703</v>
+        <v>33</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
-        <v>299</v>
+        <v>1537</v>
       </c>
       <c r="L410" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1494</v>
+        <v>1668</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>1669</v>
       </c>
       <c r="D411" s="0" t="s">
         <v>1670</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>168</v>
+        <v>409</v>
       </c>
       <c r="F411" s="0" t="s">
-        <v>1496</v>
+        <v>1671</v>
       </c>
       <c r="G411" s="0" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L411" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1497</v>
+        <v>1673</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="E412" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F412" s="0" t="s">
-        <v>1496</v>
+        <v>1676</v>
       </c>
       <c r="G412" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1674</v>
+        <v>496</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L412" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="D413" s="0">
-        <v>928440</v>
+        <v>68073</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>119</v>
+        <v>329</v>
       </c>
       <c r="F413" s="0" t="s">
-        <v>1081</v>
+        <v>671</v>
       </c>
       <c r="G413" s="0" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1677</v>
+        <v>672</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L413" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="D414" s="0">
-        <v>928389</v>
+        <v>64082</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="F414" s="0" t="s">
-        <v>1081</v>
+        <v>1681</v>
       </c>
       <c r="G414" s="0" t="s">
-        <v>149</v>
+        <v>297</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1485</v>
+        <v>1682</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L414" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="D415" s="0">
-        <v>928419</v>
+        <v>68002</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="F415" s="0" t="s">
-        <v>1081</v>
+        <v>1685</v>
       </c>
       <c r="G415" s="0" t="s">
-        <v>149</v>
+        <v>297</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>97</v>
+        <v>1686</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L415" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="D416" s="0">
-        <v>928358</v>
+        <v>64142</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="F416" s="0" t="s">
-        <v>1081</v>
+        <v>1689</v>
       </c>
       <c r="G416" s="0" t="s">
-        <v>149</v>
+        <v>297</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
-        <v>976</v>
+        <v>164</v>
       </c>
       <c r="L416" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="D417" s="0">
-        <v>293900002</v>
+        <v>64122</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="F417" s="0"/>
+        <v>295</v>
+      </c>
+      <c r="F417" s="0" t="s">
+        <v>1689</v>
+      </c>
       <c r="G417" s="0" t="s">
-        <v>149</v>
+        <v>297</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1118</v>
+        <v>1693</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
-        <v>299</v>
+        <v>164</v>
       </c>
       <c r="L417" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="D418" s="0">
-        <v>15457</v>
+        <v>64001</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="F418" s="0" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="G418" s="0" t="s">
-        <v>133</v>
+        <v>297</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>33</v>
+        <v>1697</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
-        <v>1559</v>
+        <v>116</v>
       </c>
       <c r="L418" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1690</v>
+        <v>1698</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1691</v>
+        <v>1699</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1692</v>
+        <v>1700</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>413</v>
+        <v>168</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1693</v>
+        <v>1701</v>
       </c>
       <c r="G419" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1694</v>
+        <v>791</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L419" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1696</v>
-[...2 lines deleted...]
-        <v>1697</v>
+        <v>1703</v>
+      </c>
+      <c r="D420" s="0">
+        <v>297500001</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>168</v>
+        <v>119</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="G420" s="0" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>511</v>
+        <v>1705</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
-        <v>20</v>
+        <v>1553</v>
       </c>
       <c r="L420" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1699</v>
+        <v>1702</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="D421" s="0">
-        <v>68073</v>
+        <v>297700001</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>333</v>
+        <v>119</v>
       </c>
       <c r="F421" s="0" t="s">
-        <v>682</v>
+        <v>1704</v>
       </c>
       <c r="G421" s="0" t="s">
-        <v>28</v>
+        <v>148</v>
       </c>
       <c r="H421" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>683</v>
+        <v>1705</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L421" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="D422" s="0">
-        <v>64082</v>
+        <v>297600001</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>302</v>
+        <v>119</v>
       </c>
       <c r="F422" s="0" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="G422" s="0" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="H422" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L422" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1706</v>
-[...2 lines deleted...]
-        <v>68002</v>
+        <v>1711</v>
+      </c>
+      <c r="D423" s="0" t="s">
+        <v>1712</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="F423" s="0"/>
       <c r="G423" s="0" t="s">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L423" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1709</v>
+        <v>1714</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1710</v>
-[...2 lines deleted...]
-        <v>64142</v>
+        <v>1715</v>
+      </c>
+      <c r="D424" s="0" t="s">
+        <v>1716</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>302</v>
+        <v>51</v>
       </c>
       <c r="F424" s="0" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="G424" s="0" t="s">
-        <v>170</v>
+        <v>53</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L424" s="0"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1714</v>
-[...2 lines deleted...]
-        <v>64122</v>
+        <v>1720</v>
+      </c>
+      <c r="D425" s="0" t="s">
+        <v>1721</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F425" s="0"/>
       <c r="G425" s="0" t="s">
-        <v>170</v>
+        <v>816</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
-        <v>165</v>
+        <v>405</v>
       </c>
       <c r="L425" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1716</v>
+        <v>1723</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1717</v>
-[...2 lines deleted...]
-        <v>64001</v>
+        <v>1724</v>
+      </c>
+      <c r="D426" s="0" t="s">
+        <v>1725</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F426" s="0"/>
       <c r="G426" s="0" t="s">
-        <v>170</v>
+        <v>17</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
-        <v>336</v>
+        <v>214</v>
       </c>
       <c r="L426" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1721</v>
-[...2 lines deleted...]
-        <v>1722</v>
+        <v>1728</v>
+      </c>
+      <c r="D427" s="0">
+        <v>498500003</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>168</v>
+        <v>119</v>
       </c>
       <c r="F427" s="0" t="s">
-        <v>1723</v>
+        <v>1729</v>
       </c>
       <c r="G427" s="0" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>812</v>
+        <v>1730</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L427" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1725</v>
-[...2 lines deleted...]
-        <v>297500001</v>
+        <v>1732</v>
+      </c>
+      <c r="D428" s="0" t="s">
+        <v>1733</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>119</v>
+        <v>847</v>
       </c>
       <c r="F428" s="0" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="G428" s="0" t="s">
-        <v>149</v>
+        <v>849</v>
       </c>
       <c r="H428" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
-        <v>788</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L428" s="0"/>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1728</v>
-[...2 lines deleted...]
-        <v>297700001</v>
+        <v>1737</v>
+      </c>
+      <c r="D429" s="0" t="s">
+        <v>1738</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>119</v>
+        <v>847</v>
       </c>
       <c r="F429" s="0" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="G429" s="0" t="s">
-        <v>149</v>
+        <v>849</v>
       </c>
       <c r="H429" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1727</v>
+        <v>511</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L429" s="0"/>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1729</v>
+        <v>1739</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1730</v>
-[...2 lines deleted...]
-        <v>297600001</v>
+        <v>1740</v>
+      </c>
+      <c r="D430" s="0" t="s">
+        <v>1741</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F430" s="0" t="s">
-        <v>1726</v>
+        <v>1742</v>
       </c>
       <c r="G430" s="0" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="H430" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1731</v>
+        <v>769</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
-        <v>299</v>
+        <v>385</v>
       </c>
       <c r="L430" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1732</v>
+        <v>1743</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1733</v>
+        <v>1744</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1734</v>
+        <v>1745</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="F431" s="0"/>
+        <v>125</v>
+      </c>
+      <c r="F431" s="0" t="s">
+        <v>1159</v>
+      </c>
       <c r="G431" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H431" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1735</v>
+        <v>1746</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L431" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1736</v>
+        <v>1747</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>51</v>
+        <v>125</v>
       </c>
       <c r="F432" s="0" t="s">
-        <v>1739</v>
+        <v>1750</v>
       </c>
       <c r="G432" s="0" t="s">
-        <v>53</v>
+        <v>176</v>
       </c>
       <c r="H432" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1740</v>
+        <v>1751</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L432" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L432" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1741</v>
+        <v>1752</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1742</v>
+        <v>1753</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1743</v>
+        <v>1754</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="F433" s="0"/>
+        <v>1755</v>
+      </c>
+      <c r="F433" s="0" t="s">
+        <v>1756</v>
+      </c>
       <c r="G433" s="0" t="s">
-        <v>838</v>
+        <v>148</v>
       </c>
       <c r="H433" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1744</v>
+        <v>1690</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
-        <v>129</v>
+        <v>1020</v>
       </c>
       <c r="L433" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1745</v>
+        <v>1757</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1746</v>
-[...2 lines deleted...]
-        <v>1747</v>
+        <v>1758</v>
+      </c>
+      <c r="D434" s="0">
+        <v>829297</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F434" s="0"/>
+        <v>119</v>
+      </c>
+      <c r="F434" s="0" t="s">
+        <v>1057</v>
+      </c>
       <c r="G434" s="0" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="H434" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1748</v>
+        <v>1759</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="L434" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1749</v>
+        <v>1760</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1750</v>
+        <v>1761</v>
       </c>
       <c r="D435" s="0">
-        <v>498500003</v>
+        <v>829280</v>
       </c>
       <c r="E435" s="0" t="s">
         <v>119</v>
       </c>
       <c r="F435" s="0" t="s">
-        <v>1751</v>
+        <v>1057</v>
       </c>
       <c r="G435" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L435" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1754</v>
-[...2 lines deleted...]
-        <v>1755</v>
+        <v>1763</v>
+      </c>
+      <c r="D436" s="0">
+        <v>829303</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>870</v>
+        <v>119</v>
       </c>
       <c r="F436" s="0" t="s">
-        <v>1756</v>
+        <v>1057</v>
       </c>
       <c r="G436" s="0" t="s">
-        <v>872</v>
+        <v>148</v>
       </c>
       <c r="H436" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L436" s="0"/>
+      <c r="L436" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="C437" s="0" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D437" s="0">
+        <v>829327</v>
+      </c>
+      <c r="E437" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F437" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G437" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="H437" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I437" s="1" t="s">
         <v>1759</v>
-      </c>
-[...16 lines deleted...]
-        <v>527</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L437" s="0"/>
+      <c r="L437" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1762</v>
-[...2 lines deleted...]
-        <v>1763</v>
+        <v>1767</v>
+      </c>
+      <c r="D438" s="0">
+        <v>829310</v>
       </c>
       <c r="E438" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>1764</v>
+        <v>1057</v>
       </c>
       <c r="G438" s="0" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="H438" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>193</v>
+        <v>1759</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L438" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>125</v>
+        <v>431</v>
       </c>
       <c r="F439" s="0" t="s">
-        <v>1180</v>
+        <v>1771</v>
       </c>
       <c r="G439" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H439" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>214</v>
+        <v>1772</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
-        <v>165</v>
+        <v>405</v>
       </c>
       <c r="L439" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>125</v>
+        <v>431</v>
       </c>
       <c r="F440" s="0" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="G440" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H440" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>214</v>
+        <v>1777</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
-        <v>165</v>
+        <v>1778</v>
       </c>
       <c r="L440" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1772</v>
+        <v>1779</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1773</v>
+        <v>1780</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1774</v>
+        <v>1781</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>1775</v>
+        <v>431</v>
       </c>
       <c r="F441" s="0" t="s">
         <v>1776</v>
       </c>
       <c r="G441" s="0" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="H441" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1712</v>
+        <v>1722</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>1777</v>
+        <v>116</v>
       </c>
       <c r="L441" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1779</v>
-[...2 lines deleted...]
-        <v>829297</v>
+        <v>1783</v>
+      </c>
+      <c r="D442" s="0" t="s">
+        <v>1784</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>119</v>
+        <v>431</v>
       </c>
       <c r="F442" s="0" t="s">
-        <v>1081</v>
+        <v>1785</v>
       </c>
       <c r="G442" s="0" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="H442" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1780</v>
+        <v>1759</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L442" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1782</v>
-[...2 lines deleted...]
-        <v>829280</v>
+        <v>1787</v>
+      </c>
+      <c r="D443" s="0" t="s">
+        <v>1788</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>119</v>
+        <v>1789</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>1081</v>
+        <v>1790</v>
       </c>
       <c r="G443" s="0" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L443" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1784</v>
-[...2 lines deleted...]
-        <v>829303</v>
+        <v>1793</v>
+      </c>
+      <c r="D444" s="0" t="s">
+        <v>1794</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>119</v>
+        <v>1789</v>
       </c>
       <c r="F444" s="0" t="s">
-        <v>1081</v>
+        <v>1795</v>
       </c>
       <c r="G444" s="0" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
-        <v>129</v>
+        <v>164</v>
       </c>
       <c r="L444" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1785</v>
+        <v>1796</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1786</v>
-[...2 lines deleted...]
-        <v>829327</v>
+        <v>1797</v>
+      </c>
+      <c r="D445" s="0" t="s">
+        <v>1798</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>119</v>
+        <v>1789</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>1081</v>
+        <v>1790</v>
       </c>
       <c r="G445" s="0" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1780</v>
+        <v>1597</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L445" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1787</v>
+        <v>1799</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1788</v>
-[...2 lines deleted...]
-        <v>829310</v>
+        <v>1800</v>
+      </c>
+      <c r="D446" s="0" t="s">
+        <v>1801</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>119</v>
+        <v>1789</v>
       </c>
       <c r="F446" s="0" t="s">
-        <v>1081</v>
+        <v>1795</v>
       </c>
       <c r="G446" s="0" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="H446" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1780</v>
+        <v>1802</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L446" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1789</v>
+        <v>1803</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1790</v>
+        <v>1804</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>1791</v>
+        <v>1805</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F447" s="0"/>
       <c r="G447" s="0" t="s">
-        <v>28</v>
+        <v>816</v>
       </c>
       <c r="H447" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1793</v>
+        <v>438</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L447" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1795</v>
-[...2 lines deleted...]
-        <v>1796</v>
+        <v>1807</v>
+      </c>
+      <c r="D448" s="0">
+        <v>753509</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>447</v>
+        <v>1755</v>
       </c>
       <c r="F448" s="0" t="s">
-        <v>1797</v>
+        <v>1808</v>
       </c>
       <c r="G448" s="0" t="s">
-        <v>28</v>
+        <v>374</v>
       </c>
       <c r="H448" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1798</v>
+        <v>1809</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>129</v>
+        <v>187</v>
       </c>
       <c r="L448" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1799</v>
+        <v>1810</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1800</v>
-[...2 lines deleted...]
-        <v>1801</v>
+        <v>1811</v>
+      </c>
+      <c r="D449" s="0">
+        <v>6957.2</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>447</v>
+        <v>1812</v>
       </c>
       <c r="F449" s="0" t="s">
-        <v>1797</v>
+        <v>1813</v>
       </c>
       <c r="G449" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H449" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1744</v>
+        <v>1814</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L449" s="0"/>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1802</v>
+        <v>1815</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1803</v>
-[...2 lines deleted...]
-        <v>1804</v>
+        <v>1816</v>
+      </c>
+      <c r="D450" s="0">
+        <v>6789.2</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>447</v>
+        <v>1812</v>
       </c>
       <c r="F450" s="0" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="G450" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H450" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1780</v>
+        <v>1818</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L450" s="0"/>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1806</v>
+        <v>1819</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1807</v>
-[...2 lines deleted...]
-        <v>1808</v>
+        <v>1820</v>
+      </c>
+      <c r="D451" s="0">
+        <v>7784.3</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="F451" s="0" t="s">
-        <v>1810</v>
+        <v>1821</v>
       </c>
       <c r="G451" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H451" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>276</v>
+        <v>1822</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L451" s="0"/>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="C452" s="0" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D452" s="0">
+        <v>7446.2</v>
+      </c>
+      <c r="E452" s="0" t="s">
         <v>1812</v>
       </c>
-      <c r="D452" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F452" s="0" t="s">
-        <v>1814</v>
+        <v>1821</v>
       </c>
       <c r="G452" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H452" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>276</v>
+        <v>1818</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L452" s="0"/>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1815</v>
+        <v>1825</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1816</v>
-[...2 lines deleted...]
-        <v>1817</v>
+        <v>1826</v>
+      </c>
+      <c r="D453" s="0">
+        <v>8426.1</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="F453" s="0" t="s">
-        <v>1810</v>
+        <v>1827</v>
       </c>
       <c r="G453" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H453" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1618</v>
+        <v>1828</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L453" s="0"/>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1818</v>
+        <v>1829</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1819</v>
-[...2 lines deleted...]
-        <v>1820</v>
+        <v>1830</v>
+      </c>
+      <c r="D454" s="0">
+        <v>8427.1</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="F454" s="0" t="s">
-        <v>1814</v>
+        <v>1827</v>
       </c>
       <c r="G454" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1821</v>
+        <v>1831</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L454" s="0"/>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1822</v>
+        <v>1832</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1823</v>
-[...2 lines deleted...]
-        <v>1824</v>
+        <v>1833</v>
+      </c>
+      <c r="D455" s="0">
+        <v>8428.1</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="F455" s="0"/>
+        <v>1812</v>
+      </c>
+      <c r="F455" s="0" t="s">
+        <v>1827</v>
+      </c>
       <c r="G455" s="0" t="s">
-        <v>838</v>
+        <v>28</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>454</v>
+        <v>1831</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L455" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L455" s="0"/>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
       <c r="D456" s="0">
-        <v>753509</v>
+        <v>8349.1</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>1775</v>
+        <v>1812</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="G456" s="0" t="s">
-        <v>378</v>
+        <v>28</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I456" s="1" t="s">
         <v>1828</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L456" s="0"/>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1829</v>
+        <v>1837</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="D457" s="0">
-        <v>6957.2</v>
+        <v>8350.1</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>1831</v>
+        <v>1812</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="G457" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H457" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1833</v>
+        <v>1831</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L457" s="0"/>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="D458" s="0">
-        <v>6789.2</v>
+        <v>8351.1</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>1831</v>
+        <v>1812</v>
       </c>
       <c r="F458" s="0" t="s">
         <v>1836</v>
       </c>
       <c r="G458" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H458" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1837</v>
+        <v>1831</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L458" s="0"/>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="D459" s="0">
-        <v>7784.3</v>
+        <v>8352.1</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>1831</v>
+        <v>1812</v>
       </c>
       <c r="F459" s="0" t="s">
-        <v>1840</v>
+        <v>1836</v>
       </c>
       <c r="G459" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H459" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1841</v>
+        <v>1831</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L459" s="0"/>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1842</v>
+        <v>1231</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>1843</v>
       </c>
-      <c r="D460" s="0">
-        <v>7446.2</v>
+      <c r="D460" s="0" t="s">
+        <v>1844</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F460" s="0" t="s">
-        <v>1840</v>
+        <v>1234</v>
       </c>
       <c r="G460" s="0" t="s">
-        <v>28</v>
+        <v>849</v>
       </c>
       <c r="H460" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1837</v>
+        <v>1845</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L460" s="0"/>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1844</v>
+        <v>1231</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1845</v>
-[...2 lines deleted...]
-        <v>8426.1</v>
+        <v>1846</v>
+      </c>
+      <c r="D461" s="0" t="s">
+        <v>1847</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F461" s="0" t="s">
-        <v>1846</v>
+        <v>1234</v>
       </c>
       <c r="G461" s="0" t="s">
-        <v>28</v>
+        <v>849</v>
       </c>
       <c r="H461" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L461" s="0"/>
+      <c r="L461" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1848</v>
+        <v>1231</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>1849</v>
       </c>
-      <c r="D462" s="0">
-        <v>8427.1</v>
+      <c r="D462" s="0" t="s">
+        <v>1850</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F462" s="0" t="s">
-        <v>1846</v>
+        <v>1234</v>
       </c>
       <c r="G462" s="0" t="s">
-        <v>28</v>
+        <v>849</v>
       </c>
       <c r="H462" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1850</v>
+        <v>1845</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L462" s="0"/>
+      <c r="L462" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C463" s="0" t="s">
         <v>1851</v>
       </c>
-      <c r="C463" s="0" t="s">
+      <c r="D463" s="0" t="s">
         <v>1852</v>
       </c>
-      <c r="D463" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E463" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F463" s="0" t="s">
-        <v>1846</v>
+        <v>1234</v>
       </c>
       <c r="G463" s="0" t="s">
-        <v>28</v>
+        <v>849</v>
       </c>
       <c r="H463" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L463" s="0"/>
+      <c r="L463" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C464" s="0" t="s">
         <v>1853</v>
       </c>
-      <c r="C464" s="0" t="s">
+      <c r="D464" s="0" t="s">
         <v>1854</v>
       </c>
-      <c r="D464" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E464" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F464" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="G464" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="H464" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I464" s="1" t="s">
         <v>1855</v>
-      </c>
-[...7 lines deleted...]
-        <v>1847</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L464" s="0"/>
+      <c r="L464" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C465" s="0" t="s">
         <v>1856</v>
       </c>
-      <c r="C465" s="0" t="s">
+      <c r="D465" s="0" t="s">
         <v>1857</v>
       </c>
-      <c r="D465" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E465" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F465" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="G465" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="H465" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I465" s="1" t="s">
         <v>1855</v>
-      </c>
-[...7 lines deleted...]
-        <v>1850</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L465" s="0"/>
+      <c r="L465" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C466" s="0" t="s">
         <v>1858</v>
       </c>
-      <c r="C466" s="0" t="s">
+      <c r="D466" s="0" t="s">
         <v>1859</v>
       </c>
-      <c r="D466" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E466" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F466" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="G466" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="H466" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I466" s="1" t="s">
         <v>1855</v>
-      </c>
-[...7 lines deleted...]
-        <v>1850</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L466" s="0"/>
+      <c r="L466" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C467" s="0" t="s">
         <v>1860</v>
       </c>
-      <c r="C467" s="0" t="s">
+      <c r="D467" s="0" t="s">
         <v>1861</v>
       </c>
-      <c r="D467" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E467" s="0" t="s">
-        <v>1831</v>
+        <v>847</v>
       </c>
       <c r="F467" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="G467" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="H467" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I467" s="1" t="s">
         <v>1855</v>
-      </c>
-[...7 lines deleted...]
-        <v>1850</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L467" s="0"/>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1252</v>
+        <v>1862</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>870</v>
+        <v>847</v>
       </c>
       <c r="F468" s="0" t="s">
-        <v>1255</v>
+        <v>1865</v>
       </c>
       <c r="G468" s="0" t="s">
-        <v>872</v>
+        <v>849</v>
       </c>
       <c r="H468" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L468" s="0"/>
+        <v>1073</v>
+      </c>
+      <c r="L468" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1252</v>
+        <v>1867</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>870</v>
+        <v>847</v>
       </c>
       <c r="F469" s="0" t="s">
-        <v>1255</v>
+        <v>1870</v>
       </c>
       <c r="G469" s="0" t="s">
-        <v>872</v>
+        <v>849</v>
       </c>
       <c r="H469" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L469" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1252</v>
+        <v>1872</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1868</v>
-[...2 lines deleted...]
-        <v>1869</v>
+        <v>1873</v>
+      </c>
+      <c r="D470" s="0">
+        <v>15432</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>870</v>
+        <v>119</v>
       </c>
       <c r="F470" s="0" t="s">
-        <v>1255</v>
+        <v>131</v>
       </c>
       <c r="G470" s="0" t="s">
-        <v>872</v>
+        <v>132</v>
       </c>
       <c r="H470" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1864</v>
+        <v>1874</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L470" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1252</v>
+        <v>1875</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>1789</v>
+      </c>
+      <c r="F471" s="0"/>
       <c r="G471" s="0" t="s">
-        <v>872</v>
+        <v>176</v>
       </c>
       <c r="H471" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L471" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1075</v>
+        <v>1879</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F472" s="0" t="s">
-        <v>871</v>
+        <v>1882</v>
       </c>
       <c r="G472" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H472" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1874</v>
+        <v>1883</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L472" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
-        <v>1075</v>
+        <v>1884</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1875</v>
+        <v>1885</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1876</v>
+        <v>1886</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F473" s="0" t="s">
-        <v>871</v>
+        <v>1887</v>
       </c>
       <c r="G473" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H473" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>1874</v>
+        <v>1888</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="L473" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
-        <v>1075</v>
+        <v>1889</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1877</v>
+        <v>1890</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1878</v>
+        <v>1891</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F474" s="0" t="s">
-        <v>871</v>
+        <v>1887</v>
       </c>
       <c r="G474" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H474" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>1874</v>
+        <v>1384</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L474" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>1075</v>
+        <v>1892</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1879</v>
+        <v>1893</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1880</v>
+        <v>1894</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F475" s="0" t="s">
-        <v>871</v>
+        <v>1895</v>
       </c>
       <c r="G475" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H475" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1874</v>
+        <v>537</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L475" s="0"/>
+        <v>187</v>
+      </c>
+      <c r="L475" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
-        <v>1881</v>
+        <v>1896</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1882</v>
+        <v>1897</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1883</v>
+        <v>1898</v>
       </c>
       <c r="E476" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F476" s="0" t="s">
-        <v>1884</v>
+        <v>1899</v>
       </c>
       <c r="G476" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H476" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
-        <v>225</v>
+        <v>187</v>
       </c>
       <c r="L476" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
-        <v>1886</v>
+        <v>1900</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1887</v>
+        <v>1901</v>
       </c>
       <c r="D477" s="0" t="s">
-        <v>1888</v>
+        <v>1902</v>
       </c>
       <c r="E477" s="0" t="s">
-        <v>870</v>
+        <v>113</v>
       </c>
       <c r="F477" s="0" t="s">
-        <v>1889</v>
+        <v>1899</v>
       </c>
       <c r="G477" s="0" t="s">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="H477" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1890</v>
+        <v>1903</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L477" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
-        <v>1891</v>
+        <v>1904</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1892</v>
-[...2 lines deleted...]
-        <v>15432</v>
+        <v>1905</v>
+      </c>
+      <c r="D478" s="0" t="s">
+        <v>1906</v>
       </c>
       <c r="E478" s="0" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="F478" s="0" t="s">
-        <v>132</v>
+        <v>1634</v>
       </c>
       <c r="G478" s="0" t="s">
-        <v>133</v>
+        <v>297</v>
       </c>
       <c r="H478" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1893</v>
+        <v>1907</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L478" s="0">
-        <v>36</v>
+        <v>4</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
-        <v>1894</v>
+        <v>1908</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1896</v>
+        <v>1910</v>
       </c>
       <c r="E479" s="0" t="s">
-        <v>1809</v>
-[...1 lines deleted...]
-      <c r="F479" s="0"/>
+        <v>1789</v>
+      </c>
+      <c r="F479" s="0" t="s">
+        <v>1911</v>
+      </c>
       <c r="G479" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H479" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>1897</v>
+        <v>1912</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L479" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
-        <v>1898</v>
+        <v>1913</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1899</v>
-[...2 lines deleted...]
-        <v>1900</v>
+        <v>1914</v>
+      </c>
+      <c r="D480" s="0">
+        <v>11099720</v>
       </c>
       <c r="E480" s="0" t="s">
-        <v>113</v>
+        <v>830</v>
       </c>
       <c r="F480" s="0" t="s">
-        <v>1901</v>
+        <v>1915</v>
       </c>
       <c r="G480" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H480" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1902</v>
+        <v>1916</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
         <v>116</v>
       </c>
       <c r="L480" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
-        <v>1903</v>
+        <v>1917</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1904</v>
-[...2 lines deleted...]
-        <v>1905</v>
+        <v>1918</v>
+      </c>
+      <c r="D481" s="0">
+        <v>11099920</v>
       </c>
       <c r="E481" s="0" t="s">
-        <v>113</v>
+        <v>830</v>
       </c>
       <c r="F481" s="0" t="s">
-        <v>1906</v>
+        <v>1919</v>
       </c>
       <c r="G481" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H481" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>1907</v>
+        <v>817</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
-        <v>129</v>
+        <v>214</v>
       </c>
       <c r="L481" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="A482" s="0"/>
       <c r="B482" s="0" t="s">
-        <v>1908</v>
+        <v>1920</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>1910</v>
+        <v>1921</v>
+      </c>
+      <c r="D482" s="0">
+        <v>11099420</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>113</v>
+        <v>830</v>
       </c>
       <c r="F482" s="0" t="s">
-        <v>1906</v>
+        <v>1922</v>
       </c>
       <c r="G482" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H482" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>1404</v>
+        <v>817</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
-        <v>804</v>
+        <v>116</v>
       </c>
       <c r="L482" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="A483" s="0"/>
       <c r="B483" s="0" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>1912</v>
-[...2 lines deleted...]
-        <v>1913</v>
+        <v>1924</v>
+      </c>
+      <c r="D483" s="0">
+        <v>64172</v>
       </c>
       <c r="E483" s="0" t="s">
-        <v>113</v>
+        <v>295</v>
       </c>
       <c r="F483" s="0" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="G483" s="0" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
       <c r="H483" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>552</v>
+        <v>1926</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
-        <v>1915</v>
+        <v>164</v>
       </c>
       <c r="L483" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>1916</v>
+        <v>1927</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>1917</v>
-[...2 lines deleted...]
-        <v>1918</v>
+        <v>1928</v>
+      </c>
+      <c r="D484" s="0">
+        <v>64154</v>
       </c>
       <c r="E484" s="0" t="s">
-        <v>113</v>
+        <v>295</v>
       </c>
       <c r="F484" s="0" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="G484" s="0" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
       <c r="H484" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>1907</v>
+        <v>1339</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
-        <v>299</v>
+        <v>164</v>
       </c>
       <c r="L484" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
-        <v>1920</v>
+        <v>1673</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="F485" s="0" t="s">
-        <v>1919</v>
+        <v>1676</v>
       </c>
       <c r="G485" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H485" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="L485" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="E486" s="0" t="s">
-        <v>302</v>
+        <v>113</v>
       </c>
       <c r="F486" s="0" t="s">
-        <v>1656</v>
+        <v>1882</v>
       </c>
       <c r="G486" s="0" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="H486" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L486" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>1929</v>
-[...2 lines deleted...]
-        <v>1930</v>
+        <v>1937</v>
+      </c>
+      <c r="D487" s="0">
+        <v>117120</v>
       </c>
       <c r="E487" s="0" t="s">
-        <v>1809</v>
+        <v>1938</v>
       </c>
       <c r="F487" s="0" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
       <c r="G487" s="0" t="s">
-        <v>182</v>
+        <v>142</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>1302</v>
+        <v>1940</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L487" s="0"/>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>1933</v>
-[...2 lines deleted...]
-        <v>11099720</v>
+        <v>1942</v>
+      </c>
+      <c r="D488" s="0" t="s">
+        <v>1943</v>
       </c>
       <c r="E488" s="0" t="s">
-        <v>852</v>
+        <v>125</v>
       </c>
       <c r="F488" s="0" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="G488" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H488" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>1935</v>
+        <v>1945</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L488" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
       <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
-        <v>1936</v>
+        <v>1946</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>1937</v>
-[...2 lines deleted...]
-        <v>11099920</v>
+        <v>1947</v>
+      </c>
+      <c r="D489" s="0" t="s">
+        <v>1948</v>
       </c>
       <c r="E489" s="0" t="s">
-        <v>852</v>
+        <v>168</v>
       </c>
       <c r="F489" s="0" t="s">
-        <v>1938</v>
+        <v>1676</v>
       </c>
       <c r="G489" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H489" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>839</v>
+        <v>1949</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
-        <v>336</v>
+        <v>164</v>
       </c>
       <c r="L489" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
       <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1940</v>
-[...2 lines deleted...]
-        <v>11099420</v>
+        <v>1951</v>
+      </c>
+      <c r="D490" s="0" t="s">
+        <v>1952</v>
       </c>
       <c r="E490" s="0" t="s">
-        <v>852</v>
+        <v>168</v>
       </c>
       <c r="F490" s="0" t="s">
-        <v>1941</v>
+        <v>1953</v>
       </c>
       <c r="G490" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H490" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>839</v>
+        <v>1311</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="L490" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
       <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
-        <v>1942</v>
+        <v>1954</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1943</v>
-[...2 lines deleted...]
-        <v>64172</v>
+        <v>1955</v>
+      </c>
+      <c r="D491" s="0" t="s">
+        <v>1956</v>
       </c>
       <c r="E491" s="0" t="s">
-        <v>302</v>
+        <v>168</v>
       </c>
       <c r="F491" s="0" t="s">
-        <v>1944</v>
+        <v>1957</v>
       </c>
       <c r="G491" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H491" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>1945</v>
+        <v>1958</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L491" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
       <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
-        <v>1946</v>
+        <v>1959</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1947</v>
-[...2 lines deleted...]
-        <v>64154</v>
+        <v>1960</v>
+      </c>
+      <c r="D492" s="0" t="s">
+        <v>1961</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>302</v>
+        <v>51</v>
       </c>
       <c r="F492" s="0" t="s">
-        <v>1944</v>
+        <v>1962</v>
       </c>
       <c r="G492" s="0" t="s">
-        <v>170</v>
+        <v>53</v>
       </c>
       <c r="H492" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>1360</v>
+        <v>1963</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L492" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
       <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>1695</v>
+        <v>1964</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1948</v>
+        <v>1965</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>1949</v>
+        <v>1966</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>168</v>
+        <v>51</v>
       </c>
       <c r="F493" s="0" t="s">
-        <v>1698</v>
+        <v>1962</v>
       </c>
       <c r="G493" s="0" t="s">
-        <v>182</v>
+        <v>53</v>
       </c>
       <c r="H493" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>1950</v>
+        <v>1967</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L493" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
       <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
-        <v>1951</v>
+        <v>1968</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>1952</v>
+        <v>1969</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>1953</v>
+        <v>1970</v>
       </c>
       <c r="E494" s="0" t="s">
-        <v>113</v>
+        <v>295</v>
       </c>
       <c r="F494" s="0" t="s">
-        <v>1901</v>
+        <v>1971</v>
       </c>
       <c r="G494" s="0" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
       <c r="H494" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>1954</v>
+        <v>1972</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
-        <v>299</v>
+        <v>187</v>
       </c>
       <c r="L494" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
       <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
-        <v>1955</v>
+        <v>1973</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>1956</v>
-[...2 lines deleted...]
-        <v>117120</v>
+        <v>1974</v>
+      </c>
+      <c r="D495" s="0" t="s">
+        <v>1975</v>
       </c>
       <c r="E495" s="0" t="s">
-        <v>1957</v>
+        <v>168</v>
       </c>
       <c r="F495" s="0" t="s">
-        <v>1958</v>
+        <v>1976</v>
       </c>
       <c r="G495" s="0" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="H495" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>1959</v>
+        <v>1977</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L495" s="0"/>
+      <c r="L495" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
       <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
-        <v>1960</v>
+        <v>1978</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>1961</v>
+        <v>1979</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>1962</v>
+        <v>1980</v>
       </c>
       <c r="E496" s="0" t="s">
-        <v>125</v>
+        <v>814</v>
       </c>
       <c r="F496" s="0" t="s">
-        <v>1963</v>
+        <v>1981</v>
       </c>
       <c r="G496" s="0" t="s">
-        <v>127</v>
+        <v>816</v>
       </c>
       <c r="H496" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>1964</v>
+        <v>1982</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L496" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
       <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>1965</v>
+        <v>1983</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>1966</v>
+        <v>1984</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>1967</v>
+        <v>1985</v>
       </c>
       <c r="E497" s="0" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F497" s="0"/>
       <c r="G497" s="0" t="s">
-        <v>182</v>
+        <v>816</v>
       </c>
       <c r="H497" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>1566</v>
+        <v>1986</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L497" s="0"/>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
-        <v>1968</v>
+        <v>1987</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>1969</v>
+        <v>1988</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>1970</v>
+        <v>1989</v>
       </c>
       <c r="E498" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F498" s="0" t="s">
-        <v>1971</v>
+        <v>1990</v>
       </c>
       <c r="G498" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H498" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>1897</v>
+        <v>1991</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L498" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>1973</v>
+        <v>1993</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>1974</v>
+        <v>1994</v>
       </c>
       <c r="E499" s="0" t="s">
-        <v>168</v>
+        <v>51</v>
       </c>
       <c r="F499" s="0" t="s">
-        <v>1975</v>
+        <v>52</v>
       </c>
       <c r="G499" s="0" t="s">
-        <v>182</v>
+        <v>53</v>
       </c>
       <c r="H499" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>1976</v>
+        <v>1995</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L499" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="A500" s="0"/>
       <c r="B500" s="0" t="s">
-        <v>1977</v>
+        <v>1996</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>1978</v>
+        <v>1997</v>
       </c>
       <c r="D500" s="0" t="s">
-        <v>1979</v>
+        <v>1998</v>
       </c>
       <c r="E500" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F500" s="0" t="s">
-        <v>1980</v>
+        <v>1999</v>
       </c>
       <c r="G500" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H500" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>1981</v>
+        <v>2000</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
-        <v>20</v>
+        <v>2001</v>
       </c>
       <c r="L500" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
-        <v>1982</v>
+        <v>2002</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="D501" s="0" t="s">
-        <v>1984</v>
+        <v>2004</v>
       </c>
       <c r="E501" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F501" s="0" t="s">
-        <v>1980</v>
+        <v>1999</v>
       </c>
       <c r="G501" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H501" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L501" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
-        <v>1986</v>
+        <v>2006</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>1987</v>
-[...2 lines deleted...]
-        <v>1988</v>
+        <v>2007</v>
+      </c>
+      <c r="D502" s="0">
+        <v>96865</v>
       </c>
       <c r="E502" s="0" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="F502" s="0"/>
       <c r="G502" s="0" t="s">
-        <v>170</v>
+        <v>297</v>
       </c>
       <c r="H502" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>1990</v>
+        <v>2008</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
-        <v>299</v>
+        <v>385</v>
       </c>
       <c r="L502" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>1992</v>
-[...2 lines deleted...]
-        <v>1993</v>
+        <v>2010</v>
+      </c>
+      <c r="D503" s="0">
+        <v>753301</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>168</v>
+        <v>1755</v>
       </c>
       <c r="F503" s="0" t="s">
-        <v>1994</v>
+        <v>1808</v>
       </c>
       <c r="G503" s="0" t="s">
-        <v>170</v>
+        <v>374</v>
       </c>
       <c r="H503" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L503" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>1997</v>
-[...2 lines deleted...]
-        <v>1998</v>
+        <v>2013</v>
+      </c>
+      <c r="D504" s="0">
+        <v>10516</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>836</v>
+        <v>2014</v>
       </c>
       <c r="F504" s="0" t="s">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="G504" s="0" t="s">
-        <v>838</v>
+        <v>142</v>
       </c>
       <c r="H504" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L504" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L504" s="0"/>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
       <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
-        <v>2001</v>
+        <v>1262</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>2002</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>2017</v>
+      </c>
+      <c r="D505" s="0">
+        <v>119646</v>
       </c>
       <c r="E505" s="0" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="F505" s="0"/>
+        <v>800</v>
+      </c>
+      <c r="F505" s="0" t="s">
+        <v>2018</v>
+      </c>
       <c r="G505" s="0" t="s">
-        <v>838</v>
+        <v>142</v>
       </c>
       <c r="H505" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L505" s="0"/>
+      <c r="L505" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
       <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>2007</v>
+        <v>2022</v>
       </c>
       <c r="E506" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F506" s="0" t="s">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="G506" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H506" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
-        <v>401</v>
+        <v>766</v>
       </c>
       <c r="L506" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="A507" s="0"/>
       <c r="B507" s="0" t="s">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>2011</v>
+        <v>2026</v>
       </c>
       <c r="D507" s="0" t="s">
-        <v>2012</v>
+        <v>2027</v>
       </c>
       <c r="E507" s="0" t="s">
-        <v>51</v>
+        <v>113</v>
       </c>
       <c r="F507" s="0" t="s">
-        <v>52</v>
+        <v>2023</v>
       </c>
       <c r="G507" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H507" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>2013</v>
+        <v>2028</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L507" s="0">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
       <c r="A508" s="0"/>
       <c r="B508" s="0" t="s">
-        <v>2014</v>
+        <v>2029</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>2015</v>
+        <v>2030</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>2016</v>
+        <v>2031</v>
       </c>
       <c r="E508" s="0" t="s">
-        <v>51</v>
+        <v>113</v>
       </c>
       <c r="F508" s="0" t="s">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="G508" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H508" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>2018</v>
+        <v>2032</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
-        <v>2019</v>
+        <v>214</v>
       </c>
       <c r="L508" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="A509" s="0"/>
       <c r="B509" s="0" t="s">
-        <v>2020</v>
+        <v>2033</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>2021</v>
+        <v>2034</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>2022</v>
+        <v>2035</v>
       </c>
       <c r="E509" s="0" t="s">
-        <v>51</v>
+        <v>113</v>
       </c>
       <c r="F509" s="0" t="s">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="G509" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H509" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>2023</v>
+        <v>1370</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
-        <v>20</v>
+        <v>2036</v>
       </c>
       <c r="L509" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:12" customHeight="1" ht="80">
       <c r="A510" s="0"/>
       <c r="B510" s="0" t="s">
-        <v>2024</v>
+        <v>2037</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>96865</v>
+        <v>2038</v>
+      </c>
+      <c r="D510" s="0" t="s">
+        <v>2039</v>
       </c>
       <c r="E510" s="0" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="F510" s="0"/>
+        <v>113</v>
+      </c>
+      <c r="F510" s="0" t="s">
+        <v>2023</v>
+      </c>
       <c r="G510" s="0" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="H510" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>2026</v>
+        <v>1916</v>
       </c>
       <c r="J510" s="0"/>
       <c r="K510" s="0" t="s">
-        <v>401</v>
+        <v>187</v>
       </c>
       <c r="L510" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:12" customHeight="1" ht="80">
       <c r="A511" s="0"/>
       <c r="B511" s="0" t="s">
-        <v>2027</v>
+        <v>2040</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>2028</v>
+        <v>2041</v>
       </c>
       <c r="D511" s="0">
-        <v>753301</v>
+        <v>3.20262</v>
       </c>
       <c r="E511" s="0" t="s">
-        <v>1775</v>
+        <v>113</v>
       </c>
       <c r="F511" s="0" t="s">
-        <v>1827</v>
+        <v>2042</v>
       </c>
       <c r="G511" s="0" t="s">
-        <v>378</v>
+        <v>28</v>
       </c>
       <c r="H511" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>2029</v>
+        <v>2043</v>
       </c>
       <c r="J511" s="0"/>
       <c r="K511" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L511" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:12" customHeight="1" ht="80">
       <c r="A512" s="0"/>
       <c r="B512" s="0" t="s">
-        <v>2030</v>
+        <v>2044</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>2031</v>
-[...2 lines deleted...]
-        <v>10516</v>
+        <v>2045</v>
+      </c>
+      <c r="D512" s="0" t="s">
+        <v>2046</v>
       </c>
       <c r="E512" s="0" t="s">
-        <v>2032</v>
+        <v>113</v>
       </c>
       <c r="F512" s="0" t="s">
-        <v>2033</v>
+        <v>2042</v>
       </c>
       <c r="G512" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="H512" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>2034</v>
+        <v>2047</v>
       </c>
       <c r="J512" s="0"/>
       <c r="K512" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L512" s="0"/>
+        <v>116</v>
+      </c>
+      <c r="L512" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="513" spans="1:12" customHeight="1" ht="80">
       <c r="A513" s="0"/>
       <c r="B513" s="0" t="s">
-        <v>1283</v>
+        <v>2048</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>2035</v>
-[...2 lines deleted...]
-        <v>119646</v>
+        <v>2049</v>
+      </c>
+      <c r="D513" s="0" t="s">
+        <v>2050</v>
       </c>
       <c r="E513" s="0" t="s">
-        <v>821</v>
+        <v>1789</v>
       </c>
       <c r="F513" s="0" t="s">
-        <v>2036</v>
+        <v>1795</v>
       </c>
       <c r="G513" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="H513" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>2037</v>
+        <v>2051</v>
       </c>
       <c r="J513" s="0"/>
       <c r="K513" s="0" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="L513" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:12" customHeight="1" ht="80">
       <c r="A514" s="0"/>
       <c r="B514" s="0" t="s">
-        <v>2038</v>
+        <v>2052</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>2039</v>
+        <v>2053</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>2040</v>
+        <v>2054</v>
       </c>
       <c r="E514" s="0" t="s">
-        <v>113</v>
+        <v>1789</v>
       </c>
       <c r="F514" s="0" t="s">
-        <v>2041</v>
+        <v>1790</v>
       </c>
       <c r="G514" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H514" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>2042</v>
+        <v>1791</v>
       </c>
       <c r="J514" s="0"/>
       <c r="K514" s="0" t="s">
-        <v>788</v>
+        <v>164</v>
       </c>
       <c r="L514" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:12" customHeight="1" ht="80">
       <c r="A515" s="0"/>
       <c r="B515" s="0" t="s">
-        <v>2043</v>
+        <v>2055</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>2044</v>
-[...2 lines deleted...]
-        <v>2045</v>
+        <v>2056</v>
+      </c>
+      <c r="D515" s="0">
+        <v>11107220</v>
       </c>
       <c r="E515" s="0" t="s">
-        <v>113</v>
+        <v>830</v>
       </c>
       <c r="F515" s="0" t="s">
-        <v>2041</v>
+        <v>2057</v>
       </c>
       <c r="G515" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H515" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>2046</v>
+        <v>2058</v>
       </c>
       <c r="J515" s="0"/>
       <c r="K515" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L515" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="516" spans="1:12" customHeight="1" ht="80">
       <c r="A516" s="0"/>
       <c r="B516" s="0" t="s">
-        <v>2047</v>
+        <v>2059</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>2048</v>
-[...2 lines deleted...]
-        <v>2049</v>
+        <v>2060</v>
+      </c>
+      <c r="D516" s="0">
+        <v>11107320</v>
       </c>
       <c r="E516" s="0" t="s">
-        <v>113</v>
+        <v>830</v>
       </c>
       <c r="F516" s="0" t="s">
-        <v>2041</v>
+        <v>2057</v>
       </c>
       <c r="G516" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H516" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>2050</v>
+        <v>2061</v>
       </c>
       <c r="J516" s="0"/>
       <c r="K516" s="0" t="s">
-        <v>219</v>
+        <v>1433</v>
       </c>
       <c r="L516" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="517" spans="1:12" customHeight="1" ht="80">
       <c r="A517" s="0"/>
       <c r="B517" s="0" t="s">
-        <v>2051</v>
+        <v>2062</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>2052</v>
+        <v>2063</v>
       </c>
       <c r="D517" s="0" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="E517" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F517" s="0" t="s">
-        <v>2041</v>
+        <v>1990</v>
       </c>
       <c r="G517" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H517" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>1389</v>
+        <v>2065</v>
       </c>
       <c r="J517" s="0"/>
       <c r="K517" s="0" t="s">
-        <v>336</v>
+        <v>164</v>
       </c>
       <c r="L517" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:12" customHeight="1" ht="80">
       <c r="A518" s="0"/>
       <c r="B518" s="0" t="s">
-        <v>2054</v>
+        <v>2066</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>2055</v>
+        <v>2067</v>
       </c>
       <c r="D518" s="0" t="s">
-        <v>2056</v>
+        <v>2068</v>
       </c>
       <c r="E518" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F518" s="0" t="s">
-        <v>2041</v>
+        <v>1990</v>
       </c>
       <c r="G518" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H518" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>1935</v>
+        <v>2069</v>
       </c>
       <c r="J518" s="0"/>
       <c r="K518" s="0" t="s">
-        <v>2057</v>
+        <v>20</v>
       </c>
       <c r="L518" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="519" spans="1:12" customHeight="1" ht="80">
       <c r="A519" s="0"/>
       <c r="B519" s="0" t="s">
-        <v>2058</v>
+        <v>2070</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>2059</v>
-[...2 lines deleted...]
-        <v>3.20262</v>
+        <v>2071</v>
+      </c>
+      <c r="D519" s="0" t="s">
+        <v>2072</v>
       </c>
       <c r="E519" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F519" s="0" t="s">
-        <v>2060</v>
+        <v>1990</v>
       </c>
       <c r="G519" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H519" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>2061</v>
+        <v>2073</v>
       </c>
       <c r="J519" s="0"/>
       <c r="K519" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L519" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:12" customHeight="1" ht="80">
       <c r="A520" s="0"/>
       <c r="B520" s="0" t="s">
-        <v>2062</v>
+        <v>2074</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>2063</v>
+        <v>2075</v>
       </c>
       <c r="D520" s="0" t="s">
-        <v>2064</v>
+        <v>2076</v>
       </c>
       <c r="E520" s="0" t="s">
-        <v>113</v>
+        <v>1789</v>
       </c>
       <c r="F520" s="0" t="s">
-        <v>2060</v>
+        <v>1911</v>
       </c>
       <c r="G520" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H520" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>2065</v>
+        <v>2077</v>
       </c>
       <c r="J520" s="0"/>
       <c r="K520" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L520" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="521" spans="1:12" customHeight="1" ht="80">
       <c r="A521" s="0"/>
       <c r="B521" s="0" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="D521" s="0" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
       <c r="E521" s="0" t="s">
-        <v>1809</v>
+        <v>1789</v>
       </c>
       <c r="F521" s="0" t="s">
-        <v>1814</v>
+        <v>1911</v>
       </c>
       <c r="G521" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H521" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>2069</v>
+        <v>2077</v>
       </c>
       <c r="J521" s="0"/>
       <c r="K521" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L521" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:12" customHeight="1" ht="80">
       <c r="A522" s="0"/>
       <c r="B522" s="0" t="s">
-        <v>2070</v>
+        <v>2081</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>2071</v>
+        <v>2082</v>
       </c>
       <c r="D522" s="0" t="s">
-        <v>2072</v>
+        <v>2083</v>
       </c>
       <c r="E522" s="0" t="s">
-        <v>1809</v>
+        <v>1789</v>
       </c>
       <c r="F522" s="0" t="s">
-        <v>1810</v>
+        <v>1911</v>
       </c>
       <c r="G522" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H522" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I522" s="1" t="s">
-        <v>276</v>
+        <v>2077</v>
       </c>
       <c r="J522" s="0"/>
       <c r="K522" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L522" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="523" spans="1:12" customHeight="1" ht="80">
       <c r="A523" s="0"/>
       <c r="B523" s="0" t="s">
-        <v>2073</v>
+        <v>2084</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>2074</v>
+        <v>2085</v>
       </c>
       <c r="D523" s="0">
-        <v>11107220</v>
+        <v>120645</v>
       </c>
       <c r="E523" s="0" t="s">
-        <v>852</v>
+        <v>800</v>
       </c>
       <c r="F523" s="0" t="s">
-        <v>2075</v>
+        <v>2086</v>
       </c>
       <c r="G523" s="0" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="H523" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>2076</v>
+        <v>2087</v>
       </c>
       <c r="J523" s="0"/>
       <c r="K523" s="0" t="s">
-        <v>712</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L523" s="0"/>
     </row>
     <row r="524" spans="1:12" customHeight="1" ht="80">
       <c r="A524" s="0"/>
       <c r="B524" s="0" t="s">
-        <v>2077</v>
+        <v>2088</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>2078</v>
-[...2 lines deleted...]
-        <v>11107320</v>
+        <v>2089</v>
+      </c>
+      <c r="D524" s="0" t="s">
+        <v>2090</v>
       </c>
       <c r="E524" s="0" t="s">
-        <v>852</v>
+        <v>125</v>
       </c>
       <c r="F524" s="0" t="s">
-        <v>2075</v>
+        <v>2091</v>
       </c>
       <c r="G524" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H524" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>2079</v>
+        <v>1855</v>
       </c>
       <c r="J524" s="0"/>
       <c r="K524" s="0" t="s">
-        <v>299</v>
+        <v>332</v>
       </c>
       <c r="L524" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:12" customHeight="1" ht="80">
       <c r="A525" s="0"/>
       <c r="B525" s="0" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>2081</v>
-[...2 lines deleted...]
-        <v>2082</v>
+        <v>2093</v>
+      </c>
+      <c r="D525" s="0">
+        <v>829617</v>
       </c>
       <c r="E525" s="0" t="s">
-        <v>113</v>
+        <v>1755</v>
       </c>
       <c r="F525" s="0" t="s">
-        <v>2008</v>
+        <v>2094</v>
       </c>
       <c r="G525" s="0" t="s">
-        <v>28</v>
+        <v>374</v>
       </c>
       <c r="H525" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>2083</v>
+        <v>2095</v>
       </c>
       <c r="J525" s="0"/>
       <c r="K525" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L525" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="526" spans="1:12" customHeight="1" ht="80">
       <c r="A526" s="0"/>
       <c r="B526" s="0" t="s">
-        <v>2084</v>
+        <v>2096</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>2085</v>
-[...2 lines deleted...]
-        <v>2086</v>
+        <v>2097</v>
+      </c>
+      <c r="D526" s="0">
+        <v>829600</v>
       </c>
       <c r="E526" s="0" t="s">
-        <v>113</v>
+        <v>1755</v>
       </c>
       <c r="F526" s="0" t="s">
-        <v>2008</v>
+        <v>2094</v>
       </c>
       <c r="G526" s="0" t="s">
-        <v>28</v>
+        <v>374</v>
       </c>
       <c r="H526" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>2087</v>
+        <v>2098</v>
       </c>
       <c r="J526" s="0"/>
       <c r="K526" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L526" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="527" spans="1:12" customHeight="1" ht="80">
       <c r="A527" s="0"/>
       <c r="B527" s="0" t="s">
-        <v>2088</v>
+        <v>2099</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>2089</v>
+        <v>2100</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>2090</v>
+        <v>2101</v>
       </c>
       <c r="E527" s="0" t="s">
-        <v>113</v>
+        <v>847</v>
       </c>
       <c r="F527" s="0" t="s">
-        <v>2008</v>
+        <v>2102</v>
       </c>
       <c r="G527" s="0" t="s">
-        <v>28</v>
+        <v>849</v>
       </c>
       <c r="H527" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>2091</v>
+        <v>2103</v>
       </c>
       <c r="J527" s="0"/>
       <c r="K527" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L527" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="528" spans="1:12" customHeight="1" ht="80">
       <c r="A528" s="0"/>
       <c r="B528" s="0" t="s">
-        <v>2092</v>
+        <v>2104</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>2093</v>
+        <v>2105</v>
       </c>
       <c r="D528" s="0" t="s">
-        <v>2094</v>
+        <v>2106</v>
       </c>
       <c r="E528" s="0" t="s">
-        <v>1809</v>
+        <v>847</v>
       </c>
       <c r="F528" s="0" t="s">
-        <v>1931</v>
+        <v>2107</v>
       </c>
       <c r="G528" s="0" t="s">
-        <v>182</v>
+        <v>849</v>
       </c>
       <c r="H528" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I528" s="1" t="s">
-        <v>518</v>
+        <v>2108</v>
       </c>
       <c r="J528" s="0"/>
       <c r="K528" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L528" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="529" spans="1:12" customHeight="1" ht="80">
       <c r="A529" s="0"/>
       <c r="B529" s="0" t="s">
-        <v>2095</v>
+        <v>2109</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>2096</v>
+        <v>2110</v>
       </c>
       <c r="D529" s="0" t="s">
-        <v>2097</v>
+        <v>2111</v>
       </c>
       <c r="E529" s="0" t="s">
-        <v>1809</v>
+        <v>847</v>
       </c>
       <c r="F529" s="0" t="s">
-        <v>1931</v>
+        <v>2107</v>
       </c>
       <c r="G529" s="0" t="s">
-        <v>182</v>
+        <v>849</v>
       </c>
       <c r="H529" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>518</v>
+        <v>1054</v>
       </c>
       <c r="J529" s="0"/>
       <c r="K529" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L529" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="530" spans="1:12" customHeight="1" ht="80">
       <c r="A530" s="0"/>
       <c r="B530" s="0" t="s">
-        <v>2098</v>
+        <v>2112</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>2099</v>
+        <v>2113</v>
       </c>
       <c r="D530" s="0" t="s">
-        <v>2100</v>
+        <v>2114</v>
       </c>
       <c r="E530" s="0" t="s">
-        <v>1809</v>
+        <v>847</v>
       </c>
       <c r="F530" s="0" t="s">
-        <v>1931</v>
+        <v>2107</v>
       </c>
       <c r="G530" s="0" t="s">
-        <v>182</v>
+        <v>849</v>
       </c>
       <c r="H530" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>518</v>
+        <v>2115</v>
       </c>
       <c r="J530" s="0"/>
       <c r="K530" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L530" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="531" spans="1:12" customHeight="1" ht="80">
       <c r="A531" s="0"/>
       <c r="B531" s="0" t="s">
-        <v>2101</v>
+        <v>2116</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>2102</v>
-[...2 lines deleted...]
-        <v>120645</v>
+        <v>2117</v>
+      </c>
+      <c r="D531" s="0" t="s">
+        <v>2118</v>
       </c>
       <c r="E531" s="0" t="s">
-        <v>821</v>
+        <v>2119</v>
       </c>
       <c r="F531" s="0" t="s">
-        <v>2103</v>
+        <v>2120</v>
       </c>
       <c r="G531" s="0" t="s">
-        <v>143</v>
+        <v>2121</v>
       </c>
       <c r="H531" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>2104</v>
+        <v>2122</v>
       </c>
       <c r="J531" s="0"/>
       <c r="K531" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L531" s="0"/>
     </row>
     <row r="532" spans="1:12" customHeight="1" ht="80">
       <c r="A532" s="0"/>
       <c r="B532" s="0" t="s">
-        <v>2105</v>
+        <v>2123</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>2106</v>
+        <v>2124</v>
       </c>
       <c r="D532" s="0" t="s">
-        <v>2107</v>
+        <v>2125</v>
       </c>
       <c r="E532" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F532" s="0" t="s">
-        <v>2108</v>
+        <v>2126</v>
       </c>
       <c r="G532" s="0" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="H532" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>2109</v>
+        <v>476</v>
       </c>
       <c r="J532" s="0"/>
       <c r="K532" s="0" t="s">
-        <v>1777</v>
+        <v>20</v>
       </c>
       <c r="L532" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="533" spans="1:12" customHeight="1" ht="80">
       <c r="A533" s="0"/>
       <c r="B533" s="0" t="s">
-        <v>2110</v>
+        <v>2127</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>2111</v>
-[...2 lines deleted...]
-        <v>829617</v>
+        <v>2128</v>
+      </c>
+      <c r="D533" s="0" t="s">
+        <v>2129</v>
       </c>
       <c r="E533" s="0" t="s">
-        <v>1775</v>
+        <v>814</v>
       </c>
       <c r="F533" s="0" t="s">
-        <v>2112</v>
+        <v>1981</v>
       </c>
       <c r="G533" s="0" t="s">
-        <v>378</v>
+        <v>816</v>
       </c>
       <c r="H533" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>2113</v>
+        <v>2130</v>
       </c>
       <c r="J533" s="0"/>
       <c r="K533" s="0" t="s">
-        <v>299</v>
+        <v>385</v>
       </c>
       <c r="L533" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="534" spans="1:12" customHeight="1" ht="80">
       <c r="A534" s="0"/>
       <c r="B534" s="0" t="s">
-        <v>2114</v>
+        <v>2131</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>2115</v>
+        <v>2132</v>
       </c>
       <c r="D534" s="0">
-        <v>829600</v>
+        <v>64010</v>
       </c>
       <c r="E534" s="0" t="s">
-        <v>1775</v>
+        <v>295</v>
       </c>
       <c r="F534" s="0" t="s">
-        <v>2112</v>
+        <v>1629</v>
       </c>
       <c r="G534" s="0" t="s">
-        <v>378</v>
+        <v>297</v>
       </c>
       <c r="H534" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I534" s="1" t="s">
-        <v>2116</v>
+        <v>1982</v>
       </c>
       <c r="J534" s="0"/>
       <c r="K534" s="0" t="s">
-        <v>788</v>
+        <v>164</v>
       </c>
       <c r="L534" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="535" spans="1:12" customHeight="1" ht="80">
       <c r="A535" s="0"/>
       <c r="B535" s="0" t="s">
-        <v>2117</v>
+        <v>2133</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>2118</v>
+        <v>2134</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>2119</v>
+        <v>2135</v>
       </c>
       <c r="E535" s="0" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="F535" s="0" t="s">
-        <v>2120</v>
+        <v>2136</v>
       </c>
       <c r="G535" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H535" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>2121</v>
+        <v>2137</v>
       </c>
       <c r="J535" s="0"/>
       <c r="K535" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L535" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="536" spans="1:12" customHeight="1" ht="80">
       <c r="A536" s="0"/>
       <c r="B536" s="0" t="s">
-        <v>2122</v>
+        <v>2138</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>2123</v>
+        <v>2139</v>
       </c>
       <c r="D536" s="0" t="s">
-        <v>2124</v>
+        <v>2140</v>
       </c>
       <c r="E536" s="0" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="F536" s="0" t="s">
-        <v>2125</v>
+        <v>2141</v>
       </c>
       <c r="G536" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H536" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>2126</v>
+        <v>2142</v>
       </c>
       <c r="J536" s="0"/>
       <c r="K536" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L536" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="537" spans="1:12" customHeight="1" ht="80">
       <c r="A537" s="0"/>
       <c r="B537" s="0" t="s">
-        <v>2127</v>
+        <v>2143</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>2128</v>
+        <v>2144</v>
       </c>
       <c r="D537" s="0" t="s">
-        <v>2129</v>
+        <v>2145</v>
       </c>
       <c r="E537" s="0" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="F537" s="0" t="s">
-        <v>2125</v>
+        <v>2146</v>
       </c>
       <c r="G537" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H537" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>1078</v>
+        <v>2147</v>
       </c>
       <c r="J537" s="0"/>
       <c r="K537" s="0" t="s">
-        <v>116</v>
+        <v>2148</v>
       </c>
       <c r="L537" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="538" spans="1:12" customHeight="1" ht="80">
       <c r="A538" s="0"/>
       <c r="B538" s="0" t="s">
-        <v>2130</v>
+        <v>2149</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>2131</v>
+        <v>2150</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>2132</v>
+        <v>2151</v>
       </c>
       <c r="E538" s="0" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="F538" s="0" t="s">
-        <v>2125</v>
+        <v>2146</v>
       </c>
       <c r="G538" s="0" t="s">
-        <v>872</v>
+        <v>127</v>
       </c>
       <c r="H538" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>2133</v>
+        <v>219</v>
       </c>
       <c r="J538" s="0"/>
       <c r="K538" s="0" t="s">
-        <v>401</v>
+        <v>2152</v>
       </c>
       <c r="L538" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="539" spans="1:12" customHeight="1" ht="80">
       <c r="A539" s="0"/>
       <c r="B539" s="0" t="s">
-        <v>2134</v>
+        <v>2153</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>2135</v>
+        <v>2154</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>2136</v>
+        <v>2155</v>
       </c>
       <c r="E539" s="0" t="s">
-        <v>2137</v>
+        <v>125</v>
       </c>
       <c r="F539" s="0" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="G539" s="0" t="s">
-        <v>2139</v>
+        <v>127</v>
       </c>
       <c r="H539" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>2140</v>
+        <v>2156</v>
       </c>
       <c r="J539" s="0"/>
       <c r="K539" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L539" s="0"/>
+        <v>116</v>
+      </c>
+      <c r="L539" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="540" spans="1:12" customHeight="1" ht="80">
       <c r="A540" s="0"/>
       <c r="B540" s="0" t="s">
-        <v>2141</v>
+        <v>2157</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>2142</v>
-[...2 lines deleted...]
-        <v>2143</v>
+        <v>2158</v>
+      </c>
+      <c r="D540" s="0">
+        <v>169220</v>
       </c>
       <c r="E540" s="0" t="s">
-        <v>125</v>
+        <v>2159</v>
       </c>
       <c r="F540" s="0" t="s">
-        <v>2144</v>
+        <v>2160</v>
       </c>
       <c r="G540" s="0" t="s">
-        <v>182</v>
+        <v>53</v>
       </c>
       <c r="H540" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>492</v>
+        <v>1654</v>
       </c>
       <c r="J540" s="0"/>
       <c r="K540" s="0" t="s">
-        <v>519</v>
+        <v>116</v>
       </c>
       <c r="L540" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="541" spans="1:12" customHeight="1" ht="80">
       <c r="A541" s="0"/>
       <c r="B541" s="0" t="s">
-        <v>2145</v>
+        <v>2161</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>2146</v>
+        <v>2162</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>2147</v>
+        <v>2163</v>
       </c>
       <c r="E541" s="0" t="s">
-        <v>836</v>
+        <v>168</v>
       </c>
       <c r="F541" s="0" t="s">
-        <v>1999</v>
+        <v>2164</v>
       </c>
       <c r="G541" s="0" t="s">
-        <v>838</v>
+        <v>297</v>
       </c>
       <c r="H541" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I541" s="1" t="s">
-        <v>2148</v>
+        <v>2165</v>
       </c>
       <c r="J541" s="0"/>
       <c r="K541" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L541" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="542" spans="1:12" customHeight="1" ht="80">
       <c r="A542" s="0"/>
       <c r="B542" s="0" t="s">
-        <v>2149</v>
+        <v>2166</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>2150</v>
+        <v>2167</v>
       </c>
       <c r="D542" s="0">
-        <v>64010</v>
+        <v>827583</v>
       </c>
       <c r="E542" s="0" t="s">
-        <v>302</v>
+        <v>1755</v>
       </c>
       <c r="F542" s="0" t="s">
-        <v>1651</v>
+        <v>2168</v>
       </c>
       <c r="G542" s="0" t="s">
-        <v>170</v>
+        <v>374</v>
       </c>
       <c r="H542" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I542" s="1" t="s">
-        <v>2000</v>
+        <v>2169</v>
       </c>
       <c r="J542" s="0"/>
       <c r="K542" s="0" t="s">
-        <v>165</v>
+        <v>1433</v>
       </c>
       <c r="L542" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:12" customHeight="1" ht="80">
       <c r="A543" s="0"/>
       <c r="B543" s="0" t="s">
-        <v>2151</v>
+        <v>2170</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>2152</v>
-[...2 lines deleted...]
-        <v>2153</v>
+        <v>2171</v>
+      </c>
+      <c r="D543" s="0">
+        <v>827576</v>
       </c>
       <c r="E543" s="0" t="s">
-        <v>125</v>
+        <v>1755</v>
       </c>
       <c r="F543" s="0" t="s">
-        <v>2154</v>
+        <v>2168</v>
       </c>
       <c r="G543" s="0" t="s">
-        <v>127</v>
+        <v>374</v>
       </c>
       <c r="H543" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>2155</v>
+        <v>2169</v>
       </c>
       <c r="J543" s="0"/>
       <c r="K543" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L543" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="544" spans="1:12" customHeight="1" ht="80">
       <c r="A544" s="0"/>
       <c r="B544" s="0" t="s">
-        <v>2156</v>
+        <v>2172</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>2157</v>
+        <v>2173</v>
       </c>
       <c r="D544" s="0" t="s">
-        <v>2158</v>
+        <v>2174</v>
       </c>
       <c r="E544" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F544" s="0" t="s">
-        <v>2159</v>
+        <v>2175</v>
       </c>
       <c r="G544" s="0" t="s">
-        <v>127</v>
+        <v>170</v>
       </c>
       <c r="H544" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>2160</v>
+        <v>2176</v>
       </c>
       <c r="J544" s="0"/>
       <c r="K544" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L544" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="545" spans="1:12" customHeight="1" ht="80">
       <c r="A545" s="0"/>
       <c r="B545" s="0" t="s">
-        <v>2161</v>
+        <v>2177</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>2162</v>
+        <v>2178</v>
       </c>
       <c r="D545" s="0" t="s">
-        <v>2163</v>
+        <v>2179</v>
       </c>
       <c r="E545" s="0" t="s">
-        <v>125</v>
+        <v>431</v>
       </c>
       <c r="F545" s="0" t="s">
-        <v>2164</v>
+        <v>2180</v>
       </c>
       <c r="G545" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H545" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I545" s="1" t="s">
-        <v>2165</v>
+        <v>2181</v>
       </c>
       <c r="J545" s="0"/>
       <c r="K545" s="0" t="s">
-        <v>299</v>
+        <v>1442</v>
       </c>
       <c r="L545" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:12" customHeight="1" ht="80">
       <c r="A546" s="0"/>
       <c r="B546" s="0" t="s">
-        <v>2166</v>
+        <v>2182</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>2167</v>
+        <v>2183</v>
       </c>
       <c r="D546" s="0" t="s">
-        <v>2168</v>
+        <v>2184</v>
       </c>
       <c r="E546" s="0" t="s">
-        <v>125</v>
+        <v>431</v>
       </c>
       <c r="F546" s="0" t="s">
-        <v>2164</v>
+        <v>2180</v>
       </c>
       <c r="G546" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H546" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I546" s="1" t="s">
-        <v>2169</v>
+        <v>2185</v>
       </c>
       <c r="J546" s="0"/>
       <c r="K546" s="0" t="s">
         <v>116</v>
       </c>
       <c r="L546" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="547" spans="1:12" customHeight="1" ht="80">
       <c r="A547" s="0"/>
       <c r="B547" s="0" t="s">
-        <v>2170</v>
+        <v>2186</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>2171</v>
+        <v>2187</v>
       </c>
       <c r="D547" s="0" t="s">
-        <v>2172</v>
+        <v>2188</v>
       </c>
       <c r="E547" s="0" t="s">
-        <v>125</v>
+        <v>431</v>
       </c>
       <c r="F547" s="0" t="s">
-        <v>2164</v>
+        <v>2180</v>
       </c>
       <c r="G547" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H547" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>383</v>
+        <v>2189</v>
       </c>
       <c r="J547" s="0"/>
       <c r="K547" s="0" t="s">
-        <v>189</v>
+        <v>332</v>
       </c>
       <c r="L547" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="548" spans="1:12" customHeight="1" ht="80">
       <c r="A548" s="0"/>
       <c r="B548" s="0" t="s">
-        <v>2173</v>
+        <v>2190</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>2174</v>
-[...2 lines deleted...]
-        <v>169220</v>
+        <v>2191</v>
+      </c>
+      <c r="D548" s="0" t="s">
+        <v>2192</v>
       </c>
       <c r="E548" s="0" t="s">
-        <v>2175</v>
+        <v>431</v>
       </c>
       <c r="F548" s="0" t="s">
-        <v>2176</v>
+        <v>2193</v>
       </c>
       <c r="G548" s="0" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H548" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I548" s="1" t="s">
-        <v>1677</v>
+        <v>2194</v>
       </c>
       <c r="J548" s="0"/>
       <c r="K548" s="0" t="s">
         <v>116</v>
       </c>
       <c r="L548" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="549" spans="1:12" customHeight="1" ht="80">
       <c r="A549" s="0"/>
       <c r="B549" s="0" t="s">
-        <v>2177</v>
+        <v>2195</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>2178</v>
+        <v>2196</v>
       </c>
       <c r="D549" s="0" t="s">
-        <v>2179</v>
+        <v>2197</v>
       </c>
       <c r="E549" s="0" t="s">
-        <v>168</v>
+        <v>2198</v>
       </c>
       <c r="F549" s="0" t="s">
-        <v>2180</v>
+        <v>2199</v>
       </c>
       <c r="G549" s="0" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="H549" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>2181</v>
+        <v>2200</v>
       </c>
       <c r="J549" s="0"/>
       <c r="K549" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L549" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="550" spans="1:12" customHeight="1" ht="80">
       <c r="A550" s="0"/>
       <c r="B550" s="0" t="s">
-        <v>2182</v>
+        <v>2201</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>2183</v>
-[...2 lines deleted...]
-        <v>827583</v>
+        <v>2202</v>
+      </c>
+      <c r="D550" s="0" t="s">
+        <v>2203</v>
       </c>
       <c r="E550" s="0" t="s">
-        <v>1775</v>
+        <v>168</v>
       </c>
       <c r="F550" s="0" t="s">
-        <v>2184</v>
+        <v>2204</v>
       </c>
       <c r="G550" s="0" t="s">
-        <v>378</v>
+        <v>176</v>
       </c>
       <c r="H550" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>2185</v>
+        <v>2205</v>
       </c>
       <c r="J550" s="0"/>
       <c r="K550" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L550" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="551" spans="1:12" customHeight="1" ht="80">
       <c r="A551" s="0"/>
       <c r="B551" s="0" t="s">
-        <v>2186</v>
+        <v>2206</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>2187</v>
+        <v>2207</v>
       </c>
       <c r="D551" s="0">
-        <v>827576</v>
+        <v>10000012082</v>
       </c>
       <c r="E551" s="0" t="s">
-        <v>1775</v>
+        <v>113</v>
       </c>
       <c r="F551" s="0" t="s">
-        <v>2184</v>
+        <v>2208</v>
       </c>
       <c r="G551" s="0" t="s">
-        <v>378</v>
+        <v>28</v>
       </c>
       <c r="H551" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I551" s="1" t="s">
-        <v>2185</v>
+        <v>782</v>
       </c>
       <c r="J551" s="0"/>
       <c r="K551" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L551" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="552" spans="1:12" customHeight="1" ht="80">
       <c r="A552" s="0"/>
       <c r="B552" s="0" t="s">
-        <v>2188</v>
+        <v>2209</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>2189</v>
+        <v>2210</v>
       </c>
       <c r="D552" s="0" t="s">
-        <v>2190</v>
+        <v>2211</v>
       </c>
       <c r="E552" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F552" s="0" t="s">
-        <v>2191</v>
+        <v>2208</v>
       </c>
       <c r="G552" s="0" t="s">
-        <v>176</v>
+        <v>28</v>
       </c>
       <c r="H552" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>2192</v>
+        <v>2212</v>
       </c>
       <c r="J552" s="0"/>
       <c r="K552" s="0" t="s">
-        <v>225</v>
+        <v>2213</v>
       </c>
       <c r="L552" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="553" spans="1:12" customHeight="1" ht="80">
       <c r="A553" s="0"/>
       <c r="B553" s="0" t="s">
-        <v>2193</v>
+        <v>2214</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>2194</v>
+        <v>2215</v>
       </c>
       <c r="D553" s="0" t="s">
-        <v>2195</v>
+        <v>2216</v>
       </c>
       <c r="E553" s="0" t="s">
-        <v>447</v>
+        <v>431</v>
       </c>
       <c r="F553" s="0" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="G553" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H553" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>2197</v>
+        <v>1230</v>
       </c>
       <c r="J553" s="0"/>
       <c r="K553" s="0" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="L553" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="554" spans="1:12" customHeight="1" ht="80">
       <c r="A554" s="0"/>
       <c r="B554" s="0" t="s">
-        <v>2198</v>
+        <v>2217</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>2199</v>
+        <v>2218</v>
       </c>
       <c r="D554" s="0" t="s">
-        <v>2200</v>
+        <v>2219</v>
       </c>
       <c r="E554" s="0" t="s">
-        <v>447</v>
+        <v>431</v>
       </c>
       <c r="F554" s="0" t="s">
-        <v>2196</v>
+        <v>2180</v>
       </c>
       <c r="G554" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H554" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>2201</v>
+        <v>2220</v>
       </c>
       <c r="J554" s="0"/>
       <c r="K554" s="0" t="s">
         <v>116</v>
       </c>
       <c r="L554" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="555" spans="1:12" customHeight="1" ht="80">
       <c r="A555" s="0"/>
       <c r="B555" s="0" t="s">
-        <v>2202</v>
+        <v>2221</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>2203</v>
+        <v>2222</v>
       </c>
       <c r="D555" s="0" t="s">
-        <v>2204</v>
+        <v>2223</v>
       </c>
       <c r="E555" s="0" t="s">
-        <v>447</v>
+        <v>830</v>
       </c>
       <c r="F555" s="0" t="s">
-        <v>2196</v>
+        <v>2224</v>
       </c>
       <c r="G555" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H555" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>2205</v>
+        <v>2225</v>
       </c>
       <c r="J555" s="0"/>
       <c r="K555" s="0" t="s">
-        <v>2206</v>
+        <v>20</v>
       </c>
       <c r="L555" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:12" customHeight="1" ht="80">
       <c r="A556" s="0"/>
       <c r="B556" s="0" t="s">
-        <v>2207</v>
+        <v>2226</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>2208</v>
+        <v>2227</v>
       </c>
       <c r="D556" s="0" t="s">
-        <v>2209</v>
+        <v>2228</v>
       </c>
       <c r="E556" s="0" t="s">
-        <v>447</v>
+        <v>830</v>
       </c>
       <c r="F556" s="0" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="G556" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H556" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>2211</v>
+        <v>1871</v>
       </c>
       <c r="J556" s="0"/>
       <c r="K556" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L556" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:12" customHeight="1" ht="80">
       <c r="A557" s="0"/>
       <c r="B557" s="0" t="s">
-        <v>2212</v>
+        <v>2229</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>2213</v>
+        <v>2230</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>2214</v>
+        <v>2231</v>
       </c>
       <c r="E557" s="0" t="s">
-        <v>2215</v>
+        <v>431</v>
       </c>
       <c r="F557" s="0" t="s">
-        <v>2216</v>
+        <v>1365</v>
       </c>
       <c r="G557" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H557" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>2217</v>
+        <v>2232</v>
       </c>
       <c r="J557" s="0"/>
       <c r="K557" s="0" t="s">
-        <v>401</v>
+        <v>1086</v>
       </c>
       <c r="L557" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="558" spans="1:12" customHeight="1" ht="80">
       <c r="A558" s="0"/>
       <c r="B558" s="0" t="s">
-        <v>2218</v>
+        <v>2233</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>2219</v>
+        <v>2234</v>
       </c>
       <c r="D558" s="0" t="s">
-        <v>2220</v>
+        <v>2235</v>
       </c>
       <c r="E558" s="0" t="s">
-        <v>168</v>
+        <v>383</v>
       </c>
       <c r="F558" s="0" t="s">
-        <v>2221</v>
+        <v>2236</v>
       </c>
       <c r="G558" s="0" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="H558" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I558" s="1" t="s">
-        <v>2222</v>
+        <v>2237</v>
       </c>
       <c r="J558" s="0"/>
       <c r="K558" s="0" t="s">
-        <v>1453</v>
+        <v>164</v>
       </c>
       <c r="L558" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="559" spans="1:12" customHeight="1" ht="80">
       <c r="A559" s="0"/>
       <c r="B559" s="0" t="s">
-        <v>2223</v>
+        <v>2238</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>2224</v>
-[...2 lines deleted...]
-        <v>10000012082</v>
+        <v>2239</v>
+      </c>
+      <c r="D559" s="0" t="s">
+        <v>2240</v>
       </c>
       <c r="E559" s="0" t="s">
-        <v>113</v>
+        <v>383</v>
       </c>
       <c r="F559" s="0" t="s">
-        <v>2225</v>
+        <v>2236</v>
       </c>
       <c r="G559" s="0" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H559" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>803</v>
+        <v>855</v>
       </c>
       <c r="J559" s="0"/>
       <c r="K559" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L559" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="560" spans="1:12" customHeight="1" ht="80">
       <c r="A560" s="0"/>
       <c r="B560" s="0" t="s">
-        <v>2226</v>
+        <v>2241</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>2227</v>
+        <v>2242</v>
       </c>
       <c r="D560" s="0" t="s">
-        <v>2228</v>
+        <v>2243</v>
       </c>
       <c r="E560" s="0" t="s">
-        <v>113</v>
+        <v>383</v>
       </c>
       <c r="F560" s="0" t="s">
-        <v>2225</v>
+        <v>2236</v>
       </c>
       <c r="G560" s="0" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H560" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>2229</v>
+        <v>2244</v>
       </c>
       <c r="J560" s="0"/>
       <c r="K560" s="0" t="s">
-        <v>401</v>
+        <v>164</v>
       </c>
       <c r="L560" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="561" spans="1:12" customHeight="1" ht="80">
       <c r="A561" s="0"/>
       <c r="B561" s="0" t="s">
-        <v>2230</v>
+        <v>2245</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>2231</v>
+        <v>2246</v>
       </c>
       <c r="D561" s="0" t="s">
-        <v>2232</v>
+        <v>2247</v>
       </c>
       <c r="E561" s="0" t="s">
-        <v>447</v>
+        <v>125</v>
       </c>
       <c r="F561" s="0" t="s">
-        <v>2216</v>
+        <v>2248</v>
       </c>
       <c r="G561" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H561" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>1251</v>
+        <v>2249</v>
       </c>
       <c r="J561" s="0"/>
       <c r="K561" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L561" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="562" spans="1:12" customHeight="1" ht="80">
       <c r="A562" s="0"/>
       <c r="B562" s="0" t="s">
-        <v>2233</v>
+        <v>2250</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>2234</v>
-[...2 lines deleted...]
-        <v>2235</v>
+        <v>2251</v>
+      </c>
+      <c r="D562" s="0">
+        <v>122284</v>
       </c>
       <c r="E562" s="0" t="s">
-        <v>447</v>
+        <v>1938</v>
       </c>
       <c r="F562" s="0" t="s">
-        <v>2196</v>
+        <v>1939</v>
       </c>
       <c r="G562" s="0" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="H562" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>2236</v>
+        <v>2252</v>
       </c>
       <c r="J562" s="0"/>
       <c r="K562" s="0" t="s">
-        <v>401</v>
+        <v>187</v>
       </c>
       <c r="L562" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="563" spans="1:12" customHeight="1" ht="80">
       <c r="A563" s="0"/>
       <c r="B563" s="0" t="s">
-        <v>2237</v>
+        <v>2253</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>2238</v>
-[...2 lines deleted...]
-        <v>2239</v>
+        <v>2254</v>
+      </c>
+      <c r="D563" s="0">
+        <v>115835</v>
       </c>
       <c r="E563" s="0" t="s">
-        <v>852</v>
+        <v>800</v>
       </c>
       <c r="F563" s="0" t="s">
-        <v>2240</v>
+        <v>2255</v>
       </c>
       <c r="G563" s="0" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="H563" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I563" s="1" t="s">
-        <v>2241</v>
+        <v>2256</v>
       </c>
       <c r="J563" s="0"/>
       <c r="K563" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L563" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="564" spans="1:12" customHeight="1" ht="80">
       <c r="A564" s="0"/>
       <c r="B564" s="0" t="s">
-        <v>2242</v>
+        <v>2257</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>2243</v>
+        <v>2258</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>2244</v>
+        <v>2259</v>
       </c>
       <c r="E564" s="0" t="s">
-        <v>852</v>
+        <v>364</v>
       </c>
       <c r="F564" s="0" t="s">
-        <v>2240</v>
+        <v>2260</v>
       </c>
       <c r="G564" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H564" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>1890</v>
+        <v>2261</v>
       </c>
       <c r="J564" s="0"/>
       <c r="K564" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L564" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="565" spans="1:12" customHeight="1" ht="80">
       <c r="A565" s="0"/>
       <c r="B565" s="0" t="s">
-        <v>2245</v>
+        <v>2262</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>2246</v>
+        <v>2263</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>2247</v>
+        <v>2264</v>
       </c>
       <c r="E565" s="0" t="s">
-        <v>447</v>
+        <v>364</v>
       </c>
       <c r="F565" s="0" t="s">
-        <v>1384</v>
+        <v>2260</v>
       </c>
       <c r="G565" s="0" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="H565" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>2248</v>
+        <v>2261</v>
       </c>
       <c r="J565" s="0"/>
       <c r="K565" s="0" t="s">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="L565" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="566" spans="1:12" customHeight="1" ht="80">
       <c r="A566" s="0"/>
       <c r="B566" s="0" t="s">
-        <v>2249</v>
+        <v>2265</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>2250</v>
+        <v>2266</v>
       </c>
       <c r="D566" s="0" t="s">
-        <v>2251</v>
+        <v>2267</v>
       </c>
       <c r="E566" s="0" t="s">
-        <v>387</v>
+        <v>814</v>
       </c>
       <c r="F566" s="0" t="s">
-        <v>2252</v>
+        <v>1981</v>
       </c>
       <c r="G566" s="0" t="s">
-        <v>17</v>
+        <v>816</v>
       </c>
       <c r="H566" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I566" s="1" t="s">
-        <v>2253</v>
+        <v>2268</v>
       </c>
       <c r="J566" s="0"/>
       <c r="K566" s="0" t="s">
-        <v>165</v>
+        <v>385</v>
       </c>
       <c r="L566" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="567" spans="1:12" customHeight="1" ht="80">
       <c r="A567" s="0"/>
       <c r="B567" s="0" t="s">
-        <v>2254</v>
+        <v>2269</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>2255</v>
-[...2 lines deleted...]
-        <v>2256</v>
+        <v>2270</v>
+      </c>
+      <c r="D567" s="0">
+        <v>123390</v>
       </c>
       <c r="E567" s="0" t="s">
-        <v>387</v>
+        <v>1445</v>
       </c>
       <c r="F567" s="0" t="s">
-        <v>2252</v>
+        <v>2271</v>
       </c>
       <c r="G567" s="0" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="H567" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>878</v>
+        <v>2272</v>
       </c>
       <c r="J567" s="0"/>
       <c r="K567" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L567" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:12" customHeight="1" ht="80">
       <c r="A568" s="0"/>
       <c r="B568" s="0" t="s">
-        <v>2257</v>
+        <v>2273</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>2258</v>
-[...2 lines deleted...]
-        <v>2259</v>
+        <v>2274</v>
+      </c>
+      <c r="D568" s="0">
+        <v>123394</v>
       </c>
       <c r="E568" s="0" t="s">
-        <v>387</v>
+        <v>1445</v>
       </c>
       <c r="F568" s="0" t="s">
-        <v>2252</v>
+        <v>2271</v>
       </c>
       <c r="G568" s="0" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="H568" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>2260</v>
+        <v>2275</v>
       </c>
       <c r="J568" s="0"/>
       <c r="K568" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L568" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:12" customHeight="1" ht="80">
       <c r="A569" s="0"/>
       <c r="B569" s="0" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>2262</v>
+        <v>2277</v>
       </c>
       <c r="D569" s="0" t="s">
-        <v>2263</v>
+        <v>2278</v>
       </c>
       <c r="E569" s="0" t="s">
-        <v>125</v>
+        <v>814</v>
       </c>
       <c r="F569" s="0" t="s">
-        <v>2264</v>
+        <v>1981</v>
       </c>
       <c r="G569" s="0" t="s">
-        <v>182</v>
+        <v>816</v>
       </c>
       <c r="H569" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>2265</v>
+        <v>2279</v>
       </c>
       <c r="J569" s="0"/>
       <c r="K569" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L569" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="570" spans="1:12" customHeight="1" ht="80">
       <c r="A570" s="0"/>
       <c r="B570" s="0" t="s">
-        <v>2266</v>
+        <v>2280</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>2267</v>
+        <v>2281</v>
       </c>
       <c r="D570" s="0">
-        <v>122284</v>
+        <v>121502</v>
       </c>
       <c r="E570" s="0" t="s">
-        <v>1957</v>
+        <v>1445</v>
       </c>
       <c r="F570" s="0" t="s">
-        <v>1958</v>
+        <v>2282</v>
       </c>
       <c r="G570" s="0" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H570" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>2268</v>
+        <v>2283</v>
       </c>
       <c r="J570" s="0"/>
       <c r="K570" s="0" t="s">
-        <v>225</v>
+        <v>116</v>
       </c>
       <c r="L570" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="571" spans="1:12" customHeight="1" ht="80">
       <c r="A571" s="0"/>
       <c r="B571" s="0" t="s">
-        <v>2269</v>
+        <v>2284</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>2270</v>
+        <v>2285</v>
       </c>
       <c r="D571" s="0">
-        <v>115835</v>
+        <v>121553</v>
       </c>
       <c r="E571" s="0" t="s">
-        <v>821</v>
+        <v>1445</v>
       </c>
       <c r="F571" s="0" t="s">
-        <v>2271</v>
+        <v>2286</v>
       </c>
       <c r="G571" s="0" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H571" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>2272</v>
+        <v>2287</v>
       </c>
       <c r="J571" s="0"/>
       <c r="K571" s="0" t="s">
-        <v>20</v>
+        <v>1073</v>
       </c>
       <c r="L571" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="572" spans="1:12" customHeight="1" ht="80">
       <c r="A572" s="0"/>
       <c r="B572" s="0" t="s">
-        <v>2273</v>
+        <v>2288</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>2274</v>
+        <v>2289</v>
       </c>
       <c r="D572" s="0" t="s">
-        <v>2275</v>
+        <v>2290</v>
       </c>
       <c r="E572" s="0" t="s">
-        <v>368</v>
+        <v>329</v>
       </c>
       <c r="F572" s="0" t="s">
-        <v>2276</v>
+        <v>2291</v>
       </c>
       <c r="G572" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H572" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I572" s="1" t="s">
-        <v>2277</v>
+        <v>2292</v>
       </c>
       <c r="J572" s="0"/>
       <c r="K572" s="0" t="s">
         <v>116</v>
       </c>
       <c r="L572" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="573" spans="1:12" customHeight="1" ht="80">
       <c r="A573" s="0"/>
       <c r="B573" s="0" t="s">
-        <v>2278</v>
+        <v>2293</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>2279</v>
+        <v>2294</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>2280</v>
+        <v>2295</v>
       </c>
       <c r="E573" s="0" t="s">
-        <v>368</v>
+        <v>329</v>
       </c>
       <c r="F573" s="0" t="s">
-        <v>2276</v>
+        <v>2296</v>
       </c>
       <c r="G573" s="0" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H573" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>2277</v>
+        <v>2297</v>
       </c>
       <c r="J573" s="0"/>
       <c r="K573" s="0" t="s">
-        <v>116</v>
+        <v>385</v>
       </c>
       <c r="L573" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="574" spans="1:12" customHeight="1" ht="80">
       <c r="A574" s="0"/>
       <c r="B574" s="0" t="s">
-        <v>2281</v>
+        <v>2298</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>2282</v>
+        <v>2299</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>2283</v>
+        <v>2300</v>
       </c>
       <c r="E574" s="0" t="s">
-        <v>836</v>
+        <v>329</v>
       </c>
       <c r="F574" s="0" t="s">
-        <v>1999</v>
+        <v>2301</v>
       </c>
       <c r="G574" s="0" t="s">
-        <v>838</v>
+        <v>28</v>
       </c>
       <c r="H574" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>2284</v>
+        <v>2297</v>
       </c>
       <c r="J574" s="0"/>
       <c r="K574" s="0" t="s">
-        <v>401</v>
+        <v>116</v>
       </c>
       <c r="L574" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="575" spans="1:12" customHeight="1" ht="80">
       <c r="A575" s="0"/>
       <c r="B575" s="0" t="s">
-        <v>2285</v>
+        <v>2302</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>2286</v>
+        <v>2303</v>
       </c>
       <c r="D575" s="0">
-        <v>123390</v>
+        <v>520084</v>
       </c>
       <c r="E575" s="0" t="s">
-        <v>1464</v>
+        <v>168</v>
       </c>
       <c r="F575" s="0" t="s">
-        <v>2287</v>
+        <v>2304</v>
       </c>
       <c r="G575" s="0" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="H575" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>2288</v>
+        <v>1916</v>
       </c>
       <c r="J575" s="0"/>
       <c r="K575" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L575" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="576" spans="1:12" customHeight="1" ht="80">
       <c r="A576" s="0"/>
       <c r="B576" s="0" t="s">
-        <v>2289</v>
+        <v>2305</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>2290</v>
-[...2 lines deleted...]
-        <v>123394</v>
+        <v>2306</v>
+      </c>
+      <c r="D576" s="0" t="s">
+        <v>2307</v>
       </c>
       <c r="E576" s="0" t="s">
-        <v>1464</v>
+        <v>125</v>
       </c>
       <c r="F576" s="0" t="s">
-        <v>2287</v>
+        <v>2308</v>
       </c>
       <c r="G576" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="H576" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>2288</v>
+        <v>2309</v>
       </c>
       <c r="J576" s="0"/>
       <c r="K576" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L576" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="577" spans="1:12" customHeight="1" ht="80">
       <c r="A577" s="0"/>
       <c r="B577" s="0" t="s">
-        <v>2291</v>
+        <v>2310</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>2292</v>
+        <v>2311</v>
       </c>
       <c r="D577" s="0" t="s">
-        <v>2293</v>
+        <v>2312</v>
       </c>
       <c r="E577" s="0" t="s">
-        <v>836</v>
+        <v>125</v>
       </c>
       <c r="F577" s="0" t="s">
-        <v>1999</v>
+        <v>2313</v>
       </c>
       <c r="G577" s="0" t="s">
-        <v>838</v>
+        <v>176</v>
       </c>
       <c r="H577" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>2294</v>
+        <v>2309</v>
       </c>
       <c r="J577" s="0"/>
       <c r="K577" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="L577" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="578" spans="1:12" customHeight="1" ht="80">
       <c r="A578" s="0"/>
       <c r="B578" s="0" t="s">
-        <v>2295</v>
+        <v>2314</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>2296</v>
-[...2 lines deleted...]
-        <v>121502</v>
+        <v>2315</v>
+      </c>
+      <c r="D578" s="0" t="s">
+        <v>2316</v>
       </c>
       <c r="E578" s="0" t="s">
-        <v>1464</v>
+        <v>1789</v>
       </c>
       <c r="F578" s="0" t="s">
-        <v>2297</v>
+        <v>2317</v>
       </c>
       <c r="G578" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="H578" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>2298</v>
+        <v>921</v>
       </c>
       <c r="J578" s="0"/>
       <c r="K578" s="0" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="L578" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="579" spans="1:12" customHeight="1" ht="80">
       <c r="A579" s="0"/>
       <c r="B579" s="0" t="s">
-        <v>2299</v>
+        <v>2318</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>121553</v>
+        <v>2319</v>
+      </c>
+      <c r="D579" s="0" t="s">
+        <v>2320</v>
       </c>
       <c r="E579" s="0" t="s">
-        <v>1464</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="F579" s="0"/>
       <c r="G579" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="H579" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>2302</v>
+        <v>2309</v>
       </c>
       <c r="J579" s="0"/>
       <c r="K579" s="0" t="s">
-        <v>225</v>
+        <v>164</v>
       </c>
       <c r="L579" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="580" spans="1:12" customHeight="1" ht="80">
       <c r="A580" s="0"/>
       <c r="B580" s="0" t="s">
-        <v>2303</v>
+        <v>2321</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="D580" s="0" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="E580" s="0" t="s">
-        <v>333</v>
+        <v>168</v>
       </c>
       <c r="F580" s="0" t="s">
-        <v>2306</v>
+        <v>1953</v>
       </c>
       <c r="G580" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H580" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>2307</v>
+        <v>1878</v>
       </c>
       <c r="J580" s="0"/>
       <c r="K580" s="0" t="s">
-        <v>2308</v>
+        <v>385</v>
       </c>
       <c r="L580" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="581" spans="1:12" customHeight="1" ht="80">
       <c r="A581" s="0"/>
       <c r="B581" s="0" t="s">
-        <v>2309</v>
+        <v>2324</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>2310</v>
+        <v>2325</v>
       </c>
       <c r="D581" s="0" t="s">
-        <v>2311</v>
+        <v>2326</v>
       </c>
       <c r="E581" s="0" t="s">
-        <v>333</v>
+        <v>125</v>
       </c>
       <c r="F581" s="0" t="s">
-        <v>2312</v>
+        <v>2317</v>
       </c>
       <c r="G581" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H581" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>2313</v>
+        <v>2327</v>
       </c>
       <c r="J581" s="0"/>
       <c r="K581" s="0" t="s">
-        <v>401</v>
+        <v>1553</v>
       </c>
       <c r="L581" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="582" spans="1:12" customHeight="1" ht="80">
       <c r="A582" s="0"/>
       <c r="B582" s="0" t="s">
-        <v>2314</v>
+        <v>2324</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>2315</v>
+        <v>2328</v>
       </c>
       <c r="D582" s="0" t="s">
-        <v>2316</v>
+        <v>2329</v>
       </c>
       <c r="E582" s="0" t="s">
-        <v>333</v>
+        <v>125</v>
       </c>
       <c r="F582" s="0" t="s">
         <v>2317</v>
       </c>
       <c r="G582" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H582" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>2313</v>
+        <v>2327</v>
       </c>
       <c r="J582" s="0"/>
       <c r="K582" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L582" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:12" customHeight="1" ht="80">
       <c r="A583" s="0"/>
       <c r="B583" s="0" t="s">
-        <v>2318</v>
+        <v>2330</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>2319</v>
-[...2 lines deleted...]
-        <v>520084</v>
+        <v>2331</v>
+      </c>
+      <c r="D583" s="0" t="s">
+        <v>2332</v>
       </c>
       <c r="E583" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F583" s="0" t="s">
-        <v>2320</v>
+        <v>2333</v>
       </c>
       <c r="G583" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H583" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>1935</v>
+        <v>2334</v>
       </c>
       <c r="J583" s="0"/>
       <c r="K583" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L583" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="584" spans="1:12" customHeight="1" ht="80">
       <c r="A584" s="0"/>
       <c r="B584" s="0" t="s">
-        <v>2321</v>
+        <v>2335</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>2322</v>
-[...2 lines deleted...]
-        <v>2323</v>
+        <v>2336</v>
+      </c>
+      <c r="D584" s="0">
+        <v>68004</v>
       </c>
       <c r="E584" s="0" t="s">
-        <v>125</v>
+        <v>295</v>
       </c>
       <c r="F584" s="0" t="s">
-        <v>2324</v>
+        <v>2337</v>
       </c>
       <c r="G584" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H584" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>2325</v>
+        <v>2338</v>
       </c>
       <c r="J584" s="0"/>
       <c r="K584" s="0" t="s">
-        <v>299</v>
+        <v>116</v>
       </c>
       <c r="L584" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="585" spans="1:12" customHeight="1" ht="80">
       <c r="A585" s="0"/>
       <c r="B585" s="0" t="s">
-        <v>2326</v>
+        <v>2339</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>2327</v>
-[...2 lines deleted...]
-        <v>2328</v>
+        <v>2340</v>
+      </c>
+      <c r="D585" s="0">
+        <v>420742</v>
       </c>
       <c r="E585" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F585" s="0" t="s">
-        <v>2329</v>
+        <v>2341</v>
       </c>
       <c r="G585" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H585" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>2325</v>
+        <v>2225</v>
       </c>
       <c r="J585" s="0"/>
       <c r="K585" s="0" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="L585" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="586" spans="1:12" customHeight="1" ht="80">
       <c r="A586" s="0"/>
       <c r="B586" s="0" t="s">
-        <v>2330</v>
+        <v>2342</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>2331</v>
+        <v>2343</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>2332</v>
+        <v>2344</v>
       </c>
       <c r="E586" s="0" t="s">
-        <v>1809</v>
+        <v>814</v>
       </c>
       <c r="F586" s="0" t="s">
-        <v>2333</v>
+        <v>1981</v>
       </c>
       <c r="G586" s="0" t="s">
-        <v>182</v>
+        <v>816</v>
       </c>
       <c r="H586" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>2334</v>
+        <v>1907</v>
       </c>
       <c r="J586" s="0"/>
       <c r="K586" s="0" t="s">
-        <v>165</v>
+        <v>385</v>
       </c>
       <c r="L586" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="587" spans="1:12" customHeight="1" ht="80">
       <c r="A587" s="0"/>
       <c r="B587" s="0" t="s">
-        <v>2335</v>
+        <v>2345</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>2336</v>
+        <v>2346</v>
       </c>
       <c r="D587" s="0" t="s">
-        <v>2337</v>
+        <v>2347</v>
       </c>
       <c r="E587" s="0" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F587" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F587" s="0" t="s">
+        <v>2348</v>
+      </c>
       <c r="G587" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H587" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>285</v>
+        <v>2349</v>
       </c>
       <c r="J587" s="0"/>
       <c r="K587" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L587" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:12" customHeight="1" ht="80">
       <c r="A588" s="0"/>
       <c r="B588" s="0" t="s">
-        <v>2338</v>
+        <v>2350</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>2339</v>
-[...2 lines deleted...]
-        <v>2340</v>
+        <v>2351</v>
+      </c>
+      <c r="D588" s="0">
+        <v>2347</v>
       </c>
       <c r="E588" s="0" t="s">
-        <v>168</v>
+        <v>251</v>
       </c>
       <c r="F588" s="0" t="s">
-        <v>1971</v>
+        <v>2352</v>
       </c>
       <c r="G588" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H588" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>1897</v>
+        <v>2353</v>
       </c>
       <c r="J588" s="0"/>
       <c r="K588" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L588" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="589" spans="1:12" customHeight="1" ht="80">
       <c r="A589" s="0"/>
       <c r="B589" s="0" t="s">
-        <v>2341</v>
+        <v>2354</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>2342</v>
+        <v>2355</v>
       </c>
       <c r="D589" s="0" t="s">
-        <v>2343</v>
+        <v>2356</v>
       </c>
       <c r="E589" s="0" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="F589" s="0" t="s">
-        <v>2333</v>
+        <v>667</v>
       </c>
       <c r="G589" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H589" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>2344</v>
+        <v>33</v>
       </c>
       <c r="J589" s="0"/>
       <c r="K589" s="0" t="s">
-        <v>336</v>
+        <v>187</v>
       </c>
       <c r="L589" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="590" spans="1:12" customHeight="1" ht="80">
       <c r="A590" s="0"/>
       <c r="B590" s="0" t="s">
-        <v>2341</v>
+        <v>2357</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>2345</v>
-[...2 lines deleted...]
-        <v>2346</v>
+        <v>2358</v>
+      </c>
+      <c r="D590" s="0">
+        <v>221</v>
       </c>
       <c r="E590" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F590" s="0" t="s">
-        <v>2333</v>
+        <v>2359</v>
       </c>
       <c r="G590" s="0" t="s">
-        <v>182</v>
+        <v>132</v>
       </c>
       <c r="H590" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>2344</v>
+        <v>2360</v>
       </c>
       <c r="J590" s="0"/>
       <c r="K590" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L590" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="591" spans="1:12" customHeight="1" ht="80">
       <c r="A591" s="0"/>
       <c r="B591" s="0" t="s">
-        <v>2347</v>
+        <v>2361</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>2348</v>
+        <v>2362</v>
       </c>
       <c r="D591" s="0" t="s">
-        <v>2349</v>
+        <v>2363</v>
       </c>
       <c r="E591" s="0" t="s">
-        <v>168</v>
+        <v>125</v>
       </c>
       <c r="F591" s="0" t="s">
-        <v>2350</v>
+        <v>2364</v>
       </c>
       <c r="G591" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H591" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>2351</v>
+        <v>625</v>
       </c>
       <c r="J591" s="0"/>
       <c r="K591" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L591" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="592" spans="1:12" customHeight="1" ht="80">
       <c r="A592" s="0"/>
       <c r="B592" s="0" t="s">
-        <v>2352</v>
+        <v>2365</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>2353</v>
-[...2 lines deleted...]
-        <v>68004</v>
+        <v>2366</v>
+      </c>
+      <c r="D592" s="0" t="s">
+        <v>2367</v>
       </c>
       <c r="E592" s="0" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F592" s="0"/>
       <c r="G592" s="0" t="s">
-        <v>170</v>
+        <v>816</v>
       </c>
       <c r="H592" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I592" s="1" t="s">
-        <v>2355</v>
+        <v>2368</v>
       </c>
       <c r="J592" s="0"/>
       <c r="K592" s="0" t="s">
-        <v>116</v>
+        <v>1778</v>
       </c>
       <c r="L592" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="593" spans="1:12" customHeight="1" ht="80">
       <c r="A593" s="0"/>
       <c r="B593" s="0" t="s">
-        <v>2356</v>
+        <v>1463</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>2357</v>
-[...2 lines deleted...]
-        <v>420742</v>
+        <v>2369</v>
+      </c>
+      <c r="D593" s="0" t="s">
+        <v>2370</v>
       </c>
       <c r="E593" s="0" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>814</v>
+      </c>
+      <c r="F593" s="0"/>
       <c r="G593" s="0" t="s">
-        <v>170</v>
+        <v>816</v>
       </c>
       <c r="H593" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>2241</v>
+        <v>2371</v>
       </c>
       <c r="J593" s="0"/>
       <c r="K593" s="0" t="s">
-        <v>20</v>
+        <v>332</v>
       </c>
       <c r="L593" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="594" spans="1:12" customHeight="1" ht="80">
       <c r="A594" s="0"/>
       <c r="B594" s="0" t="s">
-        <v>2359</v>
+        <v>2372</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>2360</v>
+        <v>2373</v>
       </c>
       <c r="D594" s="0" t="s">
-        <v>2361</v>
+        <v>2374</v>
       </c>
       <c r="E594" s="0" t="s">
-        <v>836</v>
+        <v>125</v>
       </c>
       <c r="F594" s="0" t="s">
-        <v>1999</v>
+        <v>207</v>
       </c>
       <c r="G594" s="0" t="s">
-        <v>838</v>
+        <v>176</v>
       </c>
       <c r="H594" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>1927</v>
+        <v>2375</v>
       </c>
       <c r="J594" s="0"/>
       <c r="K594" s="0" t="s">
-        <v>401</v>
+        <v>385</v>
       </c>
       <c r="L594" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="595" spans="1:12" customHeight="1" ht="80">
       <c r="A595" s="0"/>
       <c r="B595" s="0" t="s">
-        <v>2362</v>
+        <v>2376</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>2363</v>
+        <v>2377</v>
       </c>
       <c r="D595" s="0" t="s">
-        <v>2364</v>
+        <v>2378</v>
       </c>
       <c r="E595" s="0" t="s">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="F595" s="0" t="s">
-        <v>2365</v>
+        <v>2352</v>
       </c>
       <c r="G595" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H595" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>2366</v>
+        <v>2379</v>
       </c>
       <c r="J595" s="0"/>
       <c r="K595" s="0" t="s">
-        <v>20</v>
+        <v>1073</v>
       </c>
       <c r="L595" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:12" customHeight="1" ht="80">
       <c r="A596" s="0"/>
       <c r="B596" s="0" t="s">
-        <v>2367</v>
+        <v>2380</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>2368</v>
-[...2 lines deleted...]
-        <v>2347</v>
+        <v>2381</v>
+      </c>
+      <c r="D596" s="0" t="s">
+        <v>2382</v>
       </c>
       <c r="E596" s="0" t="s">
-        <v>257</v>
+        <v>168</v>
       </c>
       <c r="F596" s="0" t="s">
-        <v>2369</v>
+        <v>2383</v>
       </c>
       <c r="G596" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H596" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I596" s="1" t="s">
-        <v>2370</v>
+        <v>2375</v>
       </c>
       <c r="J596" s="0"/>
       <c r="K596" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L596" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="597" spans="1:12" customHeight="1" ht="80">
       <c r="A597" s="0"/>
       <c r="B597" s="0" t="s">
-        <v>2371</v>
+        <v>2384</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>2372</v>
+        <v>2385</v>
       </c>
       <c r="D597" s="0" t="s">
-        <v>2373</v>
+        <v>2386</v>
       </c>
       <c r="E597" s="0" t="s">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="F597" s="0" t="s">
-        <v>678</v>
+        <v>2387</v>
       </c>
       <c r="G597" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H597" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>33</v>
+        <v>2388</v>
       </c>
       <c r="J597" s="0"/>
       <c r="K597" s="0" t="s">
-        <v>116</v>
+        <v>385</v>
       </c>
       <c r="L597" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="598" spans="1:12" customHeight="1" ht="80">
       <c r="A598" s="0"/>
       <c r="B598" s="0" t="s">
-        <v>2374</v>
+        <v>2389</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>2375</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>2390</v>
+      </c>
+      <c r="D598" s="0" t="s">
+        <v>2391</v>
       </c>
       <c r="E598" s="0" t="s">
-        <v>119</v>
+        <v>168</v>
       </c>
       <c r="F598" s="0" t="s">
-        <v>2376</v>
+        <v>2392</v>
       </c>
       <c r="G598" s="0" t="s">
-        <v>133</v>
+        <v>176</v>
       </c>
       <c r="H598" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>2377</v>
+        <v>1552</v>
       </c>
       <c r="J598" s="0"/>
       <c r="K598" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="L598" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="599" spans="1:12" customHeight="1" ht="80">
       <c r="A599" s="0"/>
       <c r="B599" s="0" t="s">
-        <v>2378</v>
+        <v>2393</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>2379</v>
-[...2 lines deleted...]
-        <v>2380</v>
+        <v>2394</v>
+      </c>
+      <c r="D599" s="0">
+        <v>420332</v>
       </c>
       <c r="E599" s="0" t="s">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="F599" s="0" t="s">
-        <v>2381</v>
+        <v>2341</v>
       </c>
       <c r="G599" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H599" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I599" s="1" t="s">
-        <v>2382</v>
+        <v>1358</v>
       </c>
       <c r="J599" s="0"/>
       <c r="K599" s="0" t="s">
-        <v>165</v>
+        <v>1073</v>
       </c>
       <c r="L599" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="600" spans="1:12" customHeight="1" ht="80">
-      <c r="A600" s="0"/>
       <c r="B600" s="0" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>2384</v>
-[...2 lines deleted...]
-        <v>2385</v>
+        <v>2396</v>
+      </c>
+      <c r="D600" s="0">
+        <v>22360</v>
       </c>
       <c r="E600" s="0" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="F600" s="0"/>
+        <v>295</v>
+      </c>
+      <c r="F600" s="0" t="s">
+        <v>2397</v>
+      </c>
       <c r="G600" s="0" t="s">
-        <v>838</v>
+        <v>297</v>
       </c>
       <c r="H600" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I600" s="1" t="s">
-        <v>2386</v>
+        <v>2398</v>
       </c>
       <c r="J600" s="0"/>
       <c r="K600" s="0" t="s">
-        <v>2387</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L600" s="0"/>
     </row>
     <row r="601" spans="1:12" customHeight="1" ht="80">
-      <c r="A601" s="0"/>
       <c r="B601" s="0" t="s">
-        <v>1482</v>
+        <v>2399</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>2388</v>
-[...2 lines deleted...]
-        <v>2389</v>
+        <v>2400</v>
+      </c>
+      <c r="D601" s="0">
+        <v>29510</v>
       </c>
       <c r="E601" s="0" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="F601" s="0"/>
+        <v>295</v>
+      </c>
+      <c r="F601" s="0" t="s">
+        <v>2401</v>
+      </c>
       <c r="G601" s="0" t="s">
-        <v>838</v>
+        <v>297</v>
       </c>
       <c r="H601" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I601" s="1" t="s">
-        <v>2390</v>
+        <v>2402</v>
       </c>
       <c r="J601" s="0"/>
       <c r="K601" s="0" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L601" s="0"/>
     </row>
     <row r="602" spans="1:12" customHeight="1" ht="80">
       <c r="A602" s="0"/>
       <c r="B602" s="0" t="s">
-        <v>2391</v>
+        <v>2403</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>2392</v>
-[...2 lines deleted...]
-        <v>2393</v>
+        <v>2404</v>
+      </c>
+      <c r="D602" s="0">
+        <v>849</v>
       </c>
       <c r="E602" s="0" t="s">
-        <v>125</v>
+        <v>251</v>
       </c>
       <c r="F602" s="0" t="s">
-        <v>213</v>
+        <v>2405</v>
       </c>
       <c r="G602" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H602" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I602" s="1" t="s">
-        <v>2394</v>
+        <v>253</v>
       </c>
       <c r="J602" s="0"/>
       <c r="K602" s="0" t="s">
-        <v>165</v>
+        <v>332</v>
       </c>
       <c r="L602" s="0">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="603" spans="1:12" customHeight="1" ht="80">
-      <c r="A603" s="0"/>
       <c r="B603" s="0" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>2396</v>
-[...2 lines deleted...]
-        <v>2397</v>
+        <v>2407</v>
+      </c>
+      <c r="D603" s="0">
+        <v>22240</v>
       </c>
       <c r="E603" s="0" t="s">
-        <v>257</v>
+        <v>295</v>
       </c>
       <c r="F603" s="0" t="s">
-        <v>2369</v>
+        <v>2408</v>
       </c>
       <c r="G603" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H603" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I603" s="1" t="s">
-        <v>2398</v>
+        <v>2409</v>
       </c>
       <c r="J603" s="0"/>
       <c r="K603" s="0" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L603" s="0"/>
     </row>
     <row r="604" spans="1:12" customHeight="1" ht="80">
-      <c r="A604" s="0"/>
       <c r="B604" s="0" t="s">
-        <v>2399</v>
+        <v>2410</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>2400</v>
-[...2 lines deleted...]
-        <v>2401</v>
+        <v>2411</v>
+      </c>
+      <c r="D604" s="0">
+        <v>12925</v>
       </c>
       <c r="E604" s="0" t="s">
-        <v>168</v>
+        <v>295</v>
       </c>
       <c r="F604" s="0" t="s">
-        <v>2402</v>
+        <v>2412</v>
       </c>
       <c r="G604" s="0" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="H604" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I604" s="1" t="s">
-        <v>2403</v>
+        <v>2409</v>
       </c>
       <c r="J604" s="0"/>
       <c r="K604" s="0" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L604" s="0"/>
     </row>
     <row r="605" spans="1:12" customHeight="1" ht="80">
       <c r="A605" s="0"/>
       <c r="B605" s="0" t="s">
-        <v>2404</v>
+        <v>2413</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>2405</v>
+        <v>2414</v>
       </c>
       <c r="D605" s="0" t="s">
-        <v>2406</v>
+        <v>2415</v>
       </c>
       <c r="E605" s="0" t="s">
-        <v>168</v>
+        <v>2416</v>
       </c>
       <c r="F605" s="0" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="G605" s="0" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="H605" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I605" s="1" t="s">
-        <v>2408</v>
+        <v>1630</v>
       </c>
       <c r="J605" s="0"/>
       <c r="K605" s="0" t="s">
-        <v>401</v>
+        <v>164</v>
       </c>
       <c r="L605" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="606" spans="1:12" customHeight="1" ht="80">
       <c r="A606" s="0"/>
       <c r="B606" s="0" t="s">
-        <v>2409</v>
+        <v>2418</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>2410</v>
+        <v>2419</v>
       </c>
       <c r="D606" s="0" t="s">
-        <v>2411</v>
+        <v>2420</v>
       </c>
       <c r="E606" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F606" s="0" t="s">
-        <v>2412</v>
+        <v>1329</v>
       </c>
       <c r="G606" s="0" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="H606" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I606" s="1" t="s">
-        <v>128</v>
+        <v>2421</v>
       </c>
       <c r="J606" s="0"/>
       <c r="K606" s="0" t="s">
-        <v>165</v>
+        <v>2001</v>
       </c>
       <c r="L606" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:12" customHeight="1" ht="80">
       <c r="A607" s="0"/>
       <c r="B607" s="0" t="s">
-        <v>2413</v>
+        <v>2422</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>2414</v>
+        <v>2423</v>
       </c>
       <c r="D607" s="0">
-        <v>420332</v>
+        <v>10000005046</v>
       </c>
       <c r="E607" s="0" t="s">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="F607" s="0" t="s">
-        <v>2358</v>
+        <v>2424</v>
       </c>
       <c r="G607" s="0" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="H607" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I607" s="1" t="s">
-        <v>1377</v>
+        <v>2425</v>
       </c>
       <c r="J607" s="0"/>
       <c r="K607" s="0" t="s">
-        <v>225</v>
+        <v>20</v>
       </c>
       <c r="L607" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="608" spans="1:12" customHeight="1" ht="80">
+      <c r="A608" s="0"/>
       <c r="B608" s="0" t="s">
-        <v>2415</v>
+        <v>2426</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>2416</v>
-[...2 lines deleted...]
-        <v>22360</v>
+        <v>2427</v>
+      </c>
+      <c r="D608" s="0" t="s">
+        <v>2428</v>
       </c>
       <c r="E608" s="0" t="s">
-        <v>302</v>
+        <v>168</v>
       </c>
       <c r="F608" s="0" t="s">
-        <v>2417</v>
+        <v>2429</v>
       </c>
       <c r="G608" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H608" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I608" s="1" t="s">
-        <v>2418</v>
+        <v>2430</v>
       </c>
       <c r="J608" s="0"/>
       <c r="K608" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L608" s="0"/>
+        <v>2431</v>
+      </c>
+      <c r="L608" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="609" spans="1:12" customHeight="1" ht="80">
+      <c r="A609" s="0"/>
       <c r="B609" s="0" t="s">
-        <v>2419</v>
+        <v>2432</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>2420</v>
-[...2 lines deleted...]
-        <v>29510</v>
+        <v>2433</v>
+      </c>
+      <c r="D609" s="0" t="s">
+        <v>2434</v>
       </c>
       <c r="E609" s="0" t="s">
-        <v>302</v>
+        <v>168</v>
       </c>
       <c r="F609" s="0" t="s">
-        <v>2421</v>
+        <v>2429</v>
       </c>
       <c r="G609" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H609" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I609" s="1" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="J609" s="0"/>
       <c r="K609" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L609" s="0"/>
+        <v>1433</v>
+      </c>
+      <c r="L609" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="610" spans="1:12" customHeight="1" ht="80">
       <c r="A610" s="0"/>
       <c r="B610" s="0" t="s">
-        <v>2423</v>
+        <v>2435</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>2424</v>
-[...2 lines deleted...]
-        <v>849</v>
+        <v>2436</v>
+      </c>
+      <c r="D610" s="0" t="s">
+        <v>2437</v>
       </c>
       <c r="E610" s="0" t="s">
-        <v>257</v>
+        <v>168</v>
       </c>
       <c r="F610" s="0" t="s">
-        <v>2425</v>
+        <v>2438</v>
       </c>
       <c r="G610" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H610" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I610" s="1" t="s">
-        <v>259</v>
+        <v>2439</v>
       </c>
       <c r="J610" s="0"/>
       <c r="K610" s="0" t="s">
-        <v>336</v>
+        <v>164</v>
       </c>
       <c r="L610" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="611" spans="1:12" customHeight="1" ht="80">
+      <c r="A611" s="0"/>
       <c r="B611" s="0" t="s">
-        <v>2426</v>
+        <v>2440</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>2427</v>
-[...2 lines deleted...]
-        <v>22240</v>
+        <v>2441</v>
+      </c>
+      <c r="D611" s="0" t="s">
+        <v>2442</v>
       </c>
       <c r="E611" s="0" t="s">
-        <v>302</v>
+        <v>168</v>
       </c>
       <c r="F611" s="0" t="s">
-        <v>2428</v>
+        <v>2443</v>
       </c>
       <c r="G611" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H611" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I611" s="1" t="s">
-        <v>2429</v>
+        <v>2334</v>
       </c>
       <c r="J611" s="0"/>
       <c r="K611" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L611" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L611" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="612" spans="1:12" customHeight="1" ht="80">
+      <c r="A612" s="0"/>
       <c r="B612" s="0" t="s">
-        <v>2430</v>
+        <v>2444</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>2431</v>
+        <v>2445</v>
       </c>
       <c r="D612" s="0">
-        <v>12925</v>
+        <v>67224</v>
       </c>
       <c r="E612" s="0" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="F612" s="0" t="s">
-        <v>2432</v>
+        <v>2446</v>
       </c>
       <c r="G612" s="0" t="s">
-        <v>170</v>
+        <v>297</v>
       </c>
       <c r="H612" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I612" s="1" t="s">
-        <v>2429</v>
+        <v>2447</v>
       </c>
       <c r="J612" s="0"/>
       <c r="K612" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L612" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L612" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="613" spans="1:12" customHeight="1" ht="80">
       <c r="A613" s="0"/>
       <c r="B613" s="0" t="s">
-        <v>2433</v>
+        <v>2448</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>2434</v>
+        <v>2449</v>
       </c>
       <c r="D613" s="0" t="s">
-        <v>2435</v>
+        <v>2450</v>
       </c>
       <c r="E613" s="0" t="s">
-        <v>2436</v>
+        <v>113</v>
       </c>
       <c r="F613" s="0" t="s">
-        <v>2437</v>
+        <v>2451</v>
       </c>
       <c r="G613" s="0" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H613" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I613" s="1" t="s">
-        <v>1652</v>
+        <v>896</v>
       </c>
       <c r="J613" s="0"/>
       <c r="K613" s="0" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L613" s="0"/>
     </row>
     <row r="614" spans="1:12" customHeight="1" ht="80">
       <c r="A614" s="0"/>
       <c r="B614" s="0" t="s">
-        <v>2438</v>
+        <v>2452</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>2439</v>
-[...2 lines deleted...]
-        <v>2440</v>
+        <v>2453</v>
+      </c>
+      <c r="D614" s="0">
+        <v>10000005044</v>
       </c>
       <c r="E614" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F614" s="0" t="s">
-        <v>1350</v>
+        <v>2451</v>
       </c>
       <c r="G614" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H614" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I614" s="1" t="s">
-        <v>2441</v>
+        <v>2115</v>
       </c>
       <c r="J614" s="0"/>
       <c r="K614" s="0" t="s">
-        <v>2442</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L614" s="0"/>
     </row>
     <row r="615" spans="1:12" customHeight="1" ht="80">
       <c r="A615" s="0"/>
       <c r="B615" s="0" t="s">
-        <v>2443</v>
+        <v>2454</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>2444</v>
-[...2 lines deleted...]
-        <v>10000005046</v>
+        <v>2455</v>
+      </c>
+      <c r="D615" s="0" t="s">
+        <v>2456</v>
       </c>
       <c r="E615" s="0" t="s">
-        <v>113</v>
+        <v>1220</v>
       </c>
       <c r="F615" s="0" t="s">
-        <v>2445</v>
+        <v>1252</v>
       </c>
       <c r="G615" s="0" t="s">
-        <v>28</v>
+        <v>1221</v>
       </c>
       <c r="H615" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I615" s="1" t="s">
-        <v>2446</v>
+        <v>121</v>
       </c>
       <c r="J615" s="0"/>
       <c r="K615" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L615" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="616" spans="1:12" customHeight="1" ht="80">
       <c r="A616" s="0"/>
       <c r="B616" s="0" t="s">
-        <v>2447</v>
+        <v>2457</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>2448</v>
+        <v>2458</v>
       </c>
       <c r="D616" s="0" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="E616" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F616" s="0" t="s">
-        <v>2450</v>
+        <v>2443</v>
       </c>
       <c r="G616" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H616" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I616" s="1" t="s">
-        <v>711</v>
+        <v>983</v>
       </c>
       <c r="J616" s="0"/>
       <c r="K616" s="0" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L616" s="0"/>
     </row>
     <row r="617" spans="1:12" customHeight="1" ht="80">
       <c r="A617" s="0"/>
       <c r="B617" s="0" t="s">
-        <v>2451</v>
+        <v>2460</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>2452</v>
+        <v>2461</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>2453</v>
+        <v>2462</v>
       </c>
       <c r="E617" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F617" s="0" t="s">
-        <v>2450</v>
+        <v>2463</v>
       </c>
       <c r="G617" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H617" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I617" s="1" t="s">
-        <v>711</v>
+        <v>1931</v>
       </c>
       <c r="J617" s="0"/>
       <c r="K617" s="0" t="s">
-        <v>401</v>
+        <v>187</v>
       </c>
       <c r="L617" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="618" spans="1:12" customHeight="1" ht="80">
       <c r="A618" s="0"/>
       <c r="B618" s="0" t="s">
-        <v>2454</v>
+        <v>2464</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>2455</v>
+        <v>2465</v>
       </c>
       <c r="D618" s="0" t="s">
-        <v>2456</v>
+        <v>2466</v>
       </c>
       <c r="E618" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F618" s="0" t="s">
-        <v>2457</v>
+        <v>895</v>
       </c>
       <c r="G618" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H618" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I618" s="1" t="s">
-        <v>2458</v>
+        <v>192</v>
       </c>
       <c r="J618" s="0"/>
       <c r="K618" s="0" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="L618" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="619" spans="1:12" customHeight="1" ht="80">
       <c r="A619" s="0"/>
       <c r="B619" s="0" t="s">
-        <v>2459</v>
+        <v>2467</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>2460</v>
+        <v>2468</v>
       </c>
       <c r="D619" s="0" t="s">
-        <v>2461</v>
+        <v>2469</v>
       </c>
       <c r="E619" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F619" s="0" t="s">
-        <v>2462</v>
+        <v>2470</v>
       </c>
       <c r="G619" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H619" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I619" s="1" t="s">
-        <v>2463</v>
+        <v>312</v>
       </c>
       <c r="J619" s="0"/>
       <c r="K619" s="0" t="s">
-        <v>299</v>
+        <v>385</v>
       </c>
       <c r="L619" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="620" spans="1:12" customHeight="1" ht="80">
       <c r="A620" s="0"/>
       <c r="B620" s="0" t="s">
-        <v>2464</v>
+        <v>2471</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>2465</v>
-[...2 lines deleted...]
-        <v>67224</v>
+        <v>2472</v>
+      </c>
+      <c r="D620" s="0" t="s">
+        <v>2473</v>
       </c>
       <c r="E620" s="0" t="s">
-        <v>302</v>
+        <v>168</v>
       </c>
       <c r="F620" s="0" t="s">
-        <v>2466</v>
+        <v>2463</v>
       </c>
       <c r="G620" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H620" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I620" s="1" t="s">
-        <v>2467</v>
+        <v>1597</v>
       </c>
       <c r="J620" s="0"/>
       <c r="K620" s="0" t="s">
-        <v>165</v>
+        <v>385</v>
       </c>
       <c r="L620" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="621" spans="1:12" customHeight="1" ht="80">
       <c r="A621" s="0"/>
       <c r="B621" s="0" t="s">
-        <v>2468</v>
+        <v>2474</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>2469</v>
+        <v>2475</v>
       </c>
       <c r="D621" s="0" t="s">
-        <v>2470</v>
+        <v>2476</v>
       </c>
       <c r="E621" s="0" t="s">
-        <v>113</v>
+        <v>364</v>
       </c>
       <c r="F621" s="0" t="s">
-        <v>2471</v>
+        <v>2477</v>
       </c>
       <c r="G621" s="0" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H621" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I621" s="1" t="s">
-        <v>919</v>
+        <v>2478</v>
       </c>
       <c r="J621" s="0"/>
       <c r="K621" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L621" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L621" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="622" spans="1:12" customHeight="1" ht="80">
-      <c r="A622" s="0"/>
       <c r="B622" s="0" t="s">
-        <v>2472</v>
+        <v>2479</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>2473</v>
-[...2 lines deleted...]
-        <v>10000005044</v>
+        <v>2480</v>
+      </c>
+      <c r="D622" s="0" t="s">
+        <v>2481</v>
       </c>
       <c r="E622" s="0" t="s">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="F622" s="0" t="s">
-        <v>2471</v>
+        <v>2482</v>
       </c>
       <c r="G622" s="0" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="H622" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I622" s="1" t="s">
-        <v>2133</v>
+        <v>2165</v>
       </c>
       <c r="J622" s="0"/>
       <c r="K622" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L622" s="0"/>
     </row>
     <row r="623" spans="1:12" customHeight="1" ht="80">
       <c r="A623" s="0"/>
       <c r="B623" s="0" t="s">
-        <v>2474</v>
+        <v>2483</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>2475</v>
+        <v>2484</v>
       </c>
       <c r="D623" s="0" t="s">
-        <v>2476</v>
+        <v>2485</v>
       </c>
       <c r="E623" s="0" t="s">
-        <v>1241</v>
+        <v>168</v>
       </c>
       <c r="F623" s="0" t="s">
-        <v>1273</v>
+        <v>2486</v>
       </c>
       <c r="G623" s="0" t="s">
-        <v>1242</v>
+        <v>176</v>
       </c>
       <c r="H623" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I623" s="1" t="s">
-        <v>1274</v>
+        <v>2487</v>
       </c>
       <c r="J623" s="0"/>
       <c r="K623" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L623" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="624" spans="1:12" customHeight="1" ht="80">
       <c r="A624" s="0"/>
       <c r="B624" s="0" t="s">
-        <v>2477</v>
+        <v>2488</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>2478</v>
+        <v>2489</v>
       </c>
       <c r="D624" s="0" t="s">
-        <v>2479</v>
+        <v>2490</v>
       </c>
       <c r="E624" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F624" s="0" t="s">
-        <v>2462</v>
+        <v>2491</v>
       </c>
       <c r="G624" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H624" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I624" s="1" t="s">
-        <v>1009</v>
+        <v>1280</v>
       </c>
       <c r="J624" s="0"/>
       <c r="K624" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L624" s="0"/>
+        <v>385</v>
+      </c>
+      <c r="L624" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="625" spans="1:12" customHeight="1" ht="80">
       <c r="A625" s="0"/>
       <c r="B625" s="0" t="s">
-        <v>2480</v>
+        <v>2492</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>2481</v>
+        <v>2493</v>
       </c>
       <c r="D625" s="0" t="s">
-        <v>2482</v>
+        <v>2494</v>
       </c>
       <c r="E625" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F625" s="0" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
       <c r="G625" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H625" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I625" s="1" t="s">
-        <v>2484</v>
+        <v>2495</v>
       </c>
       <c r="J625" s="0"/>
       <c r="K625" s="0" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="L625" s="0"/>
+        <v>116</v>
+      </c>
+      <c r="L625" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="626" spans="1:12" customHeight="1" ht="80">
       <c r="A626" s="0"/>
       <c r="B626" s="0" t="s">
-        <v>2485</v>
+        <v>2496</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>2486</v>
+        <v>2497</v>
       </c>
       <c r="D626" s="0" t="s">
-        <v>2487</v>
+        <v>2498</v>
       </c>
       <c r="E626" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F626" s="0" t="s">
-        <v>918</v>
+        <v>415</v>
       </c>
       <c r="G626" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H626" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I626" s="1" t="s">
-        <v>859</v>
+        <v>2499</v>
       </c>
       <c r="J626" s="0"/>
       <c r="K626" s="0" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="L626" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L626" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="627" spans="1:12" customHeight="1" ht="80">
       <c r="A627" s="0"/>
       <c r="B627" s="0" t="s">
-        <v>2488</v>
+        <v>2500</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>2489</v>
+        <v>2501</v>
       </c>
       <c r="D627" s="0" t="s">
-        <v>2490</v>
+        <v>2502</v>
       </c>
       <c r="E627" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F627" s="0" t="s">
         <v>2491</v>
       </c>
       <c r="G627" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H627" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I627" s="1" t="s">
-        <v>317</v>
+        <v>2503</v>
       </c>
       <c r="J627" s="0"/>
       <c r="K627" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="L627" s="0"/>
+      <c r="L627" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="628" spans="1:12" customHeight="1" ht="80">
       <c r="A628" s="0"/>
       <c r="B628" s="0" t="s">
-        <v>2492</v>
+        <v>2504</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>2493</v>
+        <v>2505</v>
       </c>
       <c r="D628" s="0" t="s">
-        <v>2494</v>
+        <v>2506</v>
       </c>
       <c r="E628" s="0" t="s">
         <v>168</v>
       </c>
       <c r="F628" s="0" t="s">
-        <v>2483</v>
+        <v>2470</v>
       </c>
       <c r="G628" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="H628" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I628" s="1" t="s">
-        <v>1618</v>
+        <v>2507</v>
       </c>
       <c r="J628" s="0"/>
       <c r="K628" s="0" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="L628" s="0"/>
+        <v>385</v>
+      </c>
+      <c r="L628" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="629" spans="1:12" customHeight="1" ht="80">
+      <c r="A629" s="0"/>
       <c r="B629" s="0" t="s">
-        <v>2495</v>
+        <v>2508</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>2496</v>
+        <v>2509</v>
       </c>
       <c r="D629" s="0" t="s">
-        <v>2497</v>
+        <v>2510</v>
       </c>
       <c r="E629" s="0" t="s">
-        <v>368</v>
+        <v>2511</v>
       </c>
       <c r="F629" s="0" t="s">
-        <v>2498</v>
+        <v>2512</v>
       </c>
       <c r="G629" s="0" t="s">
-        <v>17</v>
+        <v>2121</v>
       </c>
       <c r="H629" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I629" s="1" t="s">
-        <v>2499</v>
+        <v>782</v>
       </c>
       <c r="J629" s="0"/>
       <c r="K629" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L629" s="0"/>
+      <c r="L629" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="630" spans="1:12" customHeight="1" ht="80">
+      <c r="A630" s="0"/>
       <c r="B630" s="0" t="s">
-        <v>2500</v>
+        <v>2513</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>2501</v>
+        <v>2514</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>2502</v>
+        <v>2515</v>
       </c>
       <c r="E630" s="0" t="s">
-        <v>168</v>
+        <v>2511</v>
       </c>
       <c r="F630" s="0" t="s">
-        <v>2503</v>
+        <v>2516</v>
       </c>
       <c r="G630" s="0" t="s">
-        <v>182</v>
+        <v>2121</v>
       </c>
       <c r="H630" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I630" s="1" t="s">
-        <v>2181</v>
+        <v>2338</v>
       </c>
       <c r="J630" s="0"/>
       <c r="K630" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L630" s="0"/>
+      <c r="L630" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="631" spans="1:12" customHeight="1" ht="80">
       <c r="A631" s="0"/>
       <c r="B631" s="0" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="C631" s="0" t="s">
-        <v>2505</v>
+        <v>2518</v>
       </c>
       <c r="D631" s="0" t="s">
-        <v>2506</v>
+        <v>2519</v>
       </c>
       <c r="E631" s="0" t="s">
-        <v>168</v>
+        <v>2511</v>
       </c>
       <c r="F631" s="0" t="s">
-        <v>2507</v>
+        <v>2512</v>
       </c>
       <c r="G631" s="0" t="s">
-        <v>182</v>
+        <v>2121</v>
       </c>
       <c r="H631" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I631" s="1" t="s">
-        <v>2508</v>
+        <v>514</v>
       </c>
       <c r="J631" s="0"/>
       <c r="K631" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L631" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="632" spans="1:12" customHeight="1" ht="80">
       <c r="A632" s="0"/>
       <c r="B632" s="0" t="s">
-        <v>2509</v>
+        <v>2520</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>2510</v>
+        <v>2521</v>
       </c>
       <c r="D632" s="0" t="s">
+        <v>2522</v>
+      </c>
+      <c r="E632" s="0" t="s">
         <v>2511</v>
       </c>
-      <c r="E632" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F632" s="0" t="s">
-        <v>2512</v>
+        <v>2523</v>
       </c>
       <c r="G632" s="0" t="s">
-        <v>182</v>
+        <v>2121</v>
       </c>
       <c r="H632" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I632" s="1" t="s">
-        <v>1574</v>
+        <v>2524</v>
       </c>
       <c r="J632" s="0"/>
       <c r="K632" s="0" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="L632" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="633" spans="1:12" customHeight="1" ht="80">
       <c r="A633" s="0"/>
       <c r="B633" s="0" t="s">
-        <v>2513</v>
+        <v>2525</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>2514</v>
+        <v>2526</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>2515</v>
+        <v>2527</v>
       </c>
       <c r="E633" s="0" t="s">
-        <v>168</v>
+        <v>2511</v>
       </c>
       <c r="F633" s="0" t="s">
-        <v>2512</v>
+        <v>2528</v>
       </c>
       <c r="G633" s="0" t="s">
-        <v>182</v>
+        <v>2121</v>
       </c>
       <c r="H633" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I633" s="1" t="s">
-        <v>2516</v>
+        <v>1130</v>
       </c>
       <c r="J633" s="0"/>
       <c r="K633" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L633" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="634" spans="1:12" customHeight="1" ht="80">
       <c r="A634" s="0"/>
       <c r="B634" s="0" t="s">
-        <v>2517</v>
+        <v>2529</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>2518</v>
+        <v>2530</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>2519</v>
+        <v>2531</v>
       </c>
       <c r="E634" s="0" t="s">
-        <v>168</v>
+        <v>2511</v>
       </c>
       <c r="F634" s="0" t="s">
-        <v>419</v>
+        <v>2516</v>
       </c>
       <c r="G634" s="0" t="s">
-        <v>182</v>
+        <v>2121</v>
       </c>
       <c r="H634" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I634" s="1" t="s">
-        <v>2520</v>
+        <v>2532</v>
       </c>
       <c r="J634" s="0"/>
       <c r="K634" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L634" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="635" spans="1:12" customHeight="1" ht="80">
       <c r="A635" s="0"/>
       <c r="B635" s="0" t="s">
-        <v>2521</v>
+        <v>2533</v>
       </c>
       <c r="C635" s="0" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="D635" s="0" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="E635" s="0" t="s">
-        <v>168</v>
+        <v>2511</v>
       </c>
       <c r="F635" s="0" t="s">
-        <v>2512</v>
+        <v>2536</v>
       </c>
       <c r="G635" s="0" t="s">
-        <v>182</v>
+        <v>2121</v>
       </c>
       <c r="H635" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I635" s="1" t="s">
-        <v>2403</v>
+        <v>2537</v>
       </c>
       <c r="J635" s="0"/>
       <c r="K635" s="0" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="L635" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="636" spans="1:12" customHeight="1" ht="80">
       <c r="A636" s="0"/>
       <c r="B636" s="0" t="s">
-        <v>2524</v>
+        <v>2538</v>
       </c>
       <c r="C636" s="0" t="s">
-        <v>2525</v>
+        <v>2539</v>
       </c>
       <c r="D636" s="0" t="s">
-        <v>2526</v>
+        <v>2540</v>
       </c>
       <c r="E636" s="0" t="s">
-        <v>168</v>
+        <v>2511</v>
       </c>
       <c r="F636" s="0" t="s">
-        <v>2491</v>
+        <v>2541</v>
       </c>
       <c r="G636" s="0" t="s">
-        <v>182</v>
+        <v>2121</v>
       </c>
       <c r="H636" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I636" s="1" t="s">
-        <v>1976</v>
+        <v>660</v>
       </c>
       <c r="J636" s="0"/>
       <c r="K636" s="0" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="L636" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="637" spans="1:12" customHeight="1" ht="80">
-      <c r="A637" s="0"/>
       <c r="B637" s="0" t="s">
-        <v>2527</v>
+        <v>2542</v>
       </c>
       <c r="C637" s="0" t="s">
-        <v>2528</v>
-[...2 lines deleted...]
-        <v>2529</v>
+        <v>2543</v>
+      </c>
+      <c r="D637" s="0">
+        <v>10000011128</v>
       </c>
       <c r="E637" s="0" t="s">
-        <v>2530</v>
+        <v>113</v>
       </c>
       <c r="F637" s="0" t="s">
-        <v>2531</v>
+        <v>2544</v>
       </c>
       <c r="G637" s="0" t="s">
-        <v>2139</v>
+        <v>28</v>
       </c>
       <c r="H637" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I637" s="1" t="s">
-        <v>803</v>
+        <v>1935</v>
       </c>
       <c r="J637" s="0"/>
       <c r="K637" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L637" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L637" s="0"/>
     </row>
     <row r="638" spans="1:12" customHeight="1" ht="80">
-      <c r="A638" s="0"/>
       <c r="B638" s="0" t="s">
-        <v>2532</v>
+        <v>2545</v>
       </c>
       <c r="C638" s="0" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="D638" s="0" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="E638" s="0" t="s">
-        <v>2530</v>
+        <v>113</v>
       </c>
       <c r="F638" s="0" t="s">
-        <v>2535</v>
+        <v>2548</v>
       </c>
       <c r="G638" s="0" t="s">
-        <v>2139</v>
+        <v>28</v>
       </c>
       <c r="H638" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I638" s="1" t="s">
-        <v>2355</v>
+        <v>2549</v>
       </c>
       <c r="J638" s="0"/>
       <c r="K638" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L638" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L638" s="0"/>
     </row>
     <row r="639" spans="1:12" customHeight="1" ht="80">
-      <c r="A639" s="0"/>
       <c r="B639" s="0" t="s">
-        <v>2536</v>
+        <v>2550</v>
       </c>
       <c r="C639" s="0" t="s">
-        <v>2537</v>
-[...2 lines deleted...]
-        <v>2538</v>
+        <v>2551</v>
+      </c>
+      <c r="D639" s="0">
+        <v>10000011138</v>
       </c>
       <c r="E639" s="0" t="s">
-        <v>2530</v>
+        <v>113</v>
       </c>
       <c r="F639" s="0" t="s">
-        <v>2531</v>
+        <v>2544</v>
       </c>
       <c r="G639" s="0" t="s">
-        <v>2139</v>
+        <v>28</v>
       </c>
       <c r="H639" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I639" s="1" t="s">
-        <v>530</v>
+        <v>2552</v>
       </c>
       <c r="J639" s="0"/>
       <c r="K639" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L639" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L639" s="0"/>
     </row>
     <row r="640" spans="1:12" customHeight="1" ht="80">
-      <c r="A640" s="0"/>
       <c r="B640" s="0" t="s">
-        <v>2539</v>
+        <v>2553</v>
       </c>
       <c r="C640" s="0" t="s">
-        <v>2540</v>
+        <v>2554</v>
       </c>
       <c r="D640" s="0" t="s">
-        <v>2541</v>
+        <v>2555</v>
       </c>
       <c r="E640" s="0" t="s">
-        <v>2530</v>
+        <v>113</v>
       </c>
       <c r="F640" s="0" t="s">
-        <v>2542</v>
+        <v>2548</v>
       </c>
       <c r="G640" s="0" t="s">
-        <v>2139</v>
+        <v>28</v>
       </c>
       <c r="H640" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I640" s="1" t="s">
-        <v>2543</v>
+        <v>2556</v>
       </c>
       <c r="J640" s="0"/>
       <c r="K640" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L640" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L640" s="0"/>
     </row>
     <row r="641" spans="1:12" customHeight="1" ht="80">
-      <c r="A641" s="0"/>
       <c r="B641" s="0" t="s">
-        <v>2544</v>
+        <v>2557</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>2545</v>
-[...2 lines deleted...]
-        <v>2546</v>
+        <v>2558</v>
+      </c>
+      <c r="D641" s="0">
+        <v>420702</v>
       </c>
       <c r="E641" s="0" t="s">
-        <v>2530</v>
+        <v>168</v>
       </c>
       <c r="F641" s="0" t="s">
-        <v>2547</v>
+        <v>2559</v>
       </c>
       <c r="G641" s="0" t="s">
-        <v>2139</v>
+        <v>297</v>
       </c>
       <c r="H641" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I641" s="1" t="s">
-        <v>1152</v>
+        <v>2560</v>
       </c>
       <c r="J641" s="0"/>
       <c r="K641" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L641" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L641" s="0"/>
     </row>
     <row r="642" spans="1:12" customHeight="1" ht="80">
-      <c r="A642" s="0"/>
       <c r="B642" s="0" t="s">
-        <v>2548</v>
+        <v>2561</v>
       </c>
       <c r="C642" s="0" t="s">
-        <v>2549</v>
-[...2 lines deleted...]
-        <v>2550</v>
+        <v>2562</v>
+      </c>
+      <c r="D642" s="0">
+        <v>420542</v>
       </c>
       <c r="E642" s="0" t="s">
-        <v>2530</v>
+        <v>168</v>
       </c>
       <c r="F642" s="0" t="s">
-        <v>2535</v>
+        <v>2563</v>
       </c>
       <c r="G642" s="0" t="s">
-        <v>2139</v>
+        <v>297</v>
       </c>
       <c r="H642" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I642" s="1" t="s">
-        <v>2551</v>
+        <v>2564</v>
       </c>
       <c r="J642" s="0"/>
       <c r="K642" s="0" t="s">
-        <v>20</v>
+        <v>1662</v>
       </c>
       <c r="L642" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:12" customHeight="1" ht="80">
       <c r="A643" s="0"/>
       <c r="B643" s="0" t="s">
-        <v>2552</v>
+        <v>2565</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>2553</v>
+        <v>2566</v>
       </c>
       <c r="D643" s="0" t="s">
-        <v>2554</v>
+        <v>2567</v>
       </c>
       <c r="E643" s="0" t="s">
-        <v>2530</v>
+        <v>168</v>
       </c>
       <c r="F643" s="0" t="s">
-        <v>2555</v>
+        <v>2568</v>
       </c>
       <c r="G643" s="0" t="s">
-        <v>2139</v>
+        <v>176</v>
       </c>
       <c r="H643" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I643" s="1" t="s">
-        <v>2556</v>
+        <v>2569</v>
       </c>
       <c r="J643" s="0"/>
       <c r="K643" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L643" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="644" spans="1:12" customHeight="1" ht="80">
       <c r="A644" s="0"/>
       <c r="B644" s="0" t="s">
-        <v>2557</v>
+        <v>2570</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>2558</v>
+        <v>2571</v>
       </c>
       <c r="D644" s="0" t="s">
-        <v>2559</v>
+        <v>2572</v>
       </c>
       <c r="E644" s="0" t="s">
-        <v>2530</v>
+        <v>168</v>
       </c>
       <c r="F644" s="0" t="s">
-        <v>2560</v>
+        <v>2568</v>
       </c>
       <c r="G644" s="0" t="s">
-        <v>2139</v>
+        <v>176</v>
       </c>
       <c r="H644" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I644" s="1" t="s">
-        <v>671</v>
+        <v>2439</v>
       </c>
       <c r="J644" s="0"/>
       <c r="K644" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="L644" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="645" spans="1:12" customHeight="1" ht="80">
       <c r="B645" s="0" t="s">
-        <v>2561</v>
+        <v>2573</v>
       </c>
       <c r="C645" s="0" t="s">
-        <v>2562</v>
-[...2 lines deleted...]
-        <v>10000011128</v>
+        <v>2574</v>
+      </c>
+      <c r="D645" s="0" t="s">
+        <v>2575</v>
       </c>
       <c r="E645" s="0" t="s">
-        <v>113</v>
+        <v>814</v>
       </c>
       <c r="F645" s="0" t="s">
-        <v>2563</v>
+        <v>2576</v>
       </c>
       <c r="G645" s="0" t="s">
-        <v>28</v>
+        <v>816</v>
       </c>
       <c r="H645" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I645" s="1" t="s">
-        <v>1954</v>
+        <v>2577</v>
       </c>
       <c r="J645" s="0"/>
       <c r="K645" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L645" s="0"/>
+      <c r="L645" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="646" spans="1:12" customHeight="1" ht="80">
       <c r="B646" s="0" t="s">
-        <v>2564</v>
+        <v>2578</v>
       </c>
       <c r="C646" s="0" t="s">
-        <v>2565</v>
+        <v>2579</v>
       </c>
       <c r="D646" s="0" t="s">
-        <v>2566</v>
+        <v>2580</v>
       </c>
       <c r="E646" s="0" t="s">
-        <v>113</v>
+        <v>847</v>
       </c>
       <c r="F646" s="0" t="s">
-        <v>2567</v>
+        <v>2581</v>
       </c>
       <c r="G646" s="0" t="s">
-        <v>28</v>
+        <v>849</v>
       </c>
       <c r="H646" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I646" s="1" t="s">
-        <v>2568</v>
+        <v>2582</v>
       </c>
       <c r="J646" s="0"/>
       <c r="K646" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L646" s="0"/>
-[...187 lines deleted...]
-      <c r="L652" s="0"/>
+      <c r="L646" s="0">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -49956,56 +49533,50 @@
     <hyperlink ref="B622" r:id="rId_hyperlink_621"/>
     <hyperlink ref="B623" r:id="rId_hyperlink_622"/>
     <hyperlink ref="B624" r:id="rId_hyperlink_623"/>
     <hyperlink ref="B625" r:id="rId_hyperlink_624"/>
     <hyperlink ref="B626" r:id="rId_hyperlink_625"/>
     <hyperlink ref="B627" r:id="rId_hyperlink_626"/>
     <hyperlink ref="B628" r:id="rId_hyperlink_627"/>
     <hyperlink ref="B629" r:id="rId_hyperlink_628"/>
     <hyperlink ref="B630" r:id="rId_hyperlink_629"/>
     <hyperlink ref="B631" r:id="rId_hyperlink_630"/>
     <hyperlink ref="B632" r:id="rId_hyperlink_631"/>
     <hyperlink ref="B633" r:id="rId_hyperlink_632"/>
     <hyperlink ref="B634" r:id="rId_hyperlink_633"/>
     <hyperlink ref="B635" r:id="rId_hyperlink_634"/>
     <hyperlink ref="B636" r:id="rId_hyperlink_635"/>
     <hyperlink ref="B637" r:id="rId_hyperlink_636"/>
     <hyperlink ref="B638" r:id="rId_hyperlink_637"/>
     <hyperlink ref="B639" r:id="rId_hyperlink_638"/>
     <hyperlink ref="B640" r:id="rId_hyperlink_639"/>
     <hyperlink ref="B641" r:id="rId_hyperlink_640"/>
     <hyperlink ref="B642" r:id="rId_hyperlink_641"/>
     <hyperlink ref="B643" r:id="rId_hyperlink_642"/>
     <hyperlink ref="B644" r:id="rId_hyperlink_643"/>
     <hyperlink ref="B645" r:id="rId_hyperlink_644"/>
     <hyperlink ref="B646" r:id="rId_hyperlink_645"/>
-    <hyperlink ref="B647" r:id="rId_hyperlink_646"/>
-[...4 lines deleted...]
-    <hyperlink ref="B652" r:id="rId_hyperlink_651"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>