--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,74 +74,77 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Варьете»;стекло;320мл;D=85,H=160мм;синий</t>
   </si>
   <si>
     <t>01051720</t>
   </si>
   <si>
     <t>Magistro</t>
   </si>
   <si>
     <t>Варьете</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Бокалы для коктейлей</t>
   </si>
   <si>
     <t>3696.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Болеро»;стекло;190мл;D=77,H=113мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170102</t>
+  </si>
+  <si>
+    <t>0690/20</t>
+  </si>
+  <si>
+    <t>Durobor</t>
+  </si>
+  <si>
+    <t>Bolero</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>1466.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Бокал для коктейлей «Болеро»;стекло;190мл;D=77,H=113мм;прозр.</t>
-[...19 lines deleted...]
-  <si>
     <t>Бокал для коктейлей «Киото»;стекло;310мл;прозр.</t>
   </si>
   <si>
     <t>01170104</t>
   </si>
   <si>
     <t>P1849/60548</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Kyoto</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>4305.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Фиеста»;стекло;300мл;D=11,7,H=10,6см;прозр.</t>
@@ -257,638 +260,623 @@
   <si>
     <t>МЕКСИКА</t>
   </si>
   <si>
     <t>2873.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Лондон»;стекло;400мл;D=8,H=18см;прозр.</t>
   </si>
   <si>
     <t>01170307</t>
   </si>
   <si>
     <t>Borgonovo</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>2996.00₸</t>
   </si>
   <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Фонтанвеар»;стекло;355мл;D=80,H=187мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170408</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Космополитан»;стекло;244мл;D=99,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170410</t>
+  </si>
+  <si>
+    <t>Cosmopolitan</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Гаваи»;стекло;440мл;D=85,H=220мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170411</t>
+  </si>
+  <si>
+    <t>E0530</t>
+  </si>
+  <si>
+    <t>Hawai</t>
+  </si>
+  <si>
+    <t>3010.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Гаваи»;стекло;0,65л;D=85,H=258мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170412</t>
+  </si>
+  <si>
+    <t>E0630</t>
+  </si>
+  <si>
+    <t>4469.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Джаз»;стекло;330мл;D=73,H=200мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170413</t>
+  </si>
+  <si>
+    <t>129470BAC021990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Jazz</t>
+  </si>
+  <si>
+    <t>3489.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Наполи Гранде»;стекло;458мл;D=75,H=216мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170414</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Бар&amp;Ликер»;хр.стекло;450мл;D=80,H=223мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170416</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Bar &amp; Liqueur</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>3855.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Бар&amp;Ликер»;хр.стекло;420мл;D=82,H=215мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170417</t>
+  </si>
+  <si>
+    <t>4194.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Бар&amp;Ликер»;хр.стекло;400мл;D=70,H=228мм;прозр.</t>
+  </si>
+  <si>
+    <t>01170418</t>
+  </si>
+  <si>
+    <t>5437.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Бридж»;хрусталь;0,5л;прозр.</t>
+  </si>
+  <si>
+    <t>01170423</t>
+  </si>
+  <si>
+    <t>9600-24563</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>7962.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «И Меравиглиози»;хр.стекло;300мл;D=10,7,H=14,8см;прозр.</t>
+  </si>
+  <si>
+    <t>01170441</t>
+  </si>
+  <si>
+    <t>A12738BYL02AA01</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>I Meravigliosi</t>
+  </si>
+  <si>
+    <t>6484.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Ананас»;металл;0,7л;D=11,5,H=23,8см;медный</t>
+  </si>
+  <si>
+    <t>01171018</t>
+  </si>
+  <si>
+    <t>MG118-2 CP</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>12084.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Ананас»;металл;470мл;D=93,H=200мм;медный</t>
+  </si>
+  <si>
+    <t>01171021</t>
+  </si>
+  <si>
+    <t>MG165-2 CP</t>
+  </si>
+  <si>
+    <t>8860.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Америка 20х»;стекло;240мл;D=78,H=202мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171023</t>
+  </si>
+  <si>
+    <t>122129BB9021990</t>
+  </si>
+  <si>
+    <t>America"20s</t>
+  </si>
+  <si>
+    <t>4443.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Новеченто Арт деко»;стекло;250мл;D=94,H=155мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171024</t>
+  </si>
+  <si>
+    <t>122111MDG121613</t>
+  </si>
+  <si>
+    <t>Novecento Art Deco</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Новеченто Либерти»;стекло;250мл;D=94,H=155мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171025</t>
+  </si>
+  <si>
+    <t>122111MDG121614</t>
+  </si>
+  <si>
+    <t>Novecento Liberty</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Новеченто»;стекло;250мл;D=94,H=155мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171026</t>
+  </si>
+  <si>
+    <t>122111BAU021990</t>
+  </si>
+  <si>
+    <t>Novecento</t>
+  </si>
+  <si>
+    <t>4120.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Птица»;стекло;200мл;,H=18см</t>
+  </si>
+  <si>
+    <t>01171101</t>
+  </si>
+  <si>
+    <t>160/0069</t>
+  </si>
+  <si>
+    <t>100% Chef</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>79849.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Миксолоджи»;хр.стекло;225мл;D=95,H=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171102</t>
+  </si>
+  <si>
+    <t>A12460BYL02AA01</t>
+  </si>
+  <si>
+    <t>Mixology</t>
+  </si>
+  <si>
+    <t>5999.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Модерн Америка»;стекло;0,59л;D=11,1,H=18,9см;прозр.</t>
+  </si>
+  <si>
+    <t>01171103</t>
+  </si>
+  <si>
+    <t>Royal Leerdam</t>
+  </si>
+  <si>
+    <t>Modern America</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>4289.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Модерн Америка»;стекло;220мл;D=81,H=166мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171104</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Барон»;стекло;200мл</t>
+  </si>
+  <si>
+    <t>01171201</t>
+  </si>
+  <si>
+    <t>baron</t>
+  </si>
+  <si>
+    <t>Jakobsen Design</t>
+  </si>
+  <si>
+    <t>Baron</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>39263.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Куку»;стекло;200мл;прозр.</t>
+  </si>
+  <si>
+    <t>01171202</t>
+  </si>
+  <si>
+    <t>cucu</t>
+  </si>
+  <si>
+    <t>Cucu</t>
+  </si>
+  <si>
+    <t>44891.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Ларк»;стекло;200мл;прозр.</t>
+  </si>
+  <si>
+    <t>01171203</t>
+  </si>
+  <si>
+    <t>lark</t>
+  </si>
+  <si>
+    <t>Lark</t>
+  </si>
+  <si>
+    <t>39217.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Одетта»;стекло;75мл</t>
+  </si>
+  <si>
+    <t>01171204</t>
+  </si>
+  <si>
+    <t>odette</t>
+  </si>
+  <si>
+    <t>Odette</t>
+  </si>
+  <si>
+    <t>44838.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Пайго»;стекло;50мл</t>
+  </si>
+  <si>
+    <t>01171205</t>
+  </si>
+  <si>
+    <t>pygo</t>
+  </si>
+  <si>
+    <t>Pygo</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Хэлм»;стекло;300мл</t>
+  </si>
+  <si>
+    <t>01171206</t>
+  </si>
+  <si>
+    <t>halm(earth)</t>
+  </si>
+  <si>
+    <t>Halm</t>
+  </si>
+  <si>
+    <t>70217.00₸</t>
+  </si>
+  <si>
+    <t>01171207</t>
+  </si>
+  <si>
+    <t>halm</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Дуплекс»;стекло;200мл</t>
+  </si>
+  <si>
+    <t>01171208</t>
+  </si>
+  <si>
+    <t>duplex</t>
+  </si>
+  <si>
+    <t>Duplex</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Куидо»;стекло;300мл</t>
+  </si>
+  <si>
+    <t>01171209</t>
+  </si>
+  <si>
+    <t>quido</t>
+  </si>
+  <si>
+    <t>Quido</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Поли»;стекло;300мл</t>
+  </si>
+  <si>
+    <t>01171210</t>
+  </si>
+  <si>
+    <t>poly</t>
+  </si>
+  <si>
+    <t>Poly</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Пибол»;стекло;300мл</t>
+  </si>
+  <si>
+    <t>01171211</t>
+  </si>
+  <si>
+    <t>pball</t>
+  </si>
+  <si>
+    <t>Pball</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Фугу»;стекло;300мл</t>
+  </si>
+  <si>
+    <t>01171212</t>
+  </si>
+  <si>
+    <t>fugu</t>
+  </si>
+  <si>
+    <t>Fugu</t>
+  </si>
+  <si>
+    <t>109618.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Медуза»;стекло;D=11,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>01171213</t>
+  </si>
+  <si>
+    <t>160/0130</t>
+  </si>
+  <si>
+    <t>Meduse</t>
+  </si>
+  <si>
+    <t>82036.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Кальмар»;стекло;D=10,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>01171214</t>
+  </si>
+  <si>
+    <t>160/6002</t>
+  </si>
+  <si>
+    <t>100 % Barman</t>
+  </si>
+  <si>
+    <t>Кальмар</t>
+  </si>
+  <si>
+    <t>65196.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Медуза»;стекло;200мл;D=11,H=20см;прозр.,розов.</t>
+  </si>
+  <si>
+    <t>01171215</t>
+  </si>
+  <si>
+    <t>160/0134</t>
+  </si>
+  <si>
+    <t>87372.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Фугу»;стекло борос.;250мл;,H=22,L=16,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>01171218</t>
+  </si>
+  <si>
+    <t>160/0093</t>
+  </si>
+  <si>
+    <t>80311.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Медуза»;стекло борос.;100мл;D=9,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>01171219</t>
+  </si>
+  <si>
+    <t>160/0085</t>
+  </si>
+  <si>
+    <t>Medusa</t>
+  </si>
+  <si>
+    <t>61038.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Джаз»;хр.стекло;300мл;D=10,5,H=14,2см;прозр.</t>
+  </si>
+  <si>
+    <t>01171226</t>
+  </si>
+  <si>
+    <t>A12981BYL02AA02</t>
+  </si>
+  <si>
+    <t>6184.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Америка 20х»;стекло;275мл;D=65,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171233</t>
+  </si>
+  <si>
+    <t>123225BYT021990</t>
+  </si>
+  <si>
+    <t>4066.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Америка 20х»;стекло;400мл;D=74,H=224мм;прозр.</t>
+  </si>
+  <si>
+    <t>01171234</t>
+  </si>
+  <si>
+    <t>123226BYT021990</t>
+  </si>
+  <si>
+    <t>4490.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Бокал для коктейлей «Фонтанвеар»;стекло;355мл;D=80,H=187мм;прозр.</t>
-[...583 lines deleted...]
-  <si>
     <t>Бокал для коктейлей «Америка 20х»;стекло;0,51л;D=81,H=239мм;прозр.</t>
   </si>
   <si>
     <t>01171235</t>
   </si>
   <si>
     <t>123227BZG021990</t>
   </si>
   <si>
     <t>5491.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Джаз»;хр.стекло;0,55л;D=88,5,H=220мм;прозр.</t>
   </si>
   <si>
     <t>01171236</t>
   </si>
   <si>
     <t>A13556BYL02AA02</t>
   </si>
   <si>
     <t>10118.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Джаз»;хр.стекло;280мл;D=75,H=206мм;прозр.</t>
@@ -923,110 +911,113 @@
   <si>
     <t>A11899BYL02AA01</t>
   </si>
   <si>
     <t>Vinea</t>
   </si>
   <si>
     <t>7231.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Симетри»;хр.стекло;0,58л;D=11,3,H=20,9см;прозр.</t>
   </si>
   <si>
     <t>01171240</t>
   </si>
   <si>
     <t>Q8707</t>
   </si>
   <si>
     <t>Chef&amp;Sommelier</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
-    <t>5502.00₸</t>
+    <t>4606.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Триумф»;стекло;300мл;D=8,H=19см;прозр.</t>
   </si>
   <si>
     <t>01171244</t>
   </si>
   <si>
     <t>Osz</t>
   </si>
   <si>
     <t>Triumph</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
-    <t>832.00₸</t>
+    <t>809.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Аурига»;хр.стекло;1,8л;D=20,4,H=28,1см;прозр.</t>
   </si>
   <si>
     <t>03080422</t>
   </si>
   <si>
     <t>3395/1800</t>
   </si>
   <si>
     <t>Rona</t>
   </si>
   <si>
     <t>Auriga</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
   </si>
   <si>
     <t>27220.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Арктик»;стекло;300мл;D=92,H=188мм;прозр.</t>
   </si>
   <si>
     <t>01171241</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Arctic</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>1848.00₸</t>
   </si>
   <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
     <t>Бокал для коктейлей;стекло;300мл;,H=20см;прозр.</t>
   </si>
   <si>
     <t>01060948</t>
   </si>
   <si>
     <t>BR-4601</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>3486.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Ноктерн»;стекло;270мл;D=75,H=155мм;прозр.</t>
   </si>
   <si>
     <t>01171243</t>
   </si>
   <si>
     <t>BR-3409</t>
   </si>
   <si>
     <t>Nocturne</t>
@@ -1047,50 +1038,77 @@
     <t>Бокал для коктейлей «Винтаж»;хр.стекло;0,585л;D=84,H=180мм;прозр.</t>
   </si>
   <si>
     <t>01171245</t>
   </si>
   <si>
     <t>Nude</t>
   </si>
   <si>
     <t>Vintage</t>
   </si>
   <si>
     <t>4212.00₸</t>
   </si>
   <si>
     <t>Бокал для коктейлей «Пример»;хр.стекло;0,68л;D=86,H=210мм;прозр.</t>
   </si>
   <si>
     <t>01171246</t>
   </si>
   <si>
     <t>Primeur</t>
   </si>
   <si>
     <t>3011.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Трибьют Коллекшн»;хр.стекло;195мл;D=8,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>01040921</t>
+  </si>
+  <si>
+    <t>7792 0800</t>
+  </si>
+  <si>
+    <t>Tribute Collection</t>
+  </si>
+  <si>
+    <t>9587.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для коктейлей «Трибьют Коллекшн»;хр.стекло;90мл;D=8,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>01040922</t>
+  </si>
+  <si>
+    <t>7792 2800</t>
+  </si>
+  <si>
+    <t>9456.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1105,51 +1123,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ED5CD7-20CD-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6420EAF-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D1-4250-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D6-4250-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BE32-20CD-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BD80-20CD-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AC4-4252-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15491502-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BCE0-20CD-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADCC-424D-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841FF9E9-E3C7-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E683-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9020-424D-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945EF-424D-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFE84-424D-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841FF9EA-E3C7-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88C6-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD2-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD4-4251-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD5-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F67F54-0DB6-11ED-BBFC-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B5BA22A-2C13-11EB-BBDF-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602793D-20D1-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602789D-20D1-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/160276BD-20D1-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39E1-ADCD-11EB-BBF1-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39E0-ADCD-11EB-BBF1-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39DF-ADCD-11EB-BBF1-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59A3DEC0-7F6D-11EC-BBF7-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDBD-814B-11E9-BBBA-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EA3FF3B-23AB-11ED-BBFC-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88778A78-3BA5-11EB-BBDF-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88778A77-3BA5-11EB-BBDF-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA550-63B2-11EA-BBCE-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA551-63B2-11EA-BBCE-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA552-63B2-11EA-BBCE-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA553-63B2-11EA-BBCE-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA554-63B2-11EA-BBCE-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA555-63B2-11EA-BBCE-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA556-63B2-11EA-BBCE-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA557-63B2-11EA-BBCE-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C047EF6-20D1-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372D636F-63B2-11EA-BBCE-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C047DB6-20D1-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16027A7D-20D1-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524A541F-4246-11EC-BBF6-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524A5421-4246-11EC-BBF6-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524A5420-4246-11EC-BBF6-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C047D16-20D1-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBE6DB72-F13D-11EC-BBFA-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EA3FF3C-23AB-11ED-BBFC-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE4592AF-1353-11EE-BC09-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE457DAB-1353-11EE-BC09-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CE1D7-1353-11EE-BC09-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F698BA0-27F3-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20E6B42-27F0-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5A4B9B5-27F0-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6AEF2B5-27F0-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02C8CC50-5227-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578EBF47-1DB2-11EF-BC47-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5C52FA5-F94B-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53C02E26-E3DA-11EF-BC4E-00505692C44762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EDF086C-BBB4-11EF-BC57-00505692E04963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A59432EB-85A5-11EF-BC4E-00505692C44764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EDF10D6-BBB4-11EF-BC57-00505692E04965.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ED5CD7-20CD-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6420EAF-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D1-4250-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D6-4250-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BE32-20CD-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BD80-20CD-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AC4-4252-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15491502-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BCE0-20CD-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADCC-424D-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841FF9E9-E3C7-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E683-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9020-424D-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945EF-424D-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFE84-424D-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841FF9EA-E3C7-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88C6-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD2-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD4-4251-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD5-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F67F54-0DB6-11ED-BBFC-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B5BA22A-2C13-11EB-BBDF-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602789D-20D1-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/160276BD-20D1-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39E1-ADCD-11EB-BBF1-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39E0-ADCD-11EB-BBF1-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39DF-ADCD-11EB-BBF1-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59A3DEC0-7F6D-11EC-BBF7-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDBD-814B-11E9-BBBA-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EA3FF3B-23AB-11ED-BBFC-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88778A78-3BA5-11EB-BBDF-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88778A77-3BA5-11EB-BBDF-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA550-63B2-11EA-BBCE-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA551-63B2-11EA-BBCE-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA552-63B2-11EA-BBCE-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA553-63B2-11EA-BBCE-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA554-63B2-11EA-BBCE-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA555-63B2-11EA-BBCE-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA556-63B2-11EA-BBCE-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311FA557-63B2-11EA-BBCE-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C047EF6-20D1-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372D636F-63B2-11EA-BBCE-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C047DB6-20D1-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16027A7D-20D1-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524A541F-4246-11EC-BBF6-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524A5421-4246-11EC-BBF6-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524A5420-4246-11EC-BBF6-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C047D16-20D1-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBE6DB72-F13D-11EC-BBFA-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EA3FF3C-23AB-11ED-BBFC-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE4592AF-1353-11EE-BC09-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE457DAB-1353-11EE-BC09-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C00CE1D7-1353-11EE-BC09-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F698BA0-27F3-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20E6B42-27F0-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5A4B9B5-27F0-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6AEF2B5-27F0-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02C8CC50-5227-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578EBF47-1DB2-11EF-BC47-00505692C44759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5C52FA5-F94B-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53C02E26-E3DA-11EF-BC4E-00505692C44761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EDF086C-BBB4-11EF-BC57-00505692E04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A59432EB-85A5-11EF-BC4E-00505692C44763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EDF10D6-BBB4-11EF-BC57-00505692E04964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B9FE35D-C7D9-11F0-BC5A-00505692E2D065.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3349,62 +3367,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-magistro-01051720/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-durobor-01170102/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170104/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170105/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170110/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170111/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-cambro-01170203/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-durobor-01170301/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-durobor-01170305/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170306/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-borgonovo-01170307/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170408/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170410/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170411/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170412/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01170413/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170414/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-stoelzle-01170416/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-stoelzle-01170417/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-stoelzle-01170418/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-neman-01170423/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01170441/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-probar-01171015/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-probar-01171018/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-probar-01171021/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171023/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171024/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171025/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171026/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171101/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171102/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-royal-leerdam-01171103/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-royal-leerdam-01171104/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171201/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171202/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171203/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171204/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171205/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171206/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171207/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171208/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171209/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171210/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171211/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171212/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171213/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-barman-01171214/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171215/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171218/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171219/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171226/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171233/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171234/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171235/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171236/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171237/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171238/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171239/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-chef-and-sommelier-01171240/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-osz-01171244/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-rona-03080422/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-pasabahce-01171241/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-flyute-kunstwerk-01060948/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-kunstwerk-01171243/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-flyute-kunstwerk-01060947/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-nude-01171245/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-nude-01171246/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-magistro-01051720/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-durobor-01170102/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170104/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170105/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170110/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170111/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-cambro-01170203/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-durobor-01170301/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-durobor-01170305/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170306/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-borgonovo-01170307/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170408/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170410/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170411/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-arcoroc-01170412/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01170413/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-libbey-01170414/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-stoelzle-01170416/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-stoelzle-01170417/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-stoelzle-01170418/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-neman-01170423/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01170441/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-probar-01171018/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-probar-01171021/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171023/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171024/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171025/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171026/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171101/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171102/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-royal-leerdam-01171103/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-royal-leerdam-01171104/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171201/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171202/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171203/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171204/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171205/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171206/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171207/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171208/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171209/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171210/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171211/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-jakobsen-design-01171212/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171213/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-barman-01171214/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171215/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171218/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-100-chef-01171219/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171226/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171233/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171234/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-rocco-01171235/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171236/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171237/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171238/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-bormioli-luigi-01171239/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-chef-and-sommelier-01171240/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-osz-01171244/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-rona-03080422/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-pasabahce-01171241/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-flyute-kunstwerk-01060948/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-kunstwerk-01171243/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-flyute-kunstwerk-01060947/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-nude-01171245/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-nude-01171246/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-rona-01040921/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-kokteyley-rona-01040922/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L68"/>
+  <dimension ref="A1:L69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I68" sqref="I68"/>
+      <selection activeCell="I69" sqref="I69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3479,2211 +3497,2248 @@
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L3" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D11" s="0">
         <v>5310</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L11" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D12" s="0">
         <v>14023141</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L12" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D13" s="0">
         <v>5110</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D14" s="0">
         <v>400</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D18" s="0">
         <v>1619</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>106</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D19" s="0">
         <v>4800019</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>112</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L19" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D20" s="0">
         <v>4810019</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L20" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D21" s="0">
         <v>4820019</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L21" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>123</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>124</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L22" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>129</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="F26" s="0"/>
+        <v>101</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>144</v>
+      </c>
       <c r="G26" s="0" t="s">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C28" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>150</v>
-      </c>
-[...16 lines deleted...]
-        <v>153</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>34</v>
+        <v>131</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>78</v>
+        <v>164</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="F31" s="0"/>
+        <v>128</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>169</v>
+      </c>
       <c r="G31" s="0" t="s">
-        <v>167</v>
+        <v>79</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L31" s="0"/>
+        <v>171</v>
+      </c>
+      <c r="L31" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>173</v>
+      </c>
+      <c r="D32" s="0">
+        <v>412406</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>128</v>
+        <v>174</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>78</v>
+        <v>176</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="D33" s="0">
+        <v>410556</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="G33" s="0" t="s">
         <v>176</v>
-      </c>
-[...10 lines deleted...]
-        <v>179</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="D34" s="0">
-        <v>410556</v>
+      <c r="D34" s="0" t="s">
+        <v>183</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C35" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="G35" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="D35" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>209</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>210</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>215</v>
+        <v>187</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C41" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="E41" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="E41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G41" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>220</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>221</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>224</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>225</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>229</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>232</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>190</v>
+        <v>164</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L46" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L46" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>166</v>
+        <v>243</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>247</v>
+        <v>163</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>249</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>253</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>256</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>237</v>
+        <v>257</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>166</v>
+        <v>128</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>261</v>
+        <v>102</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>167</v>
+        <v>79</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>262</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L51" s="0"/>
+      <c r="L51" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>265</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>128</v>
+        <v>101</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>101</v>
+        <v>144</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>266</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>269</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>270</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>271</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>274</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>275</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>278</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>100</v>
+        <v>128</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>147</v>
+        <v>102</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>279</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>271</v>
+        <v>35</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>282</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>283</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>34</v>
+        <v>271</v>
       </c>
       <c r="L56" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>286</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="L57" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>289</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>290</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>101</v>
+        <v>291</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>128</v>
+        <v>296</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>271</v>
+        <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>300</v>
+      </c>
+      <c r="D60" s="0">
+        <v>2349</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>32</v>
+        <v>303</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>271</v>
+        <v>81</v>
       </c>
       <c r="L60" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>2349</v>
+        <v>306</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>307</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="L61" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>313</v>
+      </c>
+      <c r="D62" s="0">
+        <v>51128</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>19</v>
+        <v>318</v>
       </c>
       <c r="L62" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>51128</v>
+        <v>320</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>321</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="L63" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="E64" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F64" s="0"/>
+      <c r="F64" s="0" t="s">
+        <v>327</v>
+      </c>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="L64" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>331</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="L65" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="D66" s="0" t="s">
         <v>333</v>
       </c>
+      <c r="D66" s="0">
+        <v>66300</v>
+      </c>
       <c r="E66" s="0" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="F66" s="0"/>
+        <v>334</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>335</v>
+      </c>
       <c r="G66" s="0" t="s">
-        <v>16</v>
+        <v>316</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
       <c r="L66" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="B67" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D67" s="0">
-        <v>66300</v>
+        <v>67085</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="B68" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>67085</v>
+        <v>342</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>343</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>337</v>
+        <v>308</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L68" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L68" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="80">
+      <c r="B69" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="J69" s="0"/>
+      <c r="K69" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="L69" s="0">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5711,50 +5766,51 @@
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>