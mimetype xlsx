--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -203,50 +203,53 @@
     <t>8 шт.</t>
   </si>
   <si>
     <t>Кружка для коктейлей «Московский мул» чеканная;сталь нерж.,медь;0,5л;D=85,H=97мм;роз. золото</t>
   </si>
   <si>
     <t>01170909</t>
   </si>
   <si>
     <t>CY15-584-1</t>
   </si>
   <si>
     <t>7448.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Кружка для коктейлей «Московский мул» античная медь;сталь нерж.,медь;0,5л;D=85,H=97мм;бронз.</t>
   </si>
   <si>
     <t>01170910</t>
   </si>
   <si>
     <t>CY15-584-2-anti brass</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Кружка для коктейлей «Московский мул» античный никель;сталь нерж.;400мл;D=89,H=90мм;никелев.</t>
   </si>
   <si>
     <t>01170915</t>
   </si>
   <si>
     <t>CY14-527-ST-AN</t>
   </si>
   <si>
     <t>5929.00₸</t>
   </si>
   <si>
     <t>Кружка для коктейлей «Московский мул»;сталь нерж.,никель;400мл;D=89,H=90мм;хромовый</t>
   </si>
   <si>
     <t>01170916</t>
   </si>
   <si>
     <t>CY14-527-ST-BN</t>
   </si>
   <si>
     <t>4263.00₸</t>
   </si>
@@ -1489,239 +1492,239 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L11" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L17" s="0">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>