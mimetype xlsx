--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1064">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1077">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,101 +77,104 @@
   <si>
     <t>Поднос для подачи «Тэкс-Мэкс»;сталь нерж.;,L=19,B=14см;металлич.</t>
   </si>
   <si>
     <t>03025255</t>
   </si>
   <si>
     <t>R5760M20154</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
   <si>
     <t>Tex-Mex</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Подносы металлические</t>
   </si>
   <si>
     <t>4767.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=45,B=35см;зелен.</t>
+  </si>
+  <si>
+    <t>04022112</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>Подносы пластиковые</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=42,B=30см;зелен.</t>
+  </si>
+  <si>
+    <t>04022113</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный для Фаст Фуд;пластик;,L=45,7,B=35,5см;красный</t>
+  </si>
+  <si>
+    <t>04080103</t>
+  </si>
+  <si>
+    <t>1418FF163</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>7908.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Поднос прямоугольный;полипроп.;,L=45,B=35см;зелен.</t>
-[...46 lines deleted...]
-  <si>
     <t>Поднос «Камтрид» прорезиненный круглый;стеклопласт.;D=405,H=19мм;черный</t>
   </si>
   <si>
     <t>04080105</t>
   </si>
   <si>
     <t>1600CT110</t>
   </si>
   <si>
     <t>Camtread</t>
   </si>
   <si>
     <t>Подносы прорезиненные</t>
   </si>
   <si>
     <t>29869.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Поднос «Камтрид» прорезиненный круглый;стеклопласт.;D=35,5см;черный</t>
   </si>
   <si>
     <t>04080106</t>
@@ -299,176 +302,176 @@
   <si>
     <t>23 шт.</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=35,5см;коричнев.</t>
   </si>
   <si>
     <t>04080118</t>
   </si>
   <si>
     <t>PT1400167</t>
   </si>
   <si>
     <t>13006.00₸</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=40,5см;коричнев.</t>
   </si>
   <si>
     <t>04080119</t>
   </si>
   <si>
     <t>PT1600167</t>
   </si>
   <si>
-    <t>29176.00₸</t>
+    <t>35059.00₸</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=28см;коричнев.</t>
   </si>
   <si>
     <t>04080120</t>
   </si>
   <si>
     <t>PT1100167</t>
   </si>
   <si>
     <t>16147.00₸</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=35,5см;черный</t>
   </si>
   <si>
     <t>04080122</t>
   </si>
   <si>
     <t>PT1400110</t>
   </si>
   <si>
     <t>21668.00₸</t>
   </si>
   <si>
+    <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=28см;черный</t>
+  </si>
+  <si>
+    <t>04080124</t>
+  </si>
+  <si>
+    <t>PT1100110</t>
+  </si>
+  <si>
+    <t>11212.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прорезиненный прямоугольный;стеклопласт.;,L=46,B=36см;черный</t>
+  </si>
+  <si>
+    <t>04080125</t>
+  </si>
+  <si>
+    <t>PT1418110</t>
+  </si>
+  <si>
+    <t>Поднос «Камтрид» прорезиненный круглый;стеклопласт.;D=28см;черный</t>
+  </si>
+  <si>
+    <t>04080126</t>
+  </si>
+  <si>
+    <t>1100CT110</t>
+  </si>
+  <si>
+    <t>17125.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Поднос прорезиненный овальный;стеклопласт.;,L=73,5,B=60см;черный</t>
+  </si>
+  <si>
+    <t>04080129</t>
+  </si>
+  <si>
+    <t>2900CT110</t>
+  </si>
+  <si>
+    <t>67422.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прорезиненный прямоугольный;стеклопласт.;,L=34,5,B=27см;черный</t>
+  </si>
+  <si>
+    <t>04080130</t>
+  </si>
+  <si>
+    <t>PT1014110</t>
+  </si>
+  <si>
+    <t>8563.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прорезиненный прямоугольный;стеклопласт.;,L=41,5,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04080131</t>
+  </si>
+  <si>
+    <t>PT1216110</t>
+  </si>
+  <si>
+    <t>14761.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Камтрид» прорезиненный круглый;стеклопласт.;D=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080132</t>
+  </si>
+  <si>
+    <t>1100CT138</t>
+  </si>
+  <si>
+    <t>17310.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=45,7,B=35,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080142</t>
+  </si>
+  <si>
+    <t>1418FF167</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=28см;черный</t>
-[...94 lines deleted...]
-  <si>
     <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=45,7,B=35,5см;черный</t>
   </si>
   <si>
     <t>04080143</t>
   </si>
   <si>
     <t>1418FF110</t>
   </si>
   <si>
     <t>Поднос прямоугольный;прорезин.;,L=46,B=36см;черный</t>
   </si>
   <si>
     <t>04080161</t>
   </si>
   <si>
     <t>RT454</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>9239.00₸</t>
   </si>
   <si>
     <t>Поднос прорезиненный прямоугольный;стеклопласт.;,L=41,5,B=30см;коричнев.</t>
@@ -605,51 +608,54 @@
   <si>
     <t>7805.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;сталь нерж.;,L=37,B=27см;серебрист.</t>
   </si>
   <si>
     <t>04080510</t>
   </si>
   <si>
     <t>66944.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=50,B=38см;серебрист.</t>
   </si>
   <si>
     <t>04080513</t>
   </si>
   <si>
     <t>01311</t>
   </si>
   <si>
     <t>Finesse</t>
   </si>
   <si>
-    <t>22508.00₸</t>
+    <t>23524.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=35,B=24см;серебрист.</t>
   </si>
   <si>
     <t>04080514</t>
   </si>
   <si>
     <t>01313</t>
   </si>
   <si>
     <t>14969.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=68,B=48см;серебрист.</t>
   </si>
   <si>
     <t>04080515</t>
   </si>
   <si>
     <t>01309</t>
   </si>
   <si>
     <t>56603.00₸</t>
   </si>
@@ -716,116 +722,110 @@
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=30,B=24см;серебрист.</t>
   </si>
   <si>
     <t>04080522</t>
   </si>
   <si>
     <t>01314</t>
   </si>
   <si>
     <t>5883.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=39,B=26см;серебрист.</t>
   </si>
   <si>
     <t>04080523</t>
   </si>
   <si>
     <t>01317</t>
   </si>
   <si>
     <t>15639.00₸</t>
   </si>
   <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=48,B=30см;серебрист.</t>
   </si>
   <si>
     <t>04080524</t>
   </si>
   <si>
     <t>01318</t>
   </si>
   <si>
     <t>16771.00₸</t>
   </si>
   <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
     <t>Поднос;сталь нерж.;,H=15,L=310,B=410мм;металлич.</t>
   </si>
   <si>
     <t>04080525</t>
   </si>
   <si>
     <t>69408.00₸</t>
   </si>
   <si>
     <t>Поднос круглый;сталь нерж.;D=40см;серебрист.</t>
   </si>
   <si>
     <t>04080527</t>
   </si>
   <si>
     <t>17272.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный с крышкой;сталь нерж.,полистирол;,H=85,L=420,B=310мм;серебрист.,прозр.</t>
   </si>
   <si>
     <t>04080528</t>
   </si>
   <si>
     <t>32379.00₸</t>
   </si>
   <si>
     <t>Поднос овальный с ручками;сталь нерж.;,L=71,5,B=46см;металлич.</t>
   </si>
   <si>
     <t>04080530</t>
   </si>
   <si>
     <t>01725</t>
   </si>
   <si>
     <t>45146.00₸</t>
   </si>
   <si>
-    <t>Поднос овальный с ручками;сталь нерж.;,H=24,L=510,B=360мм;металлич.,золотой</t>
-[...10 lines deleted...]
-  <si>
     <t>Поднос «Свинг» прямоугольный с ручками;сталь;,H=40,L=530,B=325мм;металлич.</t>
   </si>
   <si>
     <t>04080541</t>
   </si>
   <si>
     <t>01425</t>
   </si>
   <si>
     <t>Swing</t>
   </si>
   <si>
     <t>49588.00₸</t>
   </si>
   <si>
     <t>Поднос «Классик» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
   </si>
   <si>
     <t>04080542</t>
   </si>
   <si>
     <t>Classic</t>
   </si>
   <si>
     <t>54994.00₸</t>
@@ -881,158 +881,155 @@
   <si>
     <t>56020-28</t>
   </si>
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>Elite</t>
   </si>
   <si>
     <t>54101.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=32см;серебрист.</t>
   </si>
   <si>
     <t>04080572</t>
   </si>
   <si>
     <t>01332</t>
   </si>
   <si>
     <t>13368.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
+    <t>28 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=35см;серебрист.</t>
   </si>
   <si>
     <t>04080573</t>
   </si>
   <si>
     <t>01335</t>
   </si>
   <si>
     <t>15493.00₸</t>
   </si>
   <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=38см;серебрист.</t>
   </si>
   <si>
     <t>04080574</t>
   </si>
   <si>
     <t>01338</t>
   </si>
   <si>
     <t>9025.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=48см;серебрист.</t>
   </si>
   <si>
     <t>04080575</t>
   </si>
   <si>
     <t>01348</t>
   </si>
   <si>
-    <t>30985.00₸</t>
+    <t>32849.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый с ручками;сталь нерж.;D=38см;серебрист.</t>
   </si>
   <si>
     <t>04080580</t>
   </si>
   <si>
     <t>01738</t>
   </si>
   <si>
     <t>17795.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый с ручками;сталь нерж.;D=380,H=14мм;металлич.,золотой</t>
   </si>
   <si>
     <t>04080581</t>
   </si>
   <si>
     <t>01838</t>
   </si>
   <si>
     <t>18350.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи для морепродуктов;сталь нерж.;D=37,H=6см;серебрист.</t>
   </si>
   <si>
     <t>04080583</t>
   </si>
   <si>
     <t>13850370IVV</t>
   </si>
   <si>
     <t>15603.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос для подачи для морепродуктов;сталь нерж.;D=420,H=65мм;серебрист.</t>
   </si>
   <si>
     <t>04080584</t>
   </si>
   <si>
     <t>13850420IVV</t>
   </si>
   <si>
     <t>19495.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Профи Лайн» круглый;сталь нерж.;D=480,H=26мм;серебрист.</t>
   </si>
   <si>
     <t>04080585</t>
   </si>
   <si>
     <t>30046.00₸</t>
   </si>
   <si>
     <t>04080587</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;голуб.</t>
   </si>
   <si>
     <t>04080593</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>10057.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;коричнев.</t>
   </si>
   <si>
     <t>04080594</t>
   </si>
   <si>
     <t>7685.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;зелен.</t>
@@ -1046,179 +1043,176 @@
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;красный</t>
   </si>
   <si>
     <t>04080599</t>
   </si>
   <si>
     <t>7477.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=41,B=30,5см;черный</t>
   </si>
   <si>
     <t>04080604</t>
   </si>
   <si>
     <t>1216ct/gf/black</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>5369.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=51,B=38см;черный</t>
+  </si>
+  <si>
+    <t>04080606</t>
+  </si>
+  <si>
+    <t>1520ct/gf/black</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=51,B=38см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080607</t>
+  </si>
+  <si>
+    <t>1520ct/gf/brown</t>
+  </si>
+  <si>
+    <t>12362.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный овальный;фибергласс;,L=63,B=52см;черный</t>
+  </si>
+  <si>
+    <t>04080608</t>
+  </si>
+  <si>
+    <t>2500ct/gf/black</t>
+  </si>
+  <si>
+    <t>25130.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный овальный;фибергласс;,L=68,5,B=56см;черный</t>
+  </si>
+  <si>
+    <t>04080609</t>
+  </si>
+  <si>
+    <t>2700ct/gf/black</t>
+  </si>
+  <si>
+    <t>26621.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный овальный;фибергласс;,L=73,5,B=60см;черный</t>
+  </si>
+  <si>
+    <t>04080610</t>
+  </si>
+  <si>
+    <t>2900ct/gf/black</t>
+  </si>
+  <si>
+    <t>35763.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный круглый;пластик;D=27,5см;черный</t>
+  </si>
+  <si>
+    <t>04080611</t>
+  </si>
+  <si>
+    <t>1100ct/sp/black</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=51,B=38см;черный</t>
-[...73 lines deleted...]
-  <si>
     <t>Поднос «Проотель» прорезиненный овальный;пластик;,L=59,B=49см;коричнев.</t>
   </si>
   <si>
     <t>04080612</t>
   </si>
   <si>
     <t>2500ct/sp/brown</t>
   </si>
   <si>
     <t>11620.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный овальный;пластик;,L=73,B=60см;черный</t>
   </si>
   <si>
     <t>04080613</t>
   </si>
   <si>
     <t>2900ct/sp/black</t>
   </si>
   <si>
     <t>20867.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;полипроп.;,L=45,5,B=35,5см;черный</t>
   </si>
   <si>
     <t>04080614</t>
   </si>
   <si>
     <t>1418ct/p/black</t>
   </si>
   <si>
     <t>6860.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;полипроп.;,L=51,B=38см;черный</t>
   </si>
   <si>
     <t>04080615</t>
   </si>
   <si>
     <t>1520ct/p/black</t>
   </si>
   <si>
     <t>6111.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;полипроп.;,L=51,B=38см;коричнев.</t>
   </si>
   <si>
     <t>04080616</t>
   </si>
   <si>
     <t>1520ct/p/brown</t>
   </si>
   <si>
     <t>6580.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный круглый;фибергласс;D=27,5см;черный</t>
   </si>
   <si>
     <t>04080617</t>
   </si>
   <si>
     <t>1100ct/gf/black</t>
   </si>
   <si>
     <t>4480.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный круглый;фибергласс;D=35,5см;черный</t>
@@ -1742,53 +1736,50 @@
   <si>
     <t>8332.00₸</t>
   </si>
   <si>
     <t>Поднос «Профи Лайн» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
   </si>
   <si>
     <t>04080690</t>
   </si>
   <si>
     <t>64149.00₸</t>
   </si>
   <si>
     <t>Поднос «Шонер Эссен» прямоугольный с ручками;сталь нерж.;,H=1,L=60,B=36см</t>
   </si>
   <si>
     <t>04080740</t>
   </si>
   <si>
     <t>Schoner Essen</t>
   </si>
   <si>
     <t>33603.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Шонер Эссен» прямоугольный с ручками;сталь нерж.;,L=75,B=44,5см;серебрист.</t>
   </si>
   <si>
     <t>04080741</t>
   </si>
   <si>
     <t>00084</t>
   </si>
   <si>
     <t>31293.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=45,7,B=35,5см;серый</t>
   </si>
   <si>
     <t>04080748</t>
   </si>
   <si>
     <t>1418FF107</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;полипроп.;,L=40,5,B=29,5см;черный</t>
   </si>
   <si>
     <t>04080807</t>
@@ -1826,1262 +1817,1229 @@
   <si>
     <t>JW-A1418P</t>
   </si>
   <si>
     <t>4991.00₸</t>
   </si>
   <si>
     <t>Поднос для Фаст Фуд;пластик;,H=20,L=455,B=355мм;коричнев.</t>
   </si>
   <si>
     <t>04080811</t>
   </si>
   <si>
     <t>3857.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;полипроп.;,L=45,5,B=35,5см;красный</t>
   </si>
   <si>
     <t>04080812</t>
   </si>
   <si>
     <t>4781.00₸</t>
   </si>
   <si>
+    <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=45,7,B=35,5см;голуб.</t>
+  </si>
+  <si>
+    <t>04080814</t>
+  </si>
+  <si>
+    <t>1418FF168</t>
+  </si>
+  <si>
+    <t>5645.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;бежев.</t>
+  </si>
+  <si>
+    <t>04080818</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;белый</t>
+  </si>
+  <si>
+    <t>04080819</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;бордо</t>
+  </si>
+  <si>
+    <t>04080820</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;зелен.</t>
+  </si>
+  <si>
+    <t>04080821</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080822</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;красный</t>
+  </si>
+  <si>
+    <t>04080823</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;синий</t>
+  </si>
+  <si>
+    <t>04080824</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;бежев.</t>
+  </si>
+  <si>
+    <t>04080825</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;белый</t>
+  </si>
+  <si>
+    <t>04080826</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;бордо</t>
+  </si>
+  <si>
+    <t>04080827</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;зелен.</t>
+  </si>
+  <si>
+    <t>04080828</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080829</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;красный</t>
+  </si>
+  <si>
+    <t>04080830</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;синий</t>
+  </si>
+  <si>
+    <t>04080831</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Поднос круглый;поликарбонат;D=35см;прозр.</t>
+  </si>
+  <si>
+    <t>04080838</t>
+  </si>
+  <si>
+    <t>27020350MSC</t>
+  </si>
+  <si>
+    <t>16954.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;пластик;,L=53,B=32,5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04080839</t>
+  </si>
+  <si>
+    <t>CA3253E75</t>
+  </si>
+  <si>
+    <t>Capri</t>
+  </si>
+  <si>
+    <t>12005.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;оранжев.</t>
+  </si>
+  <si>
+    <t>04080841</t>
+  </si>
+  <si>
+    <t>1756.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;оранжев.</t>
+  </si>
+  <si>
+    <t>04080842</t>
+  </si>
+  <si>
+    <t>2303.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Поднос для подачи для 641007, 642035;бамбук;,H=17,L=370,B=240мм</t>
+  </si>
+  <si>
+    <t>04080844</t>
+  </si>
+  <si>
+    <t>25387.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Поднос для подачи для 640692, 646122, 640698;бамбук;,L=28,5,B=15см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080845</t>
+  </si>
+  <si>
+    <t>15897.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;стеклопласт.;,L=53,B=32,5см;свет.-сер.</t>
+  </si>
+  <si>
+    <t>04080848</t>
+  </si>
+  <si>
+    <t>GL4002A27</t>
+  </si>
+  <si>
+    <t>Versa Lite</t>
+  </si>
+  <si>
+    <t>10950.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04080858</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080859</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;красный</t>
+  </si>
+  <si>
+    <t>04080860</t>
+  </si>
+  <si>
+    <t>2888.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;синий</t>
+  </si>
+  <si>
+    <t>04080861</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;абрикос.</t>
+  </si>
+  <si>
+    <t>04080862</t>
+  </si>
+  <si>
+    <t>8070.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=33,B=26см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080872</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=33,B=26см;красный</t>
+  </si>
+  <si>
+    <t>04080873</t>
+  </si>
+  <si>
+    <t>Поднос для подачи прямоугольный;бук;,H=7,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04080874</t>
+  </si>
+  <si>
+    <t>120652.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Стар» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04080879</t>
+  </si>
+  <si>
+    <t>Star</t>
+  </si>
+  <si>
+    <t>41349.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=42,5,B=32см;белый</t>
+  </si>
+  <si>
+    <t>04080880</t>
+  </si>
+  <si>
+    <t>2056.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=42,5,B=32см;зелен.</t>
+  </si>
+  <si>
+    <t>04080881</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;пластик;,L=53,B=32,5см;тем.дерево</t>
+  </si>
+  <si>
+    <t>04080893</t>
+  </si>
+  <si>
+    <t>CA3253E76</t>
+  </si>
+  <si>
+    <t>7870.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=45,B=35см;бежев.</t>
+  </si>
+  <si>
+    <t>04080894</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=45,B=35см;черный</t>
+  </si>
+  <si>
+    <t>04080895</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Проотель» прямоугольный;сосна;,H=48,L=500,B=310мм;коричнев.,деревян.</t>
+  </si>
+  <si>
+    <t>04080896</t>
+  </si>
+  <si>
+    <t>B06-M58L</t>
+  </si>
+  <si>
+    <t>12957.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Проотель» прямоугольный;бамбук;,H=45,L=450,B=300мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080897</t>
+  </si>
+  <si>
+    <t>G14-RX022</t>
+  </si>
+  <si>
+    <t>12082.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=42,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04080898</t>
+  </si>
+  <si>
+    <t>Поднос «Флэт Трэйз» с ободком;пластик;,L=45,4,B=32,7см;черный</t>
+  </si>
+  <si>
+    <t>04080901</t>
+  </si>
+  <si>
+    <t>6810 EL026</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Flat Trays</t>
+  </si>
+  <si>
+    <t>28690.00₸</t>
+  </si>
+  <si>
+    <t>Поднос;пластик;,L=45,7,B=34,3см;белый</t>
+  </si>
+  <si>
+    <t>04080902</t>
+  </si>
+  <si>
+    <t>6811 EL025</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>37509.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный для Фаст Фуд;стеклопласт.;,L=45,B=32см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080924</t>
+  </si>
+  <si>
+    <t>14230.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для приготовления и хранения кондитерских изделий;абс-пластик;,L=60,B=41см;белый</t>
+  </si>
+  <si>
+    <t>04080928</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=41,B=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080929</t>
+  </si>
+  <si>
+    <t>1216FF167</t>
+  </si>
+  <si>
+    <t>3750.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный с ручками;пластик;,L=64,B=40см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080933</t>
+  </si>
+  <si>
+    <t>CA4064HE76</t>
+  </si>
+  <si>
+    <t>24248.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прямоугольный;пластик;,L=37,B=25см;черный</t>
+  </si>
+  <si>
+    <t>04080934</t>
+  </si>
+  <si>
+    <t>15SJ057</t>
+  </si>
+  <si>
+    <t>7399.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=42,5,B=32см;красный</t>
+  </si>
+  <si>
+    <t>04080953</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» овальный;пластик;,L=28,5,B=21,5см;черный</t>
+  </si>
+  <si>
+    <t>04080962</t>
+  </si>
+  <si>
+    <t>KAFFEEHAUS</t>
+  </si>
+  <si>
+    <t>4690.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи прямоугольный с бортом;дуб;,H=39,L=133,B=119мм</t>
+  </si>
+  <si>
+    <t>04080971</t>
+  </si>
+  <si>
+    <t>Q601O-00N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>15701.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=5,L=35,B=35см;черный</t>
+  </si>
+  <si>
+    <t>04080977</t>
+  </si>
+  <si>
+    <t>Q603S-00B</t>
+  </si>
+  <si>
+    <t>26666.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=5,L=30,B=20см</t>
+  </si>
+  <si>
+    <t>04080978</t>
+  </si>
+  <si>
+    <t>Q604F-00N</t>
+  </si>
+  <si>
+    <t>14423.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Поднос для подачи квадратный;дерево;,H=6,L=40,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04080998</t>
+  </si>
+  <si>
+    <t>B7210065</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>47355.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи зеркальный на ножках;стекло;D=50см</t>
+  </si>
+  <si>
+    <t>04081006</t>
+  </si>
+  <si>
+    <t>00983</t>
+  </si>
+  <si>
+    <t>29665.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;черный</t>
+  </si>
+  <si>
+    <t>04081023</t>
+  </si>
+  <si>
+    <t>Поднос круглый;алюмин.;D=35см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081024</t>
+  </si>
+  <si>
+    <t>BOST</t>
+  </si>
+  <si>
+    <t>15462.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прорезиненный овальный;стеклопласт.;,L=59,B=49см;черный</t>
+  </si>
+  <si>
+    <t>04081025</t>
+  </si>
+  <si>
+    <t>2500CT110</t>
+  </si>
+  <si>
+    <t>49026.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;пластик;,L=47,B=36см;красный</t>
+  </si>
+  <si>
+    <t>04081028</t>
+  </si>
+  <si>
+    <t>ALM</t>
+  </si>
+  <si>
+    <t>2164.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;пластик;,L=47,B=35см;серый</t>
+  </si>
+  <si>
+    <t>04081029</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;сталь нерж.;,L=36,5,B=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081103</t>
+  </si>
+  <si>
+    <t>528001-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>16840.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=20,B=14,5см;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04081104</t>
+  </si>
+  <si>
+    <t>5894.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=26,5,B=19,5см;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04081105</t>
+  </si>
+  <si>
+    <t>8757.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=20,B=14,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081106</t>
+  </si>
+  <si>
+    <t>6069.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=26,5,B=19,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081107</t>
+  </si>
+  <si>
+    <t>9037.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный с ручками;сталь нерж.;,L=60,B=47см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081109</t>
+  </si>
+  <si>
+    <t>99608.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Элит» прямоугольный с ручками;сталь нерж.;,L=85,B=50см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081111</t>
+  </si>
+  <si>
+    <t>56024-85</t>
+  </si>
+  <si>
+    <t>302595.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Элит» прямоугольный;сталь нерж.;,L=40,B=26см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081113</t>
+  </si>
+  <si>
+    <t>56020-40</t>
+  </si>
+  <si>
+    <t>34373.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи деревянный;,L=40,B=40см</t>
+  </si>
+  <si>
+    <t>04081114</t>
+  </si>
+  <si>
+    <t>D226.265068</t>
+  </si>
+  <si>
+    <t>24827.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;серый</t>
+  </si>
+  <si>
+    <t>04081131</t>
+  </si>
+  <si>
+    <t>9595.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прорезиненный круглый;фибергласс;D=27,9см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081138</t>
+  </si>
+  <si>
+    <t>1100GR076</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>20852.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Элит» прямоугольный с ручками;сталь нерж.;,L=40,B=26см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081151</t>
+  </si>
+  <si>
+    <t>56024-40</t>
+  </si>
+  <si>
+    <t>77409.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Элит» прямоугольный с ручками;сталь нерж.;,L=50,B=38см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081152</t>
+  </si>
+  <si>
+    <t>56024-50</t>
+  </si>
+  <si>
+    <t>102503.00₸</t>
+  </si>
+  <si>
+    <t>Поднос GN 1/4;пластик;,H=15,L=265,B=162мм;древесн.</t>
+  </si>
+  <si>
+    <t>04081159</t>
+  </si>
+  <si>
+    <t>Tiles</t>
+  </si>
+  <si>
+    <t>14253.00₸</t>
+  </si>
+  <si>
+    <t>Поднос GN 1/4 цвет-дуб;пластик;,H=15,L=265,B=162мм</t>
+  </si>
+  <si>
+    <t>04081162</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=29,B=22см;серебрист.</t>
+  </si>
+  <si>
+    <t>04081168</t>
+  </si>
+  <si>
+    <t>11304.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» прямоугольный;сталь нерж.;,H=15,L=215,B=130мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04081169</t>
+  </si>
+  <si>
+    <t>6867.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Гастро» прорезиненный круглый;стеклопласт.;D=40,5см;черный</t>
+  </si>
+  <si>
+    <t>04081174</t>
+  </si>
+  <si>
+    <t>00549</t>
+  </si>
+  <si>
+    <t>Gastro</t>
+  </si>
+  <si>
+    <t>14399.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=40,L=250,B=125мм</t>
+  </si>
+  <si>
+    <t>04081181</t>
+  </si>
+  <si>
+    <t>Q605S-00O</t>
+  </si>
+  <si>
+    <t>25156.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;алюмин.;D=30,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04082323</t>
+  </si>
+  <si>
+    <t>PT-CS12</t>
+  </si>
+  <si>
+    <t>Genware</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи GN 1/2;,H=23,L=325,B=265мм;черный</t>
+  </si>
+  <si>
+    <t>04082335</t>
+  </si>
+  <si>
+    <t>00921</t>
+  </si>
+  <si>
+    <t>Granite</t>
+  </si>
+  <si>
+    <t>16586.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи GN 1/3;пластик;,H=15,L=325,B=176мм;белый,серый</t>
+  </si>
+  <si>
+    <t>04082343</t>
+  </si>
+  <si>
+    <t>12913.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=5,L=40,B=40см;черный дуб</t>
+  </si>
+  <si>
+    <t>04082352</t>
+  </si>
+  <si>
+    <t>Q629S-00B</t>
+  </si>
+  <si>
+    <t>30261.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;бук;,H=2,L=20,B=10см;деревян.</t>
+  </si>
+  <si>
+    <t>04082355</t>
+  </si>
+  <si>
+    <t>F630O-06N</t>
+  </si>
+  <si>
+    <t>10565.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;бук;,H=2,L=25,B=25см</t>
+  </si>
+  <si>
+    <t>04082356</t>
+  </si>
+  <si>
+    <t>F631O-06N</t>
+  </si>
+  <si>
+    <t>13437.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;бук;,H=2,L=30,B=12см;деревян.</t>
+  </si>
+  <si>
+    <t>04082357</t>
+  </si>
+  <si>
+    <t>F632O-06N</t>
+  </si>
+  <si>
+    <t>12436.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;бук;,H=2,L=30,B=20см;св. дерево</t>
+  </si>
+  <si>
+    <t>04082358</t>
+  </si>
+  <si>
+    <t>F633O-06N</t>
+  </si>
+  <si>
+    <t>13422.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;бук;,H=2,L=20,B=20см;деревян.</t>
+  </si>
+  <si>
+    <t>04082359</t>
+  </si>
+  <si>
+    <t>F634O-06N</t>
+  </si>
+  <si>
+    <t>12413.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полистирол;,L=45,B=35см;серый</t>
+  </si>
+  <si>
+    <t>04082360</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;бук;,H=2,L=37,B=30см;деревян.</t>
+  </si>
+  <si>
+    <t>04082362</t>
+  </si>
+  <si>
+    <t>F636O-06N</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Элемент» GN 1/3;пластик;,H=35,L=325,B=175мм;серый</t>
+  </si>
+  <si>
+    <t>04082363</t>
+  </si>
+  <si>
+    <t>Element</t>
+  </si>
+  <si>
+    <t>22338.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Элемент» GN 2/4;пластик;,H=35,L=530,B=162мм;серый</t>
+  </si>
+  <si>
+    <t>04082364</t>
+  </si>
+  <si>
+    <t>39963.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Элемент» GN 2/4;пластик;,H=15,L=310,B=105мм;серый</t>
+  </si>
+  <si>
+    <t>04082365</t>
+  </si>
+  <si>
+    <t>12798.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=45,7,B=35,6см;бежев.</t>
+  </si>
+  <si>
+    <t>04082370</t>
+  </si>
+  <si>
+    <t>CT141806</t>
+  </si>
+  <si>
+    <t>6453.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный для Фаст Фуд;полистирол;,L=45,B=35,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04082384</t>
+  </si>
+  <si>
+    <t>Mglass</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=42,5,B=32см;бежев.</t>
+  </si>
+  <si>
+    <t>04082387</t>
+  </si>
+  <si>
+    <t>1556.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;пластик;,L=32,5,B=26,5см;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082388</t>
+  </si>
+  <si>
+    <t>CA2632E76</t>
+  </si>
+  <si>
+    <t>6438.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи с выемками;бук;,H=20,L=410,B=185мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082398</t>
+  </si>
+  <si>
+    <t>F645O-06B</t>
+  </si>
+  <si>
+    <t>32032.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Винтаж» прямоугольный;сталь нерж.;,L=26,B=13,5см;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04082505</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>8825.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Винтаж» прямоугольный;сталь нерж.;,H=15,L=380,B=265мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04082506</t>
+  </si>
+  <si>
+    <t>16794.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Винтаж» прямоугольный глубокий;сталь нерж.;,H=30,L=255,B=160мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04082507</t>
+  </si>
+  <si>
+    <t>23917.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=45,B=35см;оранжев.</t>
+  </si>
+  <si>
+    <t>04082523</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,H=75,L=530,B=325мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082536</t>
+  </si>
+  <si>
+    <t>BU_FF014</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>335882.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,H=20,L=325,B=265мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082537</t>
+  </si>
+  <si>
+    <t>BU_FC062</t>
+  </si>
+  <si>
+    <t>146978.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,H=40,L=530,B=162мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082540</t>
+  </si>
+  <si>
+    <t>BU_FF016</t>
+  </si>
+  <si>
+    <t>196735.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;орех;,H=40,L=530,B=108мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04082541</t>
+  </si>
+  <si>
+    <t>BU_FF017</t>
+  </si>
+  <si>
+    <t>187865.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=40,L=530,B=162мм;черный дуб</t>
+  </si>
+  <si>
+    <t>04082542</t>
+  </si>
+  <si>
+    <t>BU_FR034</t>
+  </si>
+  <si>
+    <t>157566.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи;дуб;,H=40,L=530,B=162мм;белый</t>
+  </si>
+  <si>
+    <t>04082543</t>
+  </si>
+  <si>
+    <t>BU_FR044</t>
+  </si>
+  <si>
+    <t>148064.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи с ручками;дуб;,H=4,L=60,B=40см;черный дуб</t>
+  </si>
+  <si>
+    <t>04082549</t>
+  </si>
+  <si>
+    <t>TA_CMBOL</t>
+  </si>
+  <si>
+    <t>192139.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;полипроп.;,L=42,B=30см;оранжев.</t>
+  </si>
+  <si>
+    <t>04082562</t>
+  </si>
+  <si>
+    <t>Поднос теплоизолированный;пластик;,H=10,5,L=53,B=37см;бирюз.,серый</t>
+  </si>
+  <si>
+    <t>04082565</t>
+  </si>
+  <si>
+    <t>ITPD3753T</t>
+  </si>
+  <si>
+    <t>290206.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Гастро» прорезиненный круглый;стеклопласт.;D=275,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04082567</t>
+  </si>
+  <si>
+    <t>11196.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Гастро» прорезиненный круглый;стеклопласт.;D=355,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04082568</t>
+  </si>
+  <si>
+    <t>14145.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прямоугольный;пластик;,L=37,B=25см;черный,красный</t>
+  </si>
+  <si>
+    <t>04082578</t>
+  </si>
+  <si>
+    <t>15SJ057/red</t>
+  </si>
+  <si>
+    <t>6671.00₸</t>
+  </si>
+  <si>
     <t>37 шт.</t>
   </si>
   <si>
-    <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=45,7,B=35,5см;голуб.</t>
-[...1207 lines deleted...]
-  <si>
     <t>Поднос для подачи;орех;,L=18,B=18см;коричнев.</t>
   </si>
   <si>
     <t>04090900</t>
   </si>
   <si>
     <t>42 8900 91 000000</t>
   </si>
   <si>
     <t>Playground</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи прямоугольный;бук;,H=2,L=41,B=30см;бежев.</t>
   </si>
   <si>
     <t>04090989</t>
   </si>
   <si>
     <t>F637O-06N</t>
   </si>
   <si>
     <t>11281.00₸</t>
@@ -3110,51 +3068,51 @@
   <si>
     <t>406576.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи прямоугольный;бук;,H=2,L=47,B=32см;деревян.</t>
   </si>
   <si>
     <t>04082548</t>
   </si>
   <si>
     <t>F650O-06N</t>
   </si>
   <si>
     <t>19828.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи «Нэро» GN 1/2;пластик;,H=25,L=325,B=265мм;черный</t>
   </si>
   <si>
     <t>04082584</t>
   </si>
   <si>
     <t>Nero</t>
   </si>
   <si>
-    <t>26381.00₸</t>
+    <t>28005.00₸</t>
   </si>
   <si>
     <t>Поднос для арт 09100 и 09104;сталь нерж.;,H=10,L=395,B=285мм;металлич.</t>
   </si>
   <si>
     <t>04082581</t>
   </si>
   <si>
     <t>9625.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;стеклопласт.;,L=53,B=32,5см;серый</t>
   </si>
   <si>
     <t>04082575</t>
   </si>
   <si>
     <t>GL4002A83</t>
   </si>
   <si>
     <t>22022.00₸</t>
   </si>
   <si>
     <t>04082586</t>
   </si>
@@ -3176,81 +3134,162 @@
   <si>
     <t>19901-35</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>53269.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;акрил;,H=17,L=380,B=280мм;черный</t>
   </si>
   <si>
     <t>04082604</t>
   </si>
   <si>
     <t>A00003034</t>
   </si>
   <si>
     <t>Plexiline</t>
   </si>
   <si>
     <t>42897.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос прямоугольный;акрил;,H=17,L=280,B=140мм;черный</t>
   </si>
   <si>
     <t>04082605</t>
   </si>
   <si>
     <t>A00009325</t>
   </si>
   <si>
     <t>Поднос угловой 135°;акрил;,H=17,L=280,B=135мм;черный</t>
   </si>
   <si>
     <t>04082606</t>
   </si>
   <si>
     <t>A00009330</t>
   </si>
   <si>
     <t>46123.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,H=22,L=425,B=320мм;коричнев.</t>
   </si>
   <si>
     <t>04082399</t>
   </si>
   <si>
     <t>2203.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Нэро» GN 1/2;пластик;,H=25,L=325,B=260мм;бежев.</t>
+  </si>
+  <si>
+    <t>04082609</t>
+  </si>
+  <si>
+    <t>17388.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Нослайд» прорезиненный круглый;стеклопласт.;D=275,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04082611</t>
+  </si>
+  <si>
+    <t>00547</t>
+  </si>
+  <si>
+    <t>NOSLIDE</t>
+  </si>
+  <si>
+    <t>6608.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи «Эмма» GN 1/2;пластик;,H=30,L=325,B=260мм;черный</t>
+  </si>
+  <si>
+    <t>04082608</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>21042.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Нослайд» прорезиненный круглый;стеклопласт.;D=355,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04082612</t>
+  </si>
+  <si>
+    <t>00548</t>
+  </si>
+  <si>
+    <t>8344.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Грипзон» прорезиненный круглый;стеклопласт.;D=360,H=35мм;черный</t>
+  </si>
+  <si>
+    <t>04082610</t>
+  </si>
+  <si>
+    <t>00500</t>
+  </si>
+  <si>
+    <t>GRIPZONE</t>
+  </si>
+  <si>
+    <t>21999.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи прямоугольный;акация;,H=15,L=250,B=170мм;деревян.</t>
+  </si>
+  <si>
+    <t>04090957</t>
+  </si>
+  <si>
+    <t>00793</t>
+  </si>
+  <si>
+    <t>ТАИЛАНД</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» квадратный;сталь нерж.;,H=15,L=230,B=230мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04081364</t>
+  </si>
+  <si>
+    <t>9478.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3265,51 +3304,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58FE21D8-2A7D-11EF-BC52-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AF69-21C3-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB38B6-21C3-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F82-424E-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096DE0-21C4-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096E92-21C4-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD3-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD4-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DEE7C-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD5-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD6-424B-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD7-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD8-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD9-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDA-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDB-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDC-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDD-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDF-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BE1-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539EE-424B-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CCC-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EED-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADCD2-AEC9-11EE-BC40-00505692492F24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EEF-424B-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC853-424B-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62608-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62416-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5E43A4-8146-11E9-BBBA-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777E12-424C-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E6A2-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC7-4251-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6796-424C-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADF44-AEC9-11EE-BC40-00505692492F34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCE-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCF-424B-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3451-E3D3-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099373-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCD1-424B-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5C3-424B-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE60-424B-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE61-424B-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EE-424B-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EF-424B-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F1-424B-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F2-424B-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F3-424B-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51E5F309-F161-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F5-424B-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F6-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84112801-424B-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9ED3-424B-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3ADAB75-4A7C-11EB-BBE0-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5B-424B-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5D-424B-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2AC5FC2-E3D3-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B395-424C-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57C6C-21C3-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB55-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC5FD-21C4-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AA8D-AEC9-11EE-BC40-00505692492F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A4-424E-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A5-424E-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39694-F161-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A7-424E-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39692-F161-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E2-424F-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB56-424F-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB57-424F-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC87D-21C4-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A36D-424F-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1ACD7-21C3-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AAF7-21C3-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AB97-21C3-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AA57-21C3-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57F8C-21C3-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57E4C-21C3-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2154-424D-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2155-424D-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2156-424D-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2157-424D-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2158-424D-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2159-424D-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215A-424D-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215B-424D-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215C-424D-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215D-424D-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215E-424D-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1474-424D-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75FFD-21C4-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1476-424D-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75F4B-21C4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF5803E-21C3-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF580DE-21C3-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147A-424D-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57EEC-21C3-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147C-424D-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147D-424D-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147E-424D-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096C8E-21C4-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1480-424D-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096BDC-21C4-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1482-424D-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096B2A-21C4-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1484-424D-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1485-424D-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1486-424D-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1487-424D-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1488-424D-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1489-424D-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F762C5-21C4-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76377-21C4-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76161-21C4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76213-21C4-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148E-424D-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148F-424D-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149A-424D-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149B-424D-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149C-424D-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149D-424D-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F760AF-21C4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4542-424D-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4543-424D-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3DC8-21C3-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299D0-424E-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A212B-424E-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCA07-21C3-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC955-21C3-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC8A3-21C3-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC7F1-21C3-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62568-21C3-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17287EB9-21C4-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2CB4-21C4-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57D0C-21C3-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D77-4254-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCAB9-21C3-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E624C8-21C3-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC73F-21C3-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC68D-21C3-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC5DB-21C3-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC477-21C3-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728828B-21C4-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC529-21C3-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E626BA-21C3-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B6-4250-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B7-4250-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B8-4250-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B9-4250-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF19C-21C3-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BB-4250-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BC-4250-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BD-4250-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BE-4250-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BF-4250-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C0-4250-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C1-4250-11E8-A155-00259035BB67156.gif"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C2-4250-11E8-A155-00259035BB67157.gif"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C3-4250-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964F4-4251-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345191-4251-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B3-4251-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B4-4251-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D258-4252-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D259-4252-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7A29A85-C0FE-11EA-BBD8-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C7-4252-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C8-4252-11E8-A155-00259035BB67167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C9-4252-11E8-A155-00259035BB67168.gif"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CA-4252-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AE17-21C3-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D701B-4253-11E8-A155-00259035BB67171.gif"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133DA-4253-11E8-A155-00259035BB67172.gif"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC4EE4D-F161-11EB-BBF2-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57BCC-21C3-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809405-4253-11E8-A155-00259035BB67175.gif"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809406-4253-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F74004C-8149-11E9-BBBA-005056921CC4177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A4446EF-8149-11E9-BBBA-005056921CC4178.gif"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B009-21C3-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AEB7-21C3-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F8F4451-73DB-11F0-BC5A-00505692E049181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC89FE21-E3D3-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF24E-21C3-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C3F-4250-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C40-4250-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693F3-4251-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354174-4252-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2A9DB-AEC9-11EE-BC40-00505692492F188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BC1-4252-11E8-A155-00259035BB67189.gif"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0B5F-45F0-11EF-BC57-00505692E049190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3956-21C3-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F3968C-F161-11EB-BBF2-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2D54-21C4-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172883CB-21C4-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728846B-21C4-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B55EF6-1DC1-11EA-BBC7-005056921CC4196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22B2-4251-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF300-21C3-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC69D-21C4-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75CCB-21C4-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D5-E3D3-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC36B-21C4-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B0971C4-21C4-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E4-4250-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E5-4250-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB444A-4250-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1CF-4250-11E8-A155-00259035BB67207.gif"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1D1-4250-11E8-A155-00259035BB67208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF4E0-21C3-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75E0B-21C4-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDAD-4252-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AB51-AEC9-11EE-BC40-00505692492F212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30735178-4253-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA42F-4253-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776466A8-F161-11EB-BBF2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459EE05E-F161-11EB-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096F44-21C4-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B28BE-21C4-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64E36F92-F161-11EB-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC9-F161-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC3-F161-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A2D8F3D-E135-11E9-BBC6-005056921CC4222.gif"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2C14-21C4-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2AB0-21C4-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2A10-21C4-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B295E-21C4-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2B62-21C4-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF0FC-21C3-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA733C5-2666-11EA-BBCA-005056921CC4229.gif"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E29A-21C4-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEFC0A2B-75C4-11EA-BBD2-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFA61EF-F161-11EB-BBF2-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B0BB-21C3-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA8E4-EAEE-11EF-BC4E-00505692C447234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3A08-21C3-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3C88-21C3-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F52C5185-1A7B-11ED-BBFC-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B6-C5EA-11EB-BBF1-005056926DAF238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BA-C5EA-11EB-BBF1-005056926DAF239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B9-C5EA-11EB-BBF1-005056926DAF240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BB-C5EA-11EB-BBF1-005056926DAF241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AAF0AB-1F03-11ED-BBFC-005056921CC4242.gif"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1685-CFDA-11ED-BC05-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1749-CFDA-11ED-BC05-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17902-D795-11ED-BC05-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D179B5-D795-11ED-BC05-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17A55-D795-11ED-BC05-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17AF5-D795-11ED-BC05-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B85C-F4B0-11ED-BC09-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251FA74-1CC0-11EE-BC0C-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527D7079-4196-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB886C-6C40-11EE-BC0F-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB87CC-6C40-11EE-BC0F-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2AF837-C510-11EE-BC41-00505692492F254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C9313E-21C7-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7AE-EA57-11EB-BBF2-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADBC6-AEC9-11EE-BC40-00505692492F257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AB0A8-A6C2-11EF-BC53-00505692E2D0258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B45550B6-A6C2-11EF-BC53-00505692E2D0259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AAE34-A6C2-11EF-BC53-00505692E2D0260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA9BA-EAEE-11EF-BC4E-00505692C447261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746531C5-3C8C-11F0-BC59-00505692E049262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A65B8B4-3C8C-11F0-BC59-00505692E049263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74653032-3C8C-11F0-BC59-00505692E049264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F1721-7EDB-11F0-BC56-00505692C447265.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58FE21D8-2A7D-11EF-BC52-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AF69-21C3-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB38B6-21C3-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F82-424E-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096DE0-21C4-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096E92-21C4-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD3-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD4-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DEE7C-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD5-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD6-424B-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD7-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD8-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD9-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDA-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDB-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDC-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDD-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDF-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BE1-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539EE-424B-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CCC-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EED-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADCD2-AEC9-11EE-BC40-00505692492F24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EEF-424B-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC853-424B-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62608-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62416-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5E43A4-8146-11E9-BBBA-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777E12-424C-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E6A2-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC7-4251-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6796-424C-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADF44-AEC9-11EE-BC40-00505692492F34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCE-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCF-424B-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3451-E3D3-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099373-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCD1-424B-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5C3-424B-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE60-424B-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE61-424B-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EE-424B-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EF-424B-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F1-424B-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F2-424B-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F3-424B-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51E5F309-F161-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F5-424B-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F6-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84112801-424B-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9ED3-424B-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3ADAB75-4A7C-11EB-BBE0-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5B-424B-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2AC5FC2-E3D3-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B395-424C-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57C6C-21C3-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB55-424F-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC5FD-21C4-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AA8D-AEC9-11EE-BC40-00505692492F60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A4-424E-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A5-424E-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39694-F161-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A7-424E-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39692-F161-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E2-424F-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB56-424F-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB57-424F-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC87D-21C4-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A36D-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1ACD7-21C3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AAF7-21C3-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AB97-21C3-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AA57-21C3-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57F8C-21C3-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57E4C-21C3-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2154-424D-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2155-424D-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2156-424D-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2157-424D-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2158-424D-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2159-424D-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215A-424D-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215B-424D-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215C-424D-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215D-424D-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215E-424D-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1474-424D-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75FFD-21C4-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1476-424D-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75F4B-21C4-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF5803E-21C3-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF580DE-21C3-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147A-424D-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57EEC-21C3-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147C-424D-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147D-424D-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147E-424D-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096C8E-21C4-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1480-424D-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096BDC-21C4-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1482-424D-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096B2A-21C4-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1484-424D-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1485-424D-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1486-424D-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1487-424D-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1488-424D-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1489-424D-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F762C5-21C4-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76377-21C4-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76161-21C4-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76213-21C4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148E-424D-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148F-424D-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149A-424D-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149B-424D-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149C-424D-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149D-424D-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F760AF-21C4-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4542-424D-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4543-424D-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3DC8-21C3-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299D0-424E-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A212B-424E-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCA07-21C3-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC955-21C3-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC8A3-21C3-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC7F1-21C3-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62568-21C3-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17287EB9-21C4-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2CB4-21C4-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57D0C-21C3-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D77-4254-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCAB9-21C3-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E624C8-21C3-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC73F-21C3-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC68D-21C3-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC5DB-21C3-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC477-21C3-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728828B-21C4-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC529-21C3-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E626BA-21C3-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B6-4250-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B7-4250-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B8-4250-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B9-4250-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF19C-21C3-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BB-4250-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BC-4250-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BD-4250-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BE-4250-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BF-4250-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C0-4250-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C1-4250-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C2-4250-11E8-A155-00259035BB67156.gif"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C3-4250-11E8-A155-00259035BB67157.gif"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964F4-4251-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345191-4251-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B3-4251-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B4-4251-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D258-4252-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D259-4252-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7A29A85-C0FE-11EA-BBD8-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C7-4252-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C8-4252-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C9-4252-11E8-A155-00259035BB67167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CA-4252-11E8-A155-00259035BB67168.gif"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AE17-21C3-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D701B-4253-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133DA-4253-11E8-A155-00259035BB67171.gif"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC4EE4D-F161-11EB-BBF2-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57BCC-21C3-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809405-4253-11E8-A155-00259035BB67174.gif"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809406-4253-11E8-A155-00259035BB67175.gif"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A4446EF-8149-11E9-BBBA-005056921CC4176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B009-21C3-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AEB7-21C3-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F8F4451-73DB-11F0-BC5A-00505692E049179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC89FE21-E3D3-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF24E-21C3-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C3F-4250-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C40-4250-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693F3-4251-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354174-4252-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2A9DB-AEC9-11EE-BC40-00505692492F186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BC1-4252-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0B5F-45F0-11EF-BC57-00505692E049188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3956-21C3-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F3968C-F161-11EB-BBF2-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2D54-21C4-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172883CB-21C4-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728846B-21C4-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B55EF6-1DC1-11EA-BBC7-005056921CC4194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22B2-4251-11E8-A155-00259035BB67195.gif"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF300-21C3-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC69D-21C4-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75CCB-21C4-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D5-E3D3-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC36B-21C4-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B0971C4-21C4-11EE-BC0D-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E4-4250-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E5-4250-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB444A-4250-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1CF-4250-11E8-A155-00259035BB67205.gif"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1D1-4250-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF4E0-21C3-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75E0B-21C4-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AB51-AEC9-11EE-BC40-00505692492F209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30735178-4253-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA42F-4253-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776466A8-F161-11EB-BBF2-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459EE05E-F161-11EB-BBF2-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9811-4254-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096F44-21C4-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B28BE-21C4-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64E36F92-F161-11EB-BBF2-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC9-F161-11EB-BBF2-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC3-F161-11EB-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A2D8F3D-E135-11E9-BBC6-005056921CC4220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2C14-21C4-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2AB0-21C4-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2A10-21C4-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B295E-21C4-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3B2B62-21C4-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF0FC-21C3-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA733C5-2666-11EA-BBCA-005056921CC4227.gif"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E29A-21C4-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEFC0A2B-75C4-11EA-BBD2-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFA61EF-F161-11EB-BBF2-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B0BB-21C3-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA8E4-EAEE-11EF-BC4E-00505692C447232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3A08-21C3-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3C88-21C3-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F52C5185-1A7B-11ED-BBFC-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BA-C5EA-11EB-BBF1-005056926DAF236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B9-C5EA-11EB-BBF1-005056926DAF237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BB-C5EA-11EB-BBF1-005056926DAF238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AAF0AB-1F03-11ED-BBFC-005056921CC4239.gif"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1685-CFDA-11ED-BC05-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1749-CFDA-11ED-BC05-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17902-D795-11ED-BC05-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D179B5-D795-11ED-BC05-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17A55-D795-11ED-BC05-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35D17AF5-D795-11ED-BC05-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B85C-F4B0-11ED-BC09-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251FA74-1CC0-11EE-BC0C-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527D7079-4196-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB886C-6C40-11EE-BC0F-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB87CC-6C40-11EE-BC0F-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2AF837-C510-11EE-BC41-00505692492F251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C9313E-21C7-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7AE-EA57-11EB-BBF2-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADBC6-AEC9-11EE-BC40-00505692492F254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AB0A8-A6C2-11EF-BC53-00505692E2D0255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B45550B6-A6C2-11EF-BC53-00505692E2D0256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AAE34-A6C2-11EF-BC53-00505692E2D0257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA9BA-EAEE-11EF-BC4E-00505692C447258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746531C5-3C8C-11F0-BC59-00505692E049259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A65B8B4-3C8C-11F0-BC59-00505692E049260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74653032-3C8C-11F0-BC59-00505692E049261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F1721-7EDB-11F0-BC56-00505692C447262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D044631C-C7F0-11F0-BC5A-00505692E2D0263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D04476A5-C7F0-11F0-BC5A-00505692E2D0264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDD0CBB5-C7F0-11F0-BC5A-00505692E2D0265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0446F7A-C7F0-11F0-BC5A-00505692E2D0266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3C929B4-C7F0-11F0-BC5A-00505692E2D0267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDD0C0C8-C7F0-11F0-BC5A-00505692E2D0268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3C90FC4-C7F0-11F0-BC5A-00505692E2D0269.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -9214,81 +9253,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -9454,81 +9493,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="206" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>210</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="207" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>211</xdr:row>
+      <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="208" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -10894,171 +10933,171 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="254" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>259</xdr:row>
+      <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="255" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>260</xdr:row>
+      <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="256" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>261</xdr:row>
+      <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="257" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="258" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>265</xdr:row>
+      <xdr:row>267</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="259" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -11207,50 +11246,170 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="265" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="269" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -11509,62 +11668,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-tognana-03025255/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plastikovyy-restola-04022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plastikovyy-restola-04022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080105/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080106/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080107/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080110/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080111/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080112/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080113/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080114/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080115/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080117/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080118/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080122/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080124/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080125/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080126/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080129/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080130/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080131/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080132/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080142/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080143/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080161/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080192/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080199/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080282/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-04080409/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080444/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080447/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080506/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080507/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080508/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-ilsa-04080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-eternum-04080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080513/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080514/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080515/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080516/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080517/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080519/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080520/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080521/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080522/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080523/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080524/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080525/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080527/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080528/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-oval-s-ruchk-aps-04080530/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-oval-s-ruchk-aps-04080531/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougs-ruchkami-aps-04080541/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080542/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080559/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080561/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-pintinox-04080563/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04080568/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080572/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080573/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080574/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080575/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080580/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080581/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080583/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080584/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080585/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080587/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080593/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080594/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080595/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080599/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080607/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080608/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080609/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080611/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080613/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080614/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080615/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080616/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080617/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080618/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080619/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080620/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080622/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080623/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080624/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080625/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080626/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080627/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080628/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080629/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080631/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080633/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080634/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080635/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080636/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080637/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080638/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080639/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080641/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080642/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080643/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080644/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080645/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080647/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080648/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080649/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080650/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080651/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080652/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080663/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080667/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080668/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080669/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080670/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080675/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kvadratnyy-revol-04080677/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-matfer-04080683/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080690/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080740/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080741/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080748/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080808/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080809/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080810/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-fast-fud-prohotel-04080811/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080812/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080814/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080818/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080819/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080822/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080823/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080824/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080825/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080826/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080827/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080828/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080829/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080830/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080831/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-ilsa-04080838/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080839/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080842/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-d-art641007-642035-revol-04080844/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-art640692-646122-640698-revol-04080845/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080848/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080858/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080859/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080860/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080861/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080862/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080872/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080873/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-revol-04080874/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080879/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080880/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080881/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-100-chef-04080882/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080893/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080894/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080895/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080896/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080897/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080898/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-obodkom-steelite-04080901/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-steelite-04080902/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080924/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-prigotovleniya-i-hraneniya-konditerskih-izdeliy-matfer-04080928/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080929/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080933/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04080934/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080953/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04080962/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04080971/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080977/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080978/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-kvadratnyy-serax-04080998/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-zerkalnyy-na-nozhkah-aps-04081006/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04081023/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-bost-04081024/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04081025/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-alm-04081028/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-alm-04081029/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-linden-04081103/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081104/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081105/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081106/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081107/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-pintinox-04081109/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081113/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-derev-04081114/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04081131/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-carlisle-04081138/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-linden-04081147/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081151/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081152/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-gn-1-4-aps-04081159/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-gn-1-4-aps-04081162/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081168/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-aps-04081174/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04081181/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-genware-04082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-2-aps-04082335/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082343/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082352/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082355/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082356/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082357/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082358/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082359/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04082360/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082362/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082363/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082364/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082365/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-carlisle-04082370/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-mglass-04082384/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04082387/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04082388/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-s-vyemkami-ppwood-04082398/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04082504/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082505/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082506/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-glubokiy-aps-04082507/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04082523/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082536/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082537/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082540/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082541/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082542/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082543/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082549/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-restola-04082562/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-cambro-04082565/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082567/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082568/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04082578/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-bauscher-04090900/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-ppwood-04090989/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-09100311/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-craster-04082574/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082548/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04082584/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082581/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-cambro-04082575/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-restola-04082586/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04082583/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-paderno-04082599/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plexiline-04082604/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plexiline-04082605/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plexiline-04082606/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-restola-04082399/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-tognana-03025255/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plastikovyy-restola-04022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plastikovyy-restola-04022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080105/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080106/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080107/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080110/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080111/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080112/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080113/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080114/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080115/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080117/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080118/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080122/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080124/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080125/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080126/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080129/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080130/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080131/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080132/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080142/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080143/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080161/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080192/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080199/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080282/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-04080409/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080444/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080447/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080506/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080507/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080508/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-ilsa-04080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-eternum-04080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080513/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080514/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080515/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080516/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080517/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080519/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080520/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080521/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080522/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080523/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080524/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080525/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080527/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080528/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-oval-s-ruchk-aps-04080530/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougs-ruchkami-aps-04080541/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080542/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080559/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080561/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-pintinox-04080563/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04080568/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080572/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080573/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080574/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080575/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080580/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080581/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080583/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080584/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080585/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080587/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080593/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080594/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080595/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080599/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080607/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080608/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080609/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080611/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080613/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080614/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080615/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080616/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080617/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080618/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080619/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080620/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080622/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080623/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080624/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080625/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080626/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080627/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080628/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080629/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080631/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080633/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080634/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080635/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080636/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080637/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080638/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080639/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080641/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080642/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080643/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080644/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080645/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080647/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080648/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080649/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080650/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080651/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080652/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080663/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080667/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080668/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080669/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080670/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080675/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kvadratnyy-revol-04080677/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-matfer-04080683/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080690/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080740/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080741/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080748/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080808/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080809/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080810/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-fast-fud-prohotel-04080811/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080812/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080814/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080818/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080819/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080822/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080823/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080824/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080825/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080826/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080827/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080828/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080829/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080830/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080831/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-ilsa-04080838/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080839/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080842/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-d-art641007-642035-revol-04080844/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-art640692-646122-640698-revol-04080845/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080848/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080858/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080859/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080860/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080861/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080862/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080872/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080873/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-revol-04080874/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080879/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080880/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080881/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080893/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080894/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080895/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080896/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-prohotel-04080897/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080898/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-obodkom-steelite-04080901/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-steelite-04080902/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080924/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-prigotovleniya-i-hraneniya-konditerskih-izdeliy-matfer-04080928/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080929/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080933/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04080934/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04080953/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04080962/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-pryamougolnyy-s-bortom-ppwood-04080971/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080977/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04080978/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-kvadratnyy-serax-04080998/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-zerkalnyy-na-nozhkah-aps-04081006/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04081023/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-bost-04081024/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04081025/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-alm-04081028/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-alm-04081029/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-linden-04081103/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081104/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081105/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081106/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081107/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-pintinox-04081109/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081113/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-derev-04081114/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04081131/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-carlisle-04081138/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081151/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081152/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-gn-1-4-aps-04081159/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-gn-1-4-aps-04081162/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081168/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04081169/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-aps-04081174/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04081181/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-genware-04082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-2-aps-04082335/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082343/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082352/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082355/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082356/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082357/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082358/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082359/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04082360/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082362/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082363/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082364/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082365/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-carlisle-04082370/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-mglass-04082384/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04082387/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-cambro-04082388/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-s-vyemkami-ppwood-04082398/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082505/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082506/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-glubokiy-aps-04082507/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-restola-04082523/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082536/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082537/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082540/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082541/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082542/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082543/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-craster-04082549/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-restola-04082562/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-cambro-04082565/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082567/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082568/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04082578/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-bauscher-04090900/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-servirovochnyy-pryamougolnyy-ppwood-04090989/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-09100311/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-craster-04082574/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-ppwood-04082548/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04082584/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082581/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-cambro-04082575/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-restola-04082586/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04082583/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-paderno-04082599/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plexiline-04082604/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plexiline-04082605/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-plexiline-04082606/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-restola-04082399/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04082609/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082611/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04082608/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082612/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082610/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-aps-04090957/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04081364/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L274"/>
+  <dimension ref="A1:L278"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I274" sqref="I274"/>
+      <selection activeCell="I278" sqref="I278"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -11637,8833 +11796,8957 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="0">
         <v>422108809</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L3" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D4" s="0">
         <v>422108909</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" s="0">
         <v>3253101</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>113</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>114</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>115</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>126</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="L26" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E30" s="0"/>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L30" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L31" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E32" s="0"/>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D33" s="0">
         <v>11100</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L33" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="B34" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E34" s="0"/>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L34" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D35" s="0">
         <v>1730</v>
       </c>
       <c r="E35" s="0"/>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L35" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D37" s="0">
         <v>230</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F37" s="0">
         <v>-2</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L37" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D38" s="0">
         <v>237</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F38" s="0">
         <v>-2</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L38" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D39" s="0">
         <v>241</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F39" s="0">
         <v>-2</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L39" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D41" s="0">
         <v>337</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F41" s="0">
         <v>-2</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="L41" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L43" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="L44" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L45" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L46" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L47" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L48" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L49" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>30</v>
+        <v>235</v>
       </c>
       <c r="L51" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D53" s="0">
         <v>341</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F53" s="0">
         <v>-2</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L53" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D54" s="0">
         <v>540</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F54" s="0">
         <v>-2</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="L54" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D55" s="0">
         <v>13122</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L55" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L56" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F57" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>258</v>
+      </c>
       <c r="G57" s="0" t="s">
-        <v>157</v>
+        <v>17</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>261</v>
+      </c>
+      <c r="D58" s="0">
+        <v>11295</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>43</v>
+        <v>136</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>11295</v>
+        <v>265</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>266</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>157</v>
+        <v>17</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="L59" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="L60" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>186</v>
+        <v>275</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>187</v>
+        <v>276</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L61" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="F62" s="0"/>
+        <v>281</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>282</v>
+      </c>
       <c r="G62" s="0" t="s">
         <v>276</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>281</v>
+        <v>156</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>282</v>
+        <v>196</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>276</v>
+        <v>158</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>43</v>
+        <v>302</v>
       </c>
       <c r="L66" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="L67" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L69" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>313</v>
+        <v>136</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>320</v>
+      </c>
+      <c r="D71" s="0">
+        <v>11048</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="F71" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>157</v>
+      </c>
       <c r="G71" s="0" t="s">
-        <v>187</v>
+        <v>158</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>318</v>
+        <v>44</v>
       </c>
       <c r="L71" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>319</v>
+        <v>154</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D72" s="0">
-        <v>11048</v>
+        <v>11000</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>321</v>
+        <v>159</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>43</v>
+        <v>183</v>
       </c>
       <c r="L72" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>153</v>
+        <v>323</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D73" s="0">
-        <v>11000</v>
+        <v>275001</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>157</v>
+        <v>326</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>158</v>
+        <v>327</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>323</v>
+        <v>44</v>
       </c>
       <c r="L73" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C74" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="D74" s="0">
+        <v>275003</v>
+      </c>
+      <c r="E74" s="0" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D75" s="0">
-        <v>275003</v>
+        <v>275090</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D76" s="0">
-        <v>275090</v>
+        <v>275004</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>275004</v>
+        <v>338</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>339</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>327</v>
+        <v>17</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>43</v>
+        <v>342</v>
       </c>
       <c r="L77" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="D78" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="E78" s="0" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>343</v>
+        <v>44</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L80" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>356</v>
+        <v>27</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="L83" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>343</v>
+        <v>20</v>
       </c>
       <c r="L84" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>356</v>
+        <v>27</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="L86" s="0">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="L87" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>385</v>
+        <v>342</v>
       </c>
       <c r="L88" s="0">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="L89" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>30</v>
+        <v>342</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>385</v>
+        <v>342</v>
       </c>
       <c r="L94" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>385</v>
+        <v>37</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L98" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>30</v>
+        <v>342</v>
       </c>
       <c r="L101" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>385</v>
+        <v>367</v>
       </c>
       <c r="L102" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="L107" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="L108" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="L110" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="L112" s="0">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="L113" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>385</v>
+        <v>367</v>
       </c>
       <c r="L114" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="L115" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="L116" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>30</v>
+        <v>342</v>
       </c>
       <c r="L117" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>385</v>
+        <v>342</v>
       </c>
       <c r="L118" s="0">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="L120" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>30</v>
+        <v>342</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="E125" s="0"/>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L125" s="0">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="E126" s="0"/>
+        <v>531</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>340</v>
+      </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>43</v>
+        <v>367</v>
       </c>
       <c r="L126" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="L127" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L128" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="L129" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="L130" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>343</v>
+        <v>77</v>
       </c>
       <c r="L131" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>341</v>
+        <v>34</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L132" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>558</v>
+      </c>
+      <c r="D133" s="0">
+        <v>641794</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>34</v>
+        <v>559</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>35</v>
+        <v>326</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L133" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-        <v>641794</v>
+        <v>563</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>564</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>561</v>
+        <v>325</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L134" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>567</v>
+      </c>
+      <c r="D135" s="0">
+        <v>11300</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="F135" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>157</v>
+      </c>
       <c r="G135" s="0" t="s">
-        <v>327</v>
+        <v>158</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>562</v>
+        <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L135" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D136" s="0">
-        <v>11300</v>
+        <v>81</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>156</v>
+        <v>571</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="E137" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F137" s="0" t="s">
         <v>571</v>
       </c>
-      <c r="C137" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G137" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>575</v>
+        <v>44</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>157</v>
+        <v>35</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>579</v>
+        <v>135</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L138" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>580</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>581</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>582</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>34</v>
+        <v>340</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>135</v>
+        <v>583</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="L139" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>586</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L140" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>587</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>588</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>589</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>30</v>
+        <v>342</v>
       </c>
       <c r="L141" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>590</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>591</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="L142" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>596</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L143" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>597</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>598</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>599</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L144" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
         <v>600</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>601</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>341</v>
+        <v>34</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>603</v>
+        <v>44</v>
       </c>
       <c r="L145" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>604</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>605</v>
       </c>
-      <c r="D146" s="0" t="s">
-        <v>606</v>
+      <c r="D146" s="0">
+        <v>422106607</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="L146" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>608</v>
       </c>
-      <c r="C147" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" s="0">
-        <v>422106607</v>
+        <v>422106601</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L147" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="C148" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D148" s="0">
-        <v>422106601</v>
+        <v>422106621</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>356</v>
+        <v>27</v>
       </c>
       <c r="L148" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D149" s="0">
-        <v>422106621</v>
+        <v>422106609</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>616</v>
       </c>
-      <c r="C150" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" s="0">
-        <v>422106609</v>
+        <v>422106614</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>618</v>
+        <v>606</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>43</v>
+        <v>342</v>
       </c>
       <c r="L150" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="D151" s="0">
-        <v>422106614</v>
+        <v>422106604</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="L151" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D152" s="0">
-        <v>422106604</v>
+        <v>422106617</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L152" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="D153" s="0">
-        <v>422106617</v>
+        <v>422106707</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>610</v>
+        <v>623</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L153" s="0">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C154" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="C154" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" s="0">
-        <v>422106707</v>
+        <v>422106701</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L154" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D155" s="0">
-        <v>422106701</v>
+        <v>422106721</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L155" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="D156" s="0">
-        <v>422106721</v>
+        <v>422106709</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>632</v>
+        <v>77</v>
       </c>
       <c r="L156" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="D157" s="0">
-        <v>422106709</v>
+        <v>422106714</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="L157" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="D158" s="0">
-        <v>422106714</v>
+        <v>422106704</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>30</v>
+        <v>635</v>
       </c>
       <c r="L158" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="D159" s="0">
-        <v>422106704</v>
+        <v>422106717</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>20</v>
+        <v>638</v>
       </c>
       <c r="L159" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="C160" s="0" t="s">
         <v>640</v>
       </c>
-      <c r="C160" s="0" t="s">
+      <c r="D160" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="D160" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E160" s="0" t="s">
-        <v>23</v>
+        <v>187</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>627</v>
+        <v>642</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>642</v>
+        <v>44</v>
       </c>
       <c r="L160" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
         <v>643</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>644</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>645</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="F161" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F161" s="0" t="s">
+        <v>646</v>
+      </c>
       <c r="G161" s="0" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>323</v>
+        <v>44</v>
       </c>
       <c r="L161" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="D162" s="0" t="s">
         <v>649</v>
       </c>
+      <c r="D162" s="0">
+        <v>422106708</v>
+      </c>
       <c r="E162" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L162" s="0">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>652</v>
       </c>
-      <c r="C163" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" s="0">
-        <v>422106708</v>
+        <v>422106608</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>43</v>
+        <v>654</v>
       </c>
       <c r="L163" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>655</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>656</v>
       </c>
       <c r="D164" s="0">
-        <v>422106608</v>
+        <v>645196</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>23</v>
+        <v>559</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>657</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>658</v>
       </c>
       <c r="L164" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
         <v>659</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>660</v>
       </c>
       <c r="D165" s="0">
-        <v>645196</v>
+        <v>645200</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>327</v>
+        <v>17</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>661</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>103</v>
+        <v>662</v>
       </c>
       <c r="L165" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>645200</v>
+        <v>664</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>665</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="F166" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F166" s="0" t="s">
+        <v>666</v>
+      </c>
       <c r="G166" s="0" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>665</v>
+        <v>44</v>
       </c>
       <c r="L166" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>669</v>
+      </c>
+      <c r="D167" s="0">
+        <v>42210780799</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>670</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L167" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>671</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>672</v>
       </c>
       <c r="D168" s="0">
-        <v>42210780799</v>
+        <v>422107814</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>674</v>
+        <v>37</v>
       </c>
       <c r="L168" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="D169" s="0">
-        <v>422107814</v>
+        <v>422107804</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>677</v>
+        <v>44</v>
       </c>
       <c r="L169" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="D170" s="0">
-        <v>422107804</v>
+        <v>422107817</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>681</v>
+        <v>183</v>
       </c>
       <c r="L170" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="D171" s="0">
-        <v>422107817</v>
+        <v>275093</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>23</v>
+        <v>325</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>182</v>
+        <v>44</v>
       </c>
       <c r="L171" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="D172" s="0">
-        <v>275093</v>
+        <v>422109014</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>326</v>
+        <v>23</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
-        <v>327</v>
+        <v>24</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L172" s="0">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D173" s="0">
-        <v>422109014</v>
+        <v>422109004</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>356</v>
+        <v>115</v>
       </c>
       <c r="L173" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="D174" s="0">
-        <v>422109004</v>
+        <v>643639</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>23</v>
+        <v>559</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>642</v>
+        <v>44</v>
       </c>
       <c r="L174" s="0">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="D175" s="0">
+        <v>11150</v>
+      </c>
+      <c r="E175" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="G175" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="H175" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I175" s="1" t="s">
         <v>692</v>
-      </c>
-[...17 lines deleted...]
-        <v>694</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="L175" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="D176" s="0">
+        <v>422108016</v>
+      </c>
+      <c r="E176" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F176" s="0"/>
+      <c r="G176" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H176" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I176" s="1" t="s">
         <v>695</v>
-      </c>
-[...19 lines deleted...]
-        <v>698</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>43</v>
+        <v>696</v>
       </c>
       <c r="L176" s="0">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="D177" s="0">
-        <v>422108016</v>
+        <v>422108009</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>356</v>
+        <v>293</v>
       </c>
       <c r="L177" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="D178" s="0" t="s">
         <v>702</v>
       </c>
-      <c r="C178" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E178" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F178" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>646</v>
+      </c>
       <c r="G178" s="0" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L178" s="0"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="C179" s="0" t="s">
         <v>705</v>
       </c>
-      <c r="C179" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D179" s="0"/>
+      <c r="D179" s="0">
+        <v>422108807</v>
+      </c>
       <c r="E179" s="0" t="s">
-        <v>707</v>
+        <v>23</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>708</v>
+        <v>26</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L179" s="0">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>711</v>
+        <v>707</v>
+      </c>
+      <c r="D180" s="0">
+        <v>42210881399</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>712</v>
+        <v>606</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L180" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="L180" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>422108807</v>
+        <v>709</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>710</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>23</v>
+        <v>340</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>26</v>
+        <v>711</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>356</v>
+        <v>27</v>
       </c>
       <c r="L181" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>42210881399</v>
+        <v>713</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>714</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>23</v>
+        <v>340</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>610</v>
+        <v>715</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="L182" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="C183" s="0" t="s">
         <v>717</v>
       </c>
-      <c r="C183" s="0" t="s">
-[...3 lines deleted...]
-        <v>719</v>
+      <c r="D183" s="0">
+        <v>422106711</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>341</v>
+        <v>23</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>720</v>
+        <v>623</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L183" s="0">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="E184" s="0" t="s">
         <v>721</v>
       </c>
-      <c r="C184" s="0" t="s">
+      <c r="F184" s="0" t="s">
         <v>722</v>
       </c>
-      <c r="D184" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="C185" s="0" t="s">
         <v>725</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="D185" s="0" t="s">
         <v>726</v>
       </c>
-      <c r="D185" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E185" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F185" s="0"/>
+        <v>721</v>
+      </c>
+      <c r="F185" s="0" t="s">
+        <v>722</v>
+      </c>
       <c r="G185" s="0" t="s">
-        <v>24</v>
+        <v>727</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>627</v>
+        <v>728</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L185" s="0"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>730</v>
+      </c>
+      <c r="D186" s="0">
+        <v>1318116</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L186" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L186" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>733</v>
       </c>
-      <c r="C187" s="0" t="s">
-[...3 lines deleted...]
-        <v>735</v>
+      <c r="D187" s="0">
+        <v>275501</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>736</v>
+        <v>326</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>737</v>
+        <v>576</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L187" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L187" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>1318116</v>
+        <v>735</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>736</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L188" s="0"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>275501</v>
+        <v>739</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>740</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="F189" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>646</v>
+      </c>
       <c r="G189" s="0" t="s">
-        <v>327</v>
+        <v>35</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>579</v>
+        <v>741</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>743</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>744</v>
       </c>
-      <c r="D190" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E190" s="0" t="s">
-        <v>34</v>
+        <v>340</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L190" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L190" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C191" s="0" t="s">
         <v>747</v>
       </c>
-      <c r="C191" s="0" t="s">
-[...3 lines deleted...]
-        <v>749</v>
+      <c r="D191" s="0">
+        <v>422108004</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L191" s="0"/>
+        <v>749</v>
+      </c>
+      <c r="L191" s="0">
+        <v>14</v>
+      </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="C192" s="0" t="s">
         <v>751</v>
       </c>
-      <c r="C192" s="0" t="s">
+      <c r="D192" s="0">
+        <v>84253</v>
+      </c>
+      <c r="E192" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F192" s="0" t="s">
         <v>752</v>
       </c>
-      <c r="D192" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L192" s="0"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="C193" s="0" t="s">
         <v>755</v>
       </c>
-      <c r="C193" s="0" t="s">
+      <c r="D193" s="0" t="s">
         <v>756</v>
       </c>
-      <c r="D193" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E193" s="0" t="s">
-        <v>23</v>
+        <v>757</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>385</v>
+        <v>293</v>
       </c>
       <c r="L193" s="0">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>84253</v>
+        <v>760</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>761</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>757</v>
+      </c>
+      <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L194" s="0"/>
+        <v>183</v>
+      </c>
+      <c r="L194" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>766</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>323</v>
+        <v>767</v>
       </c>
       <c r="L195" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L196" s="0"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>765</v>
+        <v>156</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>562</v>
+        <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>775</v>
+        <v>44</v>
       </c>
       <c r="L197" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>777</v>
-[...1 lines deleted...]
-      <c r="D198" s="0" t="s">
         <v>778</v>
       </c>
+      <c r="D198" s="0">
+        <v>422107813</v>
+      </c>
       <c r="E198" s="0" t="s">
-        <v>779</v>
+        <v>23</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>780</v>
+        <v>675</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L198" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L198" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="D199" s="0">
+        <v>4081024</v>
+      </c>
+      <c r="E199" s="0" t="s">
         <v>781</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>43</v>
+        <v>87</v>
       </c>
       <c r="L199" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="D200" s="0" t="s">
         <v>785</v>
       </c>
-      <c r="C200" s="0" t="s">
+      <c r="E200" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F200" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G200" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="H200" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="I200" s="1" t="s">
         <v>786</v>
-      </c>
-[...14 lines deleted...]
-        <v>680</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L200" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
-      <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
         <v>787</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>788</v>
       </c>
       <c r="D201" s="0">
-        <v>4081024</v>
+        <v>4081028</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>789</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>790</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="L201" s="0"/>
+    </row>
+    <row r="202" spans="1:12" customHeight="1" ht="80">
+      <c r="B202" s="0" t="s">
         <v>791</v>
       </c>
-      <c r="L201" s="0">
-[...5 lines deleted...]
-      <c r="B202" s="0" t="s">
+      <c r="C202" s="0" t="s">
         <v>792</v>
       </c>
-      <c r="C202" s="0" t="s">
-[...3 lines deleted...]
-        <v>794</v>
+      <c r="D202" s="0">
+        <v>4081029</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>789</v>
+      </c>
+      <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>795</v>
+        <v>699</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L202" s="0"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
+      <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="E203" s="0" t="s">
         <v>796</v>
-      </c>
-[...7 lines deleted...]
-        <v>798</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>24</v>
+        <v>797</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L203" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L203" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
+      <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="C204" s="0" t="s">
         <v>800</v>
       </c>
-      <c r="C204" s="0" t="s">
+      <c r="D204" s="0">
+        <v>30111</v>
+      </c>
+      <c r="E204" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="G204" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H204" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I204" s="1" t="s">
         <v>801</v>
-      </c>
-[...14 lines deleted...]
-        <v>704</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L204" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L204" s="0">
+        <v>48</v>
+      </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
         <v>802</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>803</v>
       </c>
-      <c r="D205" s="0" t="s">
-        <v>804</v>
+      <c r="D205" s="0">
+        <v>30112</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="F205" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>752</v>
+      </c>
       <c r="G205" s="0" t="s">
-        <v>806</v>
+        <v>17</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L205" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="D206" s="0">
-        <v>30111</v>
+        <v>30115</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L206" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="D207" s="0">
-        <v>30112</v>
+        <v>30116</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>148</v>
+        <v>44</v>
       </c>
       <c r="L207" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="D208" s="0">
-        <v>30115</v>
+        <v>50931360</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
-        <v>17</v>
+        <v>276</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="L208" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>30116</v>
+        <v>815</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>816</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>155</v>
+        <v>281</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>760</v>
+        <v>282</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>17</v>
+        <v>276</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L209" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="D210" s="0" t="s">
         <v>820</v>
       </c>
-      <c r="C210" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E210" s="0" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="F210" s="0"/>
+        <v>281</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>282</v>
+      </c>
       <c r="G210" s="0" t="s">
         <v>276</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
-      <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="C211" s="0" t="s">
         <v>823</v>
       </c>
-      <c r="C211" s="0" t="s">
+      <c r="D211" s="0" t="s">
         <v>824</v>
       </c>
-      <c r="D211" s="0" t="s">
+      <c r="E211" s="0"/>
+      <c r="F211" s="0"/>
+      <c r="G211" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="I211" s="1" t="s">
         <v>825</v>
-      </c>
-[...13 lines deleted...]
-        <v>826</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>827</v>
       </c>
-      <c r="C212" s="0" t="s">
+      <c r="D212" s="0">
+        <v>275002</v>
+      </c>
+      <c r="E212" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="F212" s="0"/>
+      <c r="G212" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="H212" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I212" s="1" t="s">
         <v>828</v>
-      </c>
-[...16 lines deleted...]
-        <v>830</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L212" s="0"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
+      <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="D213" s="0" t="s">
         <v>831</v>
       </c>
-      <c r="C213" s="0" t="s">
+      <c r="E213" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="D213" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="0"/>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
-        <v>174</v>
+        <v>35</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L213" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>835</v>
       </c>
-      <c r="C214" s="0" t="s">
+      <c r="D214" s="0" t="s">
         <v>836</v>
       </c>
-      <c r="D214" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E214" s="0" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="F214" s="0"/>
+        <v>281</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>282</v>
+      </c>
       <c r="G214" s="0" t="s">
-        <v>327</v>
+        <v>276</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>837</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L214" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L214" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
         <v>838</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>839</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>840</v>
       </c>
       <c r="E215" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="G215" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I215" s="1" t="s">
         <v>841</v>
-      </c>
-[...8 lines deleted...]
-        <v>842</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L215" s="0"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="C216" s="0" t="s">
         <v>843</v>
       </c>
-      <c r="C216" s="0" t="s">
+      <c r="D216" s="0">
+        <v>15221</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F216" s="0" t="s">
         <v>844</v>
       </c>
-      <c r="D216" s="0" t="s">
+      <c r="G216" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I216" s="1" t="s">
         <v>845</v>
-      </c>
-[...13 lines deleted...]
-        <v>847</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L216" s="0"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>847</v>
+      </c>
+      <c r="D217" s="0">
+        <v>15225</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>281</v>
+        <v>156</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>282</v>
+        <v>844</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>276</v>
+        <v>158</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L217" s="0"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>854</v>
+        <v>849</v>
+      </c>
+      <c r="D218" s="0">
+        <v>30117</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>281</v>
+        <v>156</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>282</v>
+        <v>752</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>276</v>
+        <v>158</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L218" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L218" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="D219" s="0">
-        <v>15221</v>
+        <v>30118</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>858</v>
+        <v>752</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>157</v>
+        <v>17</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L219" s="0"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>15225</v>
+        <v>855</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>856</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F220" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="G220" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="H220" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="I220" s="1" t="s">
         <v>858</v>
-      </c>
-[...7 lines deleted...]
-        <v>859</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L220" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L220" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="E221" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="F221" s="0"/>
+      <c r="G221" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H221" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="I221" s="1" t="s">
         <v>862</v>
-      </c>
-[...19 lines deleted...]
-        <v>864</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>43</v>
+        <v>863</v>
       </c>
       <c r="L221" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="C222" s="0" t="s">
         <v>865</v>
       </c>
-      <c r="C222" s="0" t="s">
+      <c r="D222" s="0" t="s">
         <v>866</v>
       </c>
-      <c r="D222" s="0" t="s">
+      <c r="E222" s="0" t="s">
         <v>867</v>
       </c>
-      <c r="E222" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F222" s="0" t="s">
+      <c r="F222" s="0"/>
+      <c r="G222" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="H222" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I222" s="1" t="s">
         <v>868</v>
-      </c>
-[...7 lines deleted...]
-        <v>869</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L222" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="C223" s="0" t="s">
         <v>870</v>
       </c>
-      <c r="C223" s="0" t="s">
+      <c r="D223" s="0" t="s">
         <v>871</v>
       </c>
-      <c r="D223" s="0" t="s">
+      <c r="E223" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F223" s="0" t="s">
         <v>872</v>
       </c>
-      <c r="E223" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>562</v>
+        <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>873</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>642</v>
+        <v>44</v>
       </c>
       <c r="L223" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
         <v>874</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>875</v>
       </c>
-      <c r="D224" s="0" t="s">
-        <v>876</v>
+      <c r="D224" s="0">
+        <v>84362</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>877</v>
+        <v>156</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
-        <v>736</v>
+        <v>158</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L224" s="0">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="D225" s="0" t="s">
         <v>879</v>
       </c>
-      <c r="C225" s="0" t="s">
+      <c r="E225" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="F225" s="0"/>
+      <c r="G225" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H225" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="I225" s="1" t="s">
         <v>880</v>
-      </c>
-[...16 lines deleted...]
-        <v>883</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>84362</v>
+        <v>882</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>883</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>155</v>
+        <v>757</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>43</v>
+        <v>293</v>
       </c>
       <c r="L226" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="D227" s="0" t="s">
         <v>887</v>
       </c>
-      <c r="C227" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E227" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L227" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="D228" s="0" t="s">
         <v>891</v>
       </c>
-      <c r="C228" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E228" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>20</v>
+        <v>293</v>
       </c>
       <c r="L228" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="D229" s="0" t="s">
         <v>895</v>
       </c>
-      <c r="C229" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E229" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="L229" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="D230" s="0" t="s">
         <v>899</v>
       </c>
-      <c r="C230" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E230" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>775</v>
+        <v>44</v>
       </c>
       <c r="L230" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>904</v>
-[...2 lines deleted...]
-        <v>905</v>
+        <v>902</v>
+      </c>
+      <c r="D231" s="0">
+        <v>422106611</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>765</v>
+        <v>23</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>906</v>
+        <v>609</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L231" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>910</v>
+        <v>346</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L232" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="D233" s="0">
-        <v>422106611</v>
+        <v>84402</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F233" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F233" s="0" t="s">
+        <v>908</v>
+      </c>
       <c r="G233" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>613</v>
+        <v>909</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>913</v>
+        <v>136</v>
       </c>
       <c r="L233" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-        <v>916</v>
+        <v>911</v>
+      </c>
+      <c r="D234" s="0">
+        <v>84404</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="F234" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>908</v>
+      </c>
       <c r="G234" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>347</v>
+        <v>912</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L234" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="D235" s="0">
-        <v>84402</v>
+        <v>84824</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>919</v>
+        <v>908</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="L235" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-        <v>84404</v>
+        <v>917</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>918</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>832</v>
+      </c>
+      <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
-        <v>157</v>
+        <v>35</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L236" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="D237" s="0">
-        <v>84824</v>
+        <v>1730</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>922</v>
+      </c>
+      <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L237" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>925</v>
+      </c>
+      <c r="D238" s="0">
+        <v>422108007</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>841</v>
+        <v>23</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L238" s="0">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>1730</v>
+        <v>928</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>929</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>933</v>
-[...1 lines deleted...]
-      <c r="F239" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F239" s="0" t="s">
+        <v>646</v>
+      </c>
       <c r="G239" s="0" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>356</v>
+        <v>44</v>
       </c>
       <c r="L239" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>936</v>
-[...2 lines deleted...]
-        <v>422108007</v>
+        <v>932</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>933</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>23</v>
+        <v>757</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="L240" s="0">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="D241" s="0">
+        <v>30130</v>
+      </c>
+      <c r="E241" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F241" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="G241" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="H241" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I241" s="1" t="s">
         <v>938</v>
-      </c>
-[...19 lines deleted...]
-        <v>941</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L241" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>944</v>
+        <v>940</v>
+      </c>
+      <c r="D242" s="0">
+        <v>30132</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="F242" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>937</v>
+      </c>
       <c r="G242" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>562</v>
+        <v>18</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="L242" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="D243" s="0">
-        <v>30142</v>
+        <v>30133</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="G243" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="D244" s="0">
-        <v>30130</v>
+        <v>422108808</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>953</v>
+        <v>26</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L244" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>954</v>
+        <v>947</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-        <v>30132</v>
+        <v>948</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>949</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
-        <v>157</v>
+        <v>727</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>18</v>
+        <v>560</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L245" s="0"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>958</v>
-[...2 lines deleted...]
-        <v>30133</v>
+        <v>953</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>954</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
-        <v>157</v>
+        <v>727</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L246" s="0"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>961</v>
-[...2 lines deleted...]
-        <v>422108808</v>
+        <v>957</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>958</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>23</v>
+        <v>950</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
-        <v>24</v>
+        <v>727</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>26</v>
+        <v>959</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L247" s="0"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="D248" s="0" t="s">
         <v>962</v>
       </c>
-      <c r="C248" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E248" s="0" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L248" s="0"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L249" s="0"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L250" s="0"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L251" s="0"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>977</v>
+      </c>
+      <c r="D252" s="0">
+        <v>42210890899</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>965</v>
+        <v>23</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
-        <v>736</v>
+        <v>24</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>982</v>
+        <v>30</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L252" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L252" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>965</v>
+        <v>34</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
-        <v>736</v>
+        <v>35</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L253" s="0"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>989</v>
+        <v>983</v>
+      </c>
+      <c r="D254" s="0">
+        <v>547</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>965</v>
-[...1 lines deleted...]
-      <c r="F254" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F254" s="0" t="s">
+        <v>857</v>
+      </c>
       <c r="G254" s="0" t="s">
-        <v>736</v>
+        <v>158</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>990</v>
+        <v>984</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L254" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L254" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>991</v>
+        <v>985</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>992</v>
+        <v>986</v>
       </c>
       <c r="D255" s="0">
-        <v>42210890899</v>
+        <v>548</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F255" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F255" s="0" t="s">
+        <v>857</v>
+      </c>
       <c r="G255" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>29</v>
+        <v>987</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>43</v>
+        <v>767</v>
       </c>
       <c r="L255" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>34</v>
+        <v>340</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L256" s="0"/>
+        <v>992</v>
+      </c>
+      <c r="L256" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="E257" s="0" t="s">
+        <v>996</v>
+      </c>
+      <c r="F257" s="0"/>
+      <c r="G257" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="H257" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="I257" s="1" t="s">
         <v>997</v>
-      </c>
-[...19 lines deleted...]
-        <v>999</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L257" s="0"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="D258" s="0" t="s">
         <v>1000</v>
       </c>
-      <c r="C258" s="0" t="s">
+      <c r="E258" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="F258" s="0"/>
+      <c r="G258" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H258" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="I258" s="1" t="s">
         <v>1001</v>
-      </c>
-[...16 lines deleted...]
-        <v>1002</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>775</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L258" s="0"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C259" s="0" t="s">
         <v>1003</v>
       </c>
-      <c r="C259" s="0" t="s">
+      <c r="D259" s="0" t="s">
         <v>1004</v>
       </c>
-      <c r="D259" s="0" t="s">
+      <c r="E259" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F259" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G259" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="H259" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="I259" s="1" t="s">
         <v>1005</v>
-      </c>
-[...11 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>603</v>
+        <v>44</v>
       </c>
       <c r="L259" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
-      <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C260" s="0" t="s">
         <v>1007</v>
       </c>
-      <c r="C260" s="0" t="s">
+      <c r="D260" s="0" t="s">
         <v>1008</v>
       </c>
-      <c r="D260" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E260" s="0" t="s">
-        <v>1010</v>
+        <v>950</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
-        <v>157</v>
+        <v>727</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L260" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L260" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
-      <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D261" s="0" t="s">
         <v>1012</v>
       </c>
-      <c r="C261" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E261" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L261" s="0"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D262" s="0">
+        <v>85068</v>
+      </c>
+      <c r="E262" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F262" s="0" t="s">
         <v>1016</v>
       </c>
-      <c r="C262" s="0" t="s">
+      <c r="G262" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="H262" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I262" s="1" t="s">
         <v>1017</v>
-      </c>
-[...16 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L262" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
+      <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>1022</v>
+        <v>1019</v>
+      </c>
+      <c r="D263" s="0">
+        <v>90902</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>965</v>
+        <v>156</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
-        <v>736</v>
+        <v>158</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>562</v>
+        <v>18</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L263" s="0"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="B264" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E264" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F264" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="G264" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="H264" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I264" s="1" t="s">
         <v>1024</v>
-      </c>
-[...17 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L264" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="L264" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
-      <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1028</v>
+        <v>636</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="D265" s="0">
-        <v>85068</v>
+        <v>2210661795</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1031</v>
+        <v>630</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L265" s="0"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1033</v>
+        <v>1027</v>
       </c>
       <c r="D266" s="0">
-        <v>90902</v>
+        <v>85275</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F266" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>1016</v>
+      </c>
       <c r="G266" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1034</v>
+        <v>1028</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L266" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="L266" s="0">
+        <v>20</v>
+      </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
+      <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1035</v>
+        <v>1029</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1036</v>
+        <v>1030</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1037</v>
+        <v>1031</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>1032</v>
+      </c>
+      <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
-        <v>35</v>
+        <v>276</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1038</v>
+        <v>1033</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L267" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
+      <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>640</v>
+        <v>1034</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>2210661795</v>
+        <v>1035</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>1036</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>23</v>
+        <v>1037</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>635</v>
+        <v>1038</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L268" s="0"/>
+        <v>247</v>
+      </c>
+      <c r="L268" s="0">
+        <v>5</v>
+      </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C269" s="0" t="s">
         <v>1040</v>
       </c>
-      <c r="C269" s="0" t="s">
+      <c r="D269" s="0" t="s">
         <v>1041</v>
       </c>
-      <c r="D269" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E269" s="0" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>1037</v>
+      </c>
+      <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1042</v>
+        <v>239</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>20</v>
+        <v>247</v>
       </c>
       <c r="L269" s="0">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C270" s="0" t="s">
         <v>1043</v>
       </c>
-      <c r="C270" s="0" t="s">
+      <c r="D270" s="0" t="s">
         <v>1044</v>
       </c>
-      <c r="D270" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270" s="0" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
-        <v>276</v>
+        <v>175</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>43</v>
+        <v>247</v>
       </c>
       <c r="L270" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1049</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>1047</v>
+      </c>
+      <c r="D271" s="0">
+        <v>422108014</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>1051</v>
+        <v>23</v>
       </c>
       <c r="F271" s="0"/>
       <c r="G271" s="0" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>1053</v>
+        <v>44</v>
       </c>
       <c r="L271" s="0">
-        <v>5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1055</v>
-[...2 lines deleted...]
-        <v>1056</v>
+        <v>1050</v>
+      </c>
+      <c r="D272" s="0">
+        <v>85401</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>1051</v>
-[...1 lines deleted...]
-      <c r="F272" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F272" s="0" t="s">
+        <v>1016</v>
+      </c>
       <c r="G272" s="0" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>236</v>
+        <v>1051</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>1053</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L272" s="0"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1057</v>
+        <v>1052</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>1051</v>
-[...1 lines deleted...]
-      <c r="F273" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F273" s="0" t="s">
+        <v>1055</v>
+      </c>
       <c r="G273" s="0" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>1053</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L273" s="0"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="D274" s="0">
-        <v>422108014</v>
+        <v>85124</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F274" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F274" s="0" t="s">
+        <v>1059</v>
+      </c>
       <c r="G274" s="0" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L274" s="0"/>
+    </row>
+    <row r="275" spans="1:12" customHeight="1" ht="80">
+      <c r="A275" s="0"/>
+      <c r="B275" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E275" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F275" s="0" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G275" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H275" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="J275" s="0"/>
+      <c r="K275" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="L275" s="0"/>
+    </row>
+    <row r="276" spans="1:12" customHeight="1" ht="80">
+      <c r="A276" s="0"/>
+      <c r="B276" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E276" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G276" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="H276" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="I276" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J276" s="0"/>
+      <c r="K276" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="L276" s="0"/>
+    </row>
+    <row r="277" spans="1:12" customHeight="1" ht="80">
+      <c r="A277" s="0"/>
+      <c r="B277" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D277" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E277" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F277" s="0"/>
+      <c r="G277" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H277" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="I277" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="J277" s="0"/>
+      <c r="K277" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="L277" s="0"/>
+    </row>
+    <row r="278" spans="1:12" customHeight="1" ht="80">
+      <c r="A278" s="0"/>
+      <c r="B278" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D278" s="0">
+        <v>30119</v>
+      </c>
+      <c r="E278" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="F278" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="G278" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H278" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I278" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J278" s="0"/>
+      <c r="K278" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="L278" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -20697,50 +20980,54 @@
     <hyperlink ref="B250" r:id="rId_hyperlink_249"/>
     <hyperlink ref="B251" r:id="rId_hyperlink_250"/>
     <hyperlink ref="B252" r:id="rId_hyperlink_251"/>
     <hyperlink ref="B253" r:id="rId_hyperlink_252"/>
     <hyperlink ref="B254" r:id="rId_hyperlink_253"/>
     <hyperlink ref="B255" r:id="rId_hyperlink_254"/>
     <hyperlink ref="B256" r:id="rId_hyperlink_255"/>
     <hyperlink ref="B257" r:id="rId_hyperlink_256"/>
     <hyperlink ref="B258" r:id="rId_hyperlink_257"/>
     <hyperlink ref="B259" r:id="rId_hyperlink_258"/>
     <hyperlink ref="B260" r:id="rId_hyperlink_259"/>
     <hyperlink ref="B261" r:id="rId_hyperlink_260"/>
     <hyperlink ref="B262" r:id="rId_hyperlink_261"/>
     <hyperlink ref="B263" r:id="rId_hyperlink_262"/>
     <hyperlink ref="B264" r:id="rId_hyperlink_263"/>
     <hyperlink ref="B265" r:id="rId_hyperlink_264"/>
     <hyperlink ref="B266" r:id="rId_hyperlink_265"/>
     <hyperlink ref="B267" r:id="rId_hyperlink_266"/>
     <hyperlink ref="B268" r:id="rId_hyperlink_267"/>
     <hyperlink ref="B269" r:id="rId_hyperlink_268"/>
     <hyperlink ref="B270" r:id="rId_hyperlink_269"/>
     <hyperlink ref="B271" r:id="rId_hyperlink_270"/>
     <hyperlink ref="B272" r:id="rId_hyperlink_271"/>
     <hyperlink ref="B273" r:id="rId_hyperlink_272"/>
     <hyperlink ref="B274" r:id="rId_hyperlink_273"/>
+    <hyperlink ref="B275" r:id="rId_hyperlink_274"/>
+    <hyperlink ref="B276" r:id="rId_hyperlink_275"/>
+    <hyperlink ref="B277" r:id="rId_hyperlink_276"/>
+    <hyperlink ref="B278" r:id="rId_hyperlink_277"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>