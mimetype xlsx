--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,654 +77,648 @@
   <si>
     <t>Бутылка «Эссизи» для вина с пробкой;стекло,дерево;0,72л;D=80,H=315,L=80мм;прозр.</t>
   </si>
   <si>
     <t>03100313</t>
   </si>
   <si>
     <t>633349M02321990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Assisi</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Бутылки</t>
   </si>
   <si>
     <t>5498.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка с крышкой набор[6шт];стекло;D=60,H=145мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100372</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>9602.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка «Свинг» с пробкой;стекло,пластик;1л;D=90,H=315,L=75,B=75мм;прозр.,разноцветн.</t>
+  </si>
+  <si>
+    <t>03100401</t>
+  </si>
+  <si>
+    <t>314720MEH121990</t>
+  </si>
+  <si>
+    <t>Swing</t>
+  </si>
+  <si>
+    <t>3435.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;200мл;прозр.</t>
+  </si>
+  <si>
+    <t>03100425</t>
+  </si>
+  <si>
+    <t>3GL020</t>
+  </si>
+  <si>
+    <t>Frilich</t>
+  </si>
+  <si>
+    <t>4297.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Свинг» с пробкой;стекло;0,5л;D=77,H=253,L=75,B=75мм</t>
+  </si>
+  <si>
+    <t>03100437</t>
+  </si>
+  <si>
+    <t>314740MCD121990</t>
+  </si>
+  <si>
+    <t>3365.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Бутылка с крышкой набор[6шт];стекло;D=60,H=145мм;прозр.</t>
-[...29 lines deleted...]
-    <t>3435.00₸</t>
+    <t>Бутылка;стекло;1л</t>
+  </si>
+  <si>
+    <t>03100448</t>
+  </si>
+  <si>
+    <t>3GL021</t>
+  </si>
+  <si>
+    <t>6268.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка;стекло;D=85,H=330мм</t>
+  </si>
+  <si>
+    <t>03100449</t>
+  </si>
+  <si>
+    <t>B0810350</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>15909.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Свинг» с пробкой;стекло,пластик;250мл;D=64,H=192,L=50мм</t>
+  </si>
+  <si>
+    <t>03100459</t>
+  </si>
+  <si>
+    <t>314730MCB121990</t>
+  </si>
+  <si>
+    <t>2503.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Эмилия» с пробкой;стекло,пластик;250мл;D=69,H=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100466</t>
+  </si>
+  <si>
+    <t>666215MBB121990</t>
+  </si>
+  <si>
+    <t>Emilia</t>
+  </si>
+  <si>
+    <t>3442.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Эмилия» с пробкой;стекло,пластик;1л;D=85,H=290мм</t>
+  </si>
+  <si>
+    <t>03100467</t>
+  </si>
+  <si>
+    <t>666217MBA121990</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Эмилия» с пробкой;стекло,пластик;0,5л;,H=210мм</t>
+  </si>
+  <si>
+    <t>03100468</t>
+  </si>
+  <si>
+    <t>666216MBB121990</t>
+  </si>
+  <si>
+    <t>3866.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;0,5л;прозр.</t>
+  </si>
+  <si>
+    <t>03100469</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>4051.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;0,75л;прозр.</t>
+  </si>
+  <si>
+    <t>03100470</t>
+  </si>
+  <si>
+    <t>3951.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;4,35л;D=14,H=50см;прозр.</t>
+  </si>
+  <si>
+    <t>03100471</t>
+  </si>
+  <si>
+    <t>13137.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Проотель» с пробкой;стекло;250мл;D=55,H=205мм</t>
+  </si>
+  <si>
+    <t>03100518</t>
+  </si>
+  <si>
+    <t>FT152006C</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>721.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Свинг» с пробкой;стекло,пластик;125мл;D=60,H=134,L=50,B=50мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100519</t>
+  </si>
+  <si>
+    <t>314733MB4321990</t>
+  </si>
+  <si>
+    <t>2757.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;2л</t>
+  </si>
+  <si>
+    <t>03100528</t>
+  </si>
+  <si>
+    <t>7654.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;1л;,H=230,L=83,B=83мм</t>
+  </si>
+  <si>
+    <t>03100529</t>
+  </si>
+  <si>
+    <t>5737.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;0,5л;,H=20,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>03100530</t>
+  </si>
+  <si>
+    <t>4182.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;250мл;,H=130,L=45,B=45мм</t>
+  </si>
+  <si>
+    <t>03100532</t>
+  </si>
+  <si>
+    <t>3273.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;100мл;,H=100,L=45,B=45мм</t>
+  </si>
+  <si>
+    <t>03100533</t>
+  </si>
+  <si>
+    <t>2318.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой;стекло;1л;D=98,H=280мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100534</t>
+  </si>
+  <si>
+    <t>3689.00₸</t>
+  </si>
+  <si>
+    <t>03100535</t>
+  </si>
+  <si>
+    <t>6746.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с пробкой с декором;стекло;1л;D=98,H=280мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100537</t>
+  </si>
+  <si>
+    <t>6422.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с крышкой юез трубочки;стекло;0,59л;прозр.</t>
+  </si>
+  <si>
+    <t>03100538</t>
+  </si>
+  <si>
+    <t>5927_2</t>
+  </si>
+  <si>
+    <t>4567.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с крышкой без трубочки;стекло;0,57л;D=45,H=220мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100539</t>
+  </si>
+  <si>
+    <t>5928_2</t>
+  </si>
+  <si>
+    <t>4243.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка для виски на подставке;хр.стекло,дерево;1,1л;,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>03100550</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>72342.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Ориент» с пробкой;стекло;1,045л;D=85,2,H=323,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100552</t>
+  </si>
+  <si>
+    <t>320268MQD121990</t>
+  </si>
+  <si>
+    <t>Oriente</t>
+  </si>
+  <si>
+    <t>8078.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Лавана» с пробкой;стекло;1,055л;D=88,H=306,5мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03100553</t>
+  </si>
+  <si>
+    <t>314720MBE321656</t>
+  </si>
+  <si>
+    <t>Lavagna</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Лавана» с пробкой;стекло;0,52л;D=66,H=253мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03100554</t>
+  </si>
+  <si>
+    <t>314740MCD121656</t>
+  </si>
+  <si>
+    <t>4998.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка «Лавана» с пробкой;стекло;270мл;D=55,H=192мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03100555</t>
+  </si>
+  <si>
+    <t>314730MCD121656</t>
+  </si>
+  <si>
+    <t>4605.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка;стекло;1,19л;D=92,H=251мм;прозр.</t>
+  </si>
+  <si>
+    <t>03101003</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Helio</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>12690.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка;стекло;0,85л;D=89,H=194мм;прозр.</t>
+  </si>
+  <si>
+    <t>03101004</t>
+  </si>
+  <si>
+    <t>10941.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка;стекло;207мл;D=57,H=137мм;прозр.</t>
+  </si>
+  <si>
+    <t>03101005</t>
+  </si>
+  <si>
+    <t>Heritage</t>
+  </si>
+  <si>
+    <t>1953.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка;стекло;0,99л;D=98/44,H=216мм;прозр.</t>
+  </si>
+  <si>
+    <t>03101006</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>3704.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Бутылка с кольцом;стекло;,H=235,L=120,B=80мм</t>
+  </si>
+  <si>
+    <t>03101009</t>
+  </si>
+  <si>
+    <t>B0815716</t>
+  </si>
+  <si>
+    <t>28429.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «H2O» с пробкой;стекло;1,5л;D=9,H=32см</t>
+  </si>
+  <si>
+    <t>03101010</t>
+  </si>
+  <si>
+    <t>B4713128</t>
+  </si>
+  <si>
+    <t>32864.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с крышкой набор[6шт];стекло;250мл;,H=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03101011</t>
+  </si>
+  <si>
+    <t>19589.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Мультиколор» для воды с крышкой;стекло;1,3л;D=10,H=32см;прозр.</t>
+  </si>
+  <si>
+    <t>03101013</t>
+  </si>
+  <si>
+    <t>IVV</t>
+  </si>
+  <si>
+    <t>Multicolor</t>
+  </si>
+  <si>
+    <t>51922.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Индастриал Шик» для воды с крышкой;стекло,алюмин.;0,85л;,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>03101014</t>
+  </si>
+  <si>
+    <t>Industrial Chic</t>
+  </si>
+  <si>
+    <t>17010.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка;стекло;0,5л;амбер</t>
+  </si>
+  <si>
+    <t>03101025</t>
+  </si>
+  <si>
+    <t>500ZD</t>
+  </si>
+  <si>
+    <t>SPG</t>
+  </si>
+  <si>
+    <t>651.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка с крышкой;стекло;0,588л;D=70,H=225мм;прозр.</t>
+  </si>
+  <si>
+    <t>03101303</t>
+  </si>
+  <si>
+    <t>B0810351</t>
+  </si>
+  <si>
+    <t>8609.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Оптима» для сока без крышки;стекло;1л;прозр.</t>
+  </si>
+  <si>
+    <t>03101612</t>
+  </si>
+  <si>
+    <t>11319/01</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Optima</t>
+  </si>
+  <si>
+    <t>4397.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Оптима» для вина без крышки;стекло;250мл;прозр.</t>
+  </si>
+  <si>
+    <t>03101614</t>
+  </si>
+  <si>
+    <t>A10955M0422L230</t>
+  </si>
+  <si>
+    <t>3681.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Ромео»;стекло;D=12,H=50см;прозр.</t>
+  </si>
+  <si>
+    <t>03101629</t>
+  </si>
+  <si>
+    <t>686-CL</t>
+  </si>
+  <si>
+    <t>SEMPRE LIFE</t>
+  </si>
+  <si>
+    <t>Romeo</t>
+  </si>
+  <si>
+    <t>102141.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка «Кватро Стаджони» без крышки;стекло;400мл;D=80,H=156мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148568</t>
+  </si>
+  <si>
+    <t>365642FSB121990</t>
+  </si>
+  <si>
+    <t>Quattro Stagioni</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
-  </si>
-[...565 lines deleted...]
-    <t>1232.00₸</t>
   </si>
   <si>
     <t>Бутылка «Кватро Стаджони»;стекло;200мл;D=70,H=117мм;прозр.</t>
   </si>
   <si>
     <t>04148569</t>
   </si>
   <si>
     <t>365641F01121990</t>
   </si>
   <si>
     <t>786.00₸</t>
   </si>
   <si>
     <t>Крышка для бутылки «Оптима»;хр.стекло;D=59мм;прозр.</t>
   </si>
   <si>
     <t>03041429</t>
   </si>
   <si>
     <t>A11970BYD32L990</t>
   </si>
   <si>
     <t>3566.00₸</t>
   </si>
@@ -2725,1445 +2719,1447 @@
         <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="0"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="L9" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D13" s="0">
         <v>5032</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D14" s="0">
         <v>5041</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D15" s="0">
         <v>5920</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="L17" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D18" s="0">
         <v>5020</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D19" s="0">
         <v>5021</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D20" s="0">
         <v>5022</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D21" s="0">
         <v>5023</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D22" s="0">
         <v>5024</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D23" s="0">
         <v>5415</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D24" s="0">
         <v>5734</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D25" s="0">
         <v>5922</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D28" s="0">
         <v>92632</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L28" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L28" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>67</v>
+        <v>145</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D33" s="0">
         <v>92139</v>
       </c>
       <c r="E33" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="G33" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="F33" s="0" t="s">
+      <c r="H33" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D34" s="0">
         <v>92138</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D35" s="0">
         <v>992281</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D36" s="0">
         <v>92129</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="L36" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D39" s="0">
         <v>82307</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>182</v>
+        <v>26</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D40" s="0">
         <v>6768.1</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D41" s="0">
         <v>7718.2</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="L42" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="F44" s="0" t="s">
         <v>202</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="F46" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>213</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>32</v>
+        <v>219</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>