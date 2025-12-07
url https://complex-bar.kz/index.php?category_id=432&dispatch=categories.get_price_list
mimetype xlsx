--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="626">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,384 +116,387 @@
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Бокал для пива «Эдишн»;хр.стекло;360мл;D=60,H=185,B=76мм;прозр.</t>
   </si>
   <si>
     <t>01110403</t>
   </si>
   <si>
     <t>6006 1900</t>
   </si>
   <si>
     <t>Rona</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
   </si>
   <si>
     <t>5337.00₸</t>
   </si>
   <si>
+    <t>Бокал для пива «Бодега»;стекло;0,5л;D=89,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>01110405</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Bodega</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>1918.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Имэдж»;хр.стекло;460мл;D=60,H=195мм;прозр.</t>
+  </si>
+  <si>
+    <t>01110501</t>
+  </si>
+  <si>
+    <t>6001 1900</t>
+  </si>
+  <si>
+    <t>Image</t>
+  </si>
+  <si>
+    <t>5390.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Каберне»;хр.стекло;470мл;D=81,H=188мм;прозр.</t>
+  </si>
+  <si>
+    <t>01110504</t>
+  </si>
+  <si>
+    <t>G3570</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Cabernet</t>
+  </si>
+  <si>
+    <t>2604.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Пилзнер»;стекло;250мл;D=76/55,H=162мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120104</t>
+  </si>
+  <si>
+    <t>0713/25</t>
+  </si>
+  <si>
+    <t>Durobor</t>
+  </si>
+  <si>
+    <t>Pilsener</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>1111.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;415мл;D=67/65,H=199мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120201</t>
+  </si>
+  <si>
+    <t>42116/b/t</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Pub</t>
+  </si>
+  <si>
+    <t>БОЛГАРИЯ</t>
+  </si>
+  <si>
+    <t>301.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Тулип»;стекло;285мл;D=62/59,H=121мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120204</t>
+  </si>
+  <si>
+    <t>Tulipe</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>924.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Джубили»;стекло;325мл;D=69/53,H=135,L=148мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120206</t>
+  </si>
+  <si>
+    <t>42097/b</t>
+  </si>
+  <si>
+    <t>Jubilee</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>294.00₸</t>
+  </si>
+  <si>
+    <t>01120207</t>
+  </si>
+  <si>
+    <t>42116/b</t>
+  </si>
+  <si>
+    <t>644.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Хоффман»;стекло;296мл;D=97/85,H=155мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120210</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Hoffman</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Шивалри»;стекло;310мл;D=72,H=137,L=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120211</t>
+  </si>
+  <si>
+    <t>Chivalry</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>2218.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Ноникс»;стекло;294мл;D=70/50,H=118мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120214</t>
+  </si>
+  <si>
+    <t>Nonix</t>
+  </si>
+  <si>
+    <t>1610.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Алтимэйт»;стекло;280мл;D=73,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120215</t>
+  </si>
+  <si>
+    <t>H1946</t>
+  </si>
+  <si>
+    <t>Ultimate</t>
+  </si>
+  <si>
+    <t>672.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива;хр.стекло;311мл;D=60,H=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120216</t>
+  </si>
+  <si>
+    <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>5152.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Исерлонер»;хр.стекло;270мл;D=68,H=184мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120217</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Iserlohner</t>
+  </si>
+  <si>
+    <t>2849.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Империал»;хр.стекло;260мл;D=66,H=176мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120219</t>
+  </si>
+  <si>
+    <t>Imperial</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Бразери»;стекло;320мл;D=62/60,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120302</t>
+  </si>
+  <si>
+    <t>0494/32</t>
+  </si>
+  <si>
+    <t>Brasserie</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Мюник»;стекло;370мл;D=75,H=181мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120305</t>
+  </si>
+  <si>
+    <t>Munigue</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>1817.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Болеро»;стекло;330мл;D=65/70,H=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120307</t>
+  </si>
+  <si>
+    <t>0690/33</t>
+  </si>
+  <si>
+    <t>Bolero</t>
+  </si>
+  <si>
+    <t>1682.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Прага»;стекло;330мл;D=64/64,H=165мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120308</t>
+  </si>
+  <si>
+    <t>0655/38</t>
+  </si>
+  <si>
+    <t>Prague</t>
+  </si>
+  <si>
+    <t>760.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Касабланка»;стекло;421мл;D=87/67,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120314</t>
+  </si>
+  <si>
+    <t>Casablanca</t>
+  </si>
+  <si>
+    <t>1240.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Бокал для пива «Бодега»;стекло;0,5л;D=89,H=120мм;прозр.</t>
-[...319 lines deleted...]
-  <si>
     <t>Бокал для пива «Паб»;стекло;300мл;D=78/58,H=180мм;прозр.</t>
   </si>
   <si>
     <t>01120315</t>
   </si>
   <si>
     <t>42199/b</t>
   </si>
   <si>
-    <t>574.00₸</t>
+    <t>532.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Бокал для пива «Каталина»;стекло;355мл;D=60/74,H=224мм;прозр.</t>
   </si>
   <si>
     <t>01120316</t>
   </si>
   <si>
     <t>Catalina</t>
   </si>
   <si>
     <t>3604.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Шивалри»;стекло;355мл;D=62,H=177,L=78мм;прозр.</t>
   </si>
   <si>
     <t>01120318</t>
   </si>
   <si>
     <t>Бокал для пива «Курвуазье»;стекло;320мл;D=70,H=166мм;прозр.</t>
   </si>
   <si>
     <t>01120320</t>
   </si>
@@ -515,50 +518,53 @@
   <si>
     <t>1848.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Мельница»;хрусталь;350мл;D=65,H=232мм;прозр.</t>
   </si>
   <si>
     <t>01120333</t>
   </si>
   <si>
     <t>8159-19778</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>Мельница</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>8886.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Бокал для пива «Империал»;хр.стекло;320мл;D=6,H=19см;прозр.</t>
   </si>
   <si>
     <t>01120334</t>
   </si>
   <si>
     <t>3127.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Берлин»;хр.стекло;320мл;D=70,H=193мм;прозр.</t>
   </si>
   <si>
     <t>01120335</t>
   </si>
   <si>
     <t>Berlin</t>
   </si>
   <si>
     <t>3034.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Берлин»;хр.стекло;300мл;D=85,H=145мм;прозр.</t>
   </si>
   <si>
     <t>01120337</t>
@@ -593,68 +599,65 @@
   <si>
     <t>Бокал для пива «Винтаж»;хр.стекло;385мл;D=60,H=217мм;прозр.</t>
   </si>
   <si>
     <t>01120345</t>
   </si>
   <si>
     <t>Nude</t>
   </si>
   <si>
     <t>Vintage</t>
   </si>
   <si>
     <t>3658.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Тулип»;стекло;385мл;D=65/68,H=180мм;прозр.</t>
   </si>
   <si>
     <t>01120346</t>
   </si>
   <si>
     <t>44169/b</t>
   </si>
   <si>
-    <t>819.00₸</t>
+    <t>791.00₸</t>
   </si>
   <si>
     <t>Бокал для пива;хрусталь;350мл;D=64,H=235мм;прозр.</t>
   </si>
   <si>
     <t>01120349</t>
   </si>
   <si>
     <t>8159/800/91а-17923</t>
   </si>
   <si>
     <t>8547.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Бокал для пива;поликарбонат;330мл;D=78,H=180мм;прозр.</t>
   </si>
   <si>
     <t>01120350</t>
   </si>
   <si>
     <t>JD-6642</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>2478.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Пейл-эль»;стекло;0,57л;D=85/65,H=155мм;прозр.</t>
   </si>
   <si>
     <t>01120359</t>
   </si>
   <si>
     <t>Osz</t>
@@ -698,146 +701,134 @@
   <si>
     <t>Бокал для пива «Эмбасси»;стекло;355мл;D=60/70,H=178мм;прозр.</t>
   </si>
   <si>
     <t>01120406</t>
   </si>
   <si>
     <t>Embassy</t>
   </si>
   <si>
     <t>1876.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Хьюго»;365мл</t>
   </si>
   <si>
     <t>01120407</t>
   </si>
   <si>
     <t>Hugo</t>
   </si>
   <si>
     <t>486.00₸</t>
   </si>
   <si>
-    <t>Бокал для пива «Касабланка»;стекло;480мл;D=73мм</t>
-[...10 lines deleted...]
-  <si>
     <t>Бокал для пива «Линц»;стекло;390мл;D=70,H=205мм;прозр.</t>
   </si>
   <si>
     <t>01120413</t>
   </si>
   <si>
     <t>Linz</t>
   </si>
   <si>
-    <t>3024.00₸</t>
-[...5 lines deleted...]
-    <t>Бокал для пива «Паб»;стекло;300мл;D=60,H=175мм;прозр.</t>
+    <t>2982.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;350мл;D=60,H=175мм;прозр.</t>
   </si>
   <si>
     <t>01120418</t>
   </si>
   <si>
     <t>41782/b</t>
   </si>
   <si>
-    <t>658.00₸</t>
+    <t>651.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Империал»;хр.стекло;375мл;D=72,H=198мм;прозр.</t>
   </si>
   <si>
     <t>01120420</t>
   </si>
   <si>
     <t>2803.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Эвер»;хр.стекло;370мл;D=75,H=187мм;прозр.</t>
   </si>
   <si>
     <t>01120423</t>
   </si>
   <si>
     <t>Ever</t>
   </si>
   <si>
-    <t>5383.00₸</t>
+    <t>6576.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Касабланка»;стекло;475мл;D=86,H=162мм;прозр.</t>
   </si>
   <si>
     <t>01120426</t>
   </si>
   <si>
     <t>52707/b</t>
   </si>
   <si>
-    <t>1057.00₸</t>
+    <t>1043.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Chill»[2шт];стекло;400мл</t>
   </si>
   <si>
     <t>01120429</t>
   </si>
   <si>
     <t>Chill</t>
   </si>
   <si>
     <t>2233.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Бистро»;стекло;400мл;D=68/68,H=160мм;прозр.</t>
   </si>
   <si>
     <t>01120431</t>
   </si>
   <si>
     <t>44417/b</t>
   </si>
   <si>
     <t>Bistro</t>
   </si>
   <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
     <t>Бокал для пива «Дива»;хр.стекло;420мл;D=59,H=215мм;прозр.</t>
   </si>
   <si>
     <t>01120432</t>
   </si>
   <si>
     <t>Diva</t>
   </si>
   <si>
     <t>5375.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Мондиал»;хр.стекло;390мл;D=65,H=170мм</t>
   </si>
   <si>
     <t>01120433</t>
   </si>
   <si>
     <t>Mondial</t>
   </si>
   <si>
     <t>5306.00₸</t>
   </si>
   <si>
     <t>Бокал для пива;хр.стекло;410мл;D=80,H=227мм;прозр.</t>
@@ -854,51 +845,51 @@
   <si>
     <t>01120436</t>
   </si>
   <si>
     <t>N6950</t>
   </si>
   <si>
     <t>FIFA</t>
   </si>
   <si>
     <t>608.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Селест»;стекло;450мл;D=83,H=179мм;прозр.</t>
   </si>
   <si>
     <t>01120438</t>
   </si>
   <si>
     <t>P2447</t>
   </si>
   <si>
     <t>Celeste</t>
   </si>
   <si>
-    <t>1232.00₸</t>
+    <t>1218.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Оптима»;хр.стекло;370мл;D=80,H=167мм;прозр.</t>
   </si>
   <si>
     <t>01120439</t>
   </si>
   <si>
     <t>6087 2000</t>
   </si>
   <si>
     <t>Optima</t>
   </si>
   <si>
     <t>2345.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Сиквенс»;стекло;370мл;D=8,H=15см;прозр.</t>
   </si>
   <si>
     <t>01120440</t>
   </si>
   <si>
     <t>P0089</t>
   </si>
@@ -911,53 +902,50 @@
   <si>
     <t>Бокал для пива;стекло;260мл;D=50,H=143мм</t>
   </si>
   <si>
     <t>01120441</t>
   </si>
   <si>
     <t>Royal Leerdam</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>2772.00₸</t>
   </si>
   <si>
     <t>Бокал для пива;стекло;410мл;D=60/92,H=161мм</t>
   </si>
   <si>
     <t>01120442</t>
   </si>
   <si>
     <t>3381.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Бокал для пива;стекло;410мл;D=60,H=194мм;прозр.</t>
   </si>
   <si>
     <t>01120443</t>
   </si>
   <si>
     <t>3704.00₸</t>
   </si>
   <si>
     <t>Бокал для пива;стекло;300мл;D=51,5,H=168мм;прозр.</t>
   </si>
   <si>
     <t>01120444</t>
   </si>
   <si>
     <t>1987.00₸</t>
   </si>
   <si>
     <t>Бокал для пива;стекло;390мл;D=64,H=142мм;прозр.</t>
   </si>
   <si>
     <t>01120446</t>
   </si>
   <si>
     <t>1664.00₸</t>
@@ -1100,51 +1088,51 @@
   <si>
     <t>Бокал для пива «Вилли»;стекло;485мл;D=72,H=165мм;прозр.</t>
   </si>
   <si>
     <t>01120537</t>
   </si>
   <si>
     <t>480577B42021990</t>
   </si>
   <si>
     <t>Willy</t>
   </si>
   <si>
     <t>1309.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Тулип»;стекло;0,57л;D=85,H=162мм;прозр.</t>
   </si>
   <si>
     <t>01120540</t>
   </si>
   <si>
     <t>Tulip</t>
   </si>
   <si>
-    <t>586.00₸</t>
+    <t>578.00₸</t>
   </si>
   <si>
     <t>Бокал для пива;стекло;473мл;D=83,H=152мм;прозр.</t>
   </si>
   <si>
     <t>01120541</t>
   </si>
   <si>
     <t>English Pub</t>
   </si>
   <si>
     <t>Бокал для пива «Вилли»;стекло;485мл;D=72,H=165,B=1мм;прозр.</t>
   </si>
   <si>
     <t>01120545</t>
   </si>
   <si>
     <t>1.20410р</t>
   </si>
   <si>
     <t>1109.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Паб»;стекло;0,62л;D=80/75,H=233мм;прозр.</t>
   </si>
@@ -1166,633 +1154,642 @@
   <si>
     <t>Bell Sodas</t>
   </si>
   <si>
     <t>1502.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Прага»;стекло;0,6л;D=75/75,H=195мм;прозр.</t>
   </si>
   <si>
     <t>01120606</t>
   </si>
   <si>
     <t>0655/66</t>
   </si>
   <si>
     <t>1003.00₸</t>
   </si>
   <si>
     <t>01120611</t>
   </si>
   <si>
     <t>42756/b</t>
   </si>
   <si>
+    <t>938.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;0,55л;D=84/65,H=185мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120614</t>
+  </si>
+  <si>
+    <t>42477/b</t>
+  </si>
+  <si>
+    <t>777.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;0,57л;D=70,H=215мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120621</t>
+  </si>
+  <si>
+    <t>41792/b</t>
+  </si>
+  <si>
+    <t>812.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;0,5л;D=80,H=215мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120622</t>
+  </si>
+  <si>
+    <t>41886/b</t>
+  </si>
+  <si>
+    <t>742.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Исерлонер»;хр.стекло;0,5л;D=80,H=224мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120623</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Курвуазье»;стекло;0,5л;D=83,H=192мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120624</t>
+  </si>
+  <si>
+    <t>07131</t>
+  </si>
+  <si>
+    <t>5866.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Берлин»;хр.стекло;400мл;D=93,H=153мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120625</t>
+  </si>
+  <si>
+    <t>4105.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива;стекло;0,5л;D=66,H=145мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120626</t>
+  </si>
+  <si>
+    <t>1302.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Шивалри»;стекло;0,673л;D=92,H=230мм</t>
+  </si>
+  <si>
+    <t>01120631</t>
+  </si>
+  <si>
+    <t>2841.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Селест»;стекло;350мл;D=5,8,H=14,8мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120643</t>
+  </si>
+  <si>
+    <t>P2357</t>
+  </si>
+  <si>
+    <t>Бокал для пива;хр.стекло;365мл;D=69,H=180мм</t>
+  </si>
+  <si>
+    <t>01120644</t>
+  </si>
+  <si>
+    <t>Beer Basic Craft</t>
+  </si>
+  <si>
+    <t>5260.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Футбол»;стекло;0,59л;D=78,H=157,B=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120706</t>
+  </si>
+  <si>
+    <t>0714/59</t>
+  </si>
+  <si>
+    <t>Football</t>
+  </si>
+  <si>
+    <t>1294.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Тулип»;стекло;0,59л;D=78/68,H=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120707</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;0,562л;D=80/60,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120710</t>
+  </si>
+  <si>
+    <t>2149.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Курвуазье»;стекло;0,62л;D=75/75,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120716</t>
+  </si>
+  <si>
+    <t>2646.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Шунер»;стекло;0,621л;D=11,2/10,H=18см;прозр.</t>
+  </si>
+  <si>
+    <t>01120717</t>
+  </si>
+  <si>
+    <t>Schooner</t>
+  </si>
+  <si>
+    <t>13352.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Гибралтар»;стекло;0,59л;D=9,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>01120719</t>
+  </si>
+  <si>
+    <t>Gibraltar</t>
+  </si>
+  <si>
+    <t>1825.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Флеар»;стекло;0,568л;D=95/72,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120720</t>
+  </si>
+  <si>
+    <t>Flare</t>
+  </si>
+  <si>
+    <t>1547.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Алтимэйт»;стекло;0,57л;D=90,H=159мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120725</t>
+  </si>
+  <si>
+    <t>G8563</t>
+  </si>
+  <si>
+    <t>2226.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Тулип»;стекло;0,58л;D=83,H=165мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120727</t>
+  </si>
+  <si>
+    <t>P3008</t>
+  </si>
+  <si>
+    <t>1946.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Империал»;хр.стекло;0,62л;D=80,H=226мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120728</t>
+  </si>
+  <si>
+    <t>5714.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Эдж»;стекло;0,62л;D=8,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>01120729</t>
+  </si>
+  <si>
+    <t>H8803</t>
+  </si>
+  <si>
+    <t>Edge</t>
+  </si>
+  <si>
+    <t>1491.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Эдж»;стекло;0,58л;D=80,H=225мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120730</t>
+  </si>
+  <si>
+    <t>H8801</t>
+  </si>
+  <si>
+    <t>1451.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Дринк»;стекло;0,57л;D=87,H=198мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120731</t>
+  </si>
+  <si>
+    <t>A10200BYL021990</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Drink</t>
+  </si>
+  <si>
+    <t>7431.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива;стекло;0,61л;D=13,H=19см;прозр.</t>
+  </si>
+  <si>
+    <t>01120732</t>
+  </si>
+  <si>
+    <t>Suprema Scho</t>
+  </si>
+  <si>
+    <t>12821.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива;стекло;0,52л;D=75,H=217мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120733</t>
+  </si>
+  <si>
+    <t>1356.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Касабланка»;стекло;0,62л;D=93/65,H=177мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120734</t>
+  </si>
+  <si>
+    <t>52719/b</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Бир Ледженд»;стекло;470мл;D=78,H=180мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120738</t>
+  </si>
+  <si>
+    <t>L9943</t>
+  </si>
+  <si>
+    <t>Beer Legend</t>
+  </si>
+  <si>
+    <t>1526.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Бир Ледженд»;стекло;0,59л;D=94,H=151мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120739</t>
+  </si>
+  <si>
+    <t>L9941</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;0,7л;D=70,H=207мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120741</t>
+  </si>
+  <si>
+    <t>42528/b</t>
+  </si>
+  <si>
+    <t>833.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива;хр.стекло;0,69л;D=84,H=252мм</t>
+  </si>
+  <si>
+    <t>01120744</t>
+  </si>
+  <si>
+    <t>11119.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Селест»;стекло;0,58л;D=65,H=197мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120752</t>
+  </si>
+  <si>
+    <t>P2359</t>
+  </si>
+  <si>
+    <t>1288.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Бразери»;стекло;0,66л;D=70/75,H=225мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120801</t>
+  </si>
+  <si>
+    <t>0494/66</t>
+  </si>
+  <si>
+    <t>2070.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Бир Бэйзик»;хр.стекло;0,703л;D=85,5,H=255мм;прозр.</t>
+  </si>
+  <si>
+    <t>01120805</t>
+  </si>
+  <si>
+    <t>Beer basic</t>
+  </si>
+  <si>
+    <t>10018.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Эмблема»;стекло;0,57л;,H=16см</t>
+  </si>
+  <si>
+    <t>01121502</t>
+  </si>
+  <si>
+    <t>N6949</t>
+  </si>
+  <si>
+    <t>595.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Юлиус»;стекло;0,64л;D=77,5,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>01121504</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Julius</t>
+  </si>
+  <si>
+    <t>3689.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Пантеон»;стекло;0,68л;D=82,H=243мм;прозр.</t>
+  </si>
+  <si>
+    <t>01121505</t>
+  </si>
+  <si>
+    <t>Pantheon</t>
+  </si>
+  <si>
+    <t>3288.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Пантеон»;стекло;400мл;D=65,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>01121506</t>
+  </si>
+  <si>
+    <t>11203219/11203220</t>
+  </si>
+  <si>
+    <t>2372.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Селест»;стекло;270мл;D=54,H=155мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122003</t>
+  </si>
+  <si>
+    <t>Р2358</t>
+  </si>
+  <si>
+    <t>1064.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Тулип»;стекло;350мл;D=72,H=136мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122011</t>
+  </si>
+  <si>
+    <t>670.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Биратэк»;хр.стекло;0,5л;D=95,H=146мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122017</t>
+  </si>
+  <si>
+    <t>A11829GYB021990</t>
+  </si>
+  <si>
+    <t>Birrateque</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Биратэк»;хр.стекло;420мл;D=89,H=200мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122018</t>
+  </si>
+  <si>
+    <t>A11808BYL02AA02</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Биратэк»;хр.стекло;0,78л;D=10,3,H=18,8см;прозр.</t>
+  </si>
+  <si>
+    <t>01122019</t>
+  </si>
+  <si>
+    <t>A11827BYL02AA01</t>
+  </si>
+  <si>
+    <t>5829.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Биратэк»;хр.стекло;0,75л;D=10,6,H=18,4см;прозр.</t>
+  </si>
+  <si>
+    <t>01122020</t>
+  </si>
+  <si>
+    <t>A11828BYL02AA01</t>
+  </si>
+  <si>
+    <t>5029.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Биратэк»;хр.стекло;0,6л;D=95,H=178мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122021</t>
+  </si>
+  <si>
+    <t>A11826BYL02AA01</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Биратэк»;хр.стекло;0,54л;D=73,H=204мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122022</t>
+  </si>
+  <si>
+    <t>A12461BYL021990</t>
+  </si>
+  <si>
+    <t>5529.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Биратэк»;хр.стекло;0,54л;D=88,H=184мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122023</t>
+  </si>
+  <si>
+    <t>A11825BYL02AA01</t>
+  </si>
+  <si>
+    <t>5560.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Бир Бэйзик»;хр.стекло;451мл;D=73,5,H=217мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122024</t>
+  </si>
+  <si>
+    <t>8401.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Бодега»;стекло;0,5л;D=88,H=121мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122025</t>
+  </si>
+  <si>
+    <t>LAV</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для пива «Паб»;стекло;0,568л;D=81,5,H=212мм;прозр.</t>
+  </si>
+  <si>
+    <t>01122030</t>
+  </si>
+  <si>
+    <t>420497/b</t>
+  </si>
+  <si>
     <t>987.00₸</t>
   </si>
   <si>
-    <t>Бокал для пива «Паб»;стекло;0,55л;D=84/65,H=185мм;прозр.</t>
-[...557 lines deleted...]
-    <t>1029.00₸</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Бокал для пива «Элеганс»;стекло;0,62л;D=75,H=211мм;прозр.</t>
   </si>
   <si>
     <t>01122031</t>
   </si>
   <si>
     <t>N6471</t>
   </si>
   <si>
     <t>Elegance</t>
   </si>
   <si>
-    <t>1260.00₸</t>
+    <t>1274.00₸</t>
   </si>
   <si>
     <t>01122032</t>
   </si>
   <si>
     <t>42747/b</t>
+  </si>
+  <si>
+    <t>784.00₸</t>
   </si>
   <si>
     <t>Бокал для пива банка;стекло;454мл;D=70,H=133мм;прозр.</t>
   </si>
   <si>
     <t>04148524</t>
   </si>
   <si>
     <t>2634.00₸</t>
   </si>
   <si>
     <t>Бокал для пива «Кристалл»;стекло;0,5л;,H=22см;прозр.</t>
   </si>
   <si>
     <t>01122035</t>
   </si>
   <si>
     <t>П-82-500-СП</t>
   </si>
   <si>
     <t>Хрустальный звон</t>
   </si>
   <si>
     <t>693.00₸</t>
   </si>
@@ -1954,51 +1951,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BA4E-20CD-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E2-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8340C-6895-11F0-BC54-00505692C4473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5006-4253-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025A0-4250-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854327D4-5268-11EA-BBCE-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD89-424D-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E89B-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794C-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C786-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5433-E3C7-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E91A1F-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794B-E3C7-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5438-E3C7-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716D7-424F-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC64-4250-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159289-4250-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFBF-4251-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E4-424B-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217FA-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE85-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EE5-424B-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED614-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C79B-424C-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AB-424C-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044634-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041207-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FBD-4250-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE543A-E3C7-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC99-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159288-4250-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFC0-4251-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB14E-4251-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35B2-4252-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB9C-4253-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC28-4253-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCFE-4254-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6915-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5432-E3C7-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BC2-424B-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610016-424C-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BAEE-20CD-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BC-424E-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AA4-424F-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AB0-4250-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F23C660-E569-11EF-BC53-00505692E2D046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BB8E-20CD-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25BEE29D-20CD-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE54-4253-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2971-4254-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2982-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987480-4254-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA8310A-4255-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD7950-E3C7-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058A7AC-A688-11EF-BC53-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC450-F151-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794A-E3C7-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB9B2DF3-FB13-11E9-BBC6-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD7949-E3C7-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA403DB4-EA59-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA403DB3-EA59-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2304FAA-7044-11EA-BBD0-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5439-E3C7-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B4A-424D-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE77-424E-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CD-424E-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A42F-424E-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405541E-4250-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC98-4250-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC9B-4250-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB9B-4253-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F23C749-E569-11EF-BC53-00505692E2D072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6944-4254-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794F-E3C7-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC44E-F151-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE543B-E3C7-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E8A1-424B-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841FF9E8-E3C7-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EE4-424B-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5434-E3C7-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C164-424C-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5436-E3C7-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5435-E3C7-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC9A-4250-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651C-4251-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CF9C-4251-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265FE-4251-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A969FBE-F151-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD7951-E3C7-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC454-F151-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDE-424B-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794D-E3C7-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610027-424C-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD62-424C-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AE-424C-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C0-424C-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B26-424C-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716D6-424F-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794E-E3C7-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AAF-4250-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F410-4251-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5AC-4251-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A31874AD-AECA-11EE-BC40-00505692492F103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C387485-4252-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366F261B-4253-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B66E-4253-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DED7832-8149-11E9-BBBA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B539A-4254-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5437-E3C7-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6F0-4254-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5431-E3C7-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914EA-424B-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC44B-F151-11EB-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83137-4255-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60056569-60BD-11EC-BBF7-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6665E263-60BD-11EC-BBF7-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6665E262-60BD-11EC-BBF7-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F66EAA0-6B46-11ED-BC01-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52D40818-701C-11ED-BC01-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBCFF85A-27F0-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1972E17-27F0-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D386C297-27F0-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7900A06-27F0-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8DEBE64-27F0-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE96FE6C-27F0-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD88392A-27F0-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F341E548-3157-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/200471C0-2FB5-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7F9F-F5E7-11EE-BC46-00505692C447129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A05783E-16CE-11EF-BC3F-0050569297EB130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79E6C05B-6ECE-11EF-BC53-00505692E2D0131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355673-4252-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35C475BF-918F-11EF-BC4E-00505692C447133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0889638F-839D-11F0-BC56-00505692C447134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8451FF-839D-11F0-BC56-00505692C447135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0291A610-839D-11F0-BC56-00505692C447136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0291AAFA-839D-11F0-BC56-00505692C447137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08895517-839D-11F0-BC56-00505692C447138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08894D6F-839D-11F0-BC56-00505692C447139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E845756-839D-11F0-BC56-00505692C447140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08895A6D-839D-11F0-BC56-00505692C447141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0291A287-839D-11F0-BC56-00505692C447142.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BA4E-20CD-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E2-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34C8340C-6895-11F0-BC54-00505692C4473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5006-4253-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025A0-4250-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854327D4-5268-11EA-BBCE-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD89-424D-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E89B-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794C-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C786-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5433-E3C7-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E91A1F-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794B-E3C7-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5438-E3C7-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716D7-424F-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC64-4250-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159289-4250-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFBF-4251-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E4-424B-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217FA-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE85-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EE5-424B-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED614-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C79B-424C-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AB-424C-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044634-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041207-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FBD-4250-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE543A-E3C7-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC99-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159288-4250-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFC0-4251-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB14E-4251-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35B2-4252-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB9C-4253-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC28-4253-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCFE-4254-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6915-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5432-E3C7-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BC2-424B-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610016-424C-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BC-424E-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AA4-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AB0-4250-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F23C660-E569-11EF-BC53-00505692E2D045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BC4BB8E-20CD-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25BEE29D-20CD-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE54-4253-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2971-4254-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2982-4254-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987480-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA8310A-4255-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD7950-E3C7-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058A7AC-A688-11EF-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC450-F151-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794A-E3C7-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB9B2DF3-FB13-11E9-BBC6-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD7949-E3C7-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA403DB4-EA59-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA403DB3-EA59-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2304FAA-7044-11EA-BBD0-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5439-E3C7-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B4A-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE77-424E-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CD-424E-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A42F-424E-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405541E-4250-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC98-4250-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC9B-4250-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB9B-4253-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F23C749-E569-11EF-BC53-00505692E2D071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6944-4254-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794F-E3C7-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC44E-F151-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE543B-E3C7-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E8A1-424B-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841FF9E8-E3C7-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EE4-424B-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5434-E3C7-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C164-424C-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5436-E3C7-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5435-E3C7-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC9A-4250-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651C-4251-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CF9C-4251-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265FE-4251-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A969FBE-F151-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD7951-E3C7-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC454-F151-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDE-424B-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794D-E3C7-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610027-424C-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD62-424C-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AE-424C-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C0-424C-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B26-424C-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716D6-424F-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CD794E-E3C7-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AAF-4250-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F410-4251-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5AC-4251-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A31874AD-AECA-11EE-BC40-00505692492F102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C387485-4252-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366F261B-4253-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B66E-4253-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DED7832-8149-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B539A-4254-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5437-E3C7-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6F0-4254-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DEE5431-E3C7-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914EA-424B-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246CC44B-F151-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83137-4255-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60056569-60BD-11EC-BBF7-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6665E263-60BD-11EC-BBF7-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6665E262-60BD-11EC-BBF7-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F66EAA0-6B46-11ED-BC01-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52D40818-701C-11ED-BC01-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBCFF85A-27F0-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1972E17-27F0-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D386C297-27F0-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7900A06-27F0-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8DEBE64-27F0-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE96FE6C-27F0-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD88392A-27F0-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F341E548-3157-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/200471C0-2FB5-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7F9F-F5E7-11EE-BC46-00505692C447128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A05783E-16CE-11EF-BC3F-0050569297EB129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79E6C05B-6ECE-11EF-BC53-00505692E2D0130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355673-4252-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35C475BF-918F-11EF-BC4E-00505692C447132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0889638F-839D-11F0-BC56-00505692C447133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8451FF-839D-11F0-BC56-00505692C447134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0291A610-839D-11F0-BC56-00505692C447135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0291AAFA-839D-11F0-BC56-00505692C447136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08895517-839D-11F0-BC56-00505692C447137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08894D6F-839D-11F0-BC56-00505692C447138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E845756-839D-11F0-BC56-00505692C447139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08895A6D-839D-11F0-BC56-00505692C447140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0291A287-839D-11F0-BC56-00505692C447141.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6176,80 +6173,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>143</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6508,62 +6475,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01110306/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01110401/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-rona-01110403/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01110405/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-rona-01110501/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-chef-and-sommelier-01110504/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120104/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01120201/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120204/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120206/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120207/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120210/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120211/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120214/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120215/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120216/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120217/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120219/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120302/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120305/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120307/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120308/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120314/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120315/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120316/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120318/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120320/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120332/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-neman-01120333/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120334/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120335/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120337/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120340/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01120343/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-nude-01120345/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120346/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-neman-01120349/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-probar-01120350/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-osz-01120359/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01120363/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120403/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120406/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-01120407/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120412/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120413/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120418/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120420/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120423/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120426/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokaly-d-piva-libbey-01120429/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120431/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120432/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120433/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-schott-zwiesel-01120435/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120436/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120438/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-rona-01120439/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-chef-and-sommelier-01120440/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-royal-leerdam-01120441/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-royal-leerdam-01120442/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-royal-leerdam-01120443/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120444/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120446/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120504/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120507/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120509/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120510/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120511/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120512/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120513/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120514/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-nude-01120534/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120535/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120537/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-osz-01120540/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120541/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120545/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120602/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120603/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120611/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120614/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120621/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120622/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120623/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120624/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120625/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120626/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-libbey-01120631/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120643/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-s-nasechkoy-schott-zwiesel-01120644/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120706/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120707/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120710/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120716/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120717/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120719/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120720/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120725/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120727/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120728/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120729/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120730/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-luigi-01120731/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120732/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120733/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120734/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120738/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120739/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120741/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120744/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120752/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120801/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120805/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01121502/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-borgonovo-01121504/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-borgonovo-01121505/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-borgonovo-01121506/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01122003/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-osz-01122011/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122017/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122018/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122019/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122020/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122021/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122022/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122023/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-schott-zwiesel-01122024/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-lav-01122025/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01122030/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01122031/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01122032/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-banka-dlya-piva-libbey-04148524/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-hrustalnyy-zvon-01122035/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122042/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122040/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122050/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122043/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122048/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122046/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122041/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122047/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122049/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01110306/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01110401/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-rona-01110403/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01110405/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-rona-01110501/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-chef-and-sommelier-01110504/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120104/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01120201/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120204/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120206/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120207/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120210/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120211/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120214/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120215/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120216/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120217/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120219/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120302/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120305/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120307/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120308/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120314/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120315/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120316/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120318/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120320/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120332/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-neman-01120333/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120334/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120335/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120337/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120340/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01120343/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-nude-01120345/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120346/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-neman-01120349/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-probar-01120350/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-osz-01120359/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01120363/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120403/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120406/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-01120407/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120413/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120418/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120420/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120423/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120426/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokaly-d-piva-libbey-01120429/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120431/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120432/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120433/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-schott-zwiesel-01120435/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120436/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120438/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-rona-01120439/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-chef-and-sommelier-01120440/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-royal-leerdam-01120441/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-royal-leerdam-01120442/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-royal-leerdam-01120443/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120444/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120446/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120504/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120507/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120509/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120510/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120511/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120512/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120513/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-stoelzle-01120514/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-nude-01120534/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120535/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120537/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-osz-01120540/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120541/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-rocco-01120545/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120602/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120603/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120611/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120614/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120621/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120622/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120623/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120624/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120625/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120626/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-libbey-01120631/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120643/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-s-nasechkoy-schott-zwiesel-01120644/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120706/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120707/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120710/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120716/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120717/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120719/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120720/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120725/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120727/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-stoelzle-01120728/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120729/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120730/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-bormioli-luigi-01120731/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-libbey-01120732/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120733/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120734/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01120738/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120739/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-pasabahce-01120741/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120744/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-arcoroc-01120752/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-durobor-01120801/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-schott-zwiesel-01120805/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01121502/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-borgonovo-01121504/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-borgonovo-01121505/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-pivnoy-borgonovo-01121506/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01122003/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-osz-01122011/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122017/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122018/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122019/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122020/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122021/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122022/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-bormioli-luigi-01122023/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-schott-zwiesel-01122024/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-lav-01122025/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01122030/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-arcoroc-01122031/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-pasabahce-01122032/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-banka-dlya-piva-libbey-04148524/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-hrustalnyy-zvon-01122035/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122042/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122040/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122050/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122043/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122048/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122046/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122041/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122047/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokal-dlya-piva-crystal-bohemia-01122049/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L145"/>
+  <dimension ref="A1:L144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I145" sqref="I145"/>
+      <selection activeCell="I144" sqref="I144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6672,423 +6639,425 @@
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D5" s="0">
         <v>10000005133</v>
       </c>
       <c r="E5" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="F5" s="0" t="s">
+      <c r="G5" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="G5" s="0" t="s">
+      <c r="H5" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="F7" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L7" s="0"/>
+      <c r="L7" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="E8" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="E8" s="0" t="s">
+      <c r="F8" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="F8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="G8" s="0" t="s">
+      <c r="H8" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="F9" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="F9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="G9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D10" s="0">
         <v>42737</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F10" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="G10" s="0" t="s">
+      <c r="H10" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="L10" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D13" s="0">
         <v>5210</v>
       </c>
       <c r="E13" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="G13" s="0" t="s">
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D14" s="0">
         <v>3211</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F14" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="G14" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="G14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D15" s="0">
         <v>10000005381</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F15" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>94</v>
-      </c>
-[...7 lines deleted...]
-        <v>95</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>99</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
@@ -7196,4263 +7165,4231 @@
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>119</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D21" s="0">
         <v>920291</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>123</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>129</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>134</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D24" s="0">
         <v>52709</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>138</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E25" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>144</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D26" s="0">
         <v>3828</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D27" s="0">
         <v>3228</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F27" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="G27" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="G27" s="0" t="s">
+      <c r="H27" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D29" s="0">
         <v>14781</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D31" s="0">
         <v>3660048</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D32" s="0">
         <v>3070048</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D33" s="0">
         <v>3080019</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E35" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F35" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="F35" s="0" t="s">
+      <c r="G35" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="G35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D36" s="0">
         <v>66119</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>197</v>
+        <v>39</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D40" s="0">
         <v>2036</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="B41" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D43" s="0">
         <v>3725</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="B44" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D44" s="0">
         <v>701170</v>
       </c>
       <c r="E44" s="0"/>
       <c r="F44" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="D45" s="0" t="s">
         <v>229</v>
       </c>
+      <c r="D45" s="0">
+        <v>25263</v>
+      </c>
       <c r="E45" s="0" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="F45" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>230</v>
+      </c>
       <c r="G45" s="0" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L45" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>25263</v>
+        <v>233</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>234</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>233</v>
+        <v>62</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>235</v>
+        <v>39</v>
       </c>
       <c r="L46" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="D47" s="0">
+        <v>3660019</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>238</v>
-      </c>
-[...13 lines deleted...]
-        <v>239</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0">
+        <v>106296</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>242</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>19</v>
+        <v>145</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D49" s="0">
-        <v>106296</v>
+      <c r="D49" s="0" t="s">
+        <v>245</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>245</v>
+        <v>138</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>246</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>235</v>
+        <v>95</v>
       </c>
       <c r="L49" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="D50" s="0">
+        <v>927504</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="E50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G50" s="0" t="s">
-        <v>75</v>
+        <v>124</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="D51" s="0">
-        <v>927504</v>
+      <c r="D51" s="0" t="s">
+        <v>253</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>124</v>
+        <v>75</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L51" s="0"/>
+        <v>95</v>
+      </c>
+      <c r="L51" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="D52" s="0" t="s">
         <v>257</v>
       </c>
+      <c r="D52" s="0">
+        <v>106504</v>
+      </c>
       <c r="E52" s="0" t="s">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>258</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>192</v>
+        <v>259</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L52" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D53" s="0">
-        <v>106504</v>
+        <v>133951</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>103</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D54" s="0">
-        <v>133951</v>
+        <v>329978</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="F54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>266</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="D55" s="0">
-        <v>329978</v>
+      <c r="D55" s="0" t="s">
+        <v>269</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="F55" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>270</v>
+      </c>
       <c r="G55" s="0" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L58" s="0"/>
+      <c r="L58" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>288</v>
+      </c>
+      <c r="D59" s="0">
+        <v>440591</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>16</v>
+        <v>290</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D60" s="0">
-        <v>440591</v>
+        <v>440133</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
+        <v>167</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D61" s="0">
-        <v>440133</v>
+        <v>440218</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>297</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>298</v>
+        <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="C62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="0">
-        <v>440218</v>
+        <v>440224</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>292</v>
+        <v>61</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>293</v>
+        <v>68</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L62" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="0">
-        <v>440224</v>
+        <v>440247</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="0">
-        <v>440247</v>
+        <v>440227</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L64" s="0"/>
+      <c r="L64" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="D65" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="F65" s="0"/>
+        <v>82</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>123</v>
+      </c>
       <c r="G65" s="0" t="s">
-        <v>69</v>
+        <v>124</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>310</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="D66" s="0">
+        <v>865493</v>
+      </c>
+      <c r="E66" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="E66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G66" s="0" t="s">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>314</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="L66" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>865493</v>
+        <v>317</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>318</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>319</v>
+        <v>19</v>
       </c>
       <c r="L67" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="D68" s="0" t="s">
         <v>322</v>
       </c>
+      <c r="D68" s="0">
+        <v>38936</v>
+      </c>
       <c r="E68" s="0" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>323</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>324</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>325</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>326</v>
       </c>
       <c r="D69" s="0">
-        <v>38936</v>
+        <v>3815</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>327</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>328</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="L69" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>329</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="D70" s="0">
-        <v>3815</v>
+      <c r="D70" s="0" t="s">
+        <v>331</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L70" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="D71" s="0" t="s">
         <v>335</v>
       </c>
+      <c r="D71" s="0">
+        <v>3660050</v>
+      </c>
       <c r="E71" s="0" t="s">
-        <v>14</v>
+        <v>109</v>
       </c>
       <c r="F71" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>338</v>
       </c>
-      <c r="C72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" s="0">
-        <v>3660050</v>
+        <v>3070019</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>114</v>
+        <v>173</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>105</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0">
+        <v>66121</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>342</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="D74" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>186</v>
+        <v>35</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>187</v>
+        <v>346</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>69</v>
+        <v>347</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="G75" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L75" s="0"/>
+      <c r="L75" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="D76" s="0" t="s">
         <v>355</v>
       </c>
+      <c r="D76" s="0">
+        <v>1973</v>
+      </c>
       <c r="E76" s="0" t="s">
-        <v>36</v>
+        <v>207</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>356</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>351</v>
+        <v>75</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>357</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>358</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>359</v>
       </c>
       <c r="D77" s="0">
-        <v>1973</v>
+        <v>14806</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>206</v>
+        <v>82</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>360</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>361</v>
+        <v>223</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="D78" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="0" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="F78" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="G78" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L78" s="0"/>
+      <c r="L78" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>366</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>367</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>356</v>
+        <v>62</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>351</v>
+        <v>63</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>368</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>369</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="D80" s="0">
+        <v>539</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G80" s="0" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>372</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
-        <v>3</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>373</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="D81" s="0">
-        <v>539</v>
+      <c r="D81" s="0" t="s">
+        <v>375</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>375</v>
+        <v>134</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>376</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="D82" s="0" t="s">
+      <c r="E82" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>379</v>
-      </c>
-[...13 lines deleted...]
-        <v>380</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>381</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>382</v>
       </c>
       <c r="E83" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F83" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>383</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L83" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>384</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>385</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>386</v>
       </c>
       <c r="E84" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F84" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>387</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="L84" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>388</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>389</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>390</v>
       </c>
       <c r="E85" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F85" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="D86" s="0" t="s">
         <v>393</v>
       </c>
+      <c r="D86" s="0">
+        <v>3070050</v>
+      </c>
       <c r="E86" s="0" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>394</v>
+        <v>32</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="D87" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="0" t="s">
-        <v>109</v>
+        <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>32</v>
+        <v>397</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D88" s="0" t="s">
         <v>399</v>
       </c>
+      <c r="D88" s="0">
+        <v>3080050</v>
+      </c>
       <c r="E88" s="0" t="s">
-        <v>14</v>
+        <v>109</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>400</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>401</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>402</v>
       </c>
       <c r="D89" s="0">
-        <v>3080050</v>
+        <v>41020</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>403</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>404</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>405</v>
       </c>
       <c r="D90" s="0">
-        <v>41020</v>
+        <v>2478</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="F90" s="0"/>
+        <v>82</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>88</v>
+      </c>
       <c r="G90" s="0" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>406</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="D91" s="0">
-        <v>2478</v>
+      <c r="D91" s="0" t="s">
+        <v>409</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>89</v>
+        <v>275</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>409</v>
+        <v>155</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>410</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="D92" s="0" t="s">
+      <c r="D92" s="0">
+        <v>120711</v>
+      </c>
+      <c r="E92" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="F92" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="E92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G92" s="0" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="D93" s="0">
-        <v>120711</v>
+      <c r="D93" s="0" t="s">
+        <v>416</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>103</v>
+        <v>54</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>105</v>
+        <v>56</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L93" s="0"/>
+      <c r="L93" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="D94" s="0" t="s">
         <v>420</v>
       </c>
+      <c r="D94" s="0">
+        <v>42747</v>
+      </c>
       <c r="E94" s="0" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>421</v>
+        <v>67</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>422</v>
+        <v>364</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="0">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="D95" s="0">
+        <v>195</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>423</v>
-      </c>
-[...19 lines deleted...]
-        <v>368</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0">
+        <v>24941</v>
+      </c>
+      <c r="E96" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" s="1" t="s">
         <v>426</v>
-      </c>
-[...16 lines deleted...]
-        <v>427</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0">
+        <v>1722471</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F97" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="D97" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G97" s="0" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>19</v>
+        <v>145</v>
       </c>
       <c r="L97" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>432</v>
       </c>
       <c r="D98" s="0">
-        <v>1722471</v>
+        <v>15665</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>433</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>434</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="L98" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>435</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>436</v>
       </c>
       <c r="D99" s="0">
-        <v>15665</v>
+        <v>1242</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>437</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>90</v>
+        <v>203</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>438</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L99" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>439</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="D100" s="0">
-        <v>1242</v>
+      <c r="D100" s="0" t="s">
+        <v>441</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>441</v>
+        <v>99</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>442</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
         <v>443</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>444</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>445</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>99</v>
+        <v>356</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>446</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L101" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
         <v>447</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>448</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="D102" s="0">
+        <v>3660052</v>
+      </c>
+      <c r="E102" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>449</v>
-      </c>
-[...13 lines deleted...]
-        <v>450</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L102" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>452</v>
       </c>
-      <c r="D103" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="0" t="s">
-        <v>109</v>
+        <v>14</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>114</v>
+        <v>453</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>458</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>459</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>460</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>461</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>14</v>
+        <v>462</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>16</v>
+        <v>347</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>466</v>
+      </c>
+      <c r="D106" s="0">
+        <v>1700157</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>466</v>
+        <v>82</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>467</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>351</v>
+        <v>84</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>468</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L106" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
         <v>469</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>470</v>
       </c>
       <c r="D107" s="0">
-        <v>1700157</v>
+        <v>42126</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="F107" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F107" s="0"/>
+      <c r="G107" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="H107" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I107" s="1" t="s">
         <v>471</v>
-      </c>
-[...7 lines deleted...]
-        <v>472</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L107" s="0"/>
+      <c r="L107" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>474</v>
       </c>
-      <c r="D108" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E108" s="0" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="F108" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>138</v>
+      </c>
       <c r="G108" s="0" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>475</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>19</v>
+        <v>145</v>
       </c>
       <c r="L108" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
         <v>476</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>477</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>478</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>138</v>
+        <v>479</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L109" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>484</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>485</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>486</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>487</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>483</v>
+        <v>62</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>488</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>489</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>490</v>
       </c>
-      <c r="D112" s="0" t="s">
+      <c r="D112" s="0">
+        <v>837267</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="F112" s="0"/>
+      <c r="G112" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>491</v>
-      </c>
-[...13 lines deleted...]
-        <v>492</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L112" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>493</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>494</v>
       </c>
-      <c r="D113" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="0" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="F113" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>275</v>
+      </c>
       <c r="G113" s="0" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>495</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="L113" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>497</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>498</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>278</v>
+        <v>119</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>406</v>
+        <v>499</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L114" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="D115" s="0" t="s">
         <v>501</v>
       </c>
+      <c r="D115" s="0">
+        <v>115269</v>
+      </c>
       <c r="E115" s="0" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>119</v>
+        <v>502</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-        <v>115269</v>
+        <v>505</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>506</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>505</v>
+        <v>270</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>508</v>
-[...1 lines deleted...]
-      <c r="D117" s="0" t="s">
         <v>509</v>
       </c>
+      <c r="D117" s="0">
+        <v>11092820</v>
+      </c>
       <c r="E117" s="0" t="s">
-        <v>14</v>
+        <v>510</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>273</v>
+        <v>511</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>75</v>
+        <v>347</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L117" s="0"/>
+        <v>513</v>
+      </c>
+      <c r="L117" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="D118" s="0">
-        <v>11092820</v>
+        <v>11203620</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>516</v>
+        <v>95</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>11203620</v>
+        <v>519</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>520</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>80</v>
+        <v>140</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>513</v>
+        <v>14</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>519</v>
+        <v>275</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>351</v>
+        <v>75</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="L120" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>526</v>
-[...1 lines deleted...]
-      <c r="D121" s="0" t="s">
         <v>527</v>
       </c>
+      <c r="D121" s="0">
+        <v>2146</v>
+      </c>
       <c r="E121" s="0" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>278</v>
+        <v>356</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>528</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>25</v>
+        <v>95</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>529</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="D122" s="0">
-        <v>2146</v>
+      <c r="D122" s="0" t="s">
+        <v>531</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>206</v>
+        <v>462</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>360</v>
+        <v>532</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>75</v>
+        <v>347</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L122" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="F123" s="0" t="s">
         <v>532</v>
       </c>
-      <c r="C123" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G123" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>33</v>
+        <v>145</v>
       </c>
       <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>545</v>
-      </c>
-[...19 lines deleted...]
-        <v>548</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>235</v>
+        <v>145</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>549</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>550</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>551</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>235</v>
+        <v>25</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>25</v>
+        <v>145</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>557</v>
-[...1 lines deleted...]
-      <c r="D129" s="0" t="s">
         <v>558</v>
       </c>
+      <c r="D129" s="0">
+        <v>115270</v>
+      </c>
       <c r="E129" s="0" t="s">
-        <v>466</v>
+        <v>103</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>535</v>
+        <v>502</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>351</v>
+        <v>105</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>559</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
         <v>560</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>561</v>
       </c>
       <c r="D130" s="0">
-        <v>115270</v>
+        <v>81269360</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>81269360</v>
+        <v>565</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>566</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>565</v>
-[...1 lines deleted...]
-      <c r="F131" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>62</v>
+      </c>
       <c r="G131" s="0" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>19</v>
+        <v>568</v>
       </c>
       <c r="L131" s="0">
-        <v>48</v>
+        <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>63</v>
+        <v>572</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>571</v>
+        <v>419</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>574</v>
+        <v>67</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>423</v>
+        <v>577</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>578</v>
+      </c>
+      <c r="D134" s="0">
+        <v>209</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>120</v>
+        <v>579</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L134" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>581</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>582</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>83</v>
+        <v>583</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="F136" s="0"/>
+        <v>588</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>589</v>
+      </c>
       <c r="G136" s="0" t="s">
-        <v>75</v>
+        <v>590</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="0">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="D137" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="E137" s="0" t="s">
         <v>588</v>
       </c>
-      <c r="E137" s="0" t="s">
+      <c r="F137" s="0" t="s">
         <v>589</v>
       </c>
-      <c r="F137" s="0" t="s">
+      <c r="G137" s="0" t="s">
         <v>590</v>
       </c>
-      <c r="G137" s="0" t="s">
+      <c r="H137" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I137" s="1" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="F138" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="G138" s="0" t="s">
         <v>590</v>
       </c>
-      <c r="G138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L139" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="D141" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="E141" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="F141" s="0" t="s">
         <v>608</v>
       </c>
-      <c r="E141" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G141" s="0" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="E142" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="F142" s="0" t="s">
         <v>589</v>
       </c>
-      <c r="F142" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" s="0" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="F143" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="G143" s="0" t="s">
         <v>590</v>
       </c>
-      <c r="G143" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>609</v>
+        <v>598</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="0">
-        <v>6</v>
-[...32 lines deleted...]
-      <c r="L145" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -11558,51 +11495,50 @@
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="B141" r:id="rId_hyperlink_140"/>
     <hyperlink ref="B142" r:id="rId_hyperlink_141"/>
     <hyperlink ref="B143" r:id="rId_hyperlink_142"/>
     <hyperlink ref="B144" r:id="rId_hyperlink_143"/>
-    <hyperlink ref="B145" r:id="rId_hyperlink_144"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>