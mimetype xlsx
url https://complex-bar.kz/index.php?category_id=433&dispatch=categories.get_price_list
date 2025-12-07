--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -128,707 +128,668 @@
   <si>
     <t>4505.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Кружка для пива «Паб»;стекло;300мл;D=7/11,H=16см;прозр.</t>
   </si>
   <si>
     <t>01100308</t>
   </si>
   <si>
     <t>55109/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Pub</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
-    <t>1092.00₸</t>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Ирландия»;стекло;300мл;D=63/70,H=193,L=95,B=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100315</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>2434.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Ирландия»;стекло;310мл;D=63/70,H=193,L=95,B=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100316</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Гамбург»;стекло;330мл;D=72,H=150,B=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100317</t>
+  </si>
+  <si>
+    <t>H5331</t>
+  </si>
+  <si>
+    <t>Hamburg</t>
+  </si>
+  <si>
+    <t>840.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Кружка для пива «Ирландия»;стекло;300мл;D=63/70,H=193,L=95,B=115мм;прозр.</t>
-[...32 lines deleted...]
-    <t>868.00₸</t>
+    <t>Кружка для пива «Паб»;стекло;300мл;D=77,H=134мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100318</t>
+  </si>
+  <si>
+    <t>55299/b</t>
+  </si>
+  <si>
+    <t>1057.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Дрезден»;стекло;330мл;D=75,H=150мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100319</t>
+  </si>
+  <si>
+    <t>H5333</t>
+  </si>
+  <si>
+    <t>Dresden</t>
+  </si>
+  <si>
+    <t>945.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Айкон»;стекло;295мл;D=67,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100320</t>
+  </si>
+  <si>
+    <t>Icon</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Британия»;стекло;280мл;D=117,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100321</t>
+  </si>
+  <si>
+    <t>02936</t>
+  </si>
+  <si>
+    <t>Britannia</t>
+  </si>
+  <si>
+    <t>2716.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Данубио опт»;стекло;300мл;D=63,H=193мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100322</t>
+  </si>
+  <si>
+    <t>Danubio opt</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Данубио»;стекло;300мл;D=63,H=193мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100323</t>
+  </si>
+  <si>
+    <t>Danubio</t>
+  </si>
+  <si>
+    <t>2249.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Ладья»;стекло;330мл;D=74,H=150мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100324</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>Ладья</t>
+  </si>
+  <si>
+    <t>740.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Минден»;стекло;330мл;D=73,H=152мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100326</t>
+  </si>
+  <si>
+    <t>Минден</t>
+  </si>
+  <si>
+    <t>478.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива;фарфор;0,6л;белый</t>
+  </si>
+  <si>
+    <t>01100337</t>
+  </si>
+  <si>
+    <t>9С1051</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>7916.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива;фарфор;1л;белый</t>
+  </si>
+  <si>
+    <t>01100338</t>
+  </si>
+  <si>
+    <t>9С1052</t>
+  </si>
+  <si>
+    <t>8578.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Минден»;стекло;400мл;D=77/70,H=165,B=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100501</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Маллес»[1шт];стекло;400мл;D=85/65,H=140,B=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100506</t>
+  </si>
+  <si>
+    <t>Malles</t>
+  </si>
+  <si>
+    <t>3258.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Паб»;стекло;485мл;D=85/70,H=140,B=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100509</t>
+  </si>
+  <si>
+    <t>55289/b</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Банка»;стекло;450мл;прозр.</t>
+  </si>
+  <si>
+    <t>01100510</t>
+  </si>
+  <si>
+    <t>P80388</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>2060.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Тарро»;стекло;400мл;D=76/87,H=135,B=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100511</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Tarro</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>1715.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Банка»;стекло;488мл;D=65,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100514</t>
+  </si>
+  <si>
+    <t>992366/97085</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>2726.00₸</t>
+  </si>
+  <si>
+    <t>01100515</t>
+  </si>
+  <si>
+    <t>990003/97084</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2674.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Ностальгия»;стекло;0,5л;D=97,H=124,L=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100521</t>
+  </si>
+  <si>
+    <t>Ностальгия</t>
+  </si>
+  <si>
+    <t>909.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива;стекло;390мл;,H=16,2,L=11см;прозр.</t>
+  </si>
+  <si>
+    <t>01100523</t>
+  </si>
+  <si>
+    <t>55439/b</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Тики»;керамика;450мл;коричнев.</t>
+  </si>
+  <si>
+    <t>01100525</t>
+  </si>
+  <si>
+    <t>MCP1163</t>
+  </si>
+  <si>
+    <t>Mornsun</t>
+  </si>
+  <si>
+    <t>11053.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Тики»;керамика;450мл;зелен.</t>
+  </si>
+  <si>
+    <t>01100526</t>
+  </si>
+  <si>
+    <t>MZJ0779</t>
+  </si>
+  <si>
+    <t>4326.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Кружка для пива «Паб»;стекло;300мл;D=77,H=134мм;прозр.</t>
-[...263 lines deleted...]
-    <t>55439/b</t>
+    <t>Кружка для пива «Череп»;стекло;0,5л;D=95/145,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100527</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>2527.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Кружка для пива;стекло;0,52л;,H=14см;прозр.</t>
+  </si>
+  <si>
+    <t>01100529</t>
+  </si>
+  <si>
+    <t>55279/b</t>
+  </si>
+  <si>
+    <t>1043.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Хаворт»;стекло;0,57л;D=90/72,H=131,B=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100601</t>
+  </si>
+  <si>
+    <t>Haworth</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Минден»;стекло;0,5л;D=80/75,H=185,B=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100604</t>
+  </si>
+  <si>
+    <t>2471.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Британия»;стекло;0,57л;D=95/65,H=125,B=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100613</t>
+  </si>
+  <si>
+    <t>00989</t>
+  </si>
+  <si>
+    <t>2968.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Бавьера»;стекло;0,5л;D=90/85,H=195,B=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100615</t>
+  </si>
+  <si>
+    <t>133450MT9021990</t>
+  </si>
+  <si>
+    <t>5621.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Бремен»;стекло;0,5л;D=85/95,H=135,B=294мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100616</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>2203.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Пинта»;стекло;0,5л;D=94,H=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100622</t>
+  </si>
+  <si>
+    <t>Пинта</t>
+  </si>
+  <si>
+    <t>948.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Ладья»;стекло;0,5л;D=90/100,H=155,B=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100625</t>
+  </si>
+  <si>
+    <t>1086.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Паб»;стекло;0,67л;D=92,H=153мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100637</t>
+  </si>
+  <si>
+    <t>55239/b</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Паб»;стекло;0,67л;D=90/103,H=150,B=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100638</t>
+  </si>
+  <si>
+    <t>55229/b</t>
+  </si>
+  <si>
+    <t>1330.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Димпл Штейн»;стекло;0,57л;D=90/70,H=121,B=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100639</t>
+  </si>
+  <si>
+    <t>Dimple Stein</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Касабланка»;стекло;0,51л;D=85/85,H=195,B=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100644</t>
+  </si>
+  <si>
+    <t>55369/b</t>
+  </si>
+  <si>
+    <t>Casablanca</t>
+  </si>
+  <si>
+    <t>1757.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Дон»;стекло;0,5л;D=80/80,H=162,B=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100645</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Ирландия»;стекло;0,5л;D=70/80,H=220,B=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100646</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Ирландия»;стекло;0,5л;D=7/8,H=22,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>01100647</t>
+  </si>
+  <si>
+    <t>01100648</t>
+  </si>
+  <si>
+    <t>647.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Лига»;стекло;0,69л;D=95,H=190,B=134мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100649</t>
+  </si>
+  <si>
+    <t>Лига</t>
+  </si>
+  <si>
+    <t>1040.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Дрезден»;стекло;0,5л;D=90,H=160,B=128мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100650</t>
+  </si>
+  <si>
+    <t>H5334</t>
+  </si>
+  <si>
+    <t>1134.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Гамбург»;стекло;0,5л;D=80,H=185мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100651</t>
+  </si>
+  <si>
+    <t>H5330</t>
+  </si>
+  <si>
+    <t>Кружка для пива;стекло;0,65л;D=85,H=190мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100652</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Данубио»;стекло;0,5л;D=73,H=216мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100654</t>
+  </si>
+  <si>
+    <t>2457.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Данубио опт»;стекло;0,5л;D=73,H=213мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100655</t>
+  </si>
+  <si>
+    <t>4020.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Альтон»;стекло;0,5л</t>
+  </si>
+  <si>
+    <t>01100657</t>
+  </si>
+  <si>
+    <t>Альтон</t>
+  </si>
+  <si>
+    <t>955.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Пьяная»;стекло;0,5л;D=90,H=198мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100658</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>5783.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для пива «Банка» без крышки;стекло;450мл;D=67,H=132мм;прозр.</t>
+  </si>
+  <si>
+    <t>01100660</t>
+  </si>
+  <si>
+    <t>FT15010</t>
   </si>
   <si>
     <t>1071.00₸</t>
   </si>
   <si>
-    <t>Кружка для пива «Тики»;керамика;450мл;коричнев.</t>
-[...340 lines deleted...]
-  <si>
     <t>Кружка для пива «Банка» без крышки;стекло;450мл;D=65,H=132мм</t>
   </si>
   <si>
     <t>01100661</t>
   </si>
   <si>
     <t>FT15008</t>
   </si>
   <si>
     <t>Кружка для пива «Банка» с крышкой;стекло;0,55л;D=75,H=145мм;прозр.</t>
   </si>
   <si>
     <t>01100662</t>
   </si>
   <si>
     <t>3109_2</t>
   </si>
   <si>
     <t>San Miguel</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>3404.00₸</t>
@@ -908,50 +869,53 @@
   <si>
     <t>848.00₸</t>
   </si>
   <si>
     <t>Кружка для пива «Мусколо»;стекло;0,5л;D=75/85,H=210,B=130мм;прозр.</t>
   </si>
   <si>
     <t>01100701</t>
   </si>
   <si>
     <t>Musle Mug</t>
   </si>
   <si>
     <t>1795.00₸</t>
   </si>
   <si>
     <t>Кружка для пива;стекло;0,625л;D=75,H=162,L=135мм;прозр.</t>
   </si>
   <si>
     <t>01100702</t>
   </si>
   <si>
     <t>80219/b</t>
   </si>
   <si>
+    <t>1253.00₸</t>
+  </si>
+  <si>
     <t>Кружка для пива «Паррот»;стекло;0,9л;D=17,6,H=19см</t>
   </si>
   <si>
     <t>01101001</t>
   </si>
   <si>
     <t>N6647</t>
   </si>
   <si>
     <t>Parrot</t>
   </si>
   <si>
     <t>7770.00₸</t>
   </si>
   <si>
     <t>Кружка для пива «Череп»;стекло;0,9л;,H=16см</t>
   </si>
   <si>
     <t>01101002</t>
   </si>
   <si>
     <t>N6644</t>
   </si>
   <si>
     <t>Кружка для пива «Тинкан»;стекло;375мл;D=78,5,H=122мм;прозр.</t>
@@ -989,102 +953,102 @@
   <si>
     <t>Кружка для пива «Дон»;стекло;1л;D=10/10,5,H=20,1,B=15,5см;прозр.</t>
   </si>
   <si>
     <t>01101106</t>
   </si>
   <si>
     <t>5414.00₸</t>
   </si>
   <si>
     <t>Кружка для пива «Глиняная»;керамика;1,2л;D=11,H=15,L=19см;коричнев.</t>
   </si>
   <si>
     <t>01101108</t>
   </si>
   <si>
     <t>ОБЧ00000425</t>
   </si>
   <si>
     <t>Борисовская Керамика</t>
   </si>
   <si>
     <t>3889.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кружка для пива рифленная;сталь нерж.;400мл;D=85,H=115мм;металлич.</t>
   </si>
   <si>
     <t>01101201</t>
   </si>
   <si>
     <t>CY16-723</t>
   </si>
   <si>
     <t>9044.00₸</t>
   </si>
   <si>
     <t>Кружка для пива рифленная;сталь нерж.;400мл;D=85мм;золотой</t>
   </si>
   <si>
     <t>01101202</t>
   </si>
   <si>
     <t>CY16-723G</t>
   </si>
   <si>
     <t>10367.00₸</t>
   </si>
   <si>
     <t>Кружка для пива рифленная;сталь нерж.,медь;400мл;D=85,H=115мм;медный</t>
   </si>
   <si>
     <t>01101203</t>
   </si>
   <si>
     <t>CY16-723C</t>
   </si>
   <si>
     <t>Кружка для пива «Белая» Принц;фарфор;0,88л;D=11,H=15см;белый</t>
   </si>
   <si>
     <t>01100707</t>
   </si>
   <si>
     <t>ИКР 03.880</t>
   </si>
   <si>
     <t>Башкирский фарфор</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>5267.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Кружка для пива «Паб»;стекло;0,5л;D=85,H=134мм;прозр.</t>
   </si>
   <si>
     <t>01100532</t>
   </si>
   <si>
     <t>55129/b</t>
   </si>
   <si>
     <t>1379.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1111,51 +1075,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914D5-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914D6-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D8393-20CC-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E365178B-20CC-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B54-424E-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B56-424E-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059359-4250-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A34517F-4251-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8B96-20CC-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D84F7-20CC-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AA7B-20CC-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75A917-20CC-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF625768-E3C6-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651AE1-20CC-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB635-4253-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57AB7E7F-05D8-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57AB75B4-05D8-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914D7-424B-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E36519A1-20CC-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E36516D9-20CC-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0318A9-424D-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E53-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716D2-4251-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716D3-4251-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716D4-4251-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59D0-4252-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65B-4253-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD371-20CC-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD423-20CC-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD20D-20CC-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8B52-20CC-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914DA-424B-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914DC-424B-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AB1B-20CC-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D8445-20CC-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75ABBB-20CC-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651575-20CC-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8D44-20CC-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217F8-424C-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217F9-424C-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E365183D-20CC-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E36518EF-20CC-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75A865-20CC-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8AF6-20CC-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8D88-20CC-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B55-424E-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B57-424E-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF625770-E3C6-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651A41-20CC-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8C36-20CC-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605935A-4250-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8A00-20CC-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5BC9286-E3C6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5BC9288-E3C6-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6FA-4252-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF62576C-E3C6-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F265787C-E568-11EF-BC53-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D82E1-20CC-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91A-4254-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6914-4254-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75ADBF-20CC-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AC5B-20CC-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AD0D-20CC-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17138AA3-814A-11E9-BBBA-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83109-4255-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C8-424C-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8AA0-20CC-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651627-20CC-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD15B-20CC-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD2BF-20CC-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610032-424C-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D85A9-20CC-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8CD6-20CC-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75A9C9-20CC-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5ACFF7-20CC-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5ACF45-20CC-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD0A9-20CC-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058A292-A688-11EF-BC53-00505692E2D078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB85F-97B5-11F0-BC58-00505692E2D079.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914D5-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914D6-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D8393-20CC-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E365178B-20CC-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B54-424E-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B56-424E-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059359-4250-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A34517F-4251-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8B96-20CC-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D84F7-20CC-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AA7B-20CC-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75A917-20CC-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF625768-E3C6-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651AE1-20CC-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB635-4253-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57AB7E7F-05D8-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57AB75B4-05D8-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914D7-424B-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E36519A1-20CC-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E36516D9-20CC-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B0318A9-424D-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E53-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716D3-4251-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716D4-4251-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59D0-4252-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65B-4253-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD371-20CC-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD423-20CC-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD20D-20CC-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8B52-20CC-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914DA-424B-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914DC-424B-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AB1B-20CC-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D8445-20CC-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75ABBB-20CC-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651575-20CC-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8D44-20CC-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E365183D-20CC-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E36518EF-20CC-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75A865-20CC-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8AF6-20CC-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8D88-20CC-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B55-424E-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B57-424E-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF625770-E3C6-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651A41-20CC-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8C36-20CC-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605935A-4250-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8A00-20CC-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5BC9286-E3C6-11EB-BBF2-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5BC9288-E3C6-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6FA-4252-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF62576C-E3C6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F265787C-E568-11EF-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D82E1-20CC-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91A-4254-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6914-4254-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75ADBF-20CC-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AC5B-20CC-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75AD0D-20CC-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17138AA3-814A-11E9-BBBA-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83109-4255-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C8-424C-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B8AA0-20CC-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3651627-20CC-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD15B-20CC-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD2BF-20CC-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610032-424C-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58D85A9-20CC-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E96B8CD6-20CC-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75A9C9-20CC-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5ACFF7-20CC-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5ACF45-20CC-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD5AD0A9-20CC-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5058A292-A688-11EF-BC53-00505692E2D075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB85F-97B5-11F0-BC58-00505692E2D076.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3383,140 +3347,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3775,62 +3649,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-arcoroc-01100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-arcoroc-01100304/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-bormioli-rocco-01100305/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100315/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100316/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100317/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100318/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100319/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100320/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100321/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100322/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100323/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100324/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100326/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-dobrushskiy-farforovyy-zavod-01100337/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-dobrushskiy-farforovyy-zavod-01100338/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100501/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-bormioli-rocco-01100506/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100509/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-utopia-01100510/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-libbey-01100511/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-libbey-01100513/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100514/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100515/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100521/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100523/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-mornsun-01100525/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-mornsun-01100526/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100527/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100529/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100601/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100613/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-bormioli-rocco-01100615/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100616/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100622/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-s-granyami-osz-01100625/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-01100635/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-01100636/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100637/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100638/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100639/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100644/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100645/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100646/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100647/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100648/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100649/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100650/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100651/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100652/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100654/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100655/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-osz-01100657/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-neman-01100658/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100660/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100661/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-san-miguel-01100662/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100664/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100666/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100667/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100669/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100670/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-arcoroc-01100672/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100701/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100702/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01101001/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01101002/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01101004/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01101102/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01101104/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01101106/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borisovskaya-keramika-01101108/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-rifl-probar-01101201/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-rifl-probar-01101202/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-rifl-probar-01101203/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-bashkirskii-farfor-01100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-pasabahce-01100532/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-arcoroc-01100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-arcoroc-01100304/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-bormioli-rocco-01100305/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100315/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100316/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100317/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100318/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100319/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100320/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100321/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100322/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100323/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100324/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100326/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-dobrushskiy-farforovyy-zavod-01100337/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-dobrushskiy-farforovyy-zavod-01100338/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100501/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-bormioli-rocco-01100506/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100509/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-utopia-01100510/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-libbey-01100511/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100514/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100515/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100521/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100523/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-mornsun-01100525/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-mornsun-01100526/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100527/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100529/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100601/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100613/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-bormioli-rocco-01100615/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100616/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100622/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-s-granyami-osz-01100625/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100637/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100638/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100639/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100644/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100645/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100646/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100647/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100648/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-osz-01100649/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100650/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01100651/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01100652/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100654/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01100655/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-osz-01100657/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-neman-01100658/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100660/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100661/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-san-miguel-01100662/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100664/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100666/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100667/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100669/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-probar-01100670/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-arcoroc-01100672/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-borgonovo-01100701/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01100702/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01101001/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-arcoroc-01101002/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-pasabahce-01101004/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-libbey-01101102/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01101104/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borgonovo-01101106/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-borisovskaya-keramika-01101108/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-rifl-probar-01101201/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-rifl-probar-01101202/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pivnaya-rifl-probar-01101203/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-bashkirskii-farfor-01100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dlya-piva-pasabahce-01100532/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L80"/>
+  <dimension ref="A1:L77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I80" sqref="I80"/>
+      <selection activeCell="I77" sqref="I77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4177,51 +4051,51 @@
         <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D11" s="0">
         <v>12010020</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
@@ -4245,51 +4119,51 @@
         <v>72</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D13" s="0">
         <v>12003220</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D14" s="0">
         <v>12003120</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>78</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>28</v>
       </c>
@@ -4593,1923 +4467,1827 @@
       <c r="G23" s="0" t="s">
         <v>120</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D24" s="0">
-        <v>97036</v>
+      <c r="D24" s="0" t="s">
+        <v>124</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>132</v>
+      </c>
+      <c r="D26" s="0">
+        <v>1361</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="F26" s="0"/>
+        <v>82</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>133</v>
+      </c>
       <c r="G26" s="0" t="s">
-        <v>132</v>
+        <v>36</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="L26" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>1361</v>
+        <v>136</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>137</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>137</v>
+        <v>55</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="L27" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>34</v>
+        <v>141</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>36</v>
+        <v>129</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="L28" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>109</v>
+        <v>147</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D30" s="0" t="s">
         <v>149</v>
       </c>
+      <c r="D30" s="0">
+        <v>9067</v>
+      </c>
       <c r="E30" s="0" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>51</v>
+        <v>152</v>
       </c>
       <c r="L30" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>9067</v>
+        <v>154</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>155</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>153</v>
+        <v>34</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>132</v>
+        <v>36</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>155</v>
+        <v>19</v>
       </c>
       <c r="L31" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D32" s="0" t="s">
         <v>158</v>
       </c>
+      <c r="D32" s="0">
+        <v>13192</v>
+      </c>
       <c r="E32" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F32" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>159</v>
+      </c>
       <c r="G32" s="0" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="L32" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D33" s="0">
-        <v>13192</v>
+        <v>22539</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>164</v>
+        <v>19</v>
       </c>
       <c r="L33" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>22539</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>167</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="L34" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="L35" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="D36" s="0">
+        <v>55129</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="G36" s="0" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="L36" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D37" s="0">
-        <v>55129</v>
+        <v>1143</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>34</v>
+        <v>82</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>35</v>
+        <v>178</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>178</v>
+        <v>36</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>179</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>19</v>
+        <v>147</v>
       </c>
       <c r="L37" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D38" s="0">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>182</v>
+        <v>83</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="L38" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="D39" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>109</v>
       </c>
       <c r="L39" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="D40" s="0">
-[...2 lines deleted...]
-      <c r="E40" s="0"/>
+      <c r="D40" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>34</v>
+      </c>
       <c r="F40" s="0" t="s">
-        <v>189</v>
+        <v>35</v>
       </c>
       <c r="G40" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>19</v>
+        <v>147</v>
       </c>
       <c r="L40" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0">
+        <v>5355</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="D41" s="0">
-[...5 lines deleted...]
-      </c>
       <c r="G41" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>35</v>
+        <v>198</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="D43" s="0">
+        <v>12029520</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="E43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>109</v>
       </c>
       <c r="L43" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D44" s="0">
-        <v>5355</v>
+        <v>12960420</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="F44" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="G44" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>206</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...3 lines deleted...]
-        <v>210</v>
+      <c r="D45" s="0">
+        <v>12960720</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>211</v>
+        <v>42</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>213</v>
+        <v>161</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="D46" s="0">
-        <v>12029520</v>
+        <v>1354</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>215</v>
+        <v>87</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="L46" s="0">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="D47" s="0">
-        <v>12960420</v>
+        <v>1404</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>42</v>
+        <v>213</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>12960720</v>
+        <v>216</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>217</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>165</v>
+        <v>219</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>1354</v>
+        <v>220</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>221</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>223</v>
+        <v>37</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="L49" s="0">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="D50" s="0">
+        <v>5327</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="F50" s="0"/>
+      <c r="G50" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>224</v>
-      </c>
-[...19 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L50" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>226</v>
+      </c>
+      <c r="D51" s="0">
+        <v>12003320</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>229</v>
+      </c>
+      <c r="D52" s="0">
+        <v>12004220</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D53" s="0">
-        <v>5327</v>
+        <v>1583</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="F53" s="0"/>
+        <v>82</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>233</v>
+      </c>
       <c r="G53" s="0" t="s">
-        <v>128</v>
+        <v>36</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D54" s="0">
-        <v>12003320</v>
+        <v>7265</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="E55" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="F55" s="0"/>
+      <c r="G55" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>242</v>
-      </c>
-[...19 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="L55" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="C56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E56" s="0" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>36</v>
+        <v>129</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="E57" s="0" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>93</v>
+        <v>250</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L57" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>255</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>141</v>
+        <v>256</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="L58" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>141</v>
+        <v>260</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="L59" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>262</v>
+        <v>150</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>263</v>
+        <v>129</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>264</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>265</v>
+        <v>109</v>
       </c>
       <c r="L60" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="D61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>109</v>
       </c>
       <c r="L61" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>109</v>
       </c>
       <c r="L62" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="E63" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="D63" s="0" t="s">
+      <c r="G63" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>276</v>
-      </c>
-[...11 lines deleted...]
-        <v>277</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0">
+        <v>12021020</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F64" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="G64" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>280</v>
-      </c>
-[...11 lines deleted...]
-        <v>277</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="L64" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>283</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>153</v>
+        <v>34</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>132</v>
+        <v>36</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>284</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="L65" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>287</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>288</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>289</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L66" s="0"/>
+      <c r="L66" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="D67" s="0">
-        <v>12021020</v>
+      <c r="D67" s="0" t="s">
+        <v>292</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...3 lines deleted...]
-        <v>296</v>
+      <c r="D68" s="0">
+        <v>55673</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="F68" s="0"/>
+      <c r="F68" s="0" t="s">
+        <v>295</v>
+      </c>
       <c r="G68" s="0" t="s">
-        <v>36</v>
+        <v>174</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="L68" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="D69" s="0">
+        <v>5262</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="E69" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F69" s="0" t="s">
+      <c r="G69" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>301</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0">
+        <v>12008920</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>303</v>
-      </c>
-[...14 lines deleted...]
-        <v>301</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="L70" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0">
+        <v>12030020</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>306</v>
-      </c>
-[...16 lines deleted...]
-        <v>308</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="L71" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="E72" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="D72" s="0">
-[...5 lines deleted...]
-      <c r="F72" s="0" t="s">
+      <c r="F72" s="0"/>
+      <c r="G72" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>312</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="L72" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="D73" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>315</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>164</v>
+        <v>51</v>
       </c>
       <c r="L73" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="D74" s="0">
-        <v>12030020</v>
+      <c r="D74" s="0" t="s">
+        <v>318</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="L74" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>322</v>
+        <v>150</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>36</v>
+        <v>129</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>324</v>
+        <v>147</v>
       </c>
       <c r="L75" s="0">
-        <v>8</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="E76" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="F76" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="E76" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>132</v>
+        <v>36</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>328</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>38</v>
+        <v>329</v>
       </c>
       <c r="L76" s="0">
-        <v>48</v>
+        <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="F77" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>35</v>
+      </c>
       <c r="G77" s="0" t="s">
-        <v>132</v>
+        <v>36</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="L77" s="0">
-        <v>48</v>
-[...98 lines deleted...]
-      <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -6548,53 +6326,50 @@
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
-    <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
-[...1 lines deleted...]
-    <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>