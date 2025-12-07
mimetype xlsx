--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -257,467 +257,464 @@
   <si>
     <t>Pitchers</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
   </si>
   <si>
     <t>47001.00₸</t>
   </si>
   <si>
     <t>Декантер «Карафс»;хр.стекло;1,5л;D=8,H=26см;прозр.</t>
   </si>
   <si>
     <t>03100414</t>
   </si>
   <si>
     <t>5979 7500</t>
   </si>
   <si>
     <t>Carafes</t>
   </si>
   <si>
     <t>19481.00₸</t>
   </si>
   <si>
-    <t>41 шт.</t>
+    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Декантер «Карафс»;хр.стекло;1,5л;D=68,H=235,B=205мм;прозр.</t>
   </si>
   <si>
     <t>03100416</t>
   </si>
   <si>
     <t>60755 7500</t>
   </si>
   <si>
     <t>59468.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Декантер «Карафс»;хр.стекло;1л;D=72,H=220,B=210мм;прозр.</t>
   </si>
   <si>
     <t>03100417</t>
   </si>
   <si>
     <t>2819 7400</t>
   </si>
   <si>
     <t>62355.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Тоскана»;хр.стекло;1,5л;D=25,H=27,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03100419</t>
+  </si>
+  <si>
+    <t>Toscana</t>
+  </si>
+  <si>
+    <t>57966.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,4л;D=49,H=325,L=220мм</t>
+  </si>
+  <si>
+    <t>03100421</t>
+  </si>
+  <si>
+    <t>H337</t>
+  </si>
+  <si>
+    <t>110187.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,55л;D=70,H=335,L=215мм</t>
+  </si>
+  <si>
+    <t>03100423</t>
+  </si>
+  <si>
+    <t>H363</t>
+  </si>
+  <si>
+    <t>131155.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,75л;,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03100442</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Oxygen</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>34727.00₸</t>
+  </si>
+  <si>
+    <t>Декантер;хр.стекло;1,25л;,H=24,6см;прозр.</t>
+  </si>
+  <si>
+    <t>03100443</t>
+  </si>
+  <si>
+    <t>Bodega</t>
+  </si>
+  <si>
+    <t>23501.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Оупен ап»;хр.стекло;1л;D=14,5,H=35,9см;прозр.</t>
+  </si>
+  <si>
+    <t>03100450</t>
+  </si>
+  <si>
+    <t>H3078</t>
+  </si>
+  <si>
+    <t>Open Up</t>
+  </si>
+  <si>
+    <t>РУМЫНИЯ</t>
+  </si>
+  <si>
+    <t>32998.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Гранд Финаль»;стекло;1,4л;D=34,H=26,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03100451</t>
+  </si>
+  <si>
+    <t>G8566</t>
+  </si>
+  <si>
+    <t>Grand Finale</t>
+  </si>
+  <si>
+    <t>75894.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Амфория»;стекло;1,5л;D=39,H=14см;прозр.</t>
+  </si>
+  <si>
+    <t>03100452</t>
+  </si>
+  <si>
+    <t>D6652</t>
+  </si>
+  <si>
+    <t>Amphoria</t>
+  </si>
+  <si>
+    <t>20482.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Колор Студио»;стекло;0,5л;D=96,H=164мм;серый</t>
+  </si>
+  <si>
+    <t>03100453</t>
+  </si>
+  <si>
+    <t>J8467</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Color Studio</t>
+  </si>
+  <si>
+    <t>2646.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Колор Студио»;стекло;0,5л;D=96,H=164мм;фиолет.</t>
+  </si>
+  <si>
+    <t>03100454</t>
+  </si>
+  <si>
+    <t>J8476</t>
+  </si>
+  <si>
+    <t>2576.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Колор Студио»;стекло;0,5л;D=96,H=164мм;синий</t>
+  </si>
+  <si>
+    <t>03100455</t>
+  </si>
+  <si>
+    <t>J8478</t>
+  </si>
+  <si>
+    <t>2681.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Оупенинг»;хр.стекло;0,9л;D=21,4,H=24,1см;прозр.</t>
+  </si>
+  <si>
+    <t>03100457</t>
+  </si>
+  <si>
+    <t>D2142R0020</t>
+  </si>
+  <si>
+    <t>Opening</t>
+  </si>
+  <si>
+    <t>56777.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Интуито»;стекло;1,75л;D=19,6,H=23,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03100458</t>
+  </si>
+  <si>
+    <t>H3075</t>
+  </si>
+  <si>
+    <t>Intuito</t>
+  </si>
+  <si>
+    <t>28861.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Каскад»;стекло;0,5л;D=88,H=190мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100461</t>
+  </si>
+  <si>
+    <t>H4166</t>
+  </si>
+  <si>
+    <t>Cascade</t>
+  </si>
+  <si>
+    <t>2415.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Каскад»;стекло;0,75л;D=99,H=212мм</t>
+  </si>
+  <si>
+    <t>03100462</t>
+  </si>
+  <si>
+    <t>H4164</t>
+  </si>
+  <si>
+    <t>2338.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Макарон»;стекло;2л;D=16,3,H=31см;прозр.</t>
+  </si>
+  <si>
+    <t>03100475</t>
+  </si>
+  <si>
+    <t>V6503</t>
+  </si>
+  <si>
+    <t>Macaron</t>
+  </si>
+  <si>
+    <t>53130.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Карафс»;хр.стекло;0,75л;D=18,7,H=19,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03100483</t>
+  </si>
+  <si>
+    <t>2819 7300</t>
+  </si>
+  <si>
+    <t>44491.00₸</t>
+  </si>
+  <si>
+    <t>Декантер для вина;хр.стекло;1л;,H=21,B=22см</t>
+  </si>
+  <si>
+    <t>03100504</t>
+  </si>
+  <si>
+    <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>Vina</t>
+  </si>
+  <si>
+    <t>72835.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Пьюэ» для вина;0,75л</t>
+  </si>
+  <si>
+    <t>03100510</t>
+  </si>
+  <si>
+    <t>113745S</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>63934.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Оупэн ап»;хр.стекло;1,4л;D=44,H=314,B=145мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100511</t>
+  </si>
+  <si>
+    <t>D6653</t>
+  </si>
+  <si>
+    <t>52500.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Карафс»;хр.стекло;250мл;D=72,H=187мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100548</t>
+  </si>
+  <si>
+    <t>2821 7100</t>
+  </si>
+  <si>
+    <t>30223.00₸</t>
+  </si>
+  <si>
+    <t>Декантер «Сублим»;хр.стекло;2л;D=6,H=30см</t>
+  </si>
+  <si>
+    <t>03100549</t>
+  </si>
+  <si>
+    <t>P0264</t>
+  </si>
+  <si>
+    <t>Sublym</t>
+  </si>
+  <si>
+    <t>21658.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Вин»;стекло;1,1л;D=11,6,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03100605</t>
+  </si>
+  <si>
+    <t>C0199</t>
+  </si>
+  <si>
+    <t>Vin</t>
+  </si>
+  <si>
+    <t>3808.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Декантер «Вин»;стекло;250мл;D=77,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>03100606</t>
+  </si>
+  <si>
+    <t>C0198</t>
+  </si>
+  <si>
+    <t>1988.00₸</t>
+  </si>
+  <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Декантер «Тоскана»;хр.стекло;1,5л;D=25,H=27,2см;прозр.</t>
-[...352 lines deleted...]
-  <si>
     <t>Декантер «Вин»;стекло;0,573л;D=95,H=163мм;прозр.</t>
   </si>
   <si>
     <t>03100607</t>
   </si>
   <si>
     <t>V7128</t>
   </si>
   <si>
-    <t>3416.00₸</t>
+    <t>2667.00₸</t>
   </si>
   <si>
     <t>Декантер «Симпозиум»;стекло;2,035л;D=20,7,H=23см;прозр.</t>
   </si>
   <si>
     <t>03100612</t>
   </si>
   <si>
     <t>170450GBE021990</t>
   </si>
   <si>
     <t>Symposium</t>
   </si>
   <si>
     <t>35829.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Декантер «Электра»;стекло;1,609л;D=18,5,H=21см;прозр.</t>
   </si>
   <si>
     <t>03100613</t>
   </si>
   <si>
     <t>192347GBC021990</t>
   </si>
   <si>
     <t>Electra</t>
   </si>
   <si>
     <t>32641.00₸</t>
   </si>
   <si>
     <t>Декантер «Бола»;стекло;1,1л;D=11,5,H=20см;прозр.</t>
   </si>
   <si>
     <t>03100614</t>
   </si>
   <si>
     <t>G8865</t>
   </si>
   <si>
     <t>Bola</t>
@@ -809,63 +806,66 @@
   <si>
     <t>Декантер «Универсал» без крышки;хр.стекло;1,5л;D=52,H=292мм;прозр.</t>
   </si>
   <si>
     <t>03100633</t>
   </si>
   <si>
     <t>P0265</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>16625.00₸</t>
   </si>
   <si>
     <t>Декантер без крышки;хр.стекло;1,5л;D=44,H=240мм;прозр.</t>
   </si>
   <si>
     <t>03100634</t>
   </si>
   <si>
     <t>P3604</t>
   </si>
   <si>
-    <t>26152.00₸</t>
+    <t>25844.00₸</t>
   </si>
   <si>
     <t>Декантер «Вини»;хр.стекло;1,5л;D=21,H=24,1см;прозр.</t>
   </si>
   <si>
     <t>03101639</t>
   </si>
   <si>
     <t>Vini</t>
   </si>
   <si>
     <t>24825.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Декантер «Мистик»;хр.стекло;1,9л;,H=18,5см;прозр.</t>
   </si>
   <si>
     <t>03101665</t>
   </si>
   <si>
     <t>Zalto</t>
   </si>
   <si>
     <t>Mystique</t>
   </si>
   <si>
     <t>АВСТРИЯ</t>
   </si>
   <si>
     <t>159136.00₸</t>
   </si>
   <si>
     <t>Декантер «Аксиум»;хр.стекло;1,45л;,H=20,4см;прозр.</t>
   </si>
   <si>
     <t>03101664</t>
   </si>
@@ -3411,1228 +3411,1228 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>98</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D20" s="0">
         <v>16025</v>
       </c>
       <c r="E20" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="G20" s="0" t="s">
+      <c r="H20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D21" s="0">
         <v>28245</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F21" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F22" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="G22" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="G22" s="0" t="s">
+      <c r="H22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F23" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F24" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="E25" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="E25" s="0" t="s">
+      <c r="F25" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E26" s="0"/>
       <c r="F26" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="D27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F29" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>78</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D34" s="0">
         <v>104112</v>
       </c>
       <c r="E34" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="F34" s="0" t="s">
+      <c r="G34" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="B35" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E35" s="0"/>
       <c r="F35" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F36" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="G36" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="G36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="B37" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>78</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="L38" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>206</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>208</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>215</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>216</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>217</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D45" s="0">
         <v>110255</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F45" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G45" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="G45" s="0" t="s">
+      <c r="H45" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="D46" s="0">
         <v>110257</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F46" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="G46" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="G46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="D47" s="0">
         <v>105602</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="G47" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>170</v>
+        <v>85</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D48" s="0">
         <v>119613</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="B50" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="E50" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="E50" s="0" t="s">
+      <c r="F50" s="0" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="D52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>62</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D53" s="0">
         <v>19946</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F53" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>267</v>
-      </c>
-[...7 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>18</v>
+        <v>268</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D54" s="0">
         <v>11971</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>271</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>272</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>273</v>
       </c>