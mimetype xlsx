--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="827">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -98,2027 +98,2030 @@
   <si>
     <t>18419.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Кувшин;стекло;1л;D=130,H=145,L=165,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090101</t>
   </si>
   <si>
     <t>5519-1-22306</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>7269.00₸</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=135,H=175,L=153,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090102</t>
+  </si>
+  <si>
+    <t>5512-22390</t>
+  </si>
+  <si>
+    <t>7292.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1л;D=135,H=175,L=153,B=4мм;прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Кувшин;стекло;1л;D=140,H=152,L=165,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090103</t>
   </si>
   <si>
     <t>5547-22206</t>
   </si>
   <si>
     <t>6622.00₸</t>
   </si>
   <si>
     <t>Кувшин;стекло;1,5л;D=125,H=195,L=150,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090104</t>
   </si>
   <si>
     <t>5512-1.5-22910</t>
   </si>
   <si>
     <t>8370.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Кувшин;стекло;2л;D=180,H=185,L=210,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090105</t>
   </si>
   <si>
     <t>5547-2-23477</t>
   </si>
   <si>
     <t>9795.00₸</t>
   </si>
   <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=160,H=171,L=190,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090106</t>
+  </si>
+  <si>
+    <t>5547-1,5-23229</t>
+  </si>
+  <si>
+    <t>8324.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1,5л;D=160,H=171,L=190,B=4мм;прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Кувшин «Пичет»;стекло;1,3л;D=130,H=200,L=178,B=2мм;прозр.</t>
   </si>
   <si>
     <t>03090108</t>
   </si>
   <si>
     <t>C0214</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Pichet</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>6566.00₸</t>
   </si>
   <si>
     <t>Кувшин «Бистро»;стекло;1л;D=122,H=190,L=160,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090112</t>
   </si>
   <si>
     <t>146160MU3321990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Bistrot</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>4151.00₸</t>
   </si>
   <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=150,H=165,L=192,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090116</t>
+  </si>
+  <si>
+    <t>5519-1.5-22911</t>
+  </si>
+  <si>
+    <t>8316.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=151,H=168,L=185,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090118</t>
+  </si>
+  <si>
+    <t>6760-1.5-22912</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;стекло;1,2л;D=142,H=225,L=164,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090119</t>
+  </si>
+  <si>
+    <t>4545-1.2-30889</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин рифленный;1,5л;D=10,H=17,L=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090124</t>
+  </si>
+  <si>
+    <t>5519-1.5r-21929</t>
+  </si>
+  <si>
+    <t>8555.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;285мл;D=68,H=168мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090127</t>
+  </si>
+  <si>
+    <t>125071MFA121230</t>
+  </si>
+  <si>
+    <t>Ypsilon</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;0,55л;D=85,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090128</t>
+  </si>
+  <si>
+    <t>125081MEU121990</t>
+  </si>
+  <si>
+    <t>5290.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=135,H=150,L=180,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090129</t>
+  </si>
+  <si>
+    <t>6760-39670</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;1л;D=97,H=181,L=148,B=3мм;прозр.,желт.</t>
+  </si>
+  <si>
+    <t>03090134</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Frigo</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>2126.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=100,H=158,L=128,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090136</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=123,H=200,L=158,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090137</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;0,5л;D=10,H=15,8,L=10,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090138</t>
+  </si>
+  <si>
+    <t>80101/b</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>980.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Пичет»;стекло;250мл;D=80,H=125,L=125,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090139</t>
+  </si>
+  <si>
+    <t>C0216/59825</t>
+  </si>
+  <si>
+    <t>3500.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;1л;D=105/80,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090140</t>
+  </si>
+  <si>
+    <t>Bacchus</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;0,5л;D=85,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090141</t>
+  </si>
+  <si>
+    <t>Кувшин «Тиволи»;стекло;2,3л;D=120,H=230,L=180,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090143</t>
+  </si>
+  <si>
+    <t>Tivoli</t>
+  </si>
+  <si>
+    <t>8820.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;1л;D=10/7,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03090144</t>
+  </si>
+  <si>
+    <t>125001MEU121990</t>
+  </si>
+  <si>
+    <t>7192.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;0,5л;D=90/75,H=135,L=120,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090145</t>
+  </si>
+  <si>
+    <t>146150MU4321990</t>
+  </si>
+  <si>
+    <t>3735.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки;стекло;1,2л;D=91/90,H=240,L=140,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090147</t>
+  </si>
+  <si>
+    <t>1520-21868</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Тиволи»;стекло;1,6л;D=95/110,H=205,L=145,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090148</t>
+  </si>
+  <si>
+    <t>07058</t>
+  </si>
+  <si>
+    <t>6034.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=95/80,H=135,L=140,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090153</t>
+  </si>
+  <si>
+    <t>5547-0.5-28013</t>
+  </si>
+  <si>
+    <t>5814.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;D=91,H=295,L=140,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090154</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;стекло;1,7л;D=110,H=240,L=170,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090155</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Pitcher</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>6245.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=90,H=190,L=150,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090158</t>
+  </si>
+  <si>
+    <t>E7255</t>
+  </si>
+  <si>
+    <t>3717.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Аурум»;стекло;1,5л;D=85,H=300,L=130,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090161</t>
+  </si>
+  <si>
+    <t>180860G04021990</t>
+  </si>
+  <si>
+    <t>Aurum</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>48688.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Касабланка»;стекло;1,35л;D=80,H=201,L=160,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090163</t>
+  </si>
+  <si>
+    <t>Casablanca</t>
+  </si>
+  <si>
+    <t>7493.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;стекло;1,05л;D=120,H=180,L=165,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090164</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;1,3л</t>
+  </si>
+  <si>
+    <t>03090165</t>
+  </si>
+  <si>
+    <t>4827.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Гибралтар»;стекло;1л;D=195,H=215,L=150,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090167</t>
+  </si>
+  <si>
+    <t>Gibraltar</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Пичет»;стекло;0,5л;D=77,H=150,L=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090171</t>
+  </si>
+  <si>
+    <t>C0215</t>
+  </si>
+  <si>
+    <t>4214.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Данс»;стекло;1,6л;D=9,5,H=24,5,L=153,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03090172</t>
+  </si>
+  <si>
+    <t>43374/b</t>
+  </si>
+  <si>
+    <t>Dance</t>
+  </si>
+  <si>
+    <t>2366.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;2л;D=125,H=210,L=175,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090173</t>
+  </si>
+  <si>
+    <t>5512-2-24549</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Сильвана»;стекло;1,35л;D=11,H=23,L=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03090174</t>
+  </si>
+  <si>
+    <t>43334/b</t>
+  </si>
+  <si>
+    <t>Sylvana</t>
+  </si>
+  <si>
+    <t>2226.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=10,9,H=12,2,L=11,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090175</t>
+  </si>
+  <si>
+    <t>6760-0.5</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;D=95,H=220,L=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090176</t>
+  </si>
+  <si>
+    <t>3993-1.2-17676</t>
+  </si>
+  <si>
+    <t>6653.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Касабланка»;стекло;1,3л;D=80,H=201,L=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090177</t>
+  </si>
+  <si>
+    <t>43614/b</t>
+  </si>
+  <si>
+    <t>2177.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кошем» с крышкой;стекло,абс-пластик;1,5л;D=95,H=225,L=165,B=5мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090178</t>
+  </si>
+  <si>
+    <t>43414/b</t>
+  </si>
+  <si>
+    <t>Kosem</t>
+  </si>
+  <si>
+    <t>2471.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;250мл;D=60,H=100,L=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090179</t>
+  </si>
+  <si>
+    <t>5519-0.25</t>
+  </si>
+  <si>
+    <t>2295.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=73,H=116,L=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090180</t>
+  </si>
+  <si>
+    <t>5519-0.5-28453</t>
+  </si>
+  <si>
+    <t>4305.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=10,H=24,5,L=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03090181</t>
+  </si>
+  <si>
+    <t>8592-26862</t>
+  </si>
+  <si>
+    <t>10318.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вайн декантер»;стекло;1,172л;D=85,H=275мм</t>
+  </si>
+  <si>
+    <t>03090186</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;3л;D=18,H=29,B=18см;полупрозр.</t>
+  </si>
+  <si>
+    <t>03090187</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>28075.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2,5л;D=14,H=29см;прозр.</t>
+  </si>
+  <si>
+    <t>03090190</t>
+  </si>
+  <si>
+    <t>24841.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;2л;D=22,H=26,1см;прозр.</t>
+  </si>
+  <si>
+    <t>03090191</t>
+  </si>
+  <si>
+    <t>E9298</t>
+  </si>
+  <si>
+    <t>9765.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=65,H=130,B=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090192</t>
+  </si>
+  <si>
+    <t>5512-0.5-26908</t>
+  </si>
+  <si>
+    <t>5568.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крафт»;фарфор;0,6л;D=95,H=147,L=134мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03090193</t>
+  </si>
+  <si>
+    <t>1132 0283</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>18072.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,183л;D=90,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090194</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>8848.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,64л;D=83,H=195мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090195</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки;хрусталь;1,2л;D=95,L=155мм</t>
+  </si>
+  <si>
+    <t>03090199</t>
+  </si>
+  <si>
+    <t>1520-800/91а-27467</t>
+  </si>
+  <si>
+    <t>25634.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Симплисити Вайт»;фарфор;1,1л;D=7,H=18,L=17см;белый</t>
+  </si>
+  <si>
+    <t>03090201</t>
+  </si>
+  <si>
+    <t>1101 0282</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>19204.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кашуб-хел»;фарфор;1л;D=10,H=17,L=17,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03090202</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;пластик;0,95л;D=14,5,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>03090207</t>
+  </si>
+  <si>
+    <t>P320CW</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>Pitchers</t>
+  </si>
+  <si>
+    <t>6738.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2л;D=12,H=26,L=17,5,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>03090208</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>32433.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;поликарбонат;1,8л;D=17,H=20,5,L=19см;прозр.</t>
+  </si>
+  <si>
+    <t>03090220</t>
+  </si>
+  <si>
+    <t>P600CW135</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;1,9л;D=18,5,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03090221</t>
+  </si>
+  <si>
+    <t>PC64CW135</t>
+  </si>
+  <si>
+    <t>17125.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Рокси»;стекло;1л;D=88,H=173,L=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090225</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Roxy</t>
+  </si>
+  <si>
+    <t>4374.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Брок»;стекло;0,5л;D=75,H=140,B=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090226</t>
+  </si>
+  <si>
+    <t>E7258</t>
+  </si>
+  <si>
+    <t>Broc</t>
+  </si>
+  <si>
+    <t>2835.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;поликарбонат;1,8л;D=13,H=18,L=20,B=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03090228</t>
+  </si>
+  <si>
+    <t>JW-601</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>5971.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;поликарбонат;1,4л;D=12,5,H=17,5,L=20,B=12,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090229</t>
+  </si>
+  <si>
+    <t>JW-602</t>
+  </si>
+  <si>
+    <t>5096.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1,5л;D=150,H=165,L=192,B=4мм;прозр.</t>
-[...8 lines deleted...]
-    <t>8316.00₸</t>
+    <t>Кувшин «Питчер»;поликарбонат;0,95л;D=10,H=16,B=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090230</t>
+  </si>
+  <si>
+    <t>JW-603</t>
+  </si>
+  <si>
+    <t>5278.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;2л;D=12,H=21см;синий</t>
+  </si>
+  <si>
+    <t>03090231</t>
+  </si>
+  <si>
+    <t>S-751</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;1,6л;D=11,H=32см;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>03090233</t>
+  </si>
+  <si>
+    <t>18219.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;акрил;2л;D=14/17,H=23см</t>
+  </si>
+  <si>
+    <t>03090235</t>
+  </si>
+  <si>
+    <t>25002000MSC</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>11073.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;акрил;2л;D=10,5,H=25,L=40,B=28см</t>
+  </si>
+  <si>
+    <t>03090236</t>
+  </si>
+  <si>
+    <t>25100000ACR</t>
+  </si>
+  <si>
+    <t>24463.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2,8л;D=13,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>03090238</t>
+  </si>
+  <si>
+    <t>29153.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крафт»;фарфор;0,6л;D=95,H=147,L=134мм;белый</t>
+  </si>
+  <si>
+    <t>03090239</t>
+  </si>
+  <si>
+    <t>1155 0283</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>31201.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1,8л;D=10,H=25,4см;прозр.</t>
+  </si>
+  <si>
+    <t>03090241</t>
+  </si>
+  <si>
+    <t>43934/b</t>
+  </si>
+  <si>
+    <t>2415.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1л;D=81,H=213,L=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090242</t>
+  </si>
+  <si>
+    <t>43944/b</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,3л;D=16,3,H=21,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03090243</t>
+  </si>
+  <si>
+    <t>E7254</t>
+  </si>
+  <si>
+    <t>3780.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2л;,H=21,L=19,7см;белый</t>
+  </si>
+  <si>
+    <t>03090244</t>
+  </si>
+  <si>
+    <t>22662.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;поликарбонат;1,9л;D=13,8,H=23,5,L=19,3см</t>
+  </si>
+  <si>
+    <t>03090245</t>
+  </si>
+  <si>
+    <t>JW-609</t>
+  </si>
+  <si>
+    <t>10766.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;250мл;D=80,H=115,L=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090246</t>
+  </si>
+  <si>
+    <t>80100/b</t>
+  </si>
+  <si>
+    <t>791.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1л;D=12,3,H=20,L=15,8см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090247</t>
+  </si>
+  <si>
+    <t>80102/b</t>
+  </si>
+  <si>
+    <t>1715.00₸</t>
+  </si>
+  <si>
+    <t>03090248</t>
+  </si>
+  <si>
+    <t>80111/b</t>
+  </si>
+  <si>
+    <t>1449.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Колонна 1000»;стекло;1л;D=11,3,H=20,2,L=14,6см</t>
+  </si>
+  <si>
+    <t>03090255</t>
+  </si>
+  <si>
+    <t>Colonna</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;хрусталь;1л;D=14,H=22,5,L=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03090256</t>
+  </si>
+  <si>
+    <t>5576/1000/1-24873</t>
+  </si>
+  <si>
+    <t>24640.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Цветок» с крышкой;хрусталь;1,5л;D=60,H=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090257</t>
+  </si>
+  <si>
+    <t>6103-900/43-22576</t>
+  </si>
+  <si>
+    <t>Цветок</t>
+  </si>
+  <si>
+    <t>32017.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Мельница» с крышкой;хрусталь;1,5л;D=60,H=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090260</t>
+  </si>
+  <si>
+    <t>6103-1000/1-22797</t>
+  </si>
+  <si>
+    <t>Мельница</t>
+  </si>
+  <si>
+    <t>32533.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Блю дэппл»;фарфор;1,1л;D=7,H=18,L=17см;белый,синий</t>
+  </si>
+  <si>
+    <t>03090261</t>
+  </si>
+  <si>
+    <t>1710 0282</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>20051.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Блю дэппл»;фарфор;0,6л;D=70,H=147мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03090262</t>
+  </si>
+  <si>
+    <t>1710 0283</t>
+  </si>
+  <si>
+    <t>13930.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;хр.стекло;1л;D=13,7,H=20,9см;прозр.</t>
+  </si>
+  <si>
+    <t>03090264</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Hemingway</t>
+  </si>
+  <si>
+    <t>15200.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;стекло;1,2л;D=80/75,H=275,L=145мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090265</t>
+  </si>
+  <si>
+    <t>3993-1.2-28014</t>
+  </si>
+  <si>
+    <t>5760.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крафт Грин»;фарфор;0,6л;D=95,H=147,L=134мм;зелен.</t>
+  </si>
+  <si>
+    <t>03090266</t>
+  </si>
+  <si>
+    <t>1131 0283</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>19381.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Хани»;стекло;1,2л;D=11,5,H=22,L=17см;прозр.</t>
+  </si>
+  <si>
+    <t>03090267</t>
+  </si>
+  <si>
+    <t>66136M</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Honey</t>
+  </si>
+  <si>
+    <t>8247.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Дива»;стекло;1,2л;D=11,5,H=22,L=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090268</t>
+  </si>
+  <si>
+    <t>66135M</t>
+  </si>
+  <si>
+    <t>Diva</t>
+  </si>
+  <si>
+    <t>11774.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Романтика»;стекло;1,8л;D=10,6,H=23,6,L=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03090270</t>
+  </si>
+  <si>
+    <t>335942M02321990</t>
+  </si>
+  <si>
+    <t>Romantic</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Луна» с крышкой;стекло,пластик;1,7л;D=11,H=23,5,L=16,7см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090275</t>
+  </si>
+  <si>
+    <t>43544/b</t>
+  </si>
+  <si>
+    <t>Luna</t>
+  </si>
+  <si>
+    <t>2702.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло,сталь нерж.;1,5л;D=95,H=270мм</t>
+  </si>
+  <si>
+    <t>03090276</t>
+  </si>
+  <si>
+    <t>34350.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Саксэшен»;фарфор;0,75л;,L=12,5см;белый</t>
+  </si>
+  <si>
+    <t>03090279</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Succession</t>
+  </si>
+  <si>
+    <t>31817.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Саксэшен»;фарфор;0,75л;,H=18,B=12,5см;черный</t>
+  </si>
+  <si>
+    <t>03090282</t>
+  </si>
+  <si>
+    <t>32294.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий с крышкой и стрейнером;стекло,металл;0,5л;D=85,H=145,L=136мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090284</t>
+  </si>
+  <si>
+    <t>WP035</t>
+  </si>
+  <si>
+    <t>8267.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий с крышкой и стрейнером;стекло,металл;1,8л;D=14,5,H=22,L=11,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03090285</t>
+  </si>
+  <si>
+    <t>WP016</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Сфера»;сталь нерж.;2л;D=15,5,H=18,7,L=21,4,B=12,4см;металлич.</t>
+  </si>
+  <si>
+    <t>03090286</t>
+  </si>
+  <si>
+    <t>56916-20</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Sphera</t>
+  </si>
+  <si>
+    <t>151536.00₸</t>
+  </si>
+  <si>
+    <t>03090287</t>
+  </si>
+  <si>
+    <t>80113/b</t>
+  </si>
+  <si>
+    <t>1071.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин термостойкий без носика;стекло;1,8л;D=80,H=200,L=117мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090288</t>
+  </si>
+  <si>
+    <t>WP016/1w/oNose</t>
+  </si>
+  <si>
+    <t>5250.00₸</t>
   </si>
   <si>
     <t>44 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1,5л;D=151,H=168,L=185,B=4мм;прозр.</t>
-[...977 lines deleted...]
-    <t>32017.00₸</t>
+    <t>Кувшин «Бистро» без крышки;стекло;1л;D=12,3,H=20,L=15,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090290</t>
+  </si>
+  <si>
+    <t>80102/b without cover</t>
+  </si>
+  <si>
+    <t>1428.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки рифленный;2л;прозр.</t>
+  </si>
+  <si>
+    <t>03090291</t>
+  </si>
+  <si>
+    <t>5512-2,0r</t>
+  </si>
+  <si>
+    <t>5036.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Тоскана»;хр.стекло;0,8л;D=83,H=205,B=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090301</t>
+  </si>
+  <si>
+    <t>61534A4600</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Toscana</t>
+  </si>
+  <si>
+    <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>43675.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Тоскана»;хр.стекло;1л;D=95,H=245,B=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090302</t>
+  </si>
+  <si>
+    <t>61534A4900</t>
+  </si>
+  <si>
+    <t>55787.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=13,1,H=21,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090307</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Exclusiv</t>
+  </si>
+  <si>
+    <t>29538.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=11,3,H=19,L=15,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090308</t>
+  </si>
+  <si>
+    <t>18527.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=97,H=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090309</t>
+  </si>
+  <si>
+    <t>9133.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=13,3,H=21,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090310</t>
+  </si>
+  <si>
+    <t>19535.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;2л;D=10,9,H=31см;прозр.</t>
+  </si>
+  <si>
+    <t>03090311</t>
+  </si>
+  <si>
+    <t>19374.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,25л;D=10,H=25,2,L=16,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090312</t>
+  </si>
+  <si>
+    <t>22823.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;0,6л;D=80,H=140,L=125мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090314</t>
+  </si>
+  <si>
+    <t>80122/b</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кончерто»;стекло;1,2л;D=11,5,H=22,L=16,5см</t>
+  </si>
+  <si>
+    <t>03090315</t>
+  </si>
+  <si>
+    <t>66137M</t>
+  </si>
+  <si>
+    <t>Concerto</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бейзик» с крышкой;стекло,пластик;1,3л;,H=22,9,L=13,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03090316</t>
+  </si>
+  <si>
+    <t>43964/b</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>2289.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки с лазерной насечкой;стекло;0,55л;D=84,H=204мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090317</t>
+  </si>
+  <si>
+    <t>125081MEU121231</t>
+  </si>
+  <si>
+    <t>6977.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вальс»;стекло;1,34л;,H=23,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03090319</t>
+  </si>
+  <si>
+    <t>43474/b</t>
+  </si>
+  <si>
+    <t>Valse</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;0,6л;,H=14см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090324</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки;стекло;250мл;прозр.</t>
+  </si>
+  <si>
+    <t>03090325</t>
+  </si>
+  <si>
+    <t>5512-0.25</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Сферик» для саке;стекло;0,5л;D=15,8,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03090402</t>
+  </si>
+  <si>
+    <t>E2923</t>
+  </si>
+  <si>
+    <t>Spherigue</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;125мл;D=62,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090403</t>
+  </si>
+  <si>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;250мл;D=73,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090404</t>
+  </si>
+  <si>
+    <t>10788.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;200мл;D=7,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>03090405</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кошем» с крышкой;стекло;1л;D=80,H=220,L=125мм;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>03090406</t>
+  </si>
+  <si>
+    <t>80051/b</t>
+  </si>
+  <si>
+    <t>1484.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;1,3л;D=80,H=270,L=125мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>03090407</t>
+  </si>
+  <si>
+    <t>80052/b</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;1л;D=97,H=181,L=125мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090447</t>
+  </si>
+  <si>
+    <t>80050/b</t>
+  </si>
+  <si>
+    <t>1491.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро» с крышкой;стекло;1,85л;,H=22,L=15,9см;прозр.</t>
+  </si>
+  <si>
+    <t>03090448</t>
+  </si>
+  <si>
+    <t>80119/b</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Оаси»;стекло;1,2л;D=11,5,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03090453</t>
+  </si>
+  <si>
+    <t>Oasi</t>
+  </si>
+  <si>
+    <t>6846.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Лонгшамп»;хр.стекло;1,5л;D=95,H=220,L=173мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090459</t>
+  </si>
+  <si>
+    <t>L9760</t>
+  </si>
+  <si>
+    <t>Eclat</t>
+  </si>
+  <si>
+    <t>Longchamp</t>
+  </si>
+  <si>
+    <t>11102.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Акватик» с крышкой;стекло,пластик;1,65л;D=11,H=24,L=18см;прозр.</t>
+  </si>
+  <si>
+    <t>03090460</t>
+  </si>
+  <si>
+    <t>43324/b</t>
+  </si>
+  <si>
+    <t>Aquatic</t>
+  </si>
+  <si>
+    <t>2814.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;1,4л</t>
+  </si>
+  <si>
+    <t>03090468</t>
+  </si>
+  <si>
+    <t>RPLN-14-OW</t>
+  </si>
+  <si>
+    <t>Hario</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>14376.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Инальто Инвито»;стекло;0,61л;D=12,9,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090470</t>
+  </si>
+  <si>
+    <t>365765G03021990</t>
+  </si>
+  <si>
+    <t>Inalto Invit</t>
+  </si>
+  <si>
+    <t>23786.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;,H=255,L=210,B=85мм</t>
+  </si>
+  <si>
+    <t>03090475</t>
+  </si>
+  <si>
+    <t>B0818114</t>
+  </si>
+  <si>
+    <t>30770.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;,H=32,L=24,B=11см</t>
+  </si>
+  <si>
+    <t>03090476</t>
+  </si>
+  <si>
+    <t>B0818115</t>
+  </si>
+  <si>
+    <t>41296.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Белфеста»;хр.стекло;250мл;D=79,H=215мм</t>
+  </si>
+  <si>
+    <t>03090477</t>
+  </si>
+  <si>
+    <t>Zwiesel Glas</t>
+  </si>
+  <si>
+    <t>Belfesta</t>
+  </si>
+  <si>
+    <t>11135.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;хр.стекло;200мл;D=77,H=108мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090480</t>
+  </si>
+  <si>
+    <t>2805 4300</t>
+  </si>
+  <si>
+    <t>12490.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;250мл;D=62,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090481</t>
+  </si>
+  <si>
+    <t>80112/b</t>
+  </si>
+  <si>
+    <t>742.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Ориент» без крышки;стекло;2,578л;D=18,26,H=24,27см;прозр.</t>
+  </si>
+  <si>
+    <t>03090482</t>
+  </si>
+  <si>
+    <t>Oriente</t>
+  </si>
+  <si>
+    <t>9040.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;акрил;1,8л;,H=22,L=18,B=13,5см</t>
+  </si>
+  <si>
+    <t>03090501</t>
+  </si>
+  <si>
+    <t>Pfg</t>
+  </si>
+  <si>
+    <t>5791.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кантри Стайл»;фарфор;1л;D=86,H=195мм;зелен.</t>
+  </si>
+  <si>
+    <t>03090506</t>
+  </si>
+  <si>
+    <t>TRY3410</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>16101.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кантри Стайл»;фарфор;270мл;D=57,H=120мм;зелен.</t>
+  </si>
+  <si>
+    <t>03090507</t>
+  </si>
+  <si>
+    <t>TRY3525</t>
+  </si>
+  <si>
+    <t>10750.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;хр.стекло;0,5л;D=10,2,H=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090509</t>
+  </si>
+  <si>
+    <t>2805 4600</t>
+  </si>
+  <si>
+    <t>18303.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчерс»;хр.стекло;1л;D=14,H=19,6см;прозр.</t>
+  </si>
+  <si>
+    <t>03090510</t>
+  </si>
+  <si>
+    <t>2805 4900</t>
+  </si>
+  <si>
+    <t>58443.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;хр.стекло;0,75л;D=85,5,H=307мм</t>
+  </si>
+  <si>
+    <t>03090604</t>
+  </si>
+  <si>
+    <t>Zwiesel 1872</t>
+  </si>
+  <si>
+    <t>Hommage Comete</t>
+  </si>
+  <si>
+    <t>149257.00₸</t>
+  </si>
+  <si>
+    <t>Крышка д/кувшина WW500CW;пластик;белый</t>
+  </si>
+  <si>
+    <t>03090701</t>
+  </si>
+  <si>
+    <t>WW1000LS148</t>
+  </si>
+  <si>
+    <t>Camliter</t>
+  </si>
+  <si>
+    <t>1471.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;1,6л;D=11,H=30,L=10,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03090702</t>
+  </si>
+  <si>
+    <t>10888.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Куфра» с охладителем;стекло;2л;D=17,95,H=21,1см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>03090703</t>
+  </si>
+  <si>
+    <t>135729MP4321990</t>
+  </si>
+  <si>
+    <t>Kufra</t>
+  </si>
+  <si>
+    <t>Кувшин «Куфра» с охладителем;стекло;2л;D=17,95,H=21,1см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090704</t>
+  </si>
+  <si>
+    <t>135729MR9321990</t>
+  </si>
+  <si>
+    <t>Кувшин «Куфра» с охладителем;стекло;2л;D=17,95,H=21,1см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>03090706</t>
+  </si>
+  <si>
+    <t>1.35729.MV1</t>
+  </si>
+  <si>
+    <t>5614.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крушо»;фарфор;0,5л;,H=24,L=22,B=8см;белый</t>
+  </si>
+  <si>
+    <t>03090708</t>
+  </si>
+  <si>
+    <t>B7518001</t>
+  </si>
+  <si>
+    <t>Cruchot</t>
+  </si>
+  <si>
+    <t>37469.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Ликид»;керамика;0,5л;,H=16,2,L=11,B=10см;черный</t>
+  </si>
+  <si>
+    <t>03090710</t>
+  </si>
+  <si>
+    <t>Likid</t>
+  </si>
+  <si>
+    <t>28390.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Кувшин «Мельница» с крышкой;хрусталь;1,5л;D=60,H=335мм;прозр.</t>
-[...865 lines deleted...]
-  <si>
     <t>Кувшин «Мэтр»;стекло;1,1л;D=14,8,H=18см;прозр.</t>
   </si>
   <si>
     <t>03090711</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
     <t>Maitre</t>
   </si>
   <si>
     <t>62540.00₸</t>
   </si>
   <si>
     <t>03090712</t>
   </si>
   <si>
     <t>Кувшин «Мэтр»;стекло;1,3л;D=13,H=25,5см;прозр.</t>
   </si>
   <si>
     <t>03090713</t>
   </si>
   <si>
     <t>57111.00₸</t>
@@ -2150,144 +2153,141 @@
   <si>
     <t>03090716</t>
   </si>
   <si>
     <t>C099-05BBS</t>
   </si>
   <si>
     <t>Кувшин термостойкий;фарфор;300мл;,H=127,L=82,B=72мм;серый</t>
   </si>
   <si>
     <t>03090717</t>
   </si>
   <si>
     <t>C099-09BGL</t>
   </si>
   <si>
     <t>Кувшин «Пас-парту»;стекло;0,75л;D=11,H=13см;прозр.</t>
   </si>
   <si>
     <t>03090718</t>
   </si>
   <si>
     <t>B0819014</t>
   </si>
   <si>
-    <t>27235.00₸</t>
+    <t>32841.00₸</t>
   </si>
   <si>
     <t>Кувшин «Оффисина 1825»;стекло;1,183л;D=96,H=275мм</t>
   </si>
   <si>
     <t>03090719</t>
   </si>
   <si>
     <t>540627MTV121990</t>
   </si>
   <si>
     <t>Officina1825</t>
   </si>
   <si>
     <t>4875.00₸</t>
   </si>
   <si>
     <t>Кувшин с крышкой;стекло,пластик;1,1л;D=85,H=244мм;прозр.</t>
   </si>
   <si>
     <t>03090722</t>
   </si>
   <si>
     <t>H00254</t>
   </si>
   <si>
     <t>Osz</t>
   </si>
   <si>
-    <t>1617.00₸</t>
-[...1 lines deleted...]
-  <si>
     <t>Кувшин «Пьюр»;хр.стекло;375мл;D=78,H=194мм;прозр.</t>
   </si>
   <si>
     <t>03090725</t>
   </si>
   <si>
     <t>Pure</t>
   </si>
   <si>
     <t>18427.00₸</t>
   </si>
   <si>
     <t>Кувшин «Вилэдж»;стекло;360мл;D=51/63,H=172мм;прозр.</t>
   </si>
   <si>
     <t>03090726</t>
   </si>
   <si>
     <t>43804/b</t>
   </si>
   <si>
     <t>Village</t>
   </si>
   <si>
-    <t>1043.00₸</t>
+    <t>1022.00₸</t>
   </si>
   <si>
     <t>Кувшин «Вилэдж»;стекло;1,33л;D=79/94,H=249мм;прозр.</t>
   </si>
   <si>
     <t>03090727</t>
   </si>
   <si>
     <t>43824/b</t>
   </si>
   <si>
-    <t>1876.00₸</t>
+    <t>1827.00₸</t>
   </si>
   <si>
     <t>Кувшин «Вэйв»;фарфор;350мл;D=7,H=14см;белый</t>
   </si>
   <si>
     <t>03090732</t>
   </si>
   <si>
     <t>V0333-0013</t>
   </si>
   <si>
     <t>Pordamsa</t>
   </si>
   <si>
     <t>Wave</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>10095.00₸</t>
   </si>
   <si>
-    <t>Кувшин «Мистер &amp; Миссис» с крышкой;хр.стекло;0,7л;D=89,H=235мм;серый,зелен.</t>
+    <t>Кувшин «Мистер &amp; Миссис» с крышкой;хр.стекло;0,7л;D=89,H=235мм;прозр.</t>
   </si>
   <si>
     <t>03090733</t>
   </si>
   <si>
     <t>Mr. &amp; Mrs.</t>
   </si>
   <si>
     <t>52091.00₸</t>
   </si>
   <si>
     <t>Кувшин «Винтаж» с крышкой;хр.стекло;0,75л;D=15,H=24,2см;прозр.</t>
   </si>
   <si>
     <t>03090734</t>
   </si>
   <si>
     <t>Vintage</t>
   </si>
   <si>
     <t>34727.00₸</t>
   </si>
   <si>
     <t>Кувшин «Перса»;стекло;D=24,H=35см;серый</t>
   </si>
@@ -2496,50 +2496,110 @@
     <t>7431.00₸</t>
   </si>
   <si>
     <t>Кувшин «Амфора»;стекло;1,18л;D=79,H=250мм;прозр.</t>
   </si>
   <si>
     <t>03090755</t>
   </si>
   <si>
     <t>43813/b</t>
   </si>
   <si>
     <t>Amphora</t>
   </si>
   <si>
     <t>1645.00₸</t>
   </si>
   <si>
     <t>Кувшин «Вилэдж»;стекло;0,7л;D=80,H=203мм;прозр.</t>
   </si>
   <si>
     <t>03101669</t>
   </si>
   <si>
     <t>2526.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;прозр.</t>
+  </si>
+  <si>
+    <t>03101670</t>
+  </si>
+  <si>
+    <t>ВК-1200 Крист ВО</t>
+  </si>
+  <si>
+    <t>Хрустальный звон</t>
+  </si>
+  <si>
+    <t>1510.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «ДекантВин»;стекло;1л;,H=22,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03101671</t>
+  </si>
+  <si>
+    <t>ДекантВин 2П</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крист» с крышкой;стекло,пластик;1,5л;,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03101674</t>
+  </si>
+  <si>
+    <t>П-91-1500-КРК</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Призма» с крышкой;стекло;1л;,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03101672</t>
+  </si>
+  <si>
+    <t>В-67-1000-Призма</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крист» без крышки;стекло,пластик;1,5л;,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03101673</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2554,51 +2614,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D55-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795755-E3C6-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5C3D-21B9-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D58-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795752-E3C6-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5A-424B-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539D9-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB2297C-21B9-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5C-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5CEF-21B9-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044627-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F8CB-21B9-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8CF1-21B9-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C4-E3C6-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C795-0DB6-11ED-BBFC-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795756-E3C6-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8BB1-21B9-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE66-424B-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00A-F94B-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22A2E-21B9-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326268-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA1-424B-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB1-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD3-424B-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C5-E3C6-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9546868-E3C6-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C8-E3C6-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C0383-424B-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795759-E3C6-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7397-E3C6-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AF-424C-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D2C-424C-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C167-424C-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FA1D-21B9-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C9-424C-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B24-424C-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C91B-424D-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041208-424D-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22586-21B9-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795753-E3C6-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C9-E3C6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575C-E3C6-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3E7-424D-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE41C-424D-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F96B-21B9-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D92-424E-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5A3E-2AFC-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF7-F3D8-11EC-BBFA-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DAE-424E-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA845-424E-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9448-424F-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335E-F162-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575B-E3C6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF576A-21B9-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540867FC-4250-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037942-4250-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C7-E3C6-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC850-424B-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C35313A5-E63A-11EF-BC4E-00505692C44759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA781C0-21B9-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C3-E3C6-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78120-21B9-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335C-F162-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CB-E3C6-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2EB9-424D-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E4E8-424D-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78260-21B9-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78312-21B9-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8AFF-21B9-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089849-4250-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E8-4251-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E9-4251-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E891F-21B9-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F82B-21B9-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7395-E3C6-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7394-E3C6-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FBD-4252-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225188-4252-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D543-4252-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB228CA-21B9-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22AE0-21B9-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B65-4252-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C0-4252-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5A4B-21B9-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738F-E3C6-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7391-E3C6-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0E-4253-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD2-4253-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5AFD-21B9-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738D-E3C6-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF580A-21B9-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322C0-4253-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FD73-21B9-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972758-21B9-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF52F8-21B9-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3357-F162-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987493-4254-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769726B8-21B9-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C6-814C-11E9-BBBA-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C7-814C-11E9-BBBA-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C3A-2342-11EA-BBC7-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5760E022-814C-11E9-BBBA-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575D-E3C6-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D34E79EF-54E8-11EB-BBE0-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65785232-C9E7-11EB-BBF1-005056926DAF105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28B0E-B332-11EF-BC4E-00505692C447106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B1-4250-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592B3-4250-11E8-A155-00259035BB67108.gif"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD479-4251-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD47A-4251-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB1-4251-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB2-4251-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB3-4251-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972606-21B9-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE52-4252-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7396-E3C6-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E92C9FE-EA58-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22638-21B9-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8C51-21B9-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606734B8-5EF1-11EE-BC0E-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FC1-4250-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592AC-4250-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F29-4251-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F2A-4251-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57229EC-3D5E-11EF-BC4D-00505692C447125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7390-E3C6-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7526E1-3D5E-11EF-BC4D-00505692C447127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ACFFB8-21B9-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00D-F94B-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF53AA-21B9-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC253C-4254-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89102-C099-11EC-BBFA-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791F-E3C6-11EB-BBF2-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDB4-814B-11E9-BBBA-005056921CC4134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D858-1B44-11EA-BBC6-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86DA0AFB-D1AC-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7697280A-21B9-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E954686A-E3C6-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769724B4-21B9-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC76-4251-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FB6F-21B9-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FACF-21B9-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769728AA-21B9-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C69A476-0730-11EB-BBDB-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3355-F162-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF41D4-AEC9-11EE-BC40-00505692492F146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335D-F162-11EB-BBF2-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF56CA-21B9-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF54EA-21B9-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF558A-21B9-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D859-1B44-11EA-BBC6-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2BA1ABB-1B44-11EA-BBC6-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791B-E3C6-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA785B6-21B9-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B07919-E3C6-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CC-E3C6-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28367593-34B8-11EB-BBDF-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E89BF-21B9-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8A5F-21B9-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78516-21B9-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E39-4768-11EA-BBCE-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738E-E3C6-11EB-BBF2-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217ADD-06B4-11EE-BC09-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EC-81A0-11EB-BBEF-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312ED-81A0-11EB-BBEF-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915B-F13D-11EC-BBFA-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89101-C099-11EC-BBFA-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF8-F3D8-11EC-BBFA-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21B2EC74-9F22-11EC-BBFA-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AECDCD-DC9C-11ED-BC07-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D950E-DC9C-11ED-BC07-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD4F6-524D-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/451C93BC-26FB-11EF-BC52-00505692E2D0173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5D76E4A-26FB-11EF-BC52-00505692E2D0174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93791B62-504C-11F0-BC55-00505692E2D0175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5AF0-2AFC-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AA2DE97-36C3-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28962-B332-11EF-BC4E-00505692C447178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28A38-B332-11EF-BC4E-00505692C447179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9AC1-E3DA-11EF-BC4E-00505692C447180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10577EAB-1A16-11F0-BC4F-00505692C447181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3B6E-04DF-11F0-BC53-00505692E2D0182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C765DCC-071C-11F0-BC57-00505692E049183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A5E6-2796-11F0-BC58-00505692E049184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A414-2796-11F0-BC58-00505692E049185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A21D-2796-11F0-BC58-00505692E049186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB67B-97B5-11F0-BC58-00505692E2D0187.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D55-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795755-E3C6-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5C3D-21B9-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D58-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795752-E3C6-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5A-424B-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539D9-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB2297C-21B9-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D5C-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5CEF-21B9-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044627-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8CF1-21B9-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C4-E3C6-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C795-0DB6-11ED-BBFC-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795756-E3C6-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8BB1-21B9-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE66-424B-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00A-F94B-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22A2E-21B9-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326268-424B-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA1-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB1-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD3-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C5-E3C6-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9546868-E3C6-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C8-E3C6-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C0383-424B-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795759-E3C6-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7397-E3C6-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632AF-424C-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D2C-424C-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CF1C167-424C-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FA1D-21B9-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3C9-424C-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B24-424C-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C91B-424D-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041208-424D-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22586-21B9-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF795753-E3C6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C9-E3C6-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575C-E3C6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3E7-424D-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE41C-424D-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F96B-21B9-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D92-424E-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5A3E-2AFC-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF7-F3D8-11EC-BBFA-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DAE-424E-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA845-424E-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9448-424F-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335E-F162-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575B-E3C6-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF576A-21B9-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540867FC-4250-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037942-4250-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C7-E3C6-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC850-424B-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C35313A5-E63A-11EF-BC4E-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA781C0-21B9-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29C3-E3C6-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78120-21B9-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335C-F162-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CB-E3C6-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2EB9-424D-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E4E8-424D-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78260-21B9-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78312-21B9-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8AFF-21B9-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089849-4250-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E8-4251-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964E9-4251-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E891F-21B9-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6F82B-21B9-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7395-E3C6-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7394-E3C6-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FBD-4252-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225188-4252-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D543-4252-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB228CA-21B9-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22AE0-21B9-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B65-4252-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C0-4252-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5A4B-21B9-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738F-E3C6-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7391-E3C6-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0E-4253-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD2-4253-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6A5AFD-21B9-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738D-E3C6-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF580A-21B9-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322C0-4253-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FD73-21B9-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972758-21B9-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF52F8-21B9-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3357-F162-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987493-4254-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769726B8-21B9-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C6-814C-11E9-BBBA-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C7-814C-11E9-BBBA-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC1C3A-2342-11EA-BBC7-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5760E022-814C-11E9-BBBA-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF79575D-E3C6-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D34E79EF-54E8-11EB-BBE0-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65785232-C9E7-11EB-BBF1-005056926DAF104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28B0E-B332-11EF-BC4E-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025B1-4250-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592B3-4250-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD479-4251-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD47A-4251-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB1-4251-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB2-4251-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB3-4251-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76972606-21B9-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE52-4252-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7396-E3C6-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E92C9FE-EA58-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EB22638-21B9-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8C51-21B9-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606734B8-5EF1-11EE-BC0E-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082FC1-4250-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592AC-4250-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F29-4251-11E8-A155-00259035BB67122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F2A-4251-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57229EC-3D5E-11EF-BC4D-00505692C447124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE7390-E3C6-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7526E1-3D5E-11EF-BC4D-00505692C447126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ACFFB8-21B9-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C00D-F94B-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF53AA-21B9-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC253C-4254-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89102-C099-11EC-BBFA-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791F-E3C6-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDB4-814B-11E9-BBBA-005056921CC4133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D858-1B44-11EA-BBC6-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86DA0AFB-D1AC-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7697280A-21B9-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E954686A-E3C6-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769724B4-21B9-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC76-4251-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FB6F-21B9-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88A6FACF-21B9-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769728AA-21B9-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C69A476-0730-11EB-BBDB-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B3355-F162-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF41D4-AEC9-11EE-BC40-00505692492F145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757B335D-F162-11EB-BBF2-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF56CA-21B9-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF54EA-21B9-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AF558A-21B9-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC45D859-1B44-11EA-BBC6-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2BA1ABB-1B44-11EA-BBC6-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B0791B-E3C6-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA785B6-21B9-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2B07919-E3C6-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC0B29CC-E3C6-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28367593-34B8-11EB-BBDF-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E89BF-21B9-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707E8A5F-21B9-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CA78516-21B9-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0717E39-4768-11EA-BBCE-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FE738E-E3C6-11EB-BBF2-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217ADD-06B4-11EE-BC09-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EC-81A0-11EB-BBEF-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312ED-81A0-11EB-BBEF-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915B-F13D-11EC-BBFA-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89101-C099-11EC-BBFA-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7325ECF8-F3D8-11EC-BBFA-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21B2EC74-9F22-11EC-BBFA-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AECDCD-DC9C-11ED-BC07-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D950E-DC9C-11ED-BC07-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD4F6-524D-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/451C93BC-26FB-11EF-BC52-00505692E2D0172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5D76E4A-26FB-11EF-BC52-00505692E2D0173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93791B62-504C-11F0-BC55-00505692E2D0174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17FD5AF0-2AFC-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AA2DE97-36C3-11EE-BC0D-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28962-B332-11EF-BC4E-00505692C447177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B28A38-B332-11EF-BC4E-00505692C447178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9AC1-E3DA-11EF-BC4E-00505692C447179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10577EAB-1A16-11F0-BC4F-00505692C447180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3B6E-04DF-11F0-BC53-00505692E2D0181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C765DCC-071C-11F0-BC57-00505692E049182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A5E6-2796-11F0-BC58-00505692E049183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A414-2796-11F0-BC58-00505692E049184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A21D-2796-11F0-BC58-00505692E049185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB67B-97B5-11F0-BC58-00505692E2D0186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C2744F-C7F0-11F0-BC5A-00505692E2D0187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C26265-C7F0-11F0-BC5A-00505692E2D0188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C25A50-C7F0-11F0-BC5A-00505692E2D0189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C26803-C7F0-11F0-BC5A-00505692E2D0190.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -8143,63 +8203,153 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>188</xdr:row>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="187" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -8458,62 +8608,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03081709/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090104/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090105/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090106/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090112/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090116/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090118/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090119/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090120/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090124/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090127/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090128/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090129/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090136/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090137/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090143/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090144/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090145/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090147/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090148/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090155/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090161/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090163/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090164/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090165/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090171/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090172/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090173/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090174/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090175/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090176/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090177/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090178/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090179/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090180/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090181/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090186/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090187/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090190/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090191/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090192/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090193/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090194/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090195/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090201/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-lubiana-03090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090207/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090208/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090220/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090221/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090225/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090226/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090228/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090229/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090230/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ns-03090231/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090233/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090235/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090236/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090238/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090239/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090241/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090242/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090243/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090244/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090245/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090246/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090247/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090248/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090255/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090256/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090257/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090260/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090261/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090262/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090264/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090265/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090266/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090267/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090284/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sambonet-03090286/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090287/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090288/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090290/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090291/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090301/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090307/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090308/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090309/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090310/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090311/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090312/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090314/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090315/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090316/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090317/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090319/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090324/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090325/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090402/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090406/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090407/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090447/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090448/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090453/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-eclat-03090459/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090460/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hario-03090468/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090470/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090475/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090476/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-glas-03090477/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090480/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090481/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090482/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pfg-03090501/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090506/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090507/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090509/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090510/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-1872-03090604/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-kuvshina-ww500cw-cambro-03090701/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090702/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090703/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090704/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090706/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090708/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090710/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090711/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090712/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090713/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090714/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090715/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090716/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090717/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090718/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090719/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-osz-03090722/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090725/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090726/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090727/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pordamsa-03090732/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090733/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090734/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sempre-life-03090736/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090744/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090745/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090746/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090748/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090749/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-restola-03100482/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101644/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101645/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090750/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090751/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hold-02040343/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03097822/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03101667/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-phibo-03097823/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090752/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090753/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090754/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090755/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03101669/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03081709/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090104/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090105/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090106/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090112/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090116/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090118/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090119/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090124/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090127/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090128/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090129/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090136/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090137/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090143/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090144/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090145/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090147/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090148/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090155/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090161/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090163/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090164/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090165/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090171/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090172/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090173/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090174/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090175/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090176/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090177/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090178/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090179/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090180/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090181/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090186/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090187/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090190/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090191/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090192/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090193/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090194/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-libbey-03090195/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090201/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-lubiana-03090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090207/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090208/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090220/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-cambro-03090221/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090225/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090226/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090228/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090229/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090230/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ns-03090231/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090233/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090235/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ilsa-03090236/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090238/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090239/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090241/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090242/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090243/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090244/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090245/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090246/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090247/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090248/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03090255/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090256/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090257/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090260/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090261/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090262/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090264/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090265/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-steelite-03090266/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090267/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090284/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sambonet-03090286/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090287/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-prohotel-03090288/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090290/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090291/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090301/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090307/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090308/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090309/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090310/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090311/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090312/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090314/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090315/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090316/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090317/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090319/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090324/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090325/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-arcoroc-03090402/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-stoelzle-03090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090406/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090407/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090447/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090448/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-vidivi-03090453/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-eclat-03090459/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090460/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hario-03090468/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090470/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090475/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090476/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-glas-03090477/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090480/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090481/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090482/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pfg-03090501/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090506/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-g-benedikt-karlovy-vary-03090507/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090509/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-rona-03090510/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-zwiesel-1872-03090604/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-kuvshina-ww500cw-cambro-03090701/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03090702/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090703/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090704/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090706/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090708/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090710/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090711/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090712/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090713/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-ivv-03090714/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090715/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090716/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-loveramics-03090717/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-serax-03090718/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-bormioli-rocco-03090719/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-osz-03090722/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090725/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090726/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090727/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pordamsa-03090732/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090733/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-nude-03090734/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-sempre-life-03090736/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090744/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-revol-03090745/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-neman-03090746/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090748/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090749/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-restola-03100482/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101644/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-le-coq-03101645/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090750/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090751/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hold-02040343/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borgonovo-03097822/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-aps-03101667/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-phibo-03097823/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090752/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090753/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-borisovskaya-keramika-03090754/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03090755/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-pasabahce-03101669/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101670/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101671/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101674/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101672/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-hrustalnyy-zvon-03101673/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L190"/>
+  <dimension ref="A1:L194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I190" sqref="I190"/>
+      <selection activeCell="I194" sqref="I194"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -8617,6223 +8767,6346 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L7" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="L14" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F15" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>86</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="L15" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>91</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="L16" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="0"/>
+      <c r="G17" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>96</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0">
+        <v>80050</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="F18" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="E18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D19" s="0">
-        <v>80050</v>
+        <v>80101</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>104</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D20" s="0">
-        <v>80101</v>
+        <v>80102</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="D21" s="0">
-        <v>80102</v>
+      <c r="D21" s="0" t="s">
+        <v>110</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F21" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>111</v>
+      </c>
       <c r="G21" s="0" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>20</v>
+        <v>114</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>114</v>
+        <v>56</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>120</v>
+      </c>
+      <c r="D23" s="0">
+        <v>80111</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>53</v>
+        <v>121</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" s="0">
+        <v>80113</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="G24" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>122</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D25" s="0">
-        <v>80113</v>
+        <v>28438</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>28438</v>
+        <v>130</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>131</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>129</v>
+        <v>86</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>92</v>
+        <v>41</v>
       </c>
       <c r="L27" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>140</v>
+        <v>66</v>
       </c>
       <c r="L28" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F29" s="0"/>
+        <v>55</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>127</v>
+      </c>
       <c r="G29" s="0" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>144</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>92</v>
+        <v>145</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="D31" s="0" t="s">
         <v>152</v>
+      </c>
+      <c r="D31" s="0">
+        <v>1520</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>154</v>
+        <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0">
+        <v>5260</v>
+      </c>
+      <c r="E32" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="D32" s="0">
-[...5 lines deleted...]
-      <c r="F32" s="0"/>
+      <c r="F32" s="0" t="s">
+        <v>157</v>
+      </c>
       <c r="G32" s="0" t="s">
-        <v>25</v>
+        <v>158</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>5260</v>
+        <v>161</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>162</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>162</v>
+        <v>57</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="F34" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>167</v>
+      </c>
       <c r="G34" s="0" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>171</v>
+      </c>
+      <c r="D35" s="0">
+        <v>55052</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>59</v>
+        <v>98</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>172</v>
+        <v>100</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>27</v>
+        <v>174</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D36" s="0">
-        <v>55052</v>
+        <v>1792421</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>79</v>
+        <v>156</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>81</v>
+        <v>158</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>177</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D37" s="0">
-        <v>1792421</v>
+        <v>52349</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>162</v>
+        <v>57</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D38" s="0">
-        <v>52349</v>
+        <v>5263</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="F38" s="0"/>
+        <v>156</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>183</v>
+      </c>
       <c r="G38" s="0" t="s">
-        <v>54</v>
+        <v>158</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>5263</v>
+        <v>186</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>187</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>160</v>
+        <v>55</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>186</v>
+        <v>56</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>162</v>
+        <v>57</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>53</v>
+        <v>192</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L40" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="L41" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F42" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>202</v>
+      </c>
       <c r="G42" s="0" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>201</v>
+        <v>66</v>
       </c>
       <c r="L42" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>92</v>
+        <v>208</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>211</v>
+        <v>51</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F45" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>172</v>
+      </c>
       <c r="G45" s="0" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>176</v>
+        <v>220</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>44</v>
+        <v>145</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>235</v>
+      </c>
+      <c r="D50" s="0">
+        <v>97000</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>25</v>
+        <v>158</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>234</v>
+        <v>78</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D51" s="0">
-        <v>97000</v>
+        <v>10770</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>160</v>
+        <v>238</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>162</v>
+        <v>239</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>75</v>
+        <v>240</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C52" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D52" s="0">
+        <v>10776</v>
+      </c>
+      <c r="E52" s="0" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>10776</v>
+        <v>245</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>246</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>239</v>
+        <v>55</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>240</v>
+        <v>57</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="L54" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F55" s="0"/>
+        <v>255</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>256</v>
+      </c>
       <c r="G55" s="0" t="s">
-        <v>25</v>
+        <v>257</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>260</v>
+      </c>
+      <c r="D56" s="0">
+        <v>795</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="L56" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D57" s="0">
-        <v>795</v>
+        <v>789</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>264</v>
+        <v>20</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>789</v>
+        <v>267</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>268</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>262</v>
+        <v>25</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>131</v>
+        <v>270</v>
       </c>
       <c r="L58" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F59" s="0"/>
+        <v>255</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>274</v>
+      </c>
       <c r="G59" s="0" t="s">
-        <v>25</v>
+        <v>257</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="L59" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>277</v>
+      </c>
+      <c r="D60" s="0">
+        <v>6007</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>256</v>
+        <v>278</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>258</v>
+        <v>168</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>6007</v>
+        <v>282</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>283</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>172</v>
+        <v>261</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>282</v>
+        <v>20</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>288</v>
+      </c>
+      <c r="D62" s="0">
+        <v>10775</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>262</v>
+        <v>289</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>20</v>
+        <v>174</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>10775</v>
+        <v>292</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>293</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="F63" s="0"/>
+        <v>284</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>285</v>
+      </c>
       <c r="G63" s="0" t="s">
-        <v>291</v>
+        <v>261</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>293</v>
+        <v>20</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D65" s="0" t="s">
         <v>300</v>
       </c>
+      <c r="D65" s="0">
+        <v>13130020</v>
+      </c>
       <c r="E65" s="0" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="F65" s="0"/>
+        <v>301</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>302</v>
+      </c>
       <c r="G65" s="0" t="s">
-        <v>262</v>
+        <v>64</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>20</v>
+        <v>304</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>13130020</v>
+        <v>306</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>307</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>304</v>
+        <v>55</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>44</v>
+        <v>310</v>
       </c>
       <c r="L66" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>52</v>
+        <v>314</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>310</v>
+        <v>157</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>54</v>
+        <v>315</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="L67" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D68" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="E68" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="E68" s="0" t="s">
+      <c r="F68" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="G68" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="F68" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>92</v>
+        <v>321</v>
       </c>
       <c r="L68" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="E69" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="G69" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="F69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>63</v>
+        <v>326</v>
       </c>
       <c r="L69" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>316</v>
+        <v>112</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>326</v>
+        <v>32</v>
       </c>
       <c r="L70" s="0">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>333</v>
+      </c>
+      <c r="D71" s="0">
+        <v>10772</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>330</v>
+        <v>238</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>115</v>
+        <v>289</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>332</v>
+        <v>20</v>
       </c>
       <c r="L71" s="0">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>10772</v>
+        <v>336</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>337</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>239</v>
+        <v>338</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>291</v>
+        <v>64</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D73" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="E73" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>61</v>
+        <v>289</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="L73" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>345</v>
+      </c>
+      <c r="D74" s="0">
+        <v>10769</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>339</v>
+        <v>238</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>10769</v>
+        <v>348</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>349</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="F75" s="0"/>
+        <v>255</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>350</v>
+      </c>
       <c r="G75" s="0" t="s">
-        <v>291</v>
+        <v>257</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>351</v>
+        <v>111</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>258</v>
+        <v>112</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>20</v>
+        <v>356</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>356</v>
+        <v>216</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>206</v>
+        <v>363</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>365</v>
+      </c>
+      <c r="D79" s="0">
+        <v>83429</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>52</v>
+        <v>238</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>83429</v>
+        <v>368</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>369</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="F80" s="0"/>
+        <v>314</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>157</v>
+      </c>
       <c r="G80" s="0" t="s">
-        <v>240</v>
+        <v>315</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L80" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>315</v>
+        <v>98</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>161</v>
+        <v>111</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>316</v>
+        <v>112</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>27</v>
+        <v>375</v>
       </c>
       <c r="L81" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="L82" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>375</v>
+        <v>119</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>131</v>
+        <v>41</v>
       </c>
       <c r="L83" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>121</v>
+        <v>383</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>384</v>
+      </c>
+      <c r="D84" s="0">
+        <v>13102221</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>79</v>
+        <v>301</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>123</v>
+        <v>385</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>13102221</v>
+        <v>388</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>389</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>386</v>
+        <v>20</v>
       </c>
       <c r="L85" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F86" s="0"/>
+      <c r="F86" s="0" t="s">
+        <v>394</v>
+      </c>
       <c r="G86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>24</v>
+        <v>255</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>25</v>
+        <v>257</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="D89" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="F89" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="E89" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G89" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>411</v>
+      </c>
+      <c r="D90" s="0">
+        <v>68010</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>256</v>
+        <v>412</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>258</v>
+        <v>100</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>20</v>
+        <v>321</v>
       </c>
       <c r="L90" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>68010</v>
+        <v>416</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>417</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="L91" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F92" s="0"/>
+        <v>255</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>422</v>
+      </c>
       <c r="G92" s="0" t="s">
-        <v>25</v>
+        <v>257</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L92" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>256</v>
+        <v>427</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>258</v>
+        <v>64</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L93" s="0"/>
+      <c r="L93" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D94" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="E94" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="E94" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="0" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>428</v>
+        <v>62</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>59</v>
+        <v>98</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>446</v>
+      </c>
+      <c r="D97" s="0">
+        <v>10764</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>115</v>
+        <v>239</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>27</v>
+        <v>448</v>
       </c>
       <c r="L97" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D98" s="0">
-        <v>10764</v>
+        <v>650741</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="F98" s="0"/>
+        <v>451</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>452</v>
+      </c>
       <c r="G98" s="0" t="s">
-        <v>240</v>
+        <v>57</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="D99" s="0">
-        <v>650741</v>
+        <v>650740</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>451</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>452</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>650740</v>
+        <v>458</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>459</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>54</v>
+        <v>315</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L100" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>27</v>
+        <v>321</v>
       </c>
       <c r="L101" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="F102" s="0"/>
+        <v>468</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>469</v>
+      </c>
       <c r="G102" s="0" t="s">
-        <v>316</v>
+        <v>64</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>465</v>
+        <v>123</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>468</v>
+        <v>98</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>469</v>
+        <v>121</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L103" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="L103" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>125</v>
+        <v>474</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>115</v>
+        <v>315</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="L104" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="F105" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>111</v>
+      </c>
       <c r="G105" s="0" t="s">
-        <v>316</v>
+        <v>112</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="L105" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F107" s="0"/>
+        <v>490</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>491</v>
+      </c>
       <c r="G107" s="0" t="s">
-        <v>25</v>
+        <v>492</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="L107" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>499</v>
+      </c>
+      <c r="D109" s="0">
+        <v>4110068</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>491</v>
+        <v>239</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L109" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="D110" s="0">
-        <v>4110068</v>
+        <v>4110066</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D111" s="0">
-        <v>4110066</v>
+        <v>4110064</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>240</v>
+        <v>168</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="D112" s="0">
-        <v>4110064</v>
+        <v>4110168</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>172</v>
+        <v>239</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="D113" s="0">
-        <v>4110168</v>
+        <v>4130069</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="F113" s="0" t="s">
         <v>500</v>
       </c>
+      <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D114" s="0">
-        <v>4130069</v>
+        <v>4130067</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>240</v>
+        <v>168</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>4130067</v>
+        <v>519</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>520</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="F115" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>99</v>
+      </c>
       <c r="G115" s="0" t="s">
-        <v>172</v>
+        <v>112</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="L115" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>79</v>
+        <v>427</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>103</v>
+        <v>525</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>521</v>
+        <v>20</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>428</v>
+        <v>98</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>20</v>
+        <v>321</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>530</v>
+        <v>86</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L118" s="0"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>59</v>
+        <v>98</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>90</v>
+        <v>539</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>535</v>
+        <v>216</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L119" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="L119" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>541</v>
+      </c>
+      <c r="D120" s="0">
+        <v>80122</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>539</v>
+        <v>99</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>206</v>
+        <v>542</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="L120" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>80122</v>
+        <v>544</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>545</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F122" s="0"/>
+        <v>55</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>550</v>
+      </c>
       <c r="G122" s="0" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>553</v>
+      </c>
+      <c r="D123" s="0">
+        <v>4110061</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>52</v>
+        <v>500</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>550</v>
+        <v>501</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D124" s="0">
-        <v>4110061</v>
+        <v>4110062</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>240</v>
+        <v>168</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="D125" s="0">
-        <v>4110062</v>
+        <v>4110065</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-        <v>4110065</v>
+        <v>562</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>563</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>499</v>
+        <v>98</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>500</v>
+        <v>220</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>172</v>
+        <v>112</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>565</v>
+        <v>20</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="L129" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>578</v>
+      </c>
+      <c r="D130" s="0">
+        <v>66827</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>79</v>
+        <v>427</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>114</v>
+        <v>579</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>66827</v>
+        <v>582</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>583</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>428</v>
+        <v>584</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L131" s="0"/>
+      <c r="L131" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>585</v>
+        <v>98</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>20</v>
+        <v>592</v>
       </c>
       <c r="L132" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>115</v>
+        <v>597</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>154</v>
+        <v>20</v>
       </c>
       <c r="L133" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="F134" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>602</v>
+      </c>
       <c r="G134" s="0" t="s">
-        <v>597</v>
+        <v>64</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>20</v>
+        <v>604</v>
       </c>
       <c r="L134" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>604</v>
+        <v>20</v>
       </c>
       <c r="L135" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L136" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>614</v>
+      </c>
+      <c r="D137" s="0">
+        <v>113786</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F137" s="0"/>
+        <v>615</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>616</v>
+      </c>
       <c r="G137" s="0" t="s">
-        <v>17</v>
+        <v>239</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L137" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-        <v>113786</v>
+        <v>619</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>620</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>615</v>
+        <v>490</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>616</v>
+        <v>285</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>240</v>
+        <v>492</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L138" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>489</v>
+        <v>98</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>287</v>
+        <v>121</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>491</v>
+        <v>112</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="L139" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>627</v>
+      </c>
+      <c r="D140" s="0">
+        <v>3.20271</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>123</v>
+        <v>628</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="L140" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="D141" s="0">
-        <v>3.20271</v>
+        <v>260034</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>61</v>
+        <v>261</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L141" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>260034</v>
+        <v>635</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>636</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="F142" s="0"/>
+        <v>637</v>
+      </c>
+      <c r="F142" s="0" t="s">
+        <v>638</v>
+      </c>
       <c r="G142" s="0" t="s">
-        <v>262</v>
+        <v>639</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>637</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>638</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>639</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>637</v>
+        <v>490</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>638</v>
+        <v>285</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>639</v>
+        <v>492</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L145" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>654</v>
+      </c>
+      <c r="D146" s="0">
+        <v>117131</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>489</v>
+        <v>655</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>287</v>
+        <v>656</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>491</v>
+        <v>639</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-        <v>117131</v>
+        <v>659</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>660</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>655</v>
+        <v>284</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>639</v>
+        <v>261</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L147" s="0"/>
+      <c r="L147" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>660</v>
+        <v>664</v>
+      </c>
+      <c r="D148" s="0">
+        <v>10771</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L148" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>10771</v>
+        <v>667</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>668</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="F149" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>669</v>
+      </c>
       <c r="G149" s="0" t="s">
-        <v>240</v>
+        <v>64</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>665</v>
+        <v>339</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L149" s="0"/>
+      <c r="L149" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>669</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L150" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>669</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>340</v>
+        <v>676</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L151" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L152" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-        <v>679</v>
+        <v>683</v>
+      </c>
+      <c r="D153" s="0">
+        <v>644387</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>15</v>
+        <v>451</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>20</v>
+        <v>686</v>
       </c>
       <c r="L153" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="D154" s="0">
-        <v>644387</v>
+        <v>7508.1</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>451</v>
+        <v>689</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L154" s="0"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="D155" s="0">
-        <v>7508.1</v>
+        <v>7509.1</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="D156" s="0">
-        <v>7509.1</v>
+        <v>7510.1</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="D157" s="0">
-        <v>7510.1</v>
+        <v>7511.1</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>7511.1</v>
+        <v>698</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>699</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>61</v>
+        <v>315</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="E160" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="G160" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="H160" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I160" s="1" t="s">
         <v>702</v>
-      </c>
-[...19 lines deleted...]
-        <v>701</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>699</v>
+        <v>15</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>700</v>
+        <v>16</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>316</v>
+        <v>17</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>701</v>
+        <v>712</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L161" s="0"/>
+      <c r="L161" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>16</v>
+        <v>716</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>149</v>
+        <v>41</v>
       </c>
       <c r="L162" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>716</v>
+        <v>568</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="L163" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>723</v>
+      </c>
+      <c r="D164" s="0">
+        <v>28750</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>720</v>
-[...1 lines deleted...]
-      <c r="F164" s="0"/>
+        <v>412</v>
+      </c>
+      <c r="F164" s="0" t="s">
+        <v>724</v>
+      </c>
       <c r="G164" s="0" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-        <v>28750</v>
+        <v>727</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>728</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>413</v>
+        <v>98</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="L165" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>729</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="L166" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>79</v>
+        <v>738</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>115</v>
+        <v>740</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>743</v>
+      </c>
+      <c r="D168" s="0">
+        <v>92546</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>738</v>
+        <v>412</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>740</v>
+        <v>100</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="D169" s="0">
-        <v>92546</v>
+        <v>29001</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L169" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L169" s="0"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>29001</v>
+        <v>751</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>752</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>413</v>
+        <v>753</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="0"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>757</v>
+      </c>
+      <c r="D171" s="0">
+        <v>656390</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>753</v>
+        <v>451</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L171" s="0"/>
+      <c r="L171" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="D172" s="0">
-        <v>656390</v>
+        <v>656392</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>451</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>758</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-        <v>656392</v>
+        <v>764</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>765</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>762</v>
+        <v>50</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L173" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>765</v>
+        <v>563</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F174" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F174" s="0" t="s">
+        <v>220</v>
+      </c>
       <c r="G174" s="0" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>48</v>
+        <v>768</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L174" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>563</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>80</v>
+        <v>220</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>563</v>
+        <v>774</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>775</v>
+      </c>
+      <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="L176" s="0">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>775</v>
-[...1 lines deleted...]
-      <c r="F177" s="0"/>
+        <v>780</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>781</v>
+      </c>
       <c r="G177" s="0" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L177" s="0">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>780</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>781</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>20</v>
+        <v>174</v>
       </c>
       <c r="L178" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>785</v>
+        <v>571</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>780</v>
+        <v>98</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>781</v>
+        <v>99</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>786</v>
+        <v>771</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>521</v>
+        <v>20</v>
       </c>
       <c r="L179" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>572</v>
+        <v>792</v>
+      </c>
+      <c r="D181" s="0">
+        <v>10622095</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>115</v>
+        <v>315</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>792</v>
-[...3 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="D182" s="0"/>
       <c r="E182" s="0" t="s">
-        <v>793</v>
-[...1 lines deleted...]
-      <c r="F182" s="0"/>
+        <v>301</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>385</v>
+      </c>
       <c r="G182" s="0" t="s">
-        <v>316</v>
+        <v>64</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="L182" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="D183" s="0"/>
+        <v>799</v>
+      </c>
+      <c r="D183" s="0">
+        <v>10695</v>
+      </c>
       <c r="E183" s="0" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>61</v>
+        <v>315</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="L183" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="D184" s="0">
-        <v>10695</v>
+        <v>440500141</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="F184" s="0"/>
+        <v>803</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>804</v>
+      </c>
       <c r="G184" s="0" t="s">
-        <v>316</v>
+        <v>112</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>800</v>
+        <v>546</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="L184" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-        <v>440500141</v>
+        <v>806</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>807</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>546</v>
+        <v>810</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="L185" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>808</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>809</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L186" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>808</v>
       </c>
-      <c r="F187" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L187" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>808</v>
-[...1 lines deleted...]
-      <c r="F188" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>822</v>
+      </c>
       <c r="G188" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="L188" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
-      <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>820</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>825</v>
+      </c>
+      <c r="D189" s="0">
+        <v>43814</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>822</v>
+        <v>729</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L189" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="B190" s="0" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-        <v>43814</v>
+        <v>828</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>829</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L190" s="0">
-        <v>6</v>
+      <c r="L190" s="0"/>
+    </row>
+    <row r="191" spans="1:12" customHeight="1" ht="80">
+      <c r="A191" s="0"/>
+      <c r="B191" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="E191" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="F191" s="0"/>
+      <c r="G191" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H191" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I191" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J191" s="0"/>
+      <c r="K191" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="L191" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" customHeight="1" ht="80">
+      <c r="A192" s="0"/>
+      <c r="B192" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="E192" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="F192" s="0"/>
+      <c r="G192" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H192" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I192" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="J192" s="0"/>
+      <c r="K192" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="L192" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" customHeight="1" ht="80">
+      <c r="A193" s="0"/>
+      <c r="B193" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="E193" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="F193" s="0"/>
+      <c r="G193" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I193" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="J193" s="0"/>
+      <c r="K193" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="L193" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" customHeight="1" ht="80">
+      <c r="A194" s="0"/>
+      <c r="B194" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="E194" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="F194" s="0"/>
+      <c r="G194" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H194" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I194" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="J194" s="0"/>
+      <c r="K194" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="L194" s="0">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
@@ -14984,50 +15257,54 @@
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_186"/>
     <hyperlink ref="B188" r:id="rId_hyperlink_187"/>
     <hyperlink ref="B189" r:id="rId_hyperlink_188"/>
     <hyperlink ref="B190" r:id="rId_hyperlink_189"/>
+    <hyperlink ref="B191" r:id="rId_hyperlink_190"/>
+    <hyperlink ref="B192" r:id="rId_hyperlink_191"/>
+    <hyperlink ref="B193" r:id="rId_hyperlink_192"/>
+    <hyperlink ref="B194" r:id="rId_hyperlink_193"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>