--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="849">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -98,51 +98,51 @@
   <si>
     <t>18419.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Кувшин;стекло;1л;D=130,H=145,L=165,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090101</t>
   </si>
   <si>
     <t>5519-1-22306</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>7269.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Кувшин;стекло;1л;D=135,H=175,L=153,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090102</t>
   </si>
   <si>
     <t>5512-22390</t>
   </si>
   <si>
     <t>7292.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Кувшин;стекло;1л;D=140,H=152,L=165,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090103</t>
   </si>
   <si>
     <t>5547-22206</t>
   </si>
@@ -215,641 +215,650 @@
   <si>
     <t>6566.00₸</t>
   </si>
   <si>
     <t>Кувшин «Бистро»;стекло;1л;D=122,H=190,L=160,B=4мм;прозр.</t>
   </si>
   <si>
     <t>03090112</t>
   </si>
   <si>
     <t>146160MU3321990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Bistrot</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>4151.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=150,H=165,L=192,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090116</t>
+  </si>
+  <si>
+    <t>5519-1.5-22911</t>
+  </si>
+  <si>
+    <t>8316.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=151,H=168,L=185,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090118</t>
+  </si>
+  <si>
+    <t>6760-1.5-22912</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;стекло;1,2л;D=142,H=225,L=164,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090119</t>
+  </si>
+  <si>
+    <t>4545-1.2-30889</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин рифленный;1,5л;D=10,H=17,L=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03090124</t>
+  </si>
+  <si>
+    <t>5519-1.5r-21929</t>
+  </si>
+  <si>
+    <t>8555.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;285мл;D=68,H=168мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090127</t>
+  </si>
+  <si>
+    <t>125071MFA121230</t>
+  </si>
+  <si>
+    <t>Ypsilon</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Кувшин;стекло;1,5л;D=150,H=165,L=192,B=4мм;прозр.</t>
-[...17 lines deleted...]
-    <t>6760-1.5-22912</t>
+    <t>Кувшин «Эпсилон» без ручки;стекло;0,55л;D=85,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090128</t>
+  </si>
+  <si>
+    <t>125081MEU121990</t>
+  </si>
+  <si>
+    <t>5290.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=135,H=150,L=180,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090129</t>
+  </si>
+  <si>
+    <t>6760-39670</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Фриго» с крышкой;стекло;1л;D=97,H=181,L=148,B=3мм;прозр.,желт.</t>
+  </si>
+  <si>
+    <t>03090134</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Frigo</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>2126.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=100,H=158,L=128,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090136</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=123,H=200,L=158,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090137</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;0,5л;D=10,H=15,8,L=10,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090138</t>
+  </si>
+  <si>
+    <t>80101/b</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>980.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Пичет»;стекло;250мл;D=80,H=125,L=125,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090139</t>
+  </si>
+  <si>
+    <t>C0216/59825</t>
+  </si>
+  <si>
+    <t>3500.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;1л;D=105/80,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090140</t>
+  </si>
+  <si>
+    <t>Bacchus</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бахус»;стекло;0,5л;D=85,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090141</t>
+  </si>
+  <si>
+    <t>Кувшин «Тиволи»;стекло;2,3л;D=120,H=230,L=180,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090143</t>
+  </si>
+  <si>
+    <t>Tivoli</t>
+  </si>
+  <si>
+    <t>8820.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Эпсилон» без ручки;стекло;1л;D=10/7,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03090144</t>
+  </si>
+  <si>
+    <t>125001MEU121990</t>
+  </si>
+  <si>
+    <t>7192.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Бистро»;стекло;0,5л;D=90/75,H=135,L=120,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090145</t>
+  </si>
+  <si>
+    <t>146150MU4321990</t>
+  </si>
+  <si>
+    <t>3735.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин без крышки;стекло;1,2л;D=91/90,H=240,L=140,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090147</t>
+  </si>
+  <si>
+    <t>1520-21868</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Тиволи»;стекло;1,6л;D=95/110,H=205,L=145,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090148</t>
+  </si>
+  <si>
+    <t>07058</t>
+  </si>
+  <si>
+    <t>6034.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=95/80,H=135,L=140,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090153</t>
+  </si>
+  <si>
+    <t>5547-0.5-28013</t>
+  </si>
+  <si>
+    <t>5814.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;D=91,H=295,L=140,B=2мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090154</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;стекло;1,7л;D=110,H=240,L=170,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090155</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Pitcher</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>6245.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1л;D=90,H=190,L=150,B=4мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090158</t>
+  </si>
+  <si>
+    <t>E7255</t>
+  </si>
+  <si>
+    <t>3717.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Аурум»;стекло;1,5л;D=85,H=300,L=130,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090161</t>
+  </si>
+  <si>
+    <t>180860G04021990</t>
+  </si>
+  <si>
+    <t>Aurum</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>48688.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Касабланка»;стекло;1,35л;D=80,H=201,L=160,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090163</t>
+  </si>
+  <si>
+    <t>Casablanca</t>
+  </si>
+  <si>
+    <t>7493.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Питчер»;стекло;1,05л;D=120,H=180,L=165,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090164</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;1,3л</t>
+  </si>
+  <si>
+    <t>03090165</t>
+  </si>
+  <si>
+    <t>4827.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Гибралтар»;стекло;1л;D=195,H=215,L=150,B=5мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090167</t>
+  </si>
+  <si>
+    <t>Gibraltar</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Пичет»;стекло;0,5л;D=77,H=150,L=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090171</t>
+  </si>
+  <si>
+    <t>C0215</t>
+  </si>
+  <si>
+    <t>4214.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Данс»;стекло;1,6л;D=9,5,H=24,5,L=153,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03090172</t>
+  </si>
+  <si>
+    <t>43374/b</t>
+  </si>
+  <si>
+    <t>Dance</t>
+  </si>
+  <si>
+    <t>2366.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;2л;D=125,H=210,L=175,B=3мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090173</t>
+  </si>
+  <si>
+    <t>5512-2-24549</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Сильвана»;стекло;1,35л;D=11,H=23,L=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03090174</t>
+  </si>
+  <si>
+    <t>43334/b</t>
+  </si>
+  <si>
+    <t>Sylvana</t>
+  </si>
+  <si>
+    <t>2226.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=10,9,H=12,2,L=11,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03090175</t>
+  </si>
+  <si>
+    <t>6760-0.5</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,2л;D=95,H=220,L=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090176</t>
+  </si>
+  <si>
+    <t>3993-1.2-17676</t>
+  </si>
+  <si>
+    <t>6653.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин «Касабланка»;стекло;1,3л;D=80,H=201,L=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090177</t>
+  </si>
+  <si>
+    <t>43614/b</t>
+  </si>
+  <si>
+    <t>2177.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Кошем» с крышкой;стекло,абс-пластик;1,5л;D=95,H=225,L=165,B=5мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03090178</t>
+  </si>
+  <si>
+    <t>43414/b</t>
+  </si>
+  <si>
+    <t>Kosem</t>
+  </si>
+  <si>
+    <t>2471.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;250мл;D=60,H=100,L=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090179</t>
+  </si>
+  <si>
+    <t>5519-0.25</t>
+  </si>
+  <si>
+    <t>2295.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=73,H=116,L=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090180</t>
+  </si>
+  <si>
+    <t>5519-0.5-28453</t>
+  </si>
+  <si>
+    <t>4305.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,5л;D=10,H=24,5,L=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03090181</t>
+  </si>
+  <si>
+    <t>8592-26862</t>
+  </si>
+  <si>
+    <t>10318.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Вайн декантер»;стекло;1,172л;D=85,H=275мм</t>
+  </si>
+  <si>
+    <t>03090186</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;3л;D=18,H=29,B=18см;полупрозр.</t>
+  </si>
+  <si>
+    <t>03090187</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>28075.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;пластик;2,5л;D=14,H=29см;прозр.</t>
+  </si>
+  <si>
+    <t>03090190</t>
+  </si>
+  <si>
+    <t>24841.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин с крышкой;пластик;2л;D=22,H=26,1см;прозр.</t>
+  </si>
+  <si>
+    <t>03090191</t>
+  </si>
+  <si>
+    <t>E9298</t>
+  </si>
+  <si>
+    <t>9765.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;0,5л;D=65,H=130,B=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090192</t>
+  </si>
+  <si>
+    <t>5512-0.5-26908</t>
+  </si>
+  <si>
+    <t>5568.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин «Крафт»;фарфор;0,6л;D=95,H=147,L=134мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03090193</t>
+  </si>
+  <si>
+    <t>1132 0283</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>18072.00₸</t>
+  </si>
+  <si>
+    <t>Кувшин;стекло;1,183л;D=90,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03090194</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>8848.00₸</t>
   </si>
   <si>
     <t>20 шт.</t>
   </si>
   <si>
-    <t>Кувшин с крышкой;стекло;1,2л;D=142,H=225,L=164,B=5мм;прозр.</t>
-[...562 lines deleted...]
-  <si>
     <t>Кувшин;стекло;0,64л;D=83,H=195мм;прозр.</t>
   </si>
   <si>
     <t>03090195</t>
   </si>
   <si>
     <t>3388.00₸</t>
   </si>
   <si>
     <t>Кувшин без крышки;хрусталь;1,2л;D=95,L=155мм</t>
   </si>
   <si>
     <t>03090199</t>
   </si>
   <si>
     <t>1520-800/91а-27467</t>
   </si>
   <si>
     <t>25634.00₸</t>
   </si>
   <si>
     <t>22 шт.</t>
   </si>
   <si>
     <t>Кувшин «Симплисити Вайт»;фарфор;1,1л;D=7,H=18,L=17см;белый</t>
@@ -929,117 +938,111 @@
   <si>
     <t>03090221</t>
   </si>
   <si>
     <t>PC64CW135</t>
   </si>
   <si>
     <t>17125.00₸</t>
   </si>
   <si>
     <t>Кувшин «Рокси»;стекло;1л;D=88,H=173,L=142мм;прозр.</t>
   </si>
   <si>
     <t>03090225</t>
   </si>
   <si>
     <t>Borgonovo</t>
   </si>
   <si>
     <t>Roxy</t>
   </si>
   <si>
     <t>4374.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>26 шт.</t>
   </si>
   <si>
     <t>Кувшин «Брок»;стекло;0,5л;D=75,H=140,B=120мм;прозр.</t>
   </si>
   <si>
     <t>03090226</t>
   </si>
   <si>
     <t>E7258</t>
   </si>
   <si>
     <t>Broc</t>
   </si>
   <si>
     <t>2835.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кувшин «Питчер»;поликарбонат;1,8л;D=13,H=18,L=20,B=13см;прозр.</t>
   </si>
   <si>
     <t>03090228</t>
   </si>
   <si>
     <t>JW-601</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>5971.00₸</t>
   </si>
   <si>
     <t>Кувшин «Питчер»;поликарбонат;1,4л;D=12,5,H=17,5,L=20,B=12,5см;прозр.</t>
   </si>
   <si>
     <t>03090229</t>
   </si>
   <si>
     <t>JW-602</t>
   </si>
   <si>
     <t>5096.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кувшин «Питчер»;поликарбонат;0,95л;D=10,H=16,B=14,5см;прозр.</t>
   </si>
   <si>
     <t>03090230</t>
   </si>
   <si>
     <t>JW-603</t>
   </si>
   <si>
     <t>5278.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Кувшин с крышкой;пластик;2л;D=12,H=21см;синий</t>
   </si>
   <si>
     <t>03090231</t>
   </si>
   <si>
     <t>S-751</t>
   </si>
   <si>
     <t>NS</t>
   </si>
   <si>
     <t>1025.00₸</t>
   </si>
   <si>
     <t>Кувшин с крышкой;пластик;1,6л;D=11,H=32см;прозр.,голуб.</t>
   </si>
   <si>
     <t>03090233</t>
   </si>
   <si>
     <t>18219.00₸</t>
   </si>
@@ -1142,51 +1145,51 @@
   <si>
     <t>Кувшин «Питчер»;поликарбонат;1,9л;D=13,8,H=23,5,L=19,3см</t>
   </si>
   <si>
     <t>03090245</t>
   </si>
   <si>
     <t>JW-609</t>
   </si>
   <si>
     <t>10766.00₸</t>
   </si>
   <si>
     <t>Кувшин «Бистро»;стекло;250мл;D=80,H=115,L=95мм;прозр.</t>
   </si>
   <si>
     <t>03090246</t>
   </si>
   <si>
     <t>80100/b</t>
   </si>
   <si>
     <t>791.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Кувшин «Бистро» с крышкой;стекло;1л;D=12,3,H=20,L=15,8см;прозр.,красный</t>
   </si>
   <si>
     <t>03090247</t>
   </si>
   <si>
     <t>80102/b</t>
   </si>
   <si>
     <t>1715.00₸</t>
   </si>
   <si>
     <t>03090248</t>
   </si>
   <si>
     <t>80111/b</t>
   </si>
   <si>
     <t>1449.00₸</t>
   </si>
   <si>
     <t>Кувшин «Колонна 1000»;стекло;1л;D=11,3,H=20,2,L=14,6см</t>
   </si>
@@ -1670,51 +1673,51 @@
   <si>
     <t>Кувшин без крышки;стекло;250мл;прозр.</t>
   </si>
   <si>
     <t>03090325</t>
   </si>
   <si>
     <t>5512-0.25</t>
   </si>
   <si>
     <t>1502.00₸</t>
   </si>
   <si>
     <t>Кувшин «Сферик» для саке;стекло;0,5л;D=15,8,H=20см;прозр.</t>
   </si>
   <si>
     <t>03090402</t>
   </si>
   <si>
     <t>E2923</t>
   </si>
   <si>
     <t>Spherigue</t>
   </si>
   <si>
-    <t>1274.00₸</t>
+    <t>1270.00₸</t>
   </si>
   <si>
     <t>Кувшин;стекло;125мл;D=62,H=96мм;прозр.</t>
   </si>
   <si>
     <t>03090403</t>
   </si>
   <si>
     <t>8085.00₸</t>
   </si>
   <si>
     <t>Кувшин;стекло;250мл;D=73,H=120мм;прозр.</t>
   </si>
   <si>
     <t>03090404</t>
   </si>
   <si>
     <t>10788.00₸</t>
   </si>
   <si>
     <t>Кувшин;стекло;200мл;D=7,H=11см;прозр.</t>
   </si>
   <si>
     <t>03090405</t>
   </si>
@@ -1793,53 +1796,50 @@
   <si>
     <t>Eclat</t>
   </si>
   <si>
     <t>Longchamp</t>
   </si>
   <si>
     <t>11102.00₸</t>
   </si>
   <si>
     <t>Кувшин «Акватик» с крышкой;стекло,пластик;1,65л;D=11,H=24,L=18см;прозр.</t>
   </si>
   <si>
     <t>03090460</t>
   </si>
   <si>
     <t>43324/b</t>
   </si>
   <si>
     <t>Aquatic</t>
   </si>
   <si>
     <t>2814.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кувшин;1,4л</t>
   </si>
   <si>
     <t>03090468</t>
   </si>
   <si>
     <t>RPLN-14-OW</t>
   </si>
   <si>
     <t>Hario</t>
   </si>
   <si>
     <t>ЯПОНИЯ</t>
   </si>
   <si>
     <t>14376.00₸</t>
   </si>
   <si>
     <t>Кувшин «Инальто Инвито»;стекло;0,61л;D=12,9,H=23,5см;прозр.</t>
   </si>
   <si>
     <t>03090470</t>
   </si>
   <si>
     <t>365765G03021990</t>
@@ -2348,50 +2348,53 @@
   <si>
     <t>Кувшин «Кошем» с крышкой;стекло;1л;D=80,H=220,L=125мм;прозр.,белый</t>
   </si>
   <si>
     <t>03090749</t>
   </si>
   <si>
     <t>1379.00₸</t>
   </si>
   <si>
     <t>Кувшин с крышкой;пластик;1,5л;D=12,H=22,5см;прозр.,в ассорт.</t>
   </si>
   <si>
     <t>03100482</t>
   </si>
   <si>
     <t>433291108/433291109</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>1348.00₸</t>
   </si>
   <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
     <t>Кувшин «Талассиос»;керамика;0,5л;D=85,H=165мм;бежев.,синий</t>
   </si>
   <si>
     <t>03101644</t>
   </si>
   <si>
     <t>LTHA034BB494050</t>
   </si>
   <si>
     <t>Le CoQ</t>
   </si>
   <si>
     <t>Thalassios</t>
   </si>
   <si>
     <t>13252.00₸</t>
   </si>
   <si>
     <t>Кувшин «Талассиос»;керамика;1,4л;D=12,5,H=23,5см;бежев.,синий</t>
   </si>
   <si>
     <t>03101645</t>
   </si>
   <si>
     <t>LTHA034BB494140</t>
@@ -2430,50 +2433,53 @@
     <t>03097822</t>
   </si>
   <si>
     <t>1540.00₸</t>
   </si>
   <si>
     <t>Кувшин;сталь нерж.;1,2л;D=90,H=275мм;металлич.</t>
   </si>
   <si>
     <t>03101667</t>
   </si>
   <si>
     <t>19173.00₸</t>
   </si>
   <si>
     <t>Кувшин «Росси» с крышкой;полипроп.;1,4л;,H=26см;прозр.,серый</t>
   </si>
   <si>
     <t>03097823</t>
   </si>
   <si>
     <t>Phibo</t>
   </si>
   <si>
     <t>Rossi</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
   </si>
   <si>
     <t>Кувшин «Старина» без ручки;керамика;1,5л;D=15,H=21см;коричнев.</t>
   </si>
   <si>
     <t>03090752</t>
   </si>
   <si>
     <t>СТР00000435</t>
   </si>
   <si>
     <t>Борисовская Керамика</t>
   </si>
   <si>
     <t>Старина</t>
   </si>
   <si>
     <t>7200.00₸</t>
   </si>
   <si>
     <t>Кувшин «Старина» с ручкой;керамика;1,5л;D=15,H=21см;коричнев.</t>
   </si>
   <si>
     <t>03090753</t>
   </si>
@@ -9125,951 +9131,951 @@
         <v>83</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>87</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D18" s="0">
         <v>80050</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D19" s="0">
         <v>80101</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D20" s="0">
         <v>80102</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D23" s="0">
         <v>80111</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D24" s="0">
         <v>80113</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D25" s="0">
         <v>28438</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D31" s="0">
         <v>1520</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D32" s="0">
         <v>5260</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D35" s="0">
         <v>55052</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D36" s="0">
         <v>1792421</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D37" s="0">
         <v>52349</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D38" s="0">
         <v>5263</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>198</v>
+        <v>46</v>
       </c>
       <c r="L41" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>201</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>202</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>206</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
@@ -10089,2975 +10095,2975 @@
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>51</v>
+        <v>213</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>51</v>
+        <v>223</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D50" s="0">
         <v>97000</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D51" s="0">
         <v>10770</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D52" s="0">
         <v>10776</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D56" s="0">
         <v>795</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>74</v>
+        <v>265</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D57" s="0">
         <v>789</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="L58" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D60" s="0">
         <v>6007</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D62" s="0">
         <v>10775</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D65" s="0">
         <v>13130020</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>310</v>
+        <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L67" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="G68" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>321</v>
+        <v>66</v>
       </c>
       <c r="L68" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L70" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D71" s="0">
         <v>10772</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D74" s="0">
         <v>10769</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D79" s="0">
         <v>83429</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L80" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D84" s="0">
         <v>13102221</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>74</v>
+        <v>265</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D90" s="0">
         <v>68010</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>321</v>
+        <v>66</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D97" s="0">
         <v>10764</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D98" s="0">
         <v>650741</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D99" s="0">
         <v>650740</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L100" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>321</v>
+        <v>66</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D109" s="0">
         <v>4110068</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D110" s="0">
         <v>4110066</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D111" s="0">
         <v>4110064</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D112" s="0">
         <v>4110168</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D113" s="0">
         <v>4130069</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D114" s="0">
         <v>4130067</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>321</v>
+        <v>66</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="0"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D120" s="0">
         <v>80122</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D123" s="0">
         <v>4110061</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D124" s="0">
         <v>4110062</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D125" s="0">
         <v>4110065</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D130" s="0">
         <v>66827</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>592</v>
+        <v>32</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
         <v>593</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>594</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>595</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>596</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>597</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
@@ -13167,119 +13173,119 @@
       <c r="K136" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L136" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>613</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>614</v>
       </c>
       <c r="D137" s="0">
         <v>113786</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>615</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>616</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>617</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L137" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>618</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>619</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>620</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>621</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>622</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>623</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>624</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>625</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L139" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>626</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>627</v>
       </c>
       <c r="D140" s="0">
         <v>3.20271</v>
@@ -13301,51 +13307,51 @@
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L140" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>630</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>631</v>
       </c>
       <c r="D141" s="0">
         <v>260034</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>632</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>633</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L141" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>634</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>635</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>636</v>
@@ -13397,91 +13403,91 @@
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>644</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>645</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>646</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>647</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>648</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
         <v>649</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>650</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>651</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>652</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>653</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>654</v>
       </c>
       <c r="D146" s="0">
         <v>117131</v>
       </c>
       <c r="E146" s="0" t="s">
@@ -13495,161 +13501,161 @@
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>657</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
         <v>658</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>659</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>660</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>661</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>662</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
         <v>663</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>664</v>
       </c>
       <c r="D148" s="0">
         <v>10771</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>665</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
         <v>666</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>667</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>668</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>669</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L149" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
         <v>670</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>671</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>672</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>669</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L150" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
         <v>673</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>674</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>675</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>669</v>
@@ -13695,51 +13701,51 @@
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>681</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L152" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
         <v>682</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>683</v>
       </c>
       <c r="D153" s="0">
         <v>644387</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>684</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>685</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>686</v>
       </c>
       <c r="L153" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>687</v>
@@ -13863,115 +13869,115 @@
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
         <v>697</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>698</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>699</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>700</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>701</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>702</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
         <v>703</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>704</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>705</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>700</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>701</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>702</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
         <v>706</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>707</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>708</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>700</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>701</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>702</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
         <v>709</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>710</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>711</v>
       </c>
       <c r="E161" s="0" t="s">
@@ -14025,163 +14031,163 @@
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
         <v>718</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>719</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>720</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>721</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>722</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>723</v>
       </c>
       <c r="D164" s="0">
         <v>28750</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>724</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>725</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
         <v>726</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>727</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>728</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>729</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>730</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L165" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
         <v>731</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>732</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>733</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>729</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>734</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="L166" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
         <v>735</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>736</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>737</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>738</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>739</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>740</v>
       </c>
@@ -14189,91 +14195,91 @@
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>741</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>742</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>743</v>
       </c>
       <c r="D168" s="0">
         <v>92546</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>744</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>745</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
         <v>746</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>747</v>
       </c>
       <c r="D169" s="0">
         <v>29001</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>748</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>749</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L169" s="0"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
         <v>750</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>751</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>752</v>
       </c>
       <c r="E170" s="0" t="s">
@@ -14287,85 +14293,85 @@
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>755</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="0"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
         <v>756</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>757</v>
       </c>
       <c r="D171" s="0">
         <v>656390</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>758</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>759</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L171" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
         <v>760</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>761</v>
       </c>
       <c r="D172" s="0">
         <v>656392</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>758</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>762</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
         <v>763</v>
@@ -14384,726 +14390,726 @@
         <v>25</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L173" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>766</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>767</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>768</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L174" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
         <v>769</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>770</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>771</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
         <v>772</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>773</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>774</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>775</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>776</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>46</v>
+        <v>777</v>
       </c>
       <c r="L176" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L177" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L178" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>771</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L179" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>768</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D181" s="0">
         <v>10622095</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D182" s="0"/>
       <c r="E182" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D183" s="0">
         <v>10695</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L183" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D184" s="0">
         <v>440500141</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>51</v>
+        <v>806</v>
       </c>
       <c r="L184" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L185" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="E186" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="F186" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="C186" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G186" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L186" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L187" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>51</v>
+        <v>376</v>
       </c>
       <c r="L188" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="B189" s="0" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D189" s="0">
         <v>43814</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>729</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L189" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="B190" s="0" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="E191" s="0" t="s">
         <v>832</v>
-      </c>
-[...7 lines deleted...]
-        <v>830</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>321</v>
+        <v>66</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>321</v>
+        <v>66</v>
       </c>
       <c r="L193" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>321</v>
+        <v>66</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>