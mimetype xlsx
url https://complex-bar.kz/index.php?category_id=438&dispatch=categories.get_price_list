--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="451">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -146,534 +146,531 @@
   <si>
     <t>Патио</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>211.00₸</t>
   </si>
   <si>
     <t>Рюмка «Ретро»;стекло;50мл;D=53,H=124мм;прозр.</t>
   </si>
   <si>
     <t>01070602</t>
   </si>
   <si>
     <t>440074/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Retro</t>
   </si>
   <si>
-    <t>945.00₸</t>
+    <t>924.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Рюмка;хрусталь;50мл;D=44,H=162мм;прозр.</t>
   </si>
   <si>
     <t>01070603</t>
   </si>
   <si>
     <t>6404-30235</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>Цветок</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>4543.00₸</t>
   </si>
   <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка;стекло;40мл;прозр.</t>
+  </si>
+  <si>
+    <t>01070604</t>
+  </si>
+  <si>
+    <t>678.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка;хрусталь;120мл;D=67,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070609</t>
+  </si>
+  <si>
+    <t>10052/1000/178-39816</t>
+  </si>
+  <si>
+    <t>4020.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка;хрусталь;110мл;D=74,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070610</t>
+  </si>
+  <si>
+    <t>10581/1100/18-31650</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Мельница»;хрусталь;60мл;D=57,H=153мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070611</t>
+  </si>
+  <si>
+    <t>6413/1000/1-23090</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Фиоре»;стекло;55мл;D=55,H=145мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070706</t>
+  </si>
+  <si>
+    <t>129090MN5021990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Fiore</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка «Наполи»;стекло;60мл;D=16,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070708</t>
+  </si>
+  <si>
+    <t>0951/05</t>
+  </si>
+  <si>
+    <t>Durobor</t>
+  </si>
+  <si>
+    <t>Napoli</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>1052.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Тулип» набор[6шт];стекло;55мл;D=46/50,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070714</t>
+  </si>
+  <si>
+    <t>44164/b</t>
+  </si>
+  <si>
+    <t>Tulipe</t>
+  </si>
+  <si>
+    <t>1470.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Данте»;стекло;50мл;D=50,H=141мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070719</t>
+  </si>
+  <si>
+    <t>6403-21112</t>
+  </si>
+  <si>
+    <t>Данте</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Лирика»;стекло;55мл;D=46,H=161мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070720</t>
+  </si>
+  <si>
+    <t>5392-23345</t>
+  </si>
+  <si>
+    <t>Лирика</t>
+  </si>
+  <si>
+    <t>994.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Ликер&amp;Спиритс»;хр.стекло;50мл;D=56,H=166мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070723</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Liqueur Spirit</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>3465.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Ликер&amp;Спиритс»;хр.стекло;55мл;D=48,H=122мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070725</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Винтаж»;стекло;50мл;D=53,H=128мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070727</t>
+  </si>
+  <si>
+    <t>440182/b</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>938.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка «Монте Карло»;стекло;55мл;D=43,H=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070729</t>
+  </si>
+  <si>
+    <t>440175/b</t>
+  </si>
+  <si>
+    <t>Monte Carlo</t>
+  </si>
+  <si>
+    <t>602.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Тулип»;стекло;55мл;D=46/50,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070730</t>
+  </si>
+  <si>
+    <t>504.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Цветок»;хрусталь;60мл;D=59,H=152мм</t>
+  </si>
+  <si>
+    <t>01070734</t>
+  </si>
+  <si>
+    <t>6413/900/43-21270</t>
+  </si>
+  <si>
+    <t>4120.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Твист»;стекло;55мл;D=47,H=150мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070735</t>
+  </si>
+  <si>
+    <t>44612/b</t>
+  </si>
+  <si>
+    <t>Twist</t>
+  </si>
+  <si>
+    <t>630.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка;хрусталь;50мл;D=40/49мм</t>
+  </si>
+  <si>
+    <t>01070736</t>
+  </si>
+  <si>
+    <t>5290/1000/221</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка;хрусталь;75мл;D=4,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>01070737</t>
+  </si>
+  <si>
+    <t>5290/900/42-10907</t>
+  </si>
+  <si>
+    <t>2595.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Рюмка;стекло;40мл;прозр.</t>
-[...68 lines deleted...]
-    <t>3219.00₸</t>
+    <t>Рюмка «Элеганс»;стекло;65мл;D=42,H=112мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070742</t>
+  </si>
+  <si>
+    <t>L7875</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>609.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Баллон»;стекло;60мл;D=51,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070804</t>
+  </si>
+  <si>
+    <t>Ballon</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>1062.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Фасинейшн»;стекло;60мл;D=50,H=112мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070806</t>
+  </si>
+  <si>
+    <t>1952/06</t>
+  </si>
+  <si>
+    <t>Fascination</t>
+  </si>
+  <si>
+    <t>1122.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Роуз»;60мл;D=47,H=87мм</t>
+  </si>
+  <si>
+    <t>01070809</t>
+  </si>
+  <si>
+    <t>44393/b</t>
+  </si>
+  <si>
+    <t>Rose</t>
+  </si>
+  <si>
+    <t>157.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Император»;стекло;60мл;D=55/39,H=114мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070810</t>
+  </si>
+  <si>
+    <t>E5184</t>
+  </si>
+  <si>
+    <t>Imperator</t>
+  </si>
+  <si>
+    <t>1382.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Роял»;стекло;60мл;D=50/72,H=138мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070811</t>
+  </si>
+  <si>
+    <t>44344/b</t>
+  </si>
+  <si>
+    <t>Royal</t>
+  </si>
+  <si>
+    <t>434.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Банкет»;стекло;63мл;D=42/60,H=126мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070812</t>
+  </si>
+  <si>
+    <t>44405/b</t>
+  </si>
+  <si>
+    <t>Banquet</t>
+  </si>
+  <si>
+    <t>462.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Кватрофил»;хр.стекло;65мл;D=62,H=195мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070814</t>
+  </si>
+  <si>
+    <t>Quatrophil</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Эталон» для ликера;стекло;65мл;D=43,H=138мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070815</t>
+  </si>
+  <si>
+    <t>J3906</t>
+  </si>
+  <si>
+    <t>Etalon</t>
+  </si>
+  <si>
+    <t>672.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Рюмка «Наполи»;стекло;60мл;D=16,H=83мм;прозр.</t>
-[...203 lines deleted...]
-    <t>01070801</t>
+    <t>Рюмка «Мондо»;хр.стекло;60мл;D=54,H=134мм</t>
+  </si>
+  <si>
+    <t>01070816</t>
+  </si>
+  <si>
+    <t>6200 0500</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Mondo</t>
+  </si>
+  <si>
+    <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>3635.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка «Карат»;стекло;58мл;,H=12,2см;прозр.</t>
+  </si>
+  <si>
+    <t>01070817</t>
+  </si>
+  <si>
+    <t>440145/b</t>
+  </si>
+  <si>
+    <t>Karat</t>
+  </si>
+  <si>
+    <t>Рюмка «Бинго»;стекло;60мл;D=49,H=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>01070818</t>
+  </si>
+  <si>
+    <t>42284/b</t>
+  </si>
+  <si>
+    <t>Bingo</t>
+  </si>
+  <si>
+    <t>Рюмка «Роял»;стекло;65мл;D=6,H=13см;прозр.</t>
+  </si>
+  <si>
+    <t>01070819</t>
   </si>
   <si>
     <t>1915/06</t>
   </si>
   <si>
-    <t>Royal</t>
-[...167 lines deleted...]
-    <t>441.00₸</t>
+    <t>1525.00₸</t>
   </si>
   <si>
     <t>Рюмка «Далида»;стекло;60мл;D=59,H=157мм;прозр.</t>
   </si>
   <si>
     <t>01070820</t>
   </si>
   <si>
     <t>440243/b</t>
   </si>
   <si>
     <t>Dalida</t>
   </si>
   <si>
     <t>343.00₸</t>
   </si>
   <si>
     <t>Рюмка «Стэп»;стекло;63мл;,H=155,L=40мм;прозр.</t>
   </si>
   <si>
     <t>01070821</t>
   </si>
   <si>
     <t>440217/b</t>
   </si>
@@ -722,50 +719,53 @@
   <si>
     <t>1250.00₸</t>
   </si>
   <si>
     <t>Рюмка «Винтаж»;стекло;59мл;D=60,H=125мм;прозр.</t>
   </si>
   <si>
     <t>01070908</t>
   </si>
   <si>
     <t>3974.00₸</t>
   </si>
   <si>
     <t>Рюмка «Изабелла»;стекло;60мл;D=4,H=14см;прозр.</t>
   </si>
   <si>
     <t>01070910</t>
   </si>
   <si>
     <t>440164/b /440171</t>
   </si>
   <si>
     <t>Isabella</t>
   </si>
   <si>
+    <t>581.00₸</t>
+  </si>
+  <si>
     <t>Рюмка «Эдем»;стекло;65мл;D=55,H=129мм;прозр.</t>
   </si>
   <si>
     <t>01070911</t>
   </si>
   <si>
     <t>Edem</t>
   </si>
   <si>
     <t>563.00₸</t>
   </si>
   <si>
     <t>Рюмка «Бистро»;стекло;60мл;D=42/50,H=112мм;прозр.</t>
   </si>
   <si>
     <t>01070913</t>
   </si>
   <si>
     <t>44134/b</t>
   </si>
   <si>
     <t>Bistro</t>
   </si>
   <si>
     <t>Рюмка «Фиоре»;стекло;70мл;D=49,H=131мм;прозр.</t>
@@ -854,146 +854,146 @@
   <si>
     <t>A09680BYL02AA06</t>
   </si>
   <si>
     <t>Magnifico</t>
   </si>
   <si>
     <t>3342.00₸</t>
   </si>
   <si>
     <t>Рюмка «Каберне»;хр.стекло;70мл;D=43/50,H=134мм;прозр.</t>
   </si>
   <si>
     <t>01071014</t>
   </si>
   <si>
     <t>V5794</t>
   </si>
   <si>
     <t>Chef&amp;Sommelier</t>
   </si>
   <si>
     <t>Cabernet</t>
   </si>
   <si>
-    <t>3262.00₸</t>
+    <t>3227.00₸</t>
   </si>
   <si>
     <t>Рюмка «Империал плюс»;стекло;73мл;D=45/56,H=139мм;прозр.</t>
   </si>
   <si>
     <t>01071015</t>
   </si>
   <si>
     <t>440043/b</t>
   </si>
   <si>
     <t>Imperial Plus</t>
   </si>
   <si>
-    <t>791.00₸</t>
+    <t>784.00₸</t>
   </si>
   <si>
     <t>Рюмка «Эдишн» для ликера;хр.стекло;70мл;D=40,H=160,B=55мм;прозр.</t>
   </si>
   <si>
     <t>01071018</t>
   </si>
   <si>
     <t>6001 0500</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>4944.00₸</t>
   </si>
   <si>
     <t>Рюмка «SPKSY»;стекло;72мл;D=63,H=176мм;прозр.</t>
   </si>
   <si>
     <t>01071019</t>
   </si>
   <si>
     <t>601008/10006</t>
   </si>
   <si>
     <t>SPKSY</t>
   </si>
   <si>
     <t>1887.00₸</t>
   </si>
   <si>
     <t>Рюмка «Лонгшамп»;хр.стекло;60мл;D=44,H=115мм;прозр.</t>
   </si>
   <si>
     <t>01071020</t>
   </si>
   <si>
     <t>L9754</t>
   </si>
   <si>
     <t>Eclat</t>
   </si>
   <si>
     <t>Longchamp</t>
   </si>
   <si>
-    <t>3409.00₸</t>
-[...2 lines deleted...]
-    <t>10 шт.</t>
+    <t>3367.00₸</t>
   </si>
   <si>
     <t>Рюмка «Мельница»;хрусталь;70мл;D=50,H=147мм</t>
   </si>
   <si>
     <t>01071021</t>
   </si>
   <si>
     <t>6874-22978</t>
   </si>
   <si>
     <t>Мельница</t>
   </si>
   <si>
     <t>4443.00₸</t>
   </si>
   <si>
     <t>Рюмка «Таймлесс»;стекло;60мл;D=47,H=105мм;прозр.</t>
   </si>
   <si>
     <t>01071024</t>
   </si>
   <si>
     <t>51729/b</t>
   </si>
   <si>
     <t>Timeless</t>
   </si>
   <si>
+    <t>679.00₸</t>
+  </si>
+  <si>
     <t>Рюмка «Санторини» для ликера;хр.стекло;70мл;D=65,H=179мм;прозр.</t>
   </si>
   <si>
     <t>01071025</t>
   </si>
   <si>
     <t>65856 0500</t>
   </si>
   <si>
     <t>Santorini</t>
   </si>
   <si>
     <t>24756.00₸</t>
   </si>
   <si>
     <t>Рюмка «Дива»;хр.стекло;80мл;D=42/58,H=165мм;прозр.</t>
   </si>
   <si>
     <t>01071102</t>
   </si>
   <si>
     <t>Diva</t>
   </si>
   <si>
     <t>4550.00₸</t>
@@ -1115,75 +1115,72 @@
   <si>
     <t>Рюмка «Сепаж»;стекло;120мл;D=50/58,H=135мм;прозр.</t>
   </si>
   <si>
     <t>01071603</t>
   </si>
   <si>
     <t>1289.00₸</t>
   </si>
   <si>
     <t>Рюмка «Имэдж»;хр.стекло;100мл;D=39,H=200мм;прозр.</t>
   </si>
   <si>
     <t>01071604</t>
   </si>
   <si>
     <t>6044 3400</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>4097.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Рюмка «Норманди»;стекло;110мл;D=51/59,H=126мм;прозр.</t>
   </si>
   <si>
     <t>01071605</t>
   </si>
   <si>
     <t>Normandie</t>
   </si>
   <si>
     <t>1428.00₸</t>
   </si>
   <si>
     <t>Рюмка «Каберне»;хр.стекло;120мл;D=43/55,H=148мм;прозр.</t>
   </si>
   <si>
     <t>01071607</t>
   </si>
   <si>
     <t>X2036</t>
   </si>
   <si>
-    <t>2842.00₸</t>
+    <t>2807.00₸</t>
   </si>
   <si>
     <t>Рюмка «Дива»;хр.стекло;110мл;D=38/58,H=190мм;прозр.</t>
   </si>
   <si>
     <t>01071608</t>
   </si>
   <si>
     <t>4035.00₸</t>
   </si>
   <si>
     <t>Рюмка «Даниэла» для шерри;хр.стекло;120мл;D=40,H=147мм;прозр.</t>
   </si>
   <si>
     <t>01071620</t>
   </si>
   <si>
     <t>Walther Glas</t>
   </si>
   <si>
     <t>Daniela</t>
   </si>
   <si>
     <t>1078.00₸</t>
   </si>
@@ -1262,51 +1259,51 @@
   <si>
     <t>Nude</t>
   </si>
   <si>
     <t>Primeur</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>1779.00₸</t>
   </si>
   <si>
     <t>Рюмка «Даймонд»;стекло;49мл;D=54,5,H=104,5мм;прозр.</t>
   </si>
   <si>
     <t>01071714</t>
   </si>
   <si>
     <t>440113/b</t>
   </si>
   <si>
     <t>Diamond</t>
   </si>
   <si>
-    <t>1479.00₸</t>
+    <t>1344.00₸</t>
   </si>
   <si>
     <t>Рюмка «Апус» для ликера;стекло;60мл;D=58,H=131мм;прозр.</t>
   </si>
   <si>
     <t>01071717</t>
   </si>
   <si>
     <t>91L/1SI95/0/00000/060-664</t>
   </si>
   <si>
     <t>Crystal Bohemia</t>
   </si>
   <si>
     <t>Apus</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>2988.00₸</t>
   </si>
   <si>
     <t>Рюмка «Корвус» для ликера;стекло;60мл;D=68,H=165мм;прозр.</t>
   </si>
@@ -1429,51 +1426,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70926560-8149-11E9-BBBA-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED620-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0261002C-424C-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419B1-4251-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D22AC-4251-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D86390C-E3C6-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D86390E-E3C6-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C6BF-20CB-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF507BC7-EA56-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546CAFC9-5EF1-11EE-BC0E-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E88F-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D75-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E91A07-424C-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7687-E3C6-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7686-E3C6-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFA0-4251-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFAB-4251-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CE2-4252-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A14-4253-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC01-4253-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97491254-E568-11EF-BC53-00505692E2D021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863912-E3C6-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C61F-20CB-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB1-4254-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D88-4254-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D76-424B-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D07-424B-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED604-424B-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D80-424C-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977A5-424D-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B200-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B201-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615928D-4250-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863910-E3C6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AC659C-6895-11F0-BC54-00505692C44735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AAC6-20CB-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AB78-20CB-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7688-E3C6-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863914-E3C6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A862D583-1049-11EA-BBC6-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D78-424B-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D79-424B-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8702-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6C3-4252-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863911-E3C6-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7689-E3C6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326263-424B-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF42-F150-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D04-424B-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D62-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEA-424C-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E6328F-424C-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF43-F150-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D86-424E-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC725B-424E-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AC647E-6895-11F0-BC54-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355685-4252-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645958-4252-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863915-E3C6-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863913-E3C6-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B3-C5EA-11EB-BBF1-005056926DAF61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF44E-424C-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B07D-4250-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57D82669-E3F3-11EF-BC4E-00505692C44764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D86390F-E3C6-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF0A3-424B-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610017-424C-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A5-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CF9F-4251-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF8B48B8-3484-11EF-BC57-00505692E04970.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61ECA847-D1AC-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84112802-424B-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C18F-4250-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA0594-424C-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A459-424C-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF450-424C-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DD4-424E-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AA26-20CB-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA2FDA-9B58-11EE-BC36-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E0CCAD-F3D8-11EC-BBFA-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780DB837-23AB-11ED-BBFC-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08250B8-E3D9-11EF-BC4E-00505692C44782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9BC6C00-839C-11F0-BC56-00505692C44783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A98B07-839C-11F0-BC56-00505692C44784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2871991-839C-11F0-BC56-00505692C44785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EAA0DF46-839C-11F0-BC56-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A9A1FD-839C-11F0-BC56-00505692C44787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A9945F-839C-11F0-BC56-00505692C44788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A99934-839C-11F0-BC56-00505692C44789.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70926560-8149-11E9-BBBA-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED620-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0261002C-424C-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419B1-4251-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D22AC-4251-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D86390C-E3C6-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D86390E-E3C6-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C6BF-20CB-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF507BC7-EA56-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546CAFC9-5EF1-11EE-BC0E-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E88F-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D75-424B-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E91A07-424C-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7687-E3C6-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7686-E3C6-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFA0-4251-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFAB-4251-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CE2-4252-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A756A14-4253-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC01-4253-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97491254-E568-11EF-BC53-00505692E2D021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863912-E3C6-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C61F-20CB-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB1-4254-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D88-4254-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D07-424B-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED604-424B-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D80-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977A5-424D-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B200-424E-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B201-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615928D-4250-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863910-E3C6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AC659C-6895-11F0-BC54-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AAC6-20CB-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AB78-20CB-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC03-4253-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7688-E3C6-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863914-E3C6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A862D583-1049-11EA-BBC6-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D78-424B-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D79-424B-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8702-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6C3-4252-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863911-E3C6-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33CC7689-E3C6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326263-424B-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF42-F150-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D04-424B-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D62-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEA-424C-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E6328F-424C-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF43-F150-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D86-424E-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC725B-424E-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28AC647E-6895-11F0-BC54-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355685-4252-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645958-4252-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863915-E3C6-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D863913-E3C6-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B3-C5EA-11EB-BBF1-005056926DAF61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF44E-424C-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B07D-4250-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57D82669-E3F3-11EF-BC4E-00505692C44764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D86390F-E3C6-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF0A3-424B-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610017-424C-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A5-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CF9F-4251-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF8B48B8-3484-11EF-BC57-00505692E04970.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61ECA847-D1AC-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84112802-424B-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C18F-4250-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA0594-424C-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A459-424C-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF450-424C-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DD4-424E-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B543AA26-20CB-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA2FDA-9B58-11EE-BC36-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E0CCAD-F3D8-11EC-BBFA-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780DB837-23AB-11ED-BBFC-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08250B8-E3D9-11EF-BC4E-00505692C44782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9BC6C00-839C-11F0-BC56-00505692C44783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A98B07-839C-11F0-BC56-00505692C44784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2871991-839C-11F0-BC56-00505692C44785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EAA0DF46-839C-11F0-BC56-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A9A1FD-839C-11F0-BC56-00505692C44787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A9945F-839C-11F0-BC56-00505692C44788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A99934-839C-11F0-BC56-00505692C44789.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4393,51 +4390,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070501/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070502/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-osz-01070601/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070602/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070603/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070604/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070609/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070610/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070611/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-rocco-01070706/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-durobor-01070708/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070714/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070719/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070720/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01070723/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01070725/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070727/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070729/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070730/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070734/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070735/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070736/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070737/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070742/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-durobor-01070801/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070804/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-durobor-01070806/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070809/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070810/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070811/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070812/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01070814/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070815/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01070816/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070817/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070818/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070820/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070821/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-linden-01070822/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070904/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070905/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070908/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070910/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-osz-01070911/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070913/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-rocco-01071002/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-luigi-01071003/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071005/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071006/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-schott-zwiesel-01071007/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071009/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-luigi-01071013/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-chef-and-sommelier-01071014/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071015/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-dlya-likera-rona-01071018/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071019/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-eclat-01071020/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071021/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071024/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-dlya-likera-rona-01071025/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-schott-zwiesel-01071102/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071106/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071107/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071111/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071303/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071304/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01071309/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01071311/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071317/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-chef-and-sommelier-01071318/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071603/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071604/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071605/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-chef-and-sommelier-01071607/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-schott-zwiesel-01071608/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-walther-glas-01071620/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-d-sherri-bormioli-luigi-01071633/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071634/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071636/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071637/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-luigi-01071702/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-nude-01071713/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071714/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071717/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071721/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071722/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071716/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071718/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071720/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071719/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070501/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070502/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-osz-01070601/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070602/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070603/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070604/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070609/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070610/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070611/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-rocco-01070706/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-durobor-01070708/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070714/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070719/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070720/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01070723/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01070725/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070727/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070729/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070730/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070734/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070735/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070736/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01070737/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070742/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070804/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-durobor-01070806/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070809/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070810/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070811/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070812/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01070814/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070815/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01070816/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070817/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070818/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-durobor-01070819/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070820/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070821/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-linden-01070822/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070904/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01070905/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01070908/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070910/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-osz-01070911/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01070913/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-rocco-01071002/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-luigi-01071003/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071005/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071006/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-schott-zwiesel-01071007/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071009/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-luigi-01071013/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-chef-and-sommelier-01071014/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071015/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-dlya-likera-rona-01071018/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071019/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-eclat-01071020/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071021/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071024/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-dlya-likera-rona-01071025/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-schott-zwiesel-01071102/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071106/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071107/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071111/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071303/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-libbey-01071304/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01071309/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-stoelzle-01071311/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071317/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-chef-and-sommelier-01071318/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071603/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071604/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-arcoroc-01071605/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-chef-and-sommelier-01071607/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-schott-zwiesel-01071608/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-walther-glas-01071620/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-d-sherri-bormioli-luigi-01071633/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071634/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-neman-01071636/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071637/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-bormioli-luigi-01071702/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-nude-01071713/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-pasabahce-01071714/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071717/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071721/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071722/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071716/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071718/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071720/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-crystal-bohemia-01071719/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I92" sqref="I92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -4785,319 +4782,319 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="G12" s="0" t="s">
+      <c r="H12" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="G13" s="0" t="s">
+      <c r="H13" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D17" s="0">
         <v>2050031</v>
       </c>
       <c r="E17" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="F17" s="0" t="s">
+      <c r="G17" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="G17" s="0" t="s">
+      <c r="H17" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D18" s="0">
         <v>3030030</v>
       </c>
       <c r="E18" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="F18" s="0" t="s">
+      <c r="G18" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="G18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>113</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>117</v>
@@ -5106,1108 +5103,1108 @@
         <v>36</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>52</v>
+        <v>139</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>143</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>144</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="D27" s="0">
+        <v>640113</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="E27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>149</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="D28" s="0">
-        <v>640113</v>
+      <c r="D28" s="0" t="s">
+        <v>152</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>158</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>159</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>163</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>169</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D33" s="0" t="s">
         <v>176</v>
       </c>
+      <c r="D33" s="0">
+        <v>2310030</v>
+      </c>
       <c r="E33" s="0" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>177</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>178</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="D34" s="0">
-        <v>2310030</v>
+      <c r="D34" s="0" t="s">
+        <v>181</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>20</v>
+        <v>184</v>
       </c>
       <c r="L34" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>15</v>
+        <v>188</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>36</v>
+        <v>190</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="L35" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>191</v>
+        <v>41</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>193</v>
+        <v>36</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>194</v>
+        <v>43</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="L36" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>199</v>
+        <v>169</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="L37" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="F38" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="E41" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D42" s="0">
         <v>37264</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>143</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D43" s="0">
         <v>59311</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D44" s="0">
         <v>8089</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>144</v>
+        <v>234</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="L45" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D46" s="0">
         <v>1801</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>237</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>238</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="L46" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>241</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>242</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D48" s="0">
         <v>1.2908</v>
       </c>
       <c r="E48" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="F48" s="0" t="s">
+      <c r="G48" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>248</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>249</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>250</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>251</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D50" s="0">
         <v>773101</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>254</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>255</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>257</v>
       </c>
       <c r="D51" s="0">
         <v>354102</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>258</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>259</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>260</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D52" s="0">
         <v>138260</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>262</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>263</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>264</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>266</v>
       </c>
       <c r="D53" s="0">
         <v>71602</v>
@@ -6231,95 +6228,95 @@
       <c r="K53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>271</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>249</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>272</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>273</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>275</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>276</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>277</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>278</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>279</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>122</v>
+        <v>184</v>
       </c>
       <c r="L55" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>282</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>283</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>36</v>
       </c>
@@ -6327,295 +6324,295 @@
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>284</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>287</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>288</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>289</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>291</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>292</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>293</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>297</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>298</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>299</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>300</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>301</v>
+        <v>113</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>19</v>
+        <v>310</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>122</v>
+        <v>184</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>312</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>313</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>314</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>315</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D63" s="0">
         <v>104098</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>262</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>318</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>319</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>321</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>322</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>323</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>325</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>326</v>
@@ -6645,51 +6642,51 @@
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>328</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>329</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>330</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>331</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>333</v>
       </c>
       <c r="D67" s="0">
         <v>25442</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>334</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>17</v>
       </c>
@@ -6713,143 +6710,143 @@
         <v>336</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>337</v>
       </c>
       <c r="D68" s="0">
         <v>3988</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>338</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>339</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>340</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>52</v>
+        <v>139</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>341</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>342</v>
       </c>
       <c r="D69" s="0">
         <v>2050026</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>343</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>344</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>346</v>
       </c>
       <c r="D70" s="0">
         <v>2050030</v>
       </c>
       <c r="E70" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="F70" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="F70" s="0" t="s">
+      <c r="G70" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>347</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>349</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>350</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>351</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>352</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>353</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>354</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>355</v>
@@ -6868,698 +6865,698 @@
       </c>
       <c r="I72" s="1" t="s">
         <v>357</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>358</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>359</v>
       </c>
       <c r="D73" s="0">
         <v>59310</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>360</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>362</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>363</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>364</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>365</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>366</v>
+        <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="D75" s="0">
         <v>12033</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>277</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>278</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="D77" s="0">
         <v>104099</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>262</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>318</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="D78" s="0">
         <v>1807281</v>
       </c>
       <c r="E78" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="F78" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="F78" s="0" t="s">
+      <c r="G78" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>381</v>
-      </c>
-[...7 lines deleted...]
-        <v>382</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>249</v>
       </c>
       <c r="F79" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="G79" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="H79" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>386</v>
-      </c>
-[...7 lines deleted...]
-        <v>387</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="E80" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="0" t="s">
+      <c r="G80" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>392</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="B81" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>397</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="L82" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>401</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>249</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="B84" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="D84" s="0">
         <v>67047</v>
       </c>
       <c r="E84" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="F84" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="F84" s="0" t="s">
+      <c r="G84" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="G84" s="0" t="s">
+      <c r="H84" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>409</v>
-      </c>
-[...4 lines deleted...]
-        <v>410</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="D86" s="0" t="s">
+      <c r="E86" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="E86" s="0" t="s">
+      <c r="F86" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="F86" s="0" t="s">
+      <c r="G86" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="G86" s="0" t="s">
+      <c r="H86" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I86" s="1" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D87" s="0" t="s">
+      <c r="E87" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F87" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="E87" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F87" s="0" t="s">
+      <c r="G87" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H87" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I87" s="1" t="s">
         <v>426</v>
-      </c>
-[...7 lines deleted...]
-        <v>427</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="D88" s="0" t="s">
+      <c r="E88" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F88" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="E88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G88" s="0" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>432</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>433</v>
       </c>
-      <c r="D89" s="0" t="s">
+      <c r="E89" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F89" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="E89" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F89" s="0" t="s">
+      <c r="G89" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H89" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89" s="1" t="s">
         <v>435</v>
-      </c>
-[...7 lines deleted...]
-        <v>436</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>437</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="D90" s="0" t="s">
+      <c r="E90" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F90" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="E90" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F90" s="0" t="s">
+      <c r="G90" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H90" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I90" s="1" t="s">
         <v>440</v>
-      </c>
-[...7 lines deleted...]
-        <v>441</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="D91" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="D91" s="0" t="s">
+      <c r="E91" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F91" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="E91" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F91" s="0" t="s">
+      <c r="G91" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>445</v>
-      </c>
-[...7 lines deleted...]
-        <v>446</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>448</v>
       </c>
-      <c r="D92" s="0" t="s">
+      <c r="E92" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F92" s="0" t="s">
         <v>449</v>
       </c>
-      <c r="E92" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F92" s="0" t="s">
+      <c r="G92" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="H92" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>451</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>