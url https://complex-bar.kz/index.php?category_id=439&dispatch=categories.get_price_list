--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="745">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -128,140 +128,137 @@
   <si>
     <t>Libbey</t>
   </si>
   <si>
     <t>2243.00₸</t>
   </si>
   <si>
     <t>Стопка «Мельница»;хрусталь;35мл;D=41,H=70мм;прозр.</t>
   </si>
   <si>
     <t>01080208</t>
   </si>
   <si>
     <t>5104/900/13-24405</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>2149.00₸</t>
   </si>
   <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
     <t>Стопка;стекло;45мл;D=50,H=78мм;прозр.</t>
   </si>
   <si>
     <t>01080209</t>
   </si>
   <si>
     <t>ZF1623269</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>721.00₸</t>
   </si>
   <si>
     <t>Стопка набор[6шт];стекло;34мл;D=44,H=55мм;в ассорт.</t>
   </si>
   <si>
     <t>01080210</t>
   </si>
   <si>
     <t>P2650</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>4648.00₸</t>
   </si>
   <si>
-    <t>Стопка «Дублино» набор[6шт];стекло;34мл;D=44,H=70мм;прозр.</t>
-[...2 lines deleted...]
-    <t>01080304</t>
+    <t>Стопка «Мэритайм» с ручкой;стекло;37мл;D=40/55,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080306</t>
+  </si>
+  <si>
+    <t>Maritime</t>
+  </si>
+  <si>
+    <t>2457.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Хот шот»;стекло;35мл;D=44,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080307</t>
+  </si>
+  <si>
+    <t>V8248/21554</t>
+  </si>
+  <si>
+    <t>Hot Shot</t>
+  </si>
+  <si>
+    <t>1183.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Дублино»;стекло;35мл;D=44,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080308</t>
+  </si>
+  <si>
+    <t>168169BAH021990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Dublino</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
-    <t>3402.00₸</t>
-[...37 lines deleted...]
-  <si>
     <t>1009.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Стопка «Джим Бим»;стекло;50мл;D=52,H=54мм;прозр.</t>
   </si>
   <si>
     <t>01080312</t>
   </si>
   <si>
     <t>Osz</t>
   </si>
   <si>
     <t>Jim Beam</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>108.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
@@ -272,2127 +269,2004 @@
   <si>
     <t>01080314</t>
   </si>
   <si>
     <t>52734/b/t</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Casablanca</t>
   </si>
   <si>
     <t>БОЛГАРИЯ</t>
   </si>
   <si>
     <t>161.00₸</t>
   </si>
   <si>
     <t>01080321</t>
   </si>
   <si>
     <t>52734/b</t>
   </si>
   <si>
+    <t>350.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Винный»;стекло;50мл;D=52,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080329</t>
+  </si>
+  <si>
+    <t>Винный</t>
+  </si>
+  <si>
+    <t>Стопка «Винный»;стекло;50мл;D=52,H=61мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080330</t>
+  </si>
+  <si>
+    <t>77.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Кристалл»;стекло;50мл;D=50,H=54мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080331</t>
+  </si>
+  <si>
+    <t>Кристалл</t>
+  </si>
+  <si>
+    <t>Стопка с ручкой;стекло;45мл;D=40,H=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080335</t>
+  </si>
+  <si>
+    <t>39013clear</t>
+  </si>
+  <si>
+    <t>952.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Конвеншн»;стекло;46мл;D=38,H=78мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080405</t>
+  </si>
+  <si>
+    <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>2688.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бостон шот»;стекло;40мл;D=41,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080406</t>
+  </si>
+  <si>
+    <t>52174/b</t>
+  </si>
+  <si>
+    <t>Boston Shots</t>
+  </si>
+  <si>
+    <t>287.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Лонгшамп»;хр.стекло;40мл;D=43,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080409</t>
+  </si>
+  <si>
+    <t>L9756</t>
+  </si>
+  <si>
+    <t>Eclat</t>
+  </si>
+  <si>
+    <t>Longchamp</t>
+  </si>
+  <si>
+    <t>2611.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бостон шот»;стекло;50мл;D=47,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080502</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бостон шот» низкая;стекло;45мл;D=48,H=53мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080503</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Гранити»;стекло;45мл;D=48,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080504</t>
+  </si>
+  <si>
+    <t>04755</t>
+  </si>
+  <si>
+    <t>Granity</t>
+  </si>
+  <si>
+    <t>1428.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Виски сервис»;стекло;44мл;D=53,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080507</t>
+  </si>
+  <si>
+    <t>Whiskey</t>
+  </si>
+  <si>
+    <t>1602.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Биконик»;стекло;45мл;D=43,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080509</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Biconic</t>
+  </si>
+  <si>
+    <t>793.00₸</t>
+  </si>
+  <si>
+    <t>Стопка с ручкой;стекло;45мл;D=40/61,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080510</t>
+  </si>
+  <si>
+    <t>Polo</t>
+  </si>
+  <si>
+    <t>1556.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Ликер&amp;Спиритс»;хр.стекло;45мл;D=46,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080511</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Liqueur Spirit</t>
+  </si>
+  <si>
+    <t>1641.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Император»;стекло;50мл;D=48/40,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080605</t>
+  </si>
+  <si>
+    <t>E5185</t>
+  </si>
+  <si>
+    <t>Imperator</t>
+  </si>
+  <si>
+    <t>777.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бэйзик»;стекло;60мл;D=45,H=68мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080606</t>
+  </si>
+  <si>
+    <t>52837/b</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>252.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Нью-Йорк Бар»;хр.стекло;57мл;D=39,H=81мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080607</t>
+  </si>
+  <si>
+    <t>New York Bar</t>
+  </si>
+  <si>
+    <t>2980.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Стиль»;стекло;50мл;D=48,H=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080609</t>
+  </si>
+  <si>
+    <t>Стиль</t>
+  </si>
+  <si>
+    <t>101.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Ода»;стекло;50мл;D=47/37,H=51мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080610</t>
+  </si>
+  <si>
+    <t>Ода</t>
+  </si>
+  <si>
+    <t>Стопка «Хисар»;стекло;55мл;D=42,H=54мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080611</t>
+  </si>
+  <si>
+    <t>42600/b</t>
+  </si>
+  <si>
+    <t>Hisar</t>
+  </si>
+  <si>
+    <t>329.00₸</t>
+  </si>
+  <si>
+    <t>Стопка;хр.стекло;60мл;D=40,H=71мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080612</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Rocks S</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бродвей»;стекло;50мл;D=49,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080614</t>
+  </si>
+  <si>
+    <t>L7253</t>
+  </si>
+  <si>
+    <t>Broadway</t>
+  </si>
+  <si>
+    <t>1029.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Макассар»;хр.стекло;60мл;D=49,H=79мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080615</t>
+  </si>
+  <si>
+    <t>Q4342</t>
+  </si>
+  <si>
+    <t>Cristal D"arques</t>
+  </si>
+  <si>
+    <t>Macassar</t>
+  </si>
+  <si>
+    <t>3094.00₸</t>
+  </si>
+  <si>
+    <t>Стопка;хрусталь;35мл;D=44,H=68мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080620</t>
+  </si>
+  <si>
+    <t>8016/176-24265</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Венеция»;стекло;50мл;D=50,H=56мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080707</t>
+  </si>
+  <si>
+    <t>Венеция</t>
+  </si>
+  <si>
+    <t>116.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Болеро» набор[6шт];стекло;60мл;D=52,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080712</t>
+  </si>
+  <si>
+    <t>0690/06</t>
+  </si>
+  <si>
+    <t>Durobor</t>
+  </si>
+  <si>
+    <t>Bolero</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>6301.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бостон шот»;стекло;55мл;D=50,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080713</t>
+  </si>
+  <si>
+    <t>52194/b/t</t>
+  </si>
+  <si>
+    <t>128.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бостон шот»;стекло;50мл;D=45,H=76мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080714</t>
+  </si>
+  <si>
+    <t>750-24066</t>
+  </si>
+  <si>
+    <t>932.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Гладкий»;стекло;50мл;D=45,H=68мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080715</t>
+  </si>
+  <si>
+    <t>Гладкий</t>
+  </si>
+  <si>
+    <t>124.00₸</t>
+  </si>
+  <si>
+    <t>Стопка;стекло;50мл;D=46,H=79мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080720</t>
+  </si>
+  <si>
+    <t>478.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Клаб»;стекло;50мл;D=48/53,H=69мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080722</t>
+  </si>
+  <si>
+    <t>0476/05</t>
+  </si>
+  <si>
+    <t>Club</t>
+  </si>
+  <si>
+    <t>583.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Кватро»;стекло;50мл;D=44/40,H=72,L=40мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080723</t>
+  </si>
+  <si>
+    <t>8016/100-11227</t>
+  </si>
+  <si>
+    <t>Quattro</t>
+  </si>
+  <si>
+    <t>1055.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>01080724</t>
+  </si>
+  <si>
+    <t>52194/b</t>
+  </si>
+  <si>
+    <t>315.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Каприз»;стекло;50мл;D=44,H=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080725</t>
+  </si>
+  <si>
+    <t>Каприз</t>
+  </si>
+  <si>
+    <t>Стопка «Вальс» набор[6шт];стекло;55мл;D=45,H=58мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080726</t>
+  </si>
+  <si>
+    <t>42294/b/v</t>
+  </si>
+  <si>
+    <t>Valse</t>
+  </si>
+  <si>
+    <t>1283.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бостон шот»;стекло;50мл;D=45,H=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080727</t>
+  </si>
+  <si>
+    <t>8119/100/2-42119</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Версаль»;хр.стекло;50мл;D=40,H=72мм</t>
+  </si>
+  <si>
+    <t>01080729</t>
+  </si>
+  <si>
+    <t>Walther Glas</t>
+  </si>
+  <si>
+    <t>Versailles</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Пиза»;стекло;50мл;D=47,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080730</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>978.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Москва»;стекло;50мл;D=50,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080731</t>
+  </si>
+  <si>
+    <t>L0035</t>
+  </si>
+  <si>
+    <t>Moscow</t>
+  </si>
+  <si>
+    <t>245.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Нью-Йорк»;стекло;60мл;D=4,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>01080732</t>
+  </si>
+  <si>
+    <t>L2891</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>203.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Стеллар»;хр.стекло;70мл;D=34,H=102мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080733</t>
+  </si>
+  <si>
+    <t>4232 2200</t>
+  </si>
+  <si>
+    <t>Stellar</t>
+  </si>
+  <si>
+    <t>2665.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Маскарад»;хр.стекло;50мл;D=46/28,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080734</t>
+  </si>
+  <si>
+    <t>G7483</t>
+  </si>
+  <si>
+    <t>Masguerade</t>
+  </si>
+  <si>
+    <t>1967.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Джин»;стекло;50мл;D=48,H=57мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080735</t>
+  </si>
+  <si>
+    <t>V8849</t>
+  </si>
+  <si>
+    <t>Gin Uni</t>
+  </si>
+  <si>
+    <t>532.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Оптик»;стекло;60мл;D=50,H=64мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080741</t>
+  </si>
+  <si>
+    <t>52450/b</t>
+  </si>
+  <si>
+    <t>Optica</t>
+  </si>
+  <si>
+    <t>Стопка «Хобстар»;стекло;60мл;D=5,H=6см;прозр.</t>
+  </si>
+  <si>
+    <t>01080742</t>
+  </si>
+  <si>
+    <t>Hobstar</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Гладкий»;стекло;50мл;D=46,H=57мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080743</t>
+  </si>
+  <si>
+    <t>55.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Кошем»;стекло;60мл;D=48,H=58мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080745</t>
+  </si>
+  <si>
+    <t>41070/b</t>
+  </si>
+  <si>
+    <t>Kosem</t>
+  </si>
+  <si>
+    <t>Стопка «Луна»;стекло;60мл;D=41,H=71мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080746</t>
+  </si>
+  <si>
+    <t>42043/b</t>
+  </si>
+  <si>
+    <t>Luna</t>
+  </si>
+  <si>
+    <t>371.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Диско»;стекло;60мл;D=45,H=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080749</t>
+  </si>
+  <si>
+    <t>0347/05</t>
+  </si>
+  <si>
+    <t>Disco</t>
+  </si>
+  <si>
+    <t>Стопка «Космос»;стекло;60мл;D=50,H=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080750</t>
+  </si>
+  <si>
+    <t>0443/05</t>
+  </si>
+  <si>
+    <t>Cosmos</t>
+  </si>
+  <si>
+    <t>555.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Дюк»;стекло;50мл;D=45,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080751</t>
+  </si>
+  <si>
+    <t>0353/05</t>
+  </si>
+  <si>
+    <t>Duke</t>
+  </si>
+  <si>
+    <t>578.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Танго»;стекло;70мл;D=47,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080752</t>
+  </si>
+  <si>
+    <t>42294/b</t>
+  </si>
+  <si>
+    <t>Tango</t>
+  </si>
+  <si>
+    <t>Стопка «Трек»;стекло;60мл;D=51,H=61мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080753</t>
+  </si>
+  <si>
+    <t>N5364</t>
+  </si>
+  <si>
+    <t>Trek</t>
+  </si>
+  <si>
+    <t>301.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Исланд»;стекло;70мл;D=38,H=104мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080754</t>
+  </si>
+  <si>
+    <t>J3286</t>
+  </si>
+  <si>
+    <t>Islande</t>
+  </si>
+  <si>
+    <t>Стопка «Триумф»;стекло;60мл;D=44,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080755</t>
+  </si>
+  <si>
+    <t>41600/b</t>
+  </si>
+  <si>
+    <t>Triumph</t>
+  </si>
+  <si>
+    <t>385.00₸</t>
+  </si>
+  <si>
+    <t>01080756</t>
+  </si>
+  <si>
+    <t>42294/b/t</t>
+  </si>
+  <si>
+    <t>142.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Париж»;хр.стекло;50мл;D=38,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080757</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>4459.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Банкет»;хр.стекло;75мл;D=47,H=63мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080759</t>
+  </si>
+  <si>
+    <t>Banquet</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Таймлесс»;стекло;62мл;D=48,H=61мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080763</t>
+  </si>
+  <si>
+    <t>52780/b</t>
+  </si>
+  <si>
+    <t>Timeless</t>
+  </si>
+  <si>
+    <t>644.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Виски сервис»;стекло;59мл;D=50,H=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080801</t>
+  </si>
+  <si>
+    <t>1256.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Паб»;стекло;60мл;D=42,H=104мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080803</t>
+  </si>
+  <si>
+    <t>42234/b</t>
+  </si>
+  <si>
+    <t>Pub</t>
+  </si>
+  <si>
+    <t>343.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Центра» набор[6шт];стекло;60мл;D=45,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080806</t>
+  </si>
+  <si>
+    <t>Centra</t>
+  </si>
+  <si>
+    <t>3326.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Центра» набор[6шт];стекло;95мл;D=45,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080807</t>
+  </si>
+  <si>
+    <t>3590.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Штраусс»;хр.стекло;60мл;D=45,H=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080812</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Strauss</t>
+  </si>
+  <si>
+    <t>2164.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Виски шутер»;стекло;56мл;D=50,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080815</t>
+  </si>
+  <si>
+    <t>Shooters</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Виски сервис»;стекло;59мл;D=44,H=61мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080816</t>
+  </si>
+  <si>
+    <t>1279.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Каталина»;стекло;59мл;D=40/50,H=117мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080820</t>
+  </si>
+  <si>
+    <t>Catalina</t>
+  </si>
+  <si>
+    <t>2549.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Караман»;стекло;60мл;D=47,H=63мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080821</t>
+  </si>
+  <si>
+    <t>52445/b</t>
+  </si>
+  <si>
+    <t>Karaman</t>
+  </si>
+  <si>
+    <t>98.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Балтик»;стекло;60мл;D=48,H=68мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080824</t>
+  </si>
+  <si>
+    <t>41270/b</t>
+  </si>
+  <si>
+    <t>Baltik</t>
+  </si>
+  <si>
+    <t>378.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Индро»;стекло;60мл;D=38,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080827</t>
+  </si>
+  <si>
+    <t>Indro</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Сальто»;стекло;60мл;D=48,H=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080828</t>
+  </si>
+  <si>
+    <t>N5834</t>
+  </si>
+  <si>
+    <t>Salto</t>
+  </si>
+  <si>
+    <t>1708.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Акватик»;стекло;60мл;D=47,H=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080833</t>
+  </si>
+  <si>
+    <t>41971/b</t>
+  </si>
+  <si>
+    <t>Aquatic</t>
+  </si>
+  <si>
+    <t>399.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Сиде»;стекло;60мл;D=37,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080837</t>
+  </si>
+  <si>
+    <t>41050/b/t</t>
+  </si>
+  <si>
+    <t>Side</t>
+  </si>
+  <si>
+    <t>197.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Лирик»;стекло;60мл;D=51,H=56мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080838</t>
+  </si>
+  <si>
+    <t>41967/b</t>
+  </si>
+  <si>
+    <t>Lyric</t>
+  </si>
+  <si>
+    <t>238.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Алания»;стекло;60мл;D=40,H=64мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080840</t>
+  </si>
+  <si>
+    <t>52440/b</t>
+  </si>
+  <si>
+    <t>Alanya</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Дублино»;стекло;50мл;D=50,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080841</t>
+  </si>
+  <si>
+    <t>169249BAD021990</t>
+  </si>
+  <si>
+    <t>Стопка «Центра»;стекло;62мл;D=45,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080842</t>
+  </si>
+  <si>
+    <t>971.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Центра»;стекло;96мл;D=45,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080843</t>
+  </si>
+  <si>
+    <t>909.00₸</t>
+  </si>
+  <si>
+    <t>01080845</t>
+  </si>
+  <si>
+    <t>41050/b</t>
+  </si>
+  <si>
     <t>392.00₸</t>
   </si>
   <si>
-    <t>Стопка «Винный»;стекло;50мл;D=52,H=60мм;прозр.</t>
-[...74 lines deleted...]
-    <t>Boot shot</t>
+    <t>01080846</t>
+  </si>
+  <si>
+    <t>917.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Аршитект»;хр.стекло;60мл;D=48,H=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080847</t>
+  </si>
+  <si>
+    <t>Q4367</t>
+  </si>
+  <si>
+    <t>Architecte</t>
+  </si>
+  <si>
+    <t>2422.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Айлэнд» с ручкой;стекло;55мл;D=36/63,H=101мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080906</t>
+  </si>
+  <si>
+    <t>1631.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Стамбул»;стекло;60мл;D=41,H=57мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080908</t>
+  </si>
+  <si>
+    <t>42025/b</t>
+  </si>
+  <si>
+    <t>Istanbul</t>
+  </si>
+  <si>
+    <t>Стопка «Данс»;стекло;50мл;D=46,H=52мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080910</t>
+  </si>
+  <si>
+    <t>42864/b</t>
+  </si>
+  <si>
+    <t>Dance</t>
+  </si>
+  <si>
+    <t>336.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Паб»;стекло;50мл;D=53,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080911</t>
+  </si>
+  <si>
+    <t>42194/b</t>
+  </si>
+  <si>
+    <t>Стопка «Сиде»;стекло;60мл;D=45,H=69мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080912</t>
+  </si>
+  <si>
+    <t>42484/b</t>
+  </si>
+  <si>
+    <t>364.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Призм шот»;стекло;59мл;D=58/48,H=63,L=48мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080913</t>
+  </si>
+  <si>
+    <t>Prism</t>
+  </si>
+  <si>
+    <t>Стопка «Вине»;стекло;80мл;D=38/41,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080914</t>
+  </si>
+  <si>
+    <t>Vigne</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Виченца»;хр.стекло;60мл;D=50,H=64мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080915</t>
+  </si>
+  <si>
+    <t>927A</t>
+  </si>
+  <si>
+    <t>Wine Star</t>
+  </si>
+  <si>
+    <t>Vicenza</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>981.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Ательер»;хр.стекло;75мл;D=53,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080916</t>
+  </si>
+  <si>
+    <t>PM866-10403/02</t>
+  </si>
+  <si>
+    <t>Atelier</t>
+  </si>
+  <si>
+    <t>1679.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Хот шот»;стекло;80мл;D=55,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080917</t>
+  </si>
+  <si>
+    <t>G2639</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Тосса»;хр.стекло;79мл;D=47,H=107мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080920</t>
+  </si>
+  <si>
+    <t>Tossa</t>
+  </si>
+  <si>
+    <t>7346.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Оксфорд»;стекло;38мл;D=44,H=59,5мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080921</t>
+  </si>
+  <si>
+    <t>340785BZN121990</t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>Стопка «Айлэнд»;стекло;60мл;D=37,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081001</t>
+  </si>
+  <si>
+    <t>Стопка «Кварц»;стекло;70мл;D=56,H=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081006</t>
+  </si>
+  <si>
+    <t>0342/07</t>
+  </si>
+  <si>
+    <t>Quartz</t>
+  </si>
+  <si>
+    <t>556.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Спешелс»;стекло;70мл;D=46,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081007</t>
+  </si>
+  <si>
+    <t>Specials</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>879.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Эпсилон»;стекло;70мл;D=50,H=116мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081008</t>
+  </si>
+  <si>
+    <t>157110BAC021990</t>
+  </si>
+  <si>
+    <t>Ypsilon</t>
+  </si>
+  <si>
+    <t>Стопка «Сордженте»;стекло;70мл;D=40,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081010</t>
+  </si>
+  <si>
+    <t>340440MEQ121990</t>
+  </si>
+  <si>
+    <t>Sorgente</t>
+  </si>
+  <si>
+    <t>2372.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Стеллар»;хр.стекло;55мл;D=39,H=79мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081011</t>
+  </si>
+  <si>
+    <t>4232 2000</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Лунар»;хр.стекло;70мл;D=4,H=5,B=5см;прозр.</t>
+  </si>
+  <si>
+    <t>01081012</t>
+  </si>
+  <si>
+    <t>4233 2000</t>
+  </si>
+  <si>
+    <t>Lunar</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Бар &amp; Ликер»;хр.стекло;70мл;D=46,H=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081013</t>
+  </si>
+  <si>
+    <t>Bar &amp; Liqueur</t>
+  </si>
+  <si>
+    <t>2495.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Баббл»;стекло;70мл;D=40,H=87мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081014</t>
+  </si>
+  <si>
+    <t>0780/07</t>
+  </si>
+  <si>
+    <t>Bubble</t>
+  </si>
+  <si>
+    <t>755.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Норвей»;стекло;70мл;D=53,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081016</t>
+  </si>
+  <si>
+    <t>0716/07</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>599.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Белфеста (Пьюр)»;хр.стекло;95мл;D=35,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081018</t>
+  </si>
+  <si>
+    <t>Zwiesel Glas</t>
+  </si>
+  <si>
+    <t>Belfesta</t>
+  </si>
+  <si>
+    <t>7670.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Дива 2.4.6.»;стекло;80мл;D=57,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081019</t>
+  </si>
+  <si>
+    <t>68074M</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Diva 2.4.6.</t>
+  </si>
+  <si>
+    <t>3481.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Америка 20х»;стекло;80мл;D=45,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081020</t>
+  </si>
+  <si>
+    <t>122148BCC021990</t>
+  </si>
+  <si>
+    <t>America"20s</t>
+  </si>
+  <si>
+    <t>1656.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Виронезе»;хр.стекло;75мл;D=42/47,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081203</t>
+  </si>
+  <si>
+    <t>PM568 - 09834/06</t>
+  </si>
+  <si>
+    <t>Veronese</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Клиа»;стекло;75мл;D=60,H=62мм;оранжев.</t>
+  </si>
+  <si>
+    <t>01081207</t>
+  </si>
+  <si>
+    <t>8323 Orange</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>1909.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Флеар»;стекло;73мл;D=53,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081208</t>
+  </si>
+  <si>
+    <t>Flare</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Вейнланд»;хр.стекло;80мл;D=47,H=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081209</t>
+  </si>
+  <si>
+    <t>Weinland</t>
+  </si>
+  <si>
+    <t>2449.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Коник»;стекло;80мл;D=49,H=78мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081210</t>
+  </si>
+  <si>
+    <t>Conigue</t>
+  </si>
+  <si>
+    <t>427.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Сильвана»;стекло;82мл;D=55,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081212</t>
+  </si>
+  <si>
+    <t>42244/b</t>
+  </si>
+  <si>
+    <t>Sylvana</t>
+  </si>
+  <si>
+    <t>406.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Лупинг»;стекло;90мл;D=59/49,H=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081501</t>
+  </si>
+  <si>
+    <t>G1066</t>
+  </si>
+  <si>
+    <t>Looping</t>
+  </si>
+  <si>
+    <t>2284.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Диско»;стекло;90мл;D=45,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081502</t>
+  </si>
+  <si>
+    <t>0347/09</t>
+  </si>
+  <si>
+    <t>491.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Сиде»;стекло;95мл;D=46,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081503</t>
+  </si>
+  <si>
+    <t>693.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Лексингтон»;стекло;85мл;D=51,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081504</t>
+  </si>
+  <si>
+    <t>Lexington</t>
+  </si>
+  <si>
+    <t>1333.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Хани»;стекло;80мл;D=57,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081511</t>
+  </si>
+  <si>
+    <t>66706M</t>
+  </si>
+  <si>
+    <t>Honey</t>
+  </si>
+  <si>
+    <t>3527.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Кончерто»;стекло;80мл;D=57,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081512</t>
+  </si>
+  <si>
+    <t>66704M</t>
+  </si>
+  <si>
+    <t>Concerto</t>
+  </si>
+  <si>
+    <t>Стопка «Айлэнд»;стекло;100мл;D=50,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081601</t>
+  </si>
+  <si>
+    <t>J4238</t>
+  </si>
+  <si>
+    <t>1162.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Франкфурт» с ручкой;стекло;118мл;D=64,H=121мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081603</t>
+  </si>
+  <si>
+    <t>Frankfurt</t>
   </si>
   <si>
     <t>МЕКСИКА</t>
   </si>
   <si>
-    <t>1502.00₸</t>
-[...230 lines deleted...]
-    <t>Macassar</t>
+    <t>3088.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Эллипс»;стекло;110мл;,H=65,L=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081607</t>
+  </si>
+  <si>
+    <t>0537/11</t>
+  </si>
+  <si>
+    <t>Ellipse</t>
+  </si>
+  <si>
+    <t>674.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Атолл»;стекло;110мл;D=62/70,H=57мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081608</t>
+  </si>
+  <si>
+    <t>0549/11</t>
+  </si>
+  <si>
+    <t>Atoll</t>
+  </si>
+  <si>
+    <t>609.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Биконик бар»;стекло;140мл;D=63,H=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081610</t>
+  </si>
+  <si>
+    <t>Biconic Bar</t>
+  </si>
+  <si>
+    <t>1520.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Шамбор»;стекло;100мл;D=75,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081614</t>
+  </si>
+  <si>
+    <t>Шамбор</t>
+  </si>
+  <si>
+    <t>147.00₸</t>
+  </si>
+  <si>
+    <t>Кружка шот «Московский мул» античная медь;сталь нерж.,медь;60мл;,H=47мм;роз. золото</t>
+  </si>
+  <si>
+    <t>01081701</t>
+  </si>
+  <si>
+    <t>CY15-584</t>
+  </si>
+  <si>
+    <t>2121.00₸</t>
+  </si>
+  <si>
+    <t>Кружка шот «Московский мул» античная медь;сталь нерж.;60мл;D=43,H=47,L=55мм;медный</t>
+  </si>
+  <si>
+    <t>01081702</t>
+  </si>
+  <si>
+    <t>CY15-584-AC</t>
   </si>
   <si>
     <t>2926.00₸</t>
   </si>
   <si>
-    <t>Стопка;хрусталь;35мл;D=44,H=68мм;прозр.</t>
-[...347 lines deleted...]
-    <t>1810.00₸</t>
+    <t>Кружка шот «Московский мул» античный никель;сталь нерж.;60мл;D=43,H=47,L=55мм;никелев.</t>
+  </si>
+  <si>
+    <t>01081703</t>
+  </si>
+  <si>
+    <t>CY15-584-AN</t>
+  </si>
+  <si>
+    <t>2205.00₸</t>
+  </si>
+  <si>
+    <t>Кружка шот «Московский мул» античный никель;сталь нерж.,никель;60мл;D=43,H=47,L=55мм;черный</t>
+  </si>
+  <si>
+    <t>01081704</t>
+  </si>
+  <si>
+    <t>CY15-584-BN</t>
+  </si>
+  <si>
+    <t>2135.00₸</t>
+  </si>
+  <si>
+    <t>Стопка;полистир.пищ.;35мл</t>
+  </si>
+  <si>
+    <t>01081805</t>
+  </si>
+  <si>
+    <t>HD0858</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>224.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Новеченто»;стекло;77мл;D=55,H=79мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081806</t>
+  </si>
+  <si>
+    <t>122117BAU021990</t>
+  </si>
+  <si>
+    <t>Novecento</t>
+  </si>
+  <si>
+    <t>1710.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Мистерия»;стекло;50мл;D=45,H=61мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081903</t>
+  </si>
+  <si>
+    <t>Mystery</t>
+  </si>
+  <si>
+    <t>Стопка «Нижний Новгород» набор[3шт];стекло;50мл;D=49,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>01082002</t>
+  </si>
+  <si>
+    <t>N7155</t>
+  </si>
+  <si>
+    <t>FIFA</t>
+  </si>
+  <si>
+    <t>1491.00₸</t>
+  </si>
+  <si>
+    <t>Стопка;;D=5,H=12см;св. дерево</t>
+  </si>
+  <si>
+    <t>01082003</t>
+  </si>
+  <si>
+    <t>Q911O-06N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>9063.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Финесс»;хр.стекло;60мл;D=39,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01082004</t>
+  </si>
+  <si>
+    <t>Finesse</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Аркади»;стекло;90мл;D=62,H=63мм;прозр.</t>
+  </si>
+  <si>
+    <t>01082007</t>
+  </si>
+  <si>
+    <t>Q2233</t>
+  </si>
+  <si>
+    <t>Arcadie</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Кракле»;стекло;50мл;D=4,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>01082013</t>
+  </si>
+  <si>
+    <t>8117-33856</t>
+  </si>
+  <si>
+    <t>Кракле</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>01082015</t>
+  </si>
+  <si>
+    <t>8117-42187</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Боро» с охладителем;стекло;65мл;D=6,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>03176502</t>
+  </si>
+  <si>
+    <t>XVIT-002</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Boro</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>48048.00₸</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
-    <t>Стопка «Гладкий»;стекло;50мл;D=46,H=57мм;прозр.</t>
-[...1226 lines deleted...]
-    <t>8117-42187</t>
+    <t>Стопка «Боро» Гладкий;стекло;65мл;D=32,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>03176503</t>
+  </si>
+  <si>
+    <t>XVIT-0100</t>
+  </si>
+  <si>
+    <t>5421.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Глория»;стекло;50мл;D=55,H=52мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081906</t>
+  </si>
+  <si>
+    <t>Gloria</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Стопка «Финесс Грид»;хр.стекло;60мл;D=39,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081907</t>
+  </si>
+  <si>
+    <t>64008-Grid</t>
+  </si>
+  <si>
+    <t>Finesse Grid</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Бах»;стекло;70мл;D=48,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081908</t>
+  </si>
+  <si>
+    <t>A06794G11021990</t>
+  </si>
+  <si>
+    <t>Bach</t>
+  </si>
+  <si>
+    <t>3104.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Чикаго»;стекло;70мл;D=45,H=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081909</t>
+  </si>
+  <si>
+    <t>O0569</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>490.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Серенити»;стекло;45мл;D=50,H=56мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080853</t>
+  </si>
+  <si>
+    <t>520392/b</t>
+  </si>
+  <si>
+    <t>Serenity</t>
+  </si>
+  <si>
+    <t>Стопка «Элизия»;стекло;60мл;D=46,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>01080854</t>
+  </si>
+  <si>
+    <t>520242/b</t>
+  </si>
+  <si>
+    <t>Elysia</t>
+  </si>
+  <si>
+    <t>Стопка «Ардеа»;стекло;50мл;D=5,H=5см;прозр.</t>
+  </si>
+  <si>
+    <t>01081910</t>
+  </si>
+  <si>
+    <t>91E/2SE45/0/00000/050-664</t>
+  </si>
+  <si>
+    <t>Crystal Bohemia</t>
+  </si>
+  <si>
+    <t>Ardea</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>1718.00₸</t>
+  </si>
+  <si>
+    <t>Стопка «Мергус»;стекло;60мл;D=49,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>01081911</t>
+  </si>
+  <si>
+    <t>91E/2S180/0/00000/060-664</t>
+  </si>
+  <si>
+    <t>Mergus</t>
   </si>
   <si>
     <t>1925.00₸</t>
-  </si>
-[...169 lines deleted...]
-    <t>Mergus</t>
   </si>
   <si>
     <t>Стопка «Баршайн»;стекло;68мл;D=51,H=64мм;прозр.</t>
   </si>
   <si>
     <t>01051654</t>
   </si>
   <si>
     <t>Barshine</t>
   </si>
   <si>
     <t>1771.00₸</t>
   </si>
   <si>
     <t>Стопка «Тюльпан»;стекло;50мл;D=50,H=89мм;прозр.</t>
   </si>
   <si>
     <t>01080922</t>
   </si>
   <si>
     <t>07с1088</t>
   </si>
   <si>
     <t>Тюльпан</t>
   </si>
@@ -2434,51 +2308,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B4-C5EA-11EB-BBF1-005056926DAF1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405543F-4250-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C38748E-4252-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD854BD-20CB-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C46EF05-E3C5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5BC13-20CC-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE87-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241417F9-4250-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC14-4253-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE13B-E3C5-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDA63-20CB-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3465-20CB-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC33B3-20CB-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDDB9-20CB-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D52A8-4252-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC30FD-20CB-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E145DD9-D1AC-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E031-424D-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716D1-4251-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD8556F-20CB-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC15-E3C5-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C5E-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDBB5-20CB-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDD07-20CB-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B4F-424E-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7248BC70-E3C5-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46F-4251-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977A3-424D-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41B3F-20CB-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46E-4251-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FDA6-20CB-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD85359-20CB-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7CFF8-20CB-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBB0-4253-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41BF1-20CB-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865362-4254-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5AD30C28-20CB-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D7D-424B-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D7E-424B-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41A9F-20CB-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D81-424B-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE9-424B-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB4-424B-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DE3-424B-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE13E-E3C5-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C46EF04-E3C5-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D77-424C-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE21-E3C5-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E032-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC35A5-20CB-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC16-E3C5-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DCF-424E-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD850A3-20CB-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE1C-E3C5-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE1B-E3C5-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88D2-4250-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208DC-4250-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB53-4251-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD85207-20CB-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7CF46-20CB-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59E3-4252-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC31AF-20CB-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE1D-E3C5-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5AD30AE8-20CB-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBD911-20CB-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC18-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC1C-4253-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FC42-20CB-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7D20E-20CB-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD9394-E567-11EF-BC53-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7D15C-20CB-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FBA2-20CB-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDD1-4254-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41C91-20CB-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FCF4-20CB-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDC55-20CB-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D82-424B-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6C4-E3C5-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA2-424B-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA3-424B-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF3-F150-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0261001B-424C-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE140-E3C5-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632A8-424C-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3505-20CB-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41D31-20CB-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE139-E3C5-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA57FF-424F-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41FE7-20CB-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288BA8-4252-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD8560F-20CB-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41F35-20CB-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE13A-E3C5-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7CEA6-20CB-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7248BC73-E3C5-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9832-4254-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0F0-4254-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41DE3-20CB-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D83-424B-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D84-424B-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C795-424C-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDB03-20CB-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD85155-20CB-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6C0-E3C5-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D800FC-20CB-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817AB-424D-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D181A-424E-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF7-F150-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC22-4253-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF4-F150-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD852B9-20CB-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D85-424B-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBAF-424B-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D76-424C-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3BE-424C-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7248BC72-E3C5-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FE58-20CB-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88D3-4250-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88DA-4250-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA9-4250-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC18-E3C5-11EB-BBF2-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC23-4253-11E8-A155-00259035BB67122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6C1-E3C5-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBD9B1-20CB-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39D6-ADCD-11EB-BBF1-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C8E33A8-AEC8-11EE-BC40-00505692492F126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FF0A-20CB-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3313-20CB-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE901F-424D-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159296-4250-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA64594C-4252-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FFAA-20CB-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2F4-424F-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D87-424B-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6BF-E3C5-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC304B-20CB-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7D0AA-20CB-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3261-20CB-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D88-424B-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C917-424D-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A282-424C-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D7F-424C-11E8-A155-00259035BB67142.gif"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9688-424D-11E8-A155-00259035BB67143.gif"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD92BE-E567-11EF-BC53-00505692E2D0144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B88AE-20CC-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC902E-4254-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC902F-4254-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC9030-4254-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE21FC9E-1049-11EA-BBC6-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD8540B-20CB-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66864031-19A7-11EF-BC3F-0050569297EB151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE42099-20CB-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5AD30E1A-20CB-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAC24388-0D44-11EA-BBC6-005056921CC4154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41E95-20CB-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0DDB13-CA4F-11ED-BC05-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064BBFA6-83CC-11EE-BC11-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1BB-4255-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1BC-4255-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690C51E3-A1A0-11EF-BC57-00505692E049160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690C50D7-A1A0-11EF-BC57-00505692E049161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47FF9320-E3D9-11EF-BC4E-00505692C447162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3629EBF6-CF50-11EF-BC46-0050569297EB163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D414BFA4-04DF-11F0-BC53-00505692E2D0164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A038-2796-11F0-BC58-00505692E049165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6BFF724-A098-11F0-BC58-00505692E2D0166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC5486B3-97B5-11F0-BC58-00505692E2D0167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEB274D4-839C-11F0-BC56-00505692C447168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEB26E70-839C-11F0-BC56-00505692C447169.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B4-C5EA-11EB-BBF1-005056926DAF1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405543F-4250-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C38748E-4252-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD854BD-20CB-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C46EF05-E3C5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F5BC13-20CC-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241417F9-4250-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC14-4253-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE13B-E3C5-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDA63-20CB-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3465-20CB-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC33B3-20CB-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDDB9-20CB-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D52A8-4252-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC30FD-20CB-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E145DD9-D1AC-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E031-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD8556F-20CB-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC15-E3C5-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C5E-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDBB5-20CB-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDD07-20CB-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF397B4F-424E-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7248BC70-E3C5-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46F-4251-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F977A3-424D-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41B3F-20CB-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD46E-4251-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FDA6-20CB-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD85359-20CB-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7CFF8-20CB-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FBB0-4253-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41BF1-20CB-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865362-4254-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5AD30C28-20CB-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41A9F-20CB-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE9-424B-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BB4-424B-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DE3-424B-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE13E-E3C5-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C46EF04-E3C5-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D77-424C-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE21-E3C5-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E032-424D-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC35A5-20CB-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC16-E3C5-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DCF-424E-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD850A3-20CB-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE1C-E3C5-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE1B-E3C5-11EB-BBF2-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88D2-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E40208DC-4250-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB53-4251-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD85207-20CB-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7CF46-20CB-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59E3-4252-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC31AF-20CB-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE4EE1D-E3C5-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBD911-20CB-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC18-4253-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC1C-4253-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FC42-20CB-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7D20E-20CB-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD9394-E567-11EF-BC53-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7D15C-20CB-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FBA2-20CB-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDD1-4254-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41C91-20CB-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FCF4-20CB-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDC55-20CB-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6C4-E3C5-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA2-424B-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BA3-424B-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF3-F150-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0261001B-424C-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE140-E3C5-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E632A8-424C-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3505-20CB-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41D31-20CB-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE139-E3C5-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA57FF-424F-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41FE7-20CB-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288BA8-4252-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD8560F-20CB-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41F35-20CB-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850CE13A-E3C5-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7CEA6-20CB-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7248BC73-E3C5-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9832-4254-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0F0-4254-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41DE3-20CB-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D84-424B-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C795-424C-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBDB03-20CB-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD85155-20CB-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6C0-E3C5-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D800FC-20CB-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817AB-424D-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D181A-424E-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF7-F150-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC22-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF4-F150-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD852B9-20CB-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D85-424B-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D76-424C-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3BE-424C-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7248BC72-E3C5-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FE58-20CB-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88D3-4250-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88DA-4250-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AA9-4250-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC18-E3C5-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BC23-4253-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6C1-E3C5-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78EBD9B1-20CB-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234A39D6-ADCD-11EB-BBF1-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C8E33A8-AEC8-11EE-BC40-00505692492F117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3313-20CB-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE901F-424D-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159296-4250-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA64594C-4252-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66D7FFAA-20CB-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2F4-424F-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D87-424B-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78C8E6BF-E3C5-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC304B-20CB-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60D7D0AA-20CB-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72EC3261-20CB-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4B1D88-424B-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C917-424D-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A282-424C-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0D7F-424C-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9688-424D-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9DD92BE-E567-11EF-BC53-00505692E2D0134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D73B88AE-20CC-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC902E-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC902F-4254-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC9030-4254-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE21FC9E-1049-11EA-BBC6-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD8540B-20CB-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66864031-19A7-11EF-BC3F-0050569297EB141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE42099-20CB-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5AD30E1A-20CB-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAC24388-0D44-11EA-BBC6-005056921CC4144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE41E95-20CB-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0DDB13-CA4F-11ED-BC05-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064BBFA6-83CC-11EE-BC11-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1BB-4255-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1BC-4255-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47FF9320-E3D9-11EF-BC4E-00505692C447150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3629EBF6-CF50-11EF-BC46-0050569297EB151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D414BFA4-04DF-11F0-BC53-00505692E2D0152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A038-2796-11F0-BC58-00505692E049153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F88E5AE5-BA55-11F0-BC5A-00505692E2D0154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC5486B3-97B5-11F0-BC58-00505692E2D0155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEB274D4-839C-11F0-BC56-00505692C447156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEB26E70-839C-11F0-BC56-00505692C447157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F88E59C7-BA55-11F0-BC5A-00505692E2D0158.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2893,51 +2767,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3793,171 +3667,171 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7153,393 +7027,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="157" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="158" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
-        <a:stretch>
-[...328 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7798,62 +7342,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071502/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-carlisle-01080201/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080203/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080208/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-probar-01080209/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stopok-arcoroc-01080210/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080304/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080308/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080312/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080314/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080321/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080329/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080330/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080331/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-probar-01080335/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080405/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080406/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080408/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-eclat-01080409/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080502/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nizkaya-pasabahce-01080503/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080504/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080507/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-borgonovo-01080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-borgonovo-01080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01080511/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080605/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01080607/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080609/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080611/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nude-01080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080614/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-cristal-darques-01080615/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080620/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080702/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080703/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080711/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080712/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080713/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080714/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080715/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080720/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080722/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080723/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080724/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080725/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-01080726/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080727/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-walther-glas-01080729/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-borgonovo-01080730/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080731/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080732/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rona-01080733/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-cristal-darques-01080734/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080735/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080741/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080742/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080743/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080745/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080746/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080748/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080749/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080750/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080751/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080752/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080753/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080754/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080755/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080756/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080757/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080759/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080763/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080801/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080802/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080803/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080806/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01080812/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080815/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080816/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080824/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-borgonovo-01080827/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080828/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080833/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080837/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080838/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080840/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080842/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080843/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080845/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080846/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-cristal-darques-01080847/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080905/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-arcoroc-01080906/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080908/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080910/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080911/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080912/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080913/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080914/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-wine-star-01080915/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01080916/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080917/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080920/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080921/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081001/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081003/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081006/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081007/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081008/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rona-01081011/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rona-01081012/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01081013/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081014/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081016/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-zwiesel-glas-01081018/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-vidivi-01081019/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081020/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01081203/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01081205/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-lux-01081207/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081208/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01081209/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081210/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01081212/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081501/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081502/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01081503/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081504/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-vidivi-01081511/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-vidivi-01081512/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081601/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-libbey-01081603/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081607/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081608/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081610/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01081614/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081701/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081702/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081703/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081704/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-utopia-01081805/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081806/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01081903/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-moskva-arcoroc-01082002/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-ppwood-01082003/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nude-01082004/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01082007/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01082013/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01082015/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ohladitel-so-stakanom-pordamsa-03176502/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-ohladitelya-xvit-002-pordamsa-03176503/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rubikap-01081904/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rubikap-01081905/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01081906/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nude-01081907/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01081908/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081909/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080853/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080854/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-crystal-bohemia-01081910/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-crystal-bohemia-01081911/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01051654/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080922/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ryumka-rona-01071502/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-carlisle-01080201/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080203/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080208/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-probar-01080209/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-stopok-arcoroc-01080210/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080308/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080312/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080314/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080321/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080329/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080330/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080331/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-probar-01080335/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080405/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080406/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-eclat-01080409/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080502/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nizkaya-pasabahce-01080503/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080504/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080507/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-borgonovo-01080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-borgonovo-01080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01080511/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080605/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01080607/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080609/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080611/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nude-01080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080614/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-cristal-darques-01080615/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080620/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080712/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080713/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080714/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080715/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080720/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080722/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080723/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080724/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080725/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-01080726/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01080727/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-walther-glas-01080729/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-borgonovo-01080730/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080731/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080732/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rona-01080733/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-cristal-darques-01080734/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080735/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080741/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080742/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080743/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080745/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080746/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080749/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080750/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01080751/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080752/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080753/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080754/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080755/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080756/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080757/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080759/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080763/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080801/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080803/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080806/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01080812/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080815/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080816/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080824/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-borgonovo-01080827/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080828/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080833/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080837/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080838/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080840/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080842/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080843/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080845/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080846/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-cristal-darques-01080847/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-arcoroc-01080906/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080908/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080910/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080911/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080912/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01080913/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080914/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-wine-star-01080915/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01080916/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01080917/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-schott-zwiesel-01080920/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01080921/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081001/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081006/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081007/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081008/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rona-01081011/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-rona-01081012/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01081013/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081014/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081016/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-zwiesel-glas-01081018/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-vidivi-01081019/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081020/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01081203/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-lux-01081207/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081208/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-stoelzle-01081209/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081210/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01081212/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081501/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081502/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01081503/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081504/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-vidivi-01081511/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-vidivi-01081512/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081601/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-s-ruchkoy-libbey-01081603/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081607/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-durobor-01081608/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-libbey-01081610/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01081614/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081701/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081702/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081703/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-shot-probar-01081704/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-utopia-01081805/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01081806/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01081903/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-moskva-arcoroc-01082002/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-ppwood-01082003/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nude-01082004/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01082007/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01082013/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-neman-01082015/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ohladitel-so-stakanom-pordamsa-03176502/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-ohladitelya-xvit-002-pordamsa-03176503/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01081906/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-nude-01081907/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-luigi-01081908/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-arcoroc-01081909/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080853/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-pasabahce-01080854/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-crystal-bohemia-01081910/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-crystal-bohemia-01081911/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-bormioli-rocco-01051654/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stopka-osz-01080922/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L174"/>
+  <dimension ref="A1:L162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I174" sqref="I174"/>
+      <selection activeCell="I162" sqref="I162"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -7988,5747 +7532,5350 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D8" s="0">
-        <v>1.68169</v>
+        <v>5026</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G8" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="D9" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L9" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>69</v>
+      </c>
+      <c r="D11" s="0">
+        <v>998</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="L11" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>76</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>77</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L12" s="0">
-        <v>96</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D13" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="F13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="0" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L13" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>86</v>
+      </c>
+      <c r="D14" s="0">
+        <v>763</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="G14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L14" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" s="0">
+        <v>669</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D15" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G15" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L15" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D16" s="0">
-        <v>669</v>
+        <v>1241</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="G16" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L16" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
-      <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>1241</v>
+        <v>95</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>96</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L17" s="0">
-        <v>96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
+      <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>99</v>
+      </c>
+      <c r="D18" s="0">
+        <v>175545</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>175545</v>
+        <v>104</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>105</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="F19" s="0"/>
+        <v>78</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>106</v>
+      </c>
       <c r="G19" s="0" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L19" s="0">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L20" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="D21" s="0">
-        <v>97038</v>
+        <v>42584</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D22" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" s="0">
+        <v>52144</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="G22" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="E22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="L22" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>42584</v>
+        <v>122</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>123</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D24" s="0">
-        <v>52144</v>
+        <v>5127</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>131</v>
+      </c>
+      <c r="D25" s="0">
+        <v>11161524</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>46</v>
+        <v>132</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L25" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D26" s="0">
+        <v>13218018</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L26" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D27" s="0">
-        <v>11161524</v>
+        <v>2050021</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>13218018</v>
+        <v>145</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>146</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L28" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>2050021</v>
+        <v>150</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>151</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>147</v>
+        <v>78</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L29" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>155</v>
+      </c>
+      <c r="D30" s="0">
+        <v>3500020</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>46</v>
+        <v>141</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>159</v>
+      </c>
+      <c r="D31" s="0">
+        <v>850</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L31" s="0">
-        <v>24</v>
+        <v>96</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C32" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D32" s="0">
+        <v>1250</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>161</v>
-      </c>
-[...16 lines deleted...]
-        <v>163</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L32" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>166</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>167</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L33" s="0">
-        <v>96</v>
+        <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D34" s="0">
-        <v>1250</v>
+        <v>64013</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>74</v>
+        <v>174</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L35" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>64013</v>
+        <v>181</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>182</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L36" s="0"/>
+        <v>74</v>
+      </c>
+      <c r="L36" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L37" s="0"/>
+        <v>190</v>
+      </c>
+      <c r="L37" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>192</v>
+      </c>
+      <c r="D38" s="0">
+        <v>971</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>189</v>
+        <v>70</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L38" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F39" s="0"/>
+        <v>198</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>199</v>
+      </c>
       <c r="G39" s="0" t="s">
-        <v>35</v>
+        <v>200</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>196</v>
+        <v>26</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>200</v>
+        <v>78</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>201</v>
+        <v>106</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>202</v>
+        <v>80</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>207</v>
+        <v>106</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>202</v>
+        <v>35</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D42" s="0">
-        <v>971</v>
+        <v>1022</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L42" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D43" s="0" t="s">
         <v>215</v>
       </c>
+      <c r="D43" s="0">
+        <v>5542</v>
+      </c>
       <c r="E43" s="0" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F43" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" s="0"/>
+      <c r="G43" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>217</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="E44" s="0" t="s">
+      <c r="G44" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="F44" s="0" t="s">
+      <c r="H44" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="E45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G45" s="0" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>226</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>26</v>
+        <v>227</v>
       </c>
       <c r="L45" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>227</v>
+        <v>202</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>229</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>230</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="L46" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D47" s="0">
-        <v>1022</v>
+        <v>1235</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>234</v>
+        <v>213</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L47" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
-      <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D48" s="0">
-[...5 lines deleted...]
-      <c r="F48" s="0"/>
+      <c r="E48" s="0"/>
+      <c r="F48" s="0" t="s">
+        <v>237</v>
+      </c>
       <c r="G48" s="0" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>241</v>
+        <v>106</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>202</v>
+        <v>35</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>242</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="D50" s="0">
+        <v>1806314</v>
+      </c>
+      <c r="E50" s="0" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>246</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>35</v>
+        <v>101</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>248</v>
+        <v>26</v>
       </c>
       <c r="L50" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>223</v>
+        <v>248</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="D51" s="0">
+        <v>11006541</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="E51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G51" s="0" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>251</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>75</v>
+        <v>252</v>
       </c>
       <c r="L51" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>1235</v>
+        <v>254</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>255</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>71</v>
+        <v>47</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>234</v>
+        <v>257</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L52" s="0">
-        <v>96</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
+      <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="E53" s="0"/>
+        <v>260</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>47</v>
+      </c>
       <c r="F53" s="0" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L53" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>107</v>
+        <v>266</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>1806314</v>
+        <v>269</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>270</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>266</v>
+        <v>183</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>11006541</v>
+        <v>274</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>275</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>273</v>
+        <v>26</v>
       </c>
       <c r="L56" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="L57" s="0">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>283</v>
+      </c>
+      <c r="D58" s="0">
+        <v>265100001</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>73</v>
+        <v>285</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>75</v>
+        <v>287</v>
       </c>
       <c r="L58" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>289</v>
+      </c>
+      <c r="D59" s="0">
+        <v>1400</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>287</v>
+        <v>212</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L59" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>189</v>
+        <v>78</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>293</v>
+        <v>230</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>79</v>
+        <v>198</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>73</v>
+        <v>200</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>303</v>
+        <v>277</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L62" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="D63" s="0">
-        <v>265100001</v>
+      <c r="D63" s="0" t="s">
+        <v>306</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>307</v>
+        <v>200</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>308</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>309</v>
+        <v>26</v>
       </c>
       <c r="L63" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="D64" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>71</v>
+        <v>198</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>233</v>
+        <v>312</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>73</v>
+        <v>200</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="0">
-        <v>96</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>317</v>
+        <v>107</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>318</v>
+        <v>67</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="E66" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="E66" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F66" s="0" t="s">
+      <c r="G66" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>324</v>
+        <v>26</v>
       </c>
       <c r="L66" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="E67" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="D67" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G67" s="0" t="s">
-        <v>112</v>
+        <v>72</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>328</v>
+        <v>257</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="E68" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="F68" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G68" s="0" t="s">
-        <v>202</v>
+        <v>72</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>298</v>
+        <v>331</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L68" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>331</v>
+        <v>314</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>332</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>206</v>
+        <v>333</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>200</v>
+        <v>78</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>207</v>
+        <v>317</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>202</v>
+        <v>80</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="0">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>336</v>
+      </c>
+      <c r="D70" s="0">
+        <v>572702</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>216</v>
+        <v>337</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>340</v>
+      </c>
+      <c r="D71" s="0">
+        <v>128092</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L72" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="D73" s="0" t="s">
         <v>349</v>
       </c>
+      <c r="D73" s="0">
+        <v>5126</v>
+      </c>
       <c r="E73" s="0" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="F73" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>278</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>351</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>352</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>353</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>354</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>85</v>
+        <v>355</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L74" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>357</v>
+      </c>
+      <c r="D75" s="0">
+        <v>42464</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>340</v>
+        <v>358</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>81</v>
+        <v>116</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="D76" s="0">
+        <v>42474</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G76" s="0" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D77" s="0">
-        <v>128092</v>
+        <v>10000011090</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>101</v>
+        <v>365</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L77" s="0"/>
+      <c r="L77" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>369</v>
+      </c>
+      <c r="D78" s="0">
+        <v>5109</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L78" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D79" s="0">
-        <v>5126</v>
+        <v>48</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="L79" s="0">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D80" s="0">
-        <v>1.69249</v>
+        <v>3826</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>52</v>
+        <v>378</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="0">
-        <v>2</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L81" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>42464</v>
+        <v>386</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>387</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L82" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="D83" s="0">
-        <v>42474</v>
+        <v>11106018</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>79</v>
+        <v>132</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>10000011090</v>
+        <v>395</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>396</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>391</v>
+        <v>47</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="L84" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>5109</v>
+        <v>400</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>401</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L85" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>405</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>406</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>134</v>
+        <v>407</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>401</v>
+        <v>26</v>
       </c>
       <c r="L86" s="0">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>3826</v>
+        <v>410</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>411</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L87" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>410</v>
+        <v>153</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>26</v>
+        <v>418</v>
       </c>
       <c r="L88" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>414</v>
+        <v>64</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>415</v>
+        <v>226</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="L89" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="D90" s="0">
-        <v>11106018</v>
+        <v>42464</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>418</v>
+        <v>358</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>196</v>
+        <v>26</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>426</v>
+      </c>
+      <c r="D91" s="0">
+        <v>42474</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>423</v>
+        <v>358</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>47</v>
+        <v>116</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L91" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>425</v>
+        <v>404</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>428</v>
+        <v>407</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>415</v>
+        <v>430</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L92" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>429</v>
+        <v>343</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="D93" s="0" t="s">
         <v>431</v>
       </c>
+      <c r="D93" s="0">
+        <v>52780</v>
+      </c>
       <c r="E93" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F93" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>432</v>
-      </c>
-[...7 lines deleted...]
-        <v>433</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L93" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>435</v>
       </c>
-      <c r="D94" s="0" t="s">
+      <c r="E94" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="F94" s="0" t="s">
         <v>436</v>
       </c>
-      <c r="E94" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F94" s="0" t="s">
+      <c r="G94" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>437</v>
-      </c>
-[...7 lines deleted...]
-        <v>438</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0">
+        <v>72388</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>440</v>
-      </c>
-[...16 lines deleted...]
-        <v>443</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>444</v>
+        <v>20</v>
       </c>
       <c r="L95" s="0">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>52</v>
+        <v>444</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>247</v>
+        <v>153</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="L96" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="F97" s="0" t="s">
         <v>448</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="G97" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I97" s="1" t="s">
         <v>449</v>
-      </c>
-[...16 lines deleted...]
-        <v>450</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>26</v>
+        <v>252</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>452</v>
       </c>
-      <c r="D98" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>384</v>
+        <v>354</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>453</v>
+        <v>322</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L98" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>429</v>
+        <v>453</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>454</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>455</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>432</v>
+        <v>407</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>456</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L99" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>366</v>
+        <v>457</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D100" s="0">
-        <v>52780</v>
+        <v>5277</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>369</v>
+        <v>459</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>458</v>
+        <v>129</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L100" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="D101" s="0" t="s">
         <v>461</v>
       </c>
+      <c r="D101" s="0">
+        <v>47346</v>
+      </c>
       <c r="E101" s="0" t="s">
-        <v>189</v>
+        <v>47</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>462</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>463</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L101" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>466</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>46</v>
+        <v>467</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>62</v>
+        <v>468</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>47</v>
+        <v>469</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L102" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>72388</v>
+        <v>472</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>473</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>350</v>
+        <v>474</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>196</v>
+        <v>26</v>
       </c>
       <c r="L103" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>474</v>
+        <v>57</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="L104" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>481</v>
+      </c>
+      <c r="D105" s="0">
+        <v>101342</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L105" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>380</v>
+        <v>487</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>317</v>
+        <v>393</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>484</v>
+        <v>59</v>
       </c>
       <c r="L106" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>489</v>
+      </c>
+      <c r="D107" s="0">
+        <v>40375</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>432</v>
+        <v>326</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>456</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L107" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>5277</v>
+        <v>491</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>492</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>135</v>
+        <v>494</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L108" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="D109" s="0">
-        <v>47346</v>
+        <v>613100</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>47</v>
+        <v>498</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L109" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>498</v>
+        <v>63</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>500</v>
+        <v>65</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>501</v>
+        <v>393</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>391</v>
+        <v>63</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L111" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>62</v>
+        <v>266</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>510</v>
+        <v>19</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>68</v>
+        <v>512</v>
       </c>
       <c r="L112" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>101342</v>
+        <v>514</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>515</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>514</v>
+        <v>19</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>26</v>
+        <v>517</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>517</v>
+        <v>519</v>
+      </c>
+      <c r="D114" s="0">
+        <v>2050020</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>419</v>
+        <v>521</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>519</v>
+        <v>26</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>40375</v>
+        <v>523</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>524</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>46</v>
+        <v>198</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>350</v>
+        <v>525</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="E116" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="G116" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="F116" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>388</v>
+        <v>531</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>533</v>
+      </c>
+      <c r="D117" s="0">
+        <v>112843</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>200</v>
+        <v>534</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>613100</v>
+        <v>538</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>539</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>29</v>
+        <v>540</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>535</v>
+        <v>65</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L118" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>419</v>
+        <v>547</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>51</v>
+        <v>365</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>484</v>
+        <v>26</v>
       </c>
       <c r="L120" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>556</v>
+      </c>
+      <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>19</v>
+        <v>557</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L121" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>559</v>
+      </c>
+      <c r="D122" s="0">
+        <v>243</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>19</v>
+        <v>561</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L122" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="D123" s="0">
-        <v>2050020</v>
+        <v>1000020</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>567</v>
+      </c>
+      <c r="D124" s="0">
+        <v>14633</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>202</v>
+        <v>48</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>525</v>
+        <v>572</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>200</v>
+        <v>78</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>526</v>
+        <v>573</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>202</v>
+        <v>72</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>112843</v>
+        <v>576</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>577</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>567</v>
+        <v>47</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>573</v>
+        <v>198</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>574</v>
+        <v>303</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>53</v>
+        <v>200</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>585</v>
+      </c>
+      <c r="D128" s="0">
+        <v>42594</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>579</v>
+        <v>407</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>26</v>
+        <v>587</v>
       </c>
       <c r="L128" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>589</v>
+      </c>
+      <c r="D129" s="0">
+        <v>2303</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L129" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>79</v>
+        <v>540</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L130" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="F131" s="0"/>
+        <v>540</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>600</v>
+      </c>
       <c r="G131" s="0" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>595</v>
+        <v>542</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L131" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>602</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>603</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>598</v>
+        <v>326</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L132" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="D133" s="0">
-        <v>1000020</v>
+        <v>5003</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>147</v>
+        <v>29</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>102</v>
+        <v>608</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L133" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>14633</v>
+        <v>611</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>612</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>46</v>
+        <v>198</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L134" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>588</v>
+        <v>617</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>79</v>
+        <v>198</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>589</v>
+        <v>618</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>73</v>
+        <v>200</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>309</v>
+        <v>26</v>
       </c>
       <c r="L135" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>621</v>
+      </c>
+      <c r="D136" s="0">
+        <v>11161020</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L136" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-        <v>618</v>
+        <v>625</v>
+      </c>
+      <c r="D137" s="0">
+        <v>1311</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>200</v>
+        <v>70</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>201</v>
+        <v>626</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>202</v>
+        <v>72</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L137" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>42594</v>
+        <v>629</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>630</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>623</v>
+        <v>20</v>
       </c>
       <c r="L138" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>2303</v>
+        <v>633</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>634</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L139" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>573</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L140" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>573</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>575</v>
+        <v>643</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L141" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>47</v>
+        <v>648</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L142" s="0"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>5003</v>
+        <v>651</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>652</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>645</v>
+        <v>26</v>
       </c>
       <c r="L143" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>656</v>
+      </c>
+      <c r="D144" s="0">
+        <v>2348</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>200</v>
+        <v>70</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>202</v>
+        <v>72</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>650</v>
+        <v>213</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L144" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>202</v>
+        <v>72</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L145" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>11161020</v>
+        <v>664</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>665</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L146" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="D147" s="0">
-        <v>1311</v>
+        <v>64008</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>664</v>
+        <v>20</v>
       </c>
       <c r="L147" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F148" s="0"/>
+        <v>47</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>675</v>
+      </c>
       <c r="G148" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="L148" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F149" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>680</v>
+      </c>
       <c r="G149" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>191</v>
+        <v>681</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L149" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F150" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F150" s="0" t="s">
+        <v>680</v>
+      </c>
       <c r="G150" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L150" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F151" s="0"/>
+        <v>688</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>689</v>
+      </c>
       <c r="G151" s="0" t="s">
-        <v>41</v>
+        <v>690</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>26</v>
+        <v>692</v>
       </c>
       <c r="L151" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>680</v>
+        <v>693</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>681</v>
+        <v>694</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="F152" s="0"/>
+        <v>688</v>
+      </c>
+      <c r="F152" s="0" t="s">
+        <v>689</v>
+      </c>
       <c r="G152" s="0" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L152" s="0"/>
+      <c r="L152" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>688</v>
+        <v>698</v>
+      </c>
+      <c r="D153" s="0">
+        <v>886</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>690</v>
+        <v>161</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>68</v>
+        <v>700</v>
       </c>
       <c r="L153" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>2348</v>
+        <v>702</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>703</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>234</v>
+        <v>705</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="L154" s="0">
-        <v>96</v>
+        <v>4</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>694</v>
+        <v>706</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>695</v>
+        <v>707</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>696</v>
+        <v>708</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>697</v>
+        <v>709</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>484</v>
+        <v>26</v>
       </c>
       <c r="L155" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>702</v>
-[...1 lines deleted...]
-      <c r="F156" s="0"/>
+        <v>47</v>
+      </c>
+      <c r="F156" s="0" t="s">
+        <v>714</v>
+      </c>
       <c r="G156" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L156" s="0"/>
+        <v>74</v>
+      </c>
+      <c r="L156" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-        <v>64008</v>
+        <v>717</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>718</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>178</v>
+        <v>78</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>706</v>
+        <v>719</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>196</v>
+        <v>74</v>
       </c>
       <c r="L157" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>711</v>
+        <v>723</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>712</v>
+        <v>43</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="L158" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>713</v>
+        <v>724</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>714</v>
+        <v>725</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>34</v>
+        <v>727</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>716</v>
+        <v>728</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>35</v>
+        <v>729</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>717</v>
+        <v>730</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L159" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>713</v>
+        <v>731</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>719</v>
+        <v>733</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>34</v>
+        <v>727</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>716</v>
+        <v>734</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>35</v>
+        <v>729</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>720</v>
+        <v>735</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>484</v>
+        <v>26</v>
       </c>
       <c r="L160" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
-      <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>721</v>
+        <v>736</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>737</v>
+      </c>
+      <c r="D161" s="0">
+        <v>10000010966</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>724</v>
+        <v>63</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>725</v>
+        <v>738</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>726</v>
+        <v>65</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>724</v>
+        <v>70</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>726</v>
+        <v>72</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>731</v>
+        <v>744</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L162" s="0">
-        <v>6</v>
-[...92 lines deleted...]
-      <c r="L165" s="0">
         <v>96</v>
       </c>
-    </row>
-[...298 lines deleted...]
-      <c r="L174" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -13850,62 +12997,50 @@
     <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="B141" r:id="rId_hyperlink_140"/>
     <hyperlink ref="B142" r:id="rId_hyperlink_141"/>
     <hyperlink ref="B143" r:id="rId_hyperlink_142"/>
     <hyperlink ref="B144" r:id="rId_hyperlink_143"/>
     <hyperlink ref="B145" r:id="rId_hyperlink_144"/>
     <hyperlink ref="B146" r:id="rId_hyperlink_145"/>
     <hyperlink ref="B147" r:id="rId_hyperlink_146"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_161"/>
-    <hyperlink ref="B163" r:id="rId_hyperlink_162"/>
-[...10 lines deleted...]
-    <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>