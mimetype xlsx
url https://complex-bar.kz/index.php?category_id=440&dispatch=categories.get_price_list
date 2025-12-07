--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -134,71 +134,68 @@
   <si>
     <t>469.00₸</t>
   </si>
   <si>
     <t>Стопка для саке «Монако Вайт»;фарфор;85мл;D=45,H=35мм;белый</t>
   </si>
   <si>
     <t>01080324</t>
   </si>
   <si>
     <t>9001 C355</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Monaco White</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>3943.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Стопка для саке «Сохо»;керамика;50мл;D=50,H=45мм;тем.корич.</t>
   </si>
   <si>
     <t>01080325</t>
   </si>
   <si>
     <t>S10-112-05</t>
   </si>
   <si>
     <t>Soho</t>
   </si>
   <si>
     <t>388.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стопка для саке «Кунстверк»;фарфор;76мл;D=6,H=5см;белый</t>
   </si>
   <si>
     <t>01080326</t>
   </si>
   <si>
     <t>A1533/70</t>
   </si>
   <si>
     <t>245.00₸</t>
   </si>
   <si>
     <t>Стопка для саке «Кунстверк»;керамика;45мл;D=45,H=45мм;зелен.,коричнев.</t>
   </si>
   <si>
     <t>01080327</t>
   </si>
   <si>
     <t>G071-Green</t>
   </si>
   <si>
     <t>616.00₸</t>
   </si>
   <si>
     <t>Стопка для саке «Кунстверк»;фарфор;40мл;D=5,H=5см;белый</t>
@@ -221,126 +218,129 @@
   <si>
     <t>1133 0043</t>
   </si>
   <si>
     <t>Craft Terracotta</t>
   </si>
   <si>
     <t>5229.00₸</t>
   </si>
   <si>
     <t>Стопка для саке;сосна;140мл;,H=5,L=8,B=8см</t>
   </si>
   <si>
     <t>01080851</t>
   </si>
   <si>
     <t>P912O-00N</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
+    <t>5876.00₸</t>
+  </si>
+  <si>
+    <t>Стопка для саке «Кото»;фарфор;80мл;D=7,H=3см;тем.корич.</t>
+  </si>
+  <si>
+    <t>01081303</t>
+  </si>
+  <si>
+    <t>9109 C355</t>
+  </si>
+  <si>
+    <t>Koto</t>
+  </si>
+  <si>
+    <t>7208.00₸</t>
+  </si>
+  <si>
+    <t>Стопка для саке «Крафт»;фарфор;50мл;D=5,H=4см;синий</t>
+  </si>
+  <si>
+    <t>01081304</t>
+  </si>
+  <si>
+    <t>1130 0043</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>4420.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Стопка для саке «Крафт Браун»;фарфор;50мл;D=5,H=4см;коричнев.</t>
+  </si>
+  <si>
+    <t>01081305</t>
+  </si>
+  <si>
+    <t>1132 0043</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>4266.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Стопка для саке «Симплисити»;фарфор;48мл;D=55,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>01081306</t>
+  </si>
+  <si>
+    <t>1101 0043</t>
+  </si>
+  <si>
+    <t>2072.00₸</t>
+  </si>
+  <si>
+    <t>Стопка для саке «Крафт Грин»;фарфор;50мл;D=5,H=4см;зелен.</t>
+  </si>
+  <si>
+    <t>01081307</t>
+  </si>
+  <si>
+    <t>1131 0043</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
     <t>5005.00₸</t>
-  </si>
-[...73 lines deleted...]
-    <t>Craft Green</t>
   </si>
   <si>
     <t>Стопка для саке «Кото»;фарфор;50мл;D=50,H=35мм;черный,коричнев.</t>
   </si>
   <si>
     <t>01081308</t>
   </si>
   <si>
     <t>9109 0043</t>
   </si>
   <si>
     <t>5914.00₸</t>
   </si>
   <si>
     <t>Стопка для саке «Антуанетт»;фарфор;85мл;,H=60мм;белый,олив.</t>
   </si>
   <si>
     <t>01081505</t>
   </si>
   <si>
     <t>9019 C355</t>
   </si>
   <si>
     <t>Antoinette</t>
   </si>
@@ -1512,520 +1512,520 @@
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="B7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E7" s="0"/>
       <c r="F7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L7" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="B8" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L13" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>97</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>102</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L19" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>106</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D21" s="0">
         <v>1690172</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>111</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>112</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="L21" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>