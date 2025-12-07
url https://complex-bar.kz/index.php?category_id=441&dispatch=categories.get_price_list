--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,1114 +15,1114 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
+    <t>Пресс-фильтр;сталь нерж.;140мл</t>
+  </si>
+  <si>
+    <t>02030659</t>
+  </si>
+  <si>
+    <t>100% Chef</t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>Кофейники</t>
+  </si>
+  <si>
+    <t>5106.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Кофейник;сталь нерж.;350мл;D=67,H=110,L=141,B=77мм;металлич.</t>
   </si>
   <si>
     <t>03150402</t>
   </si>
   <si>
     <t>9-231</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
-    <t>Кофейники</t>
-[...1 lines deleted...]
-  <si>
     <t>46539.00₸</t>
   </si>
   <si>
     <t>26 шт.</t>
   </si>
   <si>
     <t>Кофейник;сталь нерж.;0,6л;D=82,H=131,L=169,B=90мм;металлич.</t>
   </si>
   <si>
     <t>03150403</t>
   </si>
   <si>
     <t>9-232</t>
   </si>
   <si>
     <t>51544.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кофейник;сталь нерж.;1л;D=93,H=150,L=192,B=104мм;металлич.</t>
   </si>
   <si>
     <t>03150404</t>
   </si>
   <si>
     <t>9-233</t>
   </si>
   <si>
-    <t>61893.00₸</t>
+    <t>64534.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Блю Дэппл»;фарфор;0,85л;белый,синий</t>
+  </si>
+  <si>
+    <t>03150476</t>
+  </si>
+  <si>
+    <t>1710 0830</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>30839.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Симплисити Хармони»;фарфор;0,85л;D=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150727</t>
+  </si>
+  <si>
+    <t>1101 0830</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>18049.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Элит»;сталь нерж.;0,6л</t>
+  </si>
+  <si>
+    <t>03160164</t>
+  </si>
+  <si>
+    <t>56001-06</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>259290.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Симплисити Хармони»;фарфор;0,6л;D=7,H=17,L=20см;белый</t>
+  </si>
+  <si>
+    <t>03160301</t>
+  </si>
+  <si>
+    <t>1101 0831</t>
+  </si>
+  <si>
+    <t>20875.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Прага» с крышкой;фарфор;400мл;D=9,H=13,L=15см;белый</t>
+  </si>
+  <si>
+    <t>03160303</t>
+  </si>
+  <si>
+    <t>PRA3841</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>8062.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Прага» с крышкой;фарфор;0,6л;D=10,H=15,L=17см;белый</t>
+  </si>
+  <si>
+    <t>03160305</t>
+  </si>
+  <si>
+    <t>PRA3861</t>
+  </si>
+  <si>
+    <t>13668.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Прага» с крышкой;фарфор;250мл;D=65,H=110,L=130мм;белый</t>
+  </si>
+  <si>
+    <t>03160306</t>
+  </si>
+  <si>
+    <t>PRI3821</t>
+  </si>
+  <si>
+    <t>8547.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Прага» с крышкой;фарфор;1,2л;D=11,H=21,L=21см;белый</t>
+  </si>
+  <si>
+    <t>03160307</t>
+  </si>
+  <si>
+    <t>PRA3711</t>
+  </si>
+  <si>
+    <t>11019.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Кашуб-хел» с крышкой;фарфор;400мл;D=80,H=75,L=140,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03160309</t>
+  </si>
+  <si>
+    <t>0673</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Кашуб-хел» с крышкой;фарфор;0,6л;D=85,H=130,L=150,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03160310</t>
+  </si>
+  <si>
+    <t>0674</t>
+  </si>
+  <si>
+    <t>9726.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Кашуб-хел» с крышкой;фарфор;1л;D=10,H=16,L=17,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03160311</t>
+  </si>
+  <si>
+    <t>0676</t>
+  </si>
+  <si>
+    <t>10842.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Аркадия» с крышкой;фарфор;1л;D=90,H=170,L=195,B=135мм;белый</t>
+  </si>
+  <si>
+    <t>03160312</t>
+  </si>
+  <si>
+    <t>0576</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>8740.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Аркадия» с крышкой;фарфор;300мл;D=65,H=100,L=150,B=60мм;белый</t>
+  </si>
+  <si>
+    <t>03160313</t>
+  </si>
+  <si>
+    <t>0573</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Акапулько»;фарфор;0,6л;D=96,H=154,L=150,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>03160316</t>
+  </si>
+  <si>
+    <t>AC030060000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>19813.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «В.Виена»;фарфор;300мл;D=60,H=115,L=130мм;белый</t>
+  </si>
+  <si>
+    <t>03160317</t>
+  </si>
+  <si>
+    <t>VW030030000</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>20790.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «В.Виена»;фарфор;0,6л;,H=17,5,L=16,5см;белый</t>
+  </si>
+  <si>
+    <t>03160318</t>
+  </si>
+  <si>
+    <t>VW03006</t>
+  </si>
+  <si>
+    <t>19701.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Афродита»;фарфор;300мл;D=45,H=130,L=120мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03160319</t>
+  </si>
+  <si>
+    <t>2673-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>7423.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Спайро»;фарфор;340мл;D=46,H=165,L=155,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>03160320</t>
+  </si>
+  <si>
+    <t>9032 C730</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>23770.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Кофейник «Блю Дэппл»;фарфор;0,85л;белый,синий</t>
-[...17 lines deleted...]
-    <t>30839.00₸</t>
+    <t>Кофейник «Спайро»;фарфор;0,6л;D=55,H=185,L=175,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03160321</t>
+  </si>
+  <si>
+    <t>9032 C728</t>
+  </si>
+  <si>
+    <t>18650.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Граффити»;фарфор;0,5л;D=11,5,H=15,1,L=20,6см;белый</t>
+  </si>
+  <si>
+    <t>03160322</t>
+  </si>
+  <si>
+    <t>GR03005</t>
+  </si>
+  <si>
+    <t>Graffiti</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Мелодия» с крышкой;фарфор;310мл;D=73,H=120,L=134,B=73мм;белый</t>
+  </si>
+  <si>
+    <t>03160323</t>
+  </si>
+  <si>
+    <t>MEL3831</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>8725.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Мелодия» с крышкой;фарфор;0,6л;D=95,H=156,L=170,B=94мм;белый</t>
+  </si>
+  <si>
+    <t>03160324</t>
+  </si>
+  <si>
+    <t>MEL3861</t>
+  </si>
+  <si>
+    <t>14831.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Мелодия» с крышкой;фарфор;1л;D=11,H=17,7,L=20,B=11см;белый</t>
+  </si>
+  <si>
+    <t>03160325</t>
+  </si>
+  <si>
+    <t>MEL3711</t>
+  </si>
+  <si>
+    <t>17087.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Виктория»;фарфор;1,45л;D=65,H=220,L=220,B=113мм;белый</t>
+  </si>
+  <si>
+    <t>03160328</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>12582.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Монако Вайт»;фарфор;400мл;D=50,H=155,L=175,B=70мм;белый</t>
+  </si>
+  <si>
+    <t>03160329</t>
+  </si>
+  <si>
+    <t>9001 C664</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>21714.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Афродита»;фарфор;300мл;D=45,H=130,L=120мм;белый</t>
+  </si>
+  <si>
+    <t>03160333</t>
+  </si>
+  <si>
+    <t>2673-white</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Антуанетт»;фарфор;0,852л;,H=21,L=22,5см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03160334</t>
+  </si>
+  <si>
+    <t>9019 C662</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>37700.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Антуанетт»;фарфор;0,6л;,H=18,L=18см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03160335</t>
+  </si>
+  <si>
+    <t>9019 C663</t>
+  </si>
+  <si>
+    <t>33026.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Атлантис» с крышкой;фарфор;300мл;D=85,H=125,L=160,B=85мм;белый</t>
+  </si>
+  <si>
+    <t>03160336</t>
+  </si>
+  <si>
+    <t>ATL3831</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>11581.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Атлантис» с крышкой;фарфор;0,6л;D=10,H=15,L=19,B=10,5см;белый</t>
+  </si>
+  <si>
+    <t>03160337</t>
+  </si>
+  <si>
+    <t>ATL3861</t>
+  </si>
+  <si>
+    <t>11797.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Антуанетт»;фарфор;310мл;,H=15,L=16см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03160338</t>
+  </si>
+  <si>
+    <t>9019 C664</t>
+  </si>
+  <si>
+    <t>34250.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Чино»;фарфор;0,6л;D=51,H=175,L=250мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03160339</t>
+  </si>
+  <si>
+    <t>1106 0831</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>17633.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Афродита»;фарфор;0,6л;D=55,H=130,L=155мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03160340</t>
+  </si>
+  <si>
+    <t>2674-gold</t>
+  </si>
+  <si>
+    <t>8863.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Чино»;фарфор;310мл;D=40,H=147,L=163мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03160342</t>
+  </si>
+  <si>
+    <t>1106 0832</t>
+  </si>
+  <si>
+    <t>15424.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Афродита»;фарфор;1л;D=9,H=21,L=19см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03160344</t>
+  </si>
+  <si>
+    <t>2676-gold</t>
+  </si>
+  <si>
+    <t>11204.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Кларет»;фарфор;0,86л;D=10,7,H=19,L=22,5см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03160345</t>
+  </si>
+  <si>
+    <t>1503 A604</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>18496.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Афродита»;фарфор;0,6л;D=55,H=130,L=155мм;белый</t>
+  </si>
+  <si>
+    <t>03160348</t>
+  </si>
+  <si>
+    <t>2674-white</t>
+  </si>
+  <si>
+    <t>11812.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Афродита»;фарфор;1л;D=45,H=210,L=190мм;белый</t>
+  </si>
+  <si>
+    <t>03160349</t>
+  </si>
+  <si>
+    <t>2676-white</t>
+  </si>
+  <si>
+    <t>18627.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Афродита»;фарфор;1,35л;D=75,H=240,L=210мм;белый</t>
+  </si>
+  <si>
+    <t>03160350</t>
+  </si>
+  <si>
+    <t>2677-white</t>
+  </si>
+  <si>
+    <t>8494.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Меркури»;фарфор;350мл;D=75,H=120,L=135мм;белый</t>
+  </si>
+  <si>
+    <t>03160351</t>
+  </si>
+  <si>
+    <t>0773</t>
+  </si>
+  <si>
+    <t>Merkury</t>
+  </si>
+  <si>
+    <t>6646.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Айвори»;фарфор;0,85л;D=10,5,H=19,L=16,5см;слон.кость</t>
+  </si>
+  <si>
+    <t>03160352</t>
+  </si>
+  <si>
+    <t>1500 A604</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>15747.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Кунстверк»;фарфор;375мл;D=70,H=125,L=140мм;белый</t>
+  </si>
+  <si>
+    <t>03160355</t>
+  </si>
+  <si>
+    <t>A7061</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2849.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Кунстверк»;фарфор;0,88л;D=86,H=165,L=171мм;белый</t>
+  </si>
+  <si>
+    <t>03160356</t>
+  </si>
+  <si>
+    <t>A7062</t>
+  </si>
+  <si>
+    <t>5404.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Оптик»;фарфор;0,65л;,H=18,L=18,B=8см;белый</t>
+  </si>
+  <si>
+    <t>03160357</t>
+  </si>
+  <si>
+    <t>9118 C1033</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>21229.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Оптик»;фарфор;350мл;,H=135,L=160,B=70мм;белый</t>
+  </si>
+  <si>
+    <t>03160358</t>
+  </si>
+  <si>
+    <t>9118 C1035</t>
+  </si>
+  <si>
+    <t>14038.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Кантри Стайл» с крышкой;фарфор;1л;D=10,H=15,L=20см;зелен.</t>
+  </si>
+  <si>
+    <t>03160359</t>
+  </si>
+  <si>
+    <t>TRY3711</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>26889.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Опшенс»;фарфор;300мл;,H=13,L=12,B=8см;белый</t>
+  </si>
+  <si>
+    <t>03160360</t>
+  </si>
+  <si>
+    <t>71 4130</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>23855.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Карат»;фарфор;300мл;D=90/55,H=90,L=165мм;белый</t>
+  </si>
+  <si>
+    <t>03160361</t>
+  </si>
+  <si>
+    <t>25 4130</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>20136.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Моцарт»;фарфор;300мл;,H=14,L=13см;белый</t>
+  </si>
+  <si>
+    <t>03160362</t>
+  </si>
+  <si>
+    <t>57 4130</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>26712.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Штутгарт»;фарфор;300мл;,H=12,L=13,5см;белый</t>
+  </si>
+  <si>
+    <t>03160363</t>
+  </si>
+  <si>
+    <t>55 4130</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>23840.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Кофейник «Карат»;фарфор;0,6л;D=110/55,H=120,L=165мм;белый</t>
+  </si>
+  <si>
+    <t>03160364</t>
+  </si>
+  <si>
+    <t>25 4160</t>
+  </si>
+  <si>
+    <t>29799.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Торино»;фарфор;340мл;белый</t>
+  </si>
+  <si>
+    <t>03160365</t>
+  </si>
+  <si>
+    <t>9007 C004</t>
+  </si>
+  <si>
+    <t>Torino White</t>
+  </si>
+  <si>
+    <t>16763.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Монако Вайт»;фарфор;0,6л;D=58,H=175,L=205мм;белый</t>
+  </si>
+  <si>
+    <t>03160366</t>
+  </si>
+  <si>
+    <t>9001 C663</t>
+  </si>
+  <si>
+    <t>23763.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Монако Вайт»;фарфор;0,85л;,H=21,L=23см;белый</t>
+  </si>
+  <si>
+    <t>03160367</t>
+  </si>
+  <si>
+    <t>9001 C662</t>
+  </si>
+  <si>
+    <t>26319.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Пьюрити»;эко-кост. фарф.;300мл;белый</t>
+  </si>
+  <si>
+    <t>03160368</t>
+  </si>
+  <si>
+    <t>69 4130</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>43590.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Нью Граффити»;фарфор;0,5л;белый</t>
+  </si>
+  <si>
+    <t>03160369</t>
+  </si>
+  <si>
+    <t>NG030050</t>
+  </si>
+  <si>
+    <t>New Graffiti</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Вестминстер»;фарфор;1,16л</t>
+  </si>
+  <si>
+    <t>03160374</t>
+  </si>
+  <si>
+    <t>8105BC150</t>
+  </si>
+  <si>
+    <t>Royal Crown Derby</t>
+  </si>
+  <si>
+    <t>Westminster</t>
+  </si>
+  <si>
+    <t>128757.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Блю Дэппл»;фарфор;0,6л;D=8,H=17,L=20см;белый,синий</t>
+  </si>
+  <si>
+    <t>03160377</t>
+  </si>
+  <si>
+    <t>1710 0831</t>
+  </si>
+  <si>
+    <t>30978.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Блю Дэппл»;фарфор;310мл;D=5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03160380</t>
+  </si>
+  <si>
+    <t>1710 0832</t>
+  </si>
+  <si>
+    <t>17464.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Симплисити Хармони»;фарфор;310мл;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03160381</t>
+  </si>
+  <si>
+    <t>1101 0832</t>
+  </si>
+  <si>
+    <t>10026.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник «Плэжа» без крышки;фарфор;300мл;белый</t>
+  </si>
+  <si>
+    <t>03160382</t>
+  </si>
+  <si>
+    <t>09 4131</t>
+  </si>
+  <si>
+    <t>Pleasure</t>
+  </si>
+  <si>
+    <t>15631.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник;сталь нерж.;350мл;D=68,H=109,L=117,B=76мм;металлич.</t>
+  </si>
+  <si>
+    <t>03160401</t>
+  </si>
+  <si>
+    <t>9-212</t>
+  </si>
+  <si>
+    <t>14030.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник;сталь нерж.;0,6л;D=77,H=131,L=134,B=90мм;металлич.</t>
+  </si>
+  <si>
+    <t>03160402</t>
+  </si>
+  <si>
+    <t>9-208</t>
+  </si>
+  <si>
+    <t>23639.00₸</t>
+  </si>
+  <si>
+    <t>Кофейник;сталь нерж.;1л;D=87,H=152,L=155,B=105мм;металлич.</t>
+  </si>
+  <si>
+    <t>03160403</t>
+  </si>
+  <si>
+    <t>9-206</t>
+  </si>
+  <si>
+    <t>25210.00₸</t>
   </si>
   <si>
     <t>37 шт.</t>
   </si>
   <si>
-    <t>Кофейник «Симплисити Хармони»;фарфор;0,85л;D=65мм;белый</t>
-[...946 lines deleted...]
-  <si>
     <t>Кофейник;сталь нерж.;1,5л;D=10,5,H=18,4,L=16,2,B=11,7см;металлич.</t>
   </si>
   <si>
     <t>03160406</t>
   </si>
   <si>
     <t>9-203</t>
   </si>
   <si>
     <t>45407.00₸</t>
   </si>
   <si>
     <t>Кофейник;сталь нерж.;2л;,H=21,L=19,1,B=13,1см;металлич.</t>
   </si>
   <si>
     <t>03160414</t>
   </si>
   <si>
     <t>9-217</t>
   </si>
   <si>
     <t>57604.00₸</t>
   </si>
   <si>
     <t>Кофейник «Бразилия» с прессом;стекло,пластик;350мл;D=70,H=160,L=115мм;лимонн.</t>
@@ -1221,50 +1221,65 @@
     <t>Добрушский фарфоровый завод</t>
   </si>
   <si>
     <t>Романс</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>2526.00₸</t>
   </si>
   <si>
     <t>Кофейник «Сфера»;сталь нерж.;0,6л</t>
   </si>
   <si>
     <t>03160703</t>
   </si>
   <si>
     <t>56901-06</t>
   </si>
   <si>
     <t>Sphera</t>
   </si>
   <si>
     <t>82883.00₸</t>
+  </si>
+  <si>
+    <t>Пресс-фильтр для кофе по-вьетнамски;сталь нерж.;210мл;D=70/65мм</t>
+  </si>
+  <si>
+    <t>03160712</t>
+  </si>
+  <si>
+    <t>001834</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>2450.00₸</t>
   </si>
   <si>
     <t>Кофейник «Венеция отель»;фарфор;0,99л;белый,бирюз.</t>
   </si>
   <si>
     <t>03160714</t>
   </si>
   <si>
     <t>Vista Alegre</t>
   </si>
   <si>
     <t>VENEZIA HOTEL</t>
   </si>
   <si>
     <t>84431.00₸</t>
   </si>
   <si>
     <t>Кофейник «Экселенси» с крышкой;фарфор;400мл;D=98,H=140мм;белый</t>
   </si>
   <si>
     <t>03160732</t>
   </si>
   <si>
     <t>EXL3841</t>
   </si>
@@ -1354,51 +1369,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE0-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE2-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE1-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB15-4253-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A79E-4252-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0EB21-21C1-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86F9-424F-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA222D8-E568-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA225A3-E568-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA223C0-E568-11EF-BC53-00505692E2D010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA22497-E568-11EF-BC53-00505692E2D011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F92490-E3DA-11EF-BC4E-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F926A8-E3DA-11EF-BC4E-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F925AE-E3DA-11EF-BC4E-00505692C44714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A46F9-E3DA-11EF-BC4E-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13870E-E3DA-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A4AAC-E3DA-11EF-BC4E-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13819D-E3DA-11EF-BC4E-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C36-424C-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B138285-E3DA-11EF-BC4E-00505692C44720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9211D-E3DA-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F921F3-E3DA-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA2F-424C-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA3EF-E569-11EF-BC53-00505692E2D024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F922E4-E3DA-11EF-BC4E-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA4E9-E569-11EF-BC53-00505692E2D026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA6DD-E569-11EF-BC53-00505692E2D027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA21F-E569-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EA863-E569-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A48B7-E3DA-11EF-BC4E-00505692C44730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A49B1-E3DA-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EA94C-E569-11EF-BC53-00505692E2D032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EAA22-E569-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A47E1-E3DA-11EF-BC4E-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1FC1-E3DA-11EF-BC4E-00505692C44735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8ED0E0-E3D5-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1ED9-E3DA-11EF-BC4E-00505692C44737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13835B-E3DA-11EF-BC4E-00505692C44738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F923BA-E3DA-11EF-BC4E-00505692C44739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B138602-E3DA-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B138456-E3DA-11EF-BC4E-00505692C44741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13852C-E3DA-11EF-BC4E-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A54-424E-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508FDA-E63A-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8C-424F-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8D-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086831-4250-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508D46-E63A-11EF-BC4E-00505692C44748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA5F5-E569-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396523-4251-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396527-4251-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039652E-4251-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1E9D727-F162-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389500-4251-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA238D-00EB-11EF-BC46-00505692C44755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8ED0DD-E3D5-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA2F5-E569-11EF-BC53-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1F8-4252-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE80-4252-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB16-4253-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD3-4253-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB49A-4253-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070062C-4253-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDD-424B-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDE-424B-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDF-424B-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099384-424E-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099385-424E-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B30-4250-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C831259A-4251-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F91-4252-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9906342D-E3D5-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FB3-4252-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9704FB4C-EA58-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A63038E-05D8-11EE-BC09-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6A4F17-2342-11EA-BBC7-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C86C0-1431-11EE-BC09-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C860E-1431-11EE-BC09-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F600B12B-5F02-11EE-BC0E-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F600B2D9-5F02-11EE-BC0E-005056921CC480.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE9432F9-BA55-11F0-BC5A-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE0-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE2-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE1-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB15-4253-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A79E-4252-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0EB21-21C1-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86F9-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA222D8-E568-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA225A3-E568-11EF-BC53-00505692E2D010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA223C0-E568-11EF-BC53-00505692E2D011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA22497-E568-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F92490-E3DA-11EF-BC4E-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F926A8-E3DA-11EF-BC4E-00505692C44714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F925AE-E3DA-11EF-BC4E-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A46F9-E3DA-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13870E-E3DA-11EF-BC4E-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A4AAC-E3DA-11EF-BC4E-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13819D-E3DA-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C36-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B138285-E3DA-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9211D-E3DA-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F921F3-E3DA-11EF-BC4E-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA2F-424C-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA3EF-E569-11EF-BC53-00505692E2D025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F922E4-E3DA-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA4E9-E569-11EF-BC53-00505692E2D027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA6DD-E569-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA21F-E569-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EA863-E569-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A48B7-E3DA-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A49B1-E3DA-11EF-BC4E-00505692C44732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EA94C-E569-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EAA22-E569-11EF-BC53-00505692E2D034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417A47E1-E3DA-11EF-BC4E-00505692C44735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1FC1-E3DA-11EF-BC4E-00505692C44736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8ED0E0-E3D5-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1ED9-E3DA-11EF-BC4E-00505692C44738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13835B-E3DA-11EF-BC4E-00505692C44739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F923BA-E3DA-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B138602-E3DA-11EF-BC4E-00505692C44741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B138456-E3DA-11EF-BC4E-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B13852C-E3DA-11EF-BC4E-00505692C44743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A54-424E-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508FDA-E63A-11EF-BC4E-00505692C44745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8C-424F-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8D-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086831-4250-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508D46-E63A-11EF-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA5F5-E569-11EF-BC53-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396523-4251-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396527-4251-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039652E-4251-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1E9D727-F162-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389500-4251-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA238D-00EB-11EF-BC46-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F8ED0DD-E3D5-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049CA2F5-E569-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1F8-4252-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE80-4252-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB16-4253-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD3-4253-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB49A-4253-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070062C-4253-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDD-424B-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDE-424B-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDF-424B-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099384-424E-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099385-424E-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B30-4250-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C831259A-4251-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F91-4252-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9906342D-E3D5-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FB3-4252-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9704FB4C-EA58-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A63038E-05D8-11EE-BC09-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6A4F17-2342-11EA-BBC7-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0830129B-EA57-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C86C0-1431-11EE-BC09-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C860E-1431-11EE-BC09-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F600B12B-5F02-11EE-BC0E-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F600B2D9-5F02-11EE-BC0E-005056921CC482.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3133,51 +3148,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3643,86 +3658,86 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>81</xdr:row>
@@ -3746,50 +3761,110 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4048,62 +4123,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150403/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150404/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150476/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03150727/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-sambonet-03160164/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160301/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160303/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160305/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160306/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160307/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160309/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160310/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160311/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160312/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160313/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160316/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160317/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160318/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160319/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160320/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160321/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160322/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160323/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160324/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160325/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160328/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160329/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160333/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160334/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160335/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lilien-austria-03160336/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lilien-austria-03160337/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160338/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160339/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160340/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160342/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160344/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160345/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160348/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160349/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160350/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160351/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160352/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-kunstwerk-03160355/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-kunstwerk-03160356/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160357/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160358/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160359/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160360/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160361/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160362/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160363/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160364/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160365/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160366/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160367/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160368/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160369/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-royal-crown-derby-03160374/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160377/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160380/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160381/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160382/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160401/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160402/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160403/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160406/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160414/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bodum-03160418/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bodum-03160430/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-hockenberg-03160432/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160433/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160434/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-na-10porciy-ghidini-03160455/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-dobrushskiy-farforovyy-zavod-03160506/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-sambonet-03160703/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-vista-alegre-03160714/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-g-benedikt-karlovy-vary-03160732/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-g-benedikt-karlovy-vary-03160733/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bashkirskii-farfor-03160734/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bashkirskii-farfor-03160735/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-filtr-100-chef-02030659/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150403/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150404/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150476/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03150727/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-sambonet-03160164/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160301/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160303/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160305/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160306/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160307/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160309/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160310/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160311/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160312/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lubiana-03160313/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160316/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160317/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160318/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160319/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160320/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160321/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160322/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160323/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160324/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160325/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160328/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160329/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160333/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160334/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160335/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lilien-austria-03160336/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-lilien-austria-03160337/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160338/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160339/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160340/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160342/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160344/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160345/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160348/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160349/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160350/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-lubiana-03160351/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160352/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-kunstwerk-03160355/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-kunstwerk-03160356/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160357/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160358/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-s-kryshkoy-g-benedikt-karlovy-vary-03160359/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160360/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160361/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160362/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160363/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160364/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160365/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160366/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160367/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160368/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-tognana-03160369/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-royal-crown-derby-03160374/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160377/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160380/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-steelite-03160381/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bauscher-03160382/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160401/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160402/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160403/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160406/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160414/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bodum-03160418/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bodum-03160430/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-hockenberg-03160432/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160433/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-eternum-03160434/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-na-10porciy-ghidini-03160455/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-dobrushskiy-farforovyy-zavod-03160506/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-sambonet-03160703/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-filtr-d-kofe-po-vetnamski-hold-03160712/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-vista-alegre-03160714/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-g-benedikt-karlovy-vary-03160732/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-g-benedikt-karlovy-vary-03160733/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bashkirskii-farfor-03160734/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynik-bashkirskii-farfor-03160735/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L83"/>
+  <dimension ref="A1:L85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I83" sqref="I83"/>
+      <selection activeCell="I85" sqref="I85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4124,2803 +4199,2865 @@
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="0" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12" customHeight="1" ht="80">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="D2" s="0" t="s">
+      <c r="D2" s="0"/>
+      <c r="E2" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="E2" s="0" t="s">
+      <c r="F2" s="0"/>
+      <c r="G2" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F2" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="H2" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="C3" s="0" t="s">
+      <c r="D3" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="0" t="s">
+      <c r="E3" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F3" s="0">
         <v>-2</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F4" s="0">
         <v>-2</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L4" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="0">
+        <v>-2</v>
+      </c>
+      <c r="G5" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="F6" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="G6" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="E6" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="0" t="s">
+      <c r="H6" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="G7" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L7" s="0"/>
+        <v>48</v>
+      </c>
+      <c r="L7" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="F8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="E8" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H8" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="L8" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>60</v>
-      </c>
-[...10 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="L9" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="F10" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="G10" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="E10" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H10" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="L10" s="0">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="L11" s="0">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="L12" s="0">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="F13" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L13" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="F14" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="E14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="L15" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>97</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="L16" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="G17" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>102</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="L17" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L18" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="F19" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="G19" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>116</v>
+        <v>56</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>117</v>
-      </c>
-[...19 lines deleted...]
-        <v>120</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>121</v>
-      </c>
-[...19 lines deleted...]
-        <v>125</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>116</v>
+        <v>56</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>89</v>
+        <v>133</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>140</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>51</v>
+        <v>138</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="E25" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="G25" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>143</v>
-      </c>
-[...13 lines deleted...]
-        <v>145</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>146</v>
+        <v>56</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="G26" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>51</v>
+        <v>149</v>
       </c>
       <c r="L26" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>153</v>
-      </c>
-[...13 lines deleted...]
-        <v>154</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L27" s="0">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="D28" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="F28" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L28" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0">
+        <v>2777</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="G29" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>161</v>
-      </c>
-[...13 lines deleted...]
-        <v>163</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L29" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="G30" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>166</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L30" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>170</v>
-      </c>
-[...13 lines deleted...]
-        <v>172</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>173</v>
+        <v>56</v>
       </c>
       <c r="L31" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="G32" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>175</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>51</v>
+        <v>176</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>184</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>185</v>
+        <v>56</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="G34" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="H34" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="L34" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="E35" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>192</v>
-      </c>
-[...13 lines deleted...]
-        <v>193</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>194</v>
+        <v>34</v>
       </c>
       <c r="L35" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="E36" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>196</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>146</v>
+        <v>25</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="G37" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>201</v>
-      </c>
-[...16 lines deleted...]
-        <v>203</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>51</v>
+        <v>149</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>205</v>
-      </c>
-[...16 lines deleted...]
-        <v>207</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>146</v>
+        <v>56</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="G39" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>209</v>
-      </c>
-[...16 lines deleted...]
-        <v>211</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>51</v>
+        <v>149</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="G40" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>213</v>
-      </c>
-[...16 lines deleted...]
-        <v>216</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="G41" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>218</v>
-      </c>
-[...16 lines deleted...]
-        <v>220</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>221</v>
+        <v>56</v>
       </c>
       <c r="L41" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>222</v>
-      </c>
-[...19 lines deleted...]
-        <v>225</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>51</v>
+        <v>138</v>
       </c>
       <c r="L42" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>226</v>
-      </c>
-[...19 lines deleted...]
-        <v>229</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="G44" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>230</v>
-      </c>
-[...19 lines deleted...]
-        <v>234</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>235</v>
+        <v>56</v>
       </c>
       <c r="L44" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>51</v>
+        <v>236</v>
       </c>
       <c r="L45" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>241</v>
-      </c>
-[...17 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L46" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="F47" s="0"/>
+      <c r="G47" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>247</v>
-      </c>
-[...19 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="L47" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="G48" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>251</v>
-      </c>
-[...19 lines deleted...]
-        <v>255</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="L48" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="G49" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>256</v>
-      </c>
-[...19 lines deleted...]
-        <v>259</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>146</v>
+        <v>56</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="G50" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>264</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>265</v>
+        <v>149</v>
       </c>
       <c r="L50" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>269</v>
+        <v>65</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>271</v>
+        <v>67</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="L51" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>290</v>
+        <v>138</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>33</v>
+        <v>270</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>299</v>
+        <v>278</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>35</v>
+        <v>272</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>51</v>
+        <v>266</v>
       </c>
       <c r="L56" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>162</v>
+        <v>298</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L57" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>116</v>
+        <v>56</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>269</v>
+        <v>38</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>312</v>
+        <v>165</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>271</v>
+        <v>40</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>108</v>
+        <v>270</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>49</v>
+        <v>272</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L60" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
+      <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>322</v>
+        <v>110</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L61" s="0"/>
+        <v>56</v>
+      </c>
+      <c r="L61" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
-      <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>33</v>
+        <v>321</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>34</v>
+        <v>322</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>89</v>
+        <v>138</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>269</v>
+        <v>38</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>340</v>
+        <v>46</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>271</v>
+        <v>40</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L65" s="0"/>
+        <v>18</v>
+      </c>
+      <c r="L65" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>-2</v>
+        <v>270</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>339</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>16</v>
+        <v>272</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F67" s="0">
         <v>-2</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F68" s="0">
         <v>-2</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F69" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F69" s="0">
+        <v>-2</v>
+      </c>
       <c r="G69" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>29</v>
+        <v>353</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>51</v>
+        <v>236</v>
       </c>
       <c r="L70" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>367</v>
+        <v>23</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L71" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>366</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>367</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="F73" s="0"/>
+        <v>365</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>366</v>
+      </c>
       <c r="G73" s="0" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L73" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>7060</v>
+        <v>374</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>375</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>16</v>
+        <v>377</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L74" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="D75" s="0">
-        <v>7035</v>
+        <v>7060</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>381</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="L75" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D76" s="0">
-        <v>1389</v>
+        <v>7035</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="F76" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>381</v>
+      </c>
       <c r="G76" s="0" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="L76" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>387</v>
+      </c>
+      <c r="D77" s="0">
+        <v>1389</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>395</v>
+        <v>54</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>47</v>
+        <v>393</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>49</v>
+        <v>395</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L78" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
+      <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>21117848</v>
+        <v>398</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>399</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>404</v>
+        <v>52</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>367</v>
+        <v>54</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L79" s="0"/>
+        <v>56</v>
+      </c>
+      <c r="L79" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>62</v>
+        <v>246</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L80" s="0"/>
+        <v>78</v>
+      </c>
+      <c r="L80" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
-      <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>408</v>
+      </c>
+      <c r="D81" s="0">
+        <v>21117848</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>60</v>
+        <v>409</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>410</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>62</v>
+        <v>367</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L81" s="0"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>416</v>
-      </c>
-[...19 lines deleted...]
-        <v>422</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>419</v>
+        <v>65</v>
       </c>
       <c r="F83" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>426</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="L83" s="0">
+        <v>56</v>
+      </c>
+      <c r="L83" s="0"/>
+    </row>
+    <row r="84" spans="1:12" customHeight="1" ht="80">
+      <c r="A84" s="0"/>
+      <c r="B84" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="J84" s="0"/>
+      <c r="K84" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="L84" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" customHeight="1" ht="80">
+      <c r="A85" s="0"/>
+      <c r="B85" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="E85" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J85" s="0"/>
+      <c r="K85" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="L85" s="0">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -6965,50 +7102,52 @@
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>