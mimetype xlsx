--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1337">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -98,3617 +98,3605 @@
   <si>
     <t>24271.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Чайник заварочный «Мико»;стекло;0,8л;,H=14,5,L=22,B=13,5см;прозр.</t>
   </si>
   <si>
     <t>03150101</t>
   </si>
   <si>
     <t>Trendglas</t>
   </si>
   <si>
     <t>Miko</t>
   </si>
   <si>
     <t>ВЕНГРИЯ</t>
   </si>
   <si>
     <t>51737.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мико»;стекло;1,2л;,H=16,L=24,2,B=14см;прозр.</t>
+  </si>
+  <si>
+    <t>03150102</t>
+  </si>
+  <si>
+    <t>44822.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прити ти-1»;стекло;0,625л;,H=11,1,L=20,5,B=11,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03150108</t>
+  </si>
+  <si>
+    <t>Pretty Tea</t>
+  </si>
+  <si>
+    <t>22754.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Фор ту»;стекло;0,53л;,H=12,2,L=14,3,B=10,1см;прозр.</t>
+  </si>
+  <si>
+    <t>03150109</t>
+  </si>
+  <si>
+    <t>For Two</t>
+  </si>
+  <si>
+    <t>24964.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прити ти-2»;стекло;0,5л;,H=11,2,L=15,6,B=11,8см;прозр.</t>
+  </si>
+  <si>
+    <t>03150110</t>
+  </si>
+  <si>
+    <t>Pretty Tea 1</t>
+  </si>
+  <si>
+    <t>25218.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Монако Вайт»;фарфор;0,85л;D=11,5,H=10,L=27см;белый</t>
+  </si>
+  <si>
+    <t>03150112</t>
+  </si>
+  <si>
+    <t>9001 C660</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>33311.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Айвори»;фарфор;425мл;D=10,H=11,L=18см;слон.кость</t>
+  </si>
+  <si>
+    <t>03150113</t>
+  </si>
+  <si>
+    <t>1500 A601</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>14322.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Монако Вайт»;фарфор;440мл;D=70,H=135,L=210,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03150114</t>
+  </si>
+  <si>
+    <t>9001 C661</t>
+  </si>
+  <si>
+    <t>24856.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мико» стальной фильтр;стекло,нерж.;0,8л;,H=14,L=22,1,B=13,6см;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>03150117</t>
+  </si>
+  <si>
+    <t>25318.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мико» стальной фильтр;стекло,сталь нерж.;1,2л;,H=15,2,L=24,B=15см;прозр.,серебрян</t>
+  </si>
+  <si>
+    <t>03150118</t>
+  </si>
+  <si>
+    <t>30038.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло,нерж.;0,69л;,H=12,5,L=19,5,B=11,4см;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>03150121</t>
+  </si>
+  <si>
+    <t>T411-4</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>8850.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прити ти»;стекло,нерж.;0,65л;,H=13,5,L=20,5,B=11,2см;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>03150125</t>
+  </si>
+  <si>
+    <t>28144.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прити ти»;стекло,нерж.;0,5л;,H=10,2,L=15,3,B=10,6см;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>03150126</t>
+  </si>
+  <si>
+    <t>36291.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прити ти»;стекло;0,5л</t>
+  </si>
+  <si>
+    <t>03150127</t>
+  </si>
+  <si>
+    <t>15631.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;термост.стекло;0,6л;прозр.</t>
+  </si>
+  <si>
+    <t>03150132</t>
+  </si>
+  <si>
+    <t>XGS-60TB</t>
+  </si>
+  <si>
+    <t>Hario</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>28483.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;термост.стекло;360мл;прозр.</t>
+  </si>
+  <si>
+    <t>03150135</t>
+  </si>
+  <si>
+    <t>XGS-36TB</t>
+  </si>
+  <si>
+    <t>34335.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;термост.стекло;450мл;прозр.</t>
+  </si>
+  <si>
+    <t>03150137</t>
+  </si>
+  <si>
+    <t>YSH-6010</t>
+  </si>
+  <si>
+    <t>4613.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;термост.стекло;0,5л;прозр.</t>
+  </si>
+  <si>
+    <t>03150138</t>
+  </si>
+  <si>
+    <t>YSH-6012</t>
+  </si>
+  <si>
+    <t>5033.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Хикари» с пружиной;термост.стекло;0,5л</t>
+  </si>
+  <si>
+    <t>03150148</t>
+  </si>
+  <si>
+    <t>TP-1402</t>
+  </si>
+  <si>
+    <t>7973.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с пружиной;350мл;,L=15,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03150149</t>
+  </si>
+  <si>
+    <t>311223-300</t>
+  </si>
+  <si>
+    <t>4970.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло;0,5л;D=77мм</t>
+  </si>
+  <si>
+    <t>03150156</t>
+  </si>
+  <si>
+    <t>B4015101</t>
+  </si>
+  <si>
+    <t>33480.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло;0,8л;D=78мм</t>
+  </si>
+  <si>
+    <t>03150157</t>
+  </si>
+  <si>
+    <t>B4015102</t>
+  </si>
+  <si>
+    <t>33519.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;400мл;D=66,H=100мм</t>
+  </si>
+  <si>
+    <t>03150158</t>
+  </si>
+  <si>
+    <t>TP011-0.4</t>
+  </si>
+  <si>
+    <t>8106.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;0,6л;D=8см</t>
+  </si>
+  <si>
+    <t>03150159</t>
+  </si>
+  <si>
+    <t>TP011-0.6</t>
+  </si>
+  <si>
+    <t>7105.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1л;D=8см</t>
+  </si>
+  <si>
+    <t>03150160</t>
+  </si>
+  <si>
+    <t>TP011-1000</t>
+  </si>
+  <si>
+    <t>9884.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;400мл;D=7см</t>
+  </si>
+  <si>
+    <t>03150161</t>
+  </si>
+  <si>
+    <t>TP012-0.4</t>
+  </si>
+  <si>
+    <t>6573.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>03150162</t>
+  </si>
+  <si>
+    <t>TP012-0.6</t>
+  </si>
+  <si>
+    <t>7910.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1л;D=80/70,H=125мм</t>
+  </si>
+  <si>
+    <t>03150163</t>
+  </si>
+  <si>
+    <t>TP012-1L</t>
+  </si>
+  <si>
+    <t>7784.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;400мл;D=7,H=9см</t>
+  </si>
+  <si>
+    <t>03150164</t>
+  </si>
+  <si>
+    <t>TP144-0.4</t>
+  </si>
+  <si>
+    <t>7147.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;0,6л;D=75,H=115,L=185мм</t>
+  </si>
+  <si>
+    <t>03150165</t>
+  </si>
+  <si>
+    <t>TP144-600ML</t>
+  </si>
+  <si>
+    <t>10150.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1л;D=79,H=125,L=220мм</t>
+  </si>
+  <si>
+    <t>03150166</t>
+  </si>
+  <si>
+    <t>TP144-1L</t>
+  </si>
+  <si>
+    <t>11200.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1л;D=90,H=115мм</t>
+  </si>
+  <si>
+    <t>03150167</t>
+  </si>
+  <si>
+    <t>TP109</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1л;D=94/140,H=165,L=230мм</t>
+  </si>
+  <si>
+    <t>03150168</t>
+  </si>
+  <si>
+    <t>TP056</t>
+  </si>
+  <si>
+    <t>8435.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;0,7л;,H=85мм</t>
+  </si>
+  <si>
+    <t>03150169</t>
+  </si>
+  <si>
+    <t>TP058</t>
+  </si>
+  <si>
+    <t>5663.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1л;D=73,H=140,L=215мм</t>
+  </si>
+  <si>
+    <t>03150170</t>
+  </si>
+  <si>
+    <t>TP075-1L</t>
+  </si>
+  <si>
+    <t>10129.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;0,7л;D=63,H=130,L=210мм</t>
+  </si>
+  <si>
+    <t>03150171</t>
+  </si>
+  <si>
+    <t>TP076</t>
+  </si>
+  <si>
+    <t>8190.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;350мл;D=60,H=105,L=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>03150172</t>
+  </si>
+  <si>
+    <t>TP077</t>
+  </si>
+  <si>
+    <t>9604.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1,1л;D=7/13см</t>
+  </si>
+  <si>
+    <t>03150173</t>
+  </si>
+  <si>
+    <t>TP097</t>
+  </si>
+  <si>
+    <t>8330.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;0,8л;D=13,5,H=14,L=19,5см</t>
+  </si>
+  <si>
+    <t>03150174</t>
+  </si>
+  <si>
+    <t>TP123</t>
+  </si>
+  <si>
+    <t>7399.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;0,6л;D=8,L=19см</t>
+  </si>
+  <si>
+    <t>03150175</t>
+  </si>
+  <si>
+    <t>TP124</t>
+  </si>
+  <si>
+    <t>7448.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;1л;D=75,H=135,L=210мм</t>
+  </si>
+  <si>
+    <t>03150176</t>
+  </si>
+  <si>
+    <t>TP099</t>
+  </si>
+  <si>
+    <t>7378.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;0,6л;D=75,H=110,L=170мм</t>
+  </si>
+  <si>
+    <t>03150177</t>
+  </si>
+  <si>
+    <t>TP100</t>
+  </si>
+  <si>
+    <t>5957.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло;450мл</t>
+  </si>
+  <si>
+    <t>03150178</t>
+  </si>
+  <si>
+    <t>TP101</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Идзуми» с силиконовой прокладкой;термост.стекло;0,5л;D=110/75мм</t>
+  </si>
+  <si>
+    <t>03150179</t>
+  </si>
+  <si>
+    <t>CP031</t>
+  </si>
+  <si>
+    <t>8204.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный сервировочный;0,6л</t>
+  </si>
+  <si>
+    <t>03150180</t>
+  </si>
+  <si>
+    <t>XVD-60B-RV</t>
+  </si>
+  <si>
+    <t>11658.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный сервировочный;0,8л</t>
+  </si>
+  <si>
+    <t>03150181</t>
+  </si>
+  <si>
+    <t>XVD-80B-RV</t>
+  </si>
+  <si>
+    <t>11982.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Элит»;сталь нерж.;300мл</t>
+  </si>
+  <si>
+    <t>03150190</t>
+  </si>
+  <si>
+    <t>56008-03</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>116394.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Идзуми» с силиконовой прокладкой;термост.стекло;0,65л;D=12,H=12,5см</t>
+  </si>
+  <si>
+    <t>03150191</t>
+  </si>
+  <si>
+    <t>CP031B</t>
+  </si>
+  <si>
+    <t>8400.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный сервировочный с риской;0,8л</t>
+  </si>
+  <si>
+    <t>03150192</t>
+  </si>
+  <si>
+    <t>XVD-80B</t>
+  </si>
+  <si>
+    <t>17195.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;470мл;D=55,H=73,L=172мм;белый</t>
+  </si>
+  <si>
+    <t>03150224</t>
+  </si>
+  <si>
+    <t>A0253</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>2702.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,7л;D=90,H=83,L=205мм;белый</t>
+  </si>
+  <si>
+    <t>03150225</t>
+  </si>
+  <si>
+    <t>A0252</t>
+  </si>
+  <si>
+    <t>2828.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,9л;D=98,H=90,L=245мм;белый</t>
+  </si>
+  <si>
+    <t>03150226</t>
+  </si>
+  <si>
+    <t>A0251</t>
+  </si>
+  <si>
+    <t>3409.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;1,1л;D=98,H=103,L=200мм;черный</t>
+  </si>
+  <si>
+    <t>03150227</t>
+  </si>
+  <si>
+    <t>A0213W13</t>
+  </si>
+  <si>
+    <t>6755.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кларет»;фарфор;0,852л;D=13,5,H=19,L=22,5см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03150228</t>
+  </si>
+  <si>
+    <t>1503 A602</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>18496.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с ситом;сосна,дерево;250мл;D=85,H=95,L=170,B=160мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03150229</t>
+  </si>
+  <si>
+    <t>19-0254</t>
+  </si>
+  <si>
+    <t>8687.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Террамеса Вит»;фарфор;425мл;D=105,H=85,L=165мм;бежев.</t>
+  </si>
+  <si>
+    <t>03150230</t>
+  </si>
+  <si>
+    <t>1120 0367</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>17025.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Восток»;фарфор;0,5л;D=65мм;синий</t>
+  </si>
+  <si>
+    <t>03150237</t>
+  </si>
+  <si>
+    <t>VER415S1.X8530</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Vostok</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>10457.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Восток»;фарфор;0,75л;D=65,H=125,L=200мм;синий</t>
+  </si>
+  <si>
+    <t>03150238</t>
+  </si>
+  <si>
+    <t>VER417S1.X8530</t>
+  </si>
+  <si>
+    <t>16363.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Восток Голд»;фарфор;0,5л;D=65мм;синий,золотой</t>
+  </si>
+  <si>
+    <t>03150239</t>
+  </si>
+  <si>
+    <t>VER415S1.X8531</t>
+  </si>
+  <si>
+    <t>Vostok Gold</t>
+  </si>
+  <si>
+    <t>16232.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Восток Голд»;фарфор;0,75л;D=65мм;синий,золотой</t>
+  </si>
+  <si>
+    <t>03150240</t>
+  </si>
+  <si>
+    <t>VER417S1.X8531</t>
+  </si>
+  <si>
+    <t>19304.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с металлическим ситом;фарфор;0,5л;D=80,H=115,B=185мм;белый</t>
+  </si>
+  <si>
+    <t>03150241</t>
+  </si>
+  <si>
+    <t>P7076018/9904027</t>
+  </si>
+  <si>
+    <t>3430.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Бонн»;фарфор;0,75л;белый</t>
+  </si>
+  <si>
+    <t>03150246</t>
+  </si>
+  <si>
+    <t>54 4375</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Bonn</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>33134.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Джейд» без крышки;кост.фарф.;400мл;белый</t>
+  </si>
+  <si>
+    <t>03150247</t>
+  </si>
+  <si>
+    <t>61040-800001-34211</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>15963.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с металлическим ситом;фарфор;450мл;D=80,H=100,L=195мм;белый</t>
+  </si>
+  <si>
+    <t>03150250</t>
+  </si>
+  <si>
+    <t>A18546</t>
+  </si>
+  <si>
+    <t>4277.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Симплисити» с крышкой;фарфор;0,6л;D=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150251</t>
+  </si>
+  <si>
+    <t>1101 0834/162TPr</t>
+  </si>
+  <si>
+    <t>13737.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Грин»;фарфор;425мл;D=75,H=114,L=170мм;зелен.</t>
+  </si>
+  <si>
+    <t>03150252</t>
+  </si>
+  <si>
+    <t>1131 0367</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>27205.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Терракота»;фарфор;425мл;D=75,H=114,L=170мм;терракот</t>
+  </si>
+  <si>
+    <t>03150253</t>
+  </si>
+  <si>
+    <t>1133 0367</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>13167.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Блю»;фарфор;425мл;D=75,H=114,L=170мм;синий</t>
+  </si>
+  <si>
+    <t>03150254</t>
+  </si>
+  <si>
+    <t>1130 0367</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>27605.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пьюрити»;эко-кост. фарф.;400мл;,H=10,9,L=19,3,B=12,2см;белый</t>
+  </si>
+  <si>
+    <t>03150255</t>
+  </si>
+  <si>
+    <t>69 4340</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>52976.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Лив»;фарфор;0,6л;D=7см;белый</t>
+  </si>
+  <si>
+    <t>03150256</t>
+  </si>
+  <si>
+    <t>1340 X0025</t>
+  </si>
+  <si>
+    <t>Liv</t>
+  </si>
+  <si>
+    <t>23539.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Лив»;фарфор;350мл;D=7см;белый</t>
+  </si>
+  <si>
+    <t>03150257</t>
+  </si>
+  <si>
+    <t>1340 X0027</t>
+  </si>
+  <si>
+    <t>11512.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Граффити Ym.»;фарфор;350мл;белый</t>
+  </si>
+  <si>
+    <t>03150258</t>
+  </si>
+  <si>
+    <t>NG033030000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>6398.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Опера»;фарфор;470мл;D=10,H=15,L=16,5см;белый</t>
+  </si>
+  <si>
+    <t>03150270</t>
+  </si>
+  <si>
+    <t>OP333450000</t>
+  </si>
+  <si>
+    <t>Opera</t>
+  </si>
+  <si>
+    <t>БАНГЛАДЕШ</t>
+  </si>
+  <si>
+    <t>21730.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мэтр»;фарфор;350мл</t>
+  </si>
+  <si>
+    <t>03150272</t>
+  </si>
+  <si>
+    <t>70 4338</t>
+  </si>
+  <si>
+    <t>Maitre</t>
+  </si>
+  <si>
+    <t>22423.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Вайт»;фарфор;0,85л;D=99,H=163,L=247мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03150274</t>
+  </si>
+  <si>
+    <t>1155 0833</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>45808.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Грэй»;фарфор;425мл;D=95,H=114,L=170мм;серый</t>
+  </si>
+  <si>
+    <t>03150277</t>
+  </si>
+  <si>
+    <t>1154 0367</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>16201.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло;400мл;D=16,H=11,L=15см</t>
+  </si>
+  <si>
+    <t>03150279</t>
+  </si>
+  <si>
+    <t>B4809055</t>
+  </si>
+  <si>
+    <t>13468.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Винтаж» без крышки;фарфор;0,6л;D=12,5,H=11,L=19,5см;кремов.</t>
+  </si>
+  <si>
+    <t>03150280</t>
+  </si>
+  <si>
+    <t>CHC4160</t>
+  </si>
+  <si>
+    <t>Suisse Langenthal</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>17687.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Виллоу» с крышкой;фарфор;0,6л;белый</t>
+  </si>
+  <si>
+    <t>03150289</t>
+  </si>
+  <si>
+    <t>9117C1206</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>37646.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Виллоу» с крышкой;фарфор;455мл;белый</t>
+  </si>
+  <si>
+    <t>03150290</t>
+  </si>
+  <si>
+    <t>9117 C1208</t>
+  </si>
+  <si>
+    <t>35836.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прага» с крышкой;фарфор;300мл;D=89,H=110,L=140,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03150309</t>
+  </si>
+  <si>
+    <t>PRA4131</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>10357.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прага» с крышкой;фарфор;0,75л;D=12,H=14,5,L=20,B=12см;белый</t>
+  </si>
+  <si>
+    <t>03150310</t>
+  </si>
+  <si>
+    <t>PRA4171</t>
+  </si>
+  <si>
+    <t>15100.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Прага» с крышкой;фарфор;1,2л;D=12,5,H=18,L=21,B=13см;белый</t>
+  </si>
+  <si>
+    <t>03150311</t>
+  </si>
+  <si>
+    <t>PRA4011</t>
+  </si>
+  <si>
+    <t>21337.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Америка»;фарфор;400мл;D=10,H=8,L=18см;белый</t>
+  </si>
+  <si>
+    <t>03150312</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Вейвел» с крышкой;фарфор;450мл;D=10,H=10,L=15см;белый</t>
+  </si>
+  <si>
+    <t>03150313</t>
+  </si>
+  <si>
+    <t>Wawel</t>
+  </si>
+  <si>
+    <t>6445.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Грэйс» с крышкой;фарфор;0,5л;D=90,H=120,L=185мм;белый</t>
+  </si>
+  <si>
+    <t>03150314</t>
+  </si>
+  <si>
+    <t>Grace</t>
+  </si>
+  <si>
+    <t>8802.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Аркадия» с крышкой;фарфор;0,6л;D=98,H=125,L=200,B=140мм;белый</t>
+  </si>
+  <si>
+    <t>03150315</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>13206.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Аркадия» с крышкой;фарфор;400мл;D=87,H=105,L=180,B=115мм;белый</t>
+  </si>
+  <si>
+    <t>03150316</t>
+  </si>
+  <si>
+    <t>4782.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Янтарь»;фарфор;1,4л;D=60,H=165,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03150317</t>
+  </si>
+  <si>
+    <t>00370</t>
+  </si>
+  <si>
+    <t>Дулево</t>
+  </si>
+  <si>
+    <t>Янтарь</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>7554.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Акапулько»;фарфор;350мл;D=95,H=89,L=145,B=89мм;белый</t>
+  </si>
+  <si>
+    <t>03150321</t>
+  </si>
+  <si>
+    <t>AC033030000</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>17657.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «В.Виена»;фарфор;0,6л;D=85,H=135,L=190,B=125мм;белый</t>
+  </si>
+  <si>
+    <t>03150322</t>
+  </si>
+  <si>
+    <t>VW033060000</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>29106.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «В.Виена»;фарфор;350мл;D=85,H=120,L=160,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03150323</t>
+  </si>
+  <si>
+    <t>VW03303</t>
+  </si>
+  <si>
+    <t>17911.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Визувио»;фарфор;0,5л;D=11,8,H=17,B=10,7см;белый</t>
+  </si>
+  <si>
+    <t>03150324</t>
+  </si>
+  <si>
+    <t>VS033050000</t>
+  </si>
+  <si>
+    <t>Vesuvio</t>
+  </si>
+  <si>
+    <t>16617.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Визувио»;фарфор;260мл;D=93,H=137,B=96мм;белый</t>
+  </si>
+  <si>
+    <t>03150325</t>
+  </si>
+  <si>
+    <t>VS033030000</t>
+  </si>
+  <si>
+    <t>7123.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Портофино»;фарфор;0,65л;D=7,H=14,L=20,B=13см;белый</t>
+  </si>
+  <si>
+    <t>03150326</t>
+  </si>
+  <si>
+    <t>PF03307</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>20906.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Портофино»;фарфор;380мл;D=65,H=120,L=170,B=115мм;белый</t>
+  </si>
+  <si>
+    <t>03150327</t>
+  </si>
+  <si>
+    <t>PF03338</t>
+  </si>
+  <si>
+    <t>18242.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Афродита»;фарфор;400мл;D=17,H=13см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03150328</t>
+  </si>
+  <si>
+    <t>6020-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>9687.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Граффити»;фарфор;300мл;D=10,4,H=13,6,L=17,5см;белый</t>
+  </si>
+  <si>
+    <t>03150329</t>
+  </si>
+  <si>
+    <t>GR033030000</t>
+  </si>
+  <si>
+    <t>Graffiti</t>
+  </si>
+  <si>
+    <t>5036.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мелодия» с крышкой;фарфор;385мл;D=87,H=115,B=145мм;белый</t>
+  </si>
+  <si>
+    <t>03150334</t>
+  </si>
+  <si>
+    <t>MEL4131</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>8347.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мелодия» с крышкой;фарфор;0,75л;D=10,2,H=14,7,B=18см;белый</t>
+  </si>
+  <si>
+    <t>03150335</t>
+  </si>
+  <si>
+    <t>MEL4171</t>
+  </si>
+  <si>
+    <t>15616.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мелодия» с крышкой;фарфор;1,175л;D=22,9,H=15,7,B=21,5см;белый</t>
+  </si>
+  <si>
+    <t>03150336</t>
+  </si>
+  <si>
+    <t>MEL4011</t>
+  </si>
+  <si>
+    <t>20544.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Спайро»;фарфор;340мл;D=46,H=45,L=160,B=105мм;белый</t>
+  </si>
+  <si>
+    <t>03150337</t>
+  </si>
+  <si>
+    <t>9032 C726</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>17387.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Афродита»;фарфор;400мл;D=17,H=13см;белый</t>
+  </si>
+  <si>
+    <t>03150338</t>
+  </si>
+  <si>
+    <t>6020-white</t>
+  </si>
+  <si>
+    <t>6561.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Хани» с крышкой;фарфор;0,51л;D=10,H=13,L=18см;бежев.</t>
+  </si>
+  <si>
+    <t>03150345</t>
+  </si>
+  <si>
+    <t>1543 A601</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>15331.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Виктория»;фарфор;400мл;D=65,H=125,L=177,B=106мм;белый</t>
+  </si>
+  <si>
+    <t>03150346</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>12190.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Виктория»;фарфор;1л;D=75,H=150,L=216,B=154мм;белый</t>
+  </si>
+  <si>
+    <t>03150347</t>
+  </si>
+  <si>
+    <t>14269.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Версаль»;фарфор;400мл;D=10,H=13,L=17см;белый</t>
+  </si>
+  <si>
+    <t>03150348</t>
+  </si>
+  <si>
+    <t>Wersal</t>
+  </si>
+  <si>
+    <t>6299.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Монако Вайт»;фарфор;360мл;D=73,H=75,L=205,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03150363</t>
+  </si>
+  <si>
+    <t>9001 C679</t>
+  </si>
+  <si>
+    <t>26735.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Спайро»;фарфор;0,6л;D=6,H=17,L=19,B=13см;белый</t>
+  </si>
+  <si>
+    <t>03150364</t>
+  </si>
+  <si>
+    <t>9032 C724</t>
+  </si>
+  <si>
+    <t>36083.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Атлантис» с крышкой;фарфор;400мл;,H=11,L=19,B=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03150374</t>
+  </si>
+  <si>
+    <t>ATL4131</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>12351.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Чино»;фарфор;0,6л;D=60,H=145,L=207мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03150375</t>
+  </si>
+  <si>
+    <t>1106 0834</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>17633.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Чино»;фарфор;310мл;D=53,H=132,L=190мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03150377</t>
+  </si>
+  <si>
+    <t>1106 0835</t>
+  </si>
+  <si>
+    <t>15424.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Симплисити Хармони»;фарфор;310мл;D=12,H=12,L=20см;белый</t>
+  </si>
+  <si>
+    <t>03150385</t>
+  </si>
+  <si>
+    <t>1101 0835</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>18396.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Чино»;фарфор;0,85л;D=70,H=170,L=245мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03150386</t>
+  </si>
+  <si>
+    <t>1106 0833</t>
+  </si>
+  <si>
+    <t>20721.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кларет»;фарфор;430мл;D=10,H=11,L=18см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03150387</t>
+  </si>
+  <si>
+    <t>1503 A601</t>
+  </si>
+  <si>
+    <t>13830.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Симплисити Хармони»;фарфор;0,85л;D=15,5,H=17,5,L=26см;белый</t>
+  </si>
+  <si>
+    <t>03150388</t>
+  </si>
+  <si>
+    <t>1101 0833</t>
+  </si>
+  <si>
+    <t>23532.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Симплисити Хармони»;фарфор;0,6л;D=12,5,H=14,L=24см;белый</t>
+  </si>
+  <si>
+    <t>03150389</t>
+  </si>
+  <si>
+    <t>1101 0834</t>
+  </si>
+  <si>
+    <t>20097.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель» с крышкой;фарфор;490мл;белый</t>
+  </si>
+  <si>
+    <t>03150390</t>
+  </si>
+  <si>
+    <t>1247-2</t>
+  </si>
+  <si>
+    <t>985.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Афродита»;фарфор;1,4л;D=26,5,H=19см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03150392</t>
+  </si>
+  <si>
+    <t>2626-gold</t>
+  </si>
+  <si>
+    <t>31755.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель» с крышкой;фарфор;260мл;белый</t>
+  </si>
+  <si>
+    <t>03150393</t>
+  </si>
+  <si>
+    <t>1247-1</t>
+  </si>
+  <si>
+    <t>672.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель» с крышкой;фарфор;400мл;белый</t>
+  </si>
+  <si>
+    <t>03150394</t>
+  </si>
+  <si>
+    <t>lyd03</t>
+  </si>
+  <si>
+    <t>1253.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;450мл;D=75,H=75,L=175мм;белый</t>
+  </si>
+  <si>
+    <t>03150395</t>
+  </si>
+  <si>
+    <t>A0256-2</t>
+  </si>
+  <si>
+    <t>2352.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,9л;D=100/72,H=85,L=225мм;белый</t>
+  </si>
+  <si>
+    <t>03150396</t>
+  </si>
+  <si>
+    <t>A0254</t>
+  </si>
+  <si>
+    <t>3549.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,6л;D=80,H=95,L=153мм;белый</t>
+  </si>
+  <si>
+    <t>03150397</t>
+  </si>
+  <si>
+    <t>A0212/A4372</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк» с крышкой;фарфор;0,8л;D=77,H=120,L=205мм;белый</t>
+  </si>
+  <si>
+    <t>03150416</t>
+  </si>
+  <si>
+    <t>A6685</t>
+  </si>
+  <si>
+    <t>3815.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,95л;D=83,H=145,L=215мм;белый</t>
+  </si>
+  <si>
+    <t>03150417</t>
+  </si>
+  <si>
+    <t>A4181</t>
+  </si>
+  <si>
+    <t>5453.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,5л;D=72,H=105,L=171мм;белый</t>
+  </si>
+  <si>
+    <t>03150419</t>
+  </si>
+  <si>
+    <t>A5232</t>
+  </si>
+  <si>
+    <t>2142.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,8л;D=87,H=90,L=190мм;белый</t>
+  </si>
+  <si>
+    <t>03150420</t>
+  </si>
+  <si>
+    <t>A1465</t>
+  </si>
+  <si>
+    <t>3255.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,7л;D=90/65,H=80,L=200мм;белый</t>
+  </si>
+  <si>
+    <t>03150421</t>
+  </si>
+  <si>
+    <t>A0255</t>
+  </si>
+  <si>
+    <t>3010.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;250мл;D=63,H=90,L=155мм;белый</t>
+  </si>
+  <si>
+    <t>03150422</t>
+  </si>
+  <si>
+    <t>A5231</t>
+  </si>
+  <si>
+    <t>2184.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;1,1л;D=97,H=125,L=185мм;белый</t>
+  </si>
+  <si>
+    <t>03150423</t>
+  </si>
+  <si>
+    <t>A0213</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Афродита»;фарфор;1,4л;D=26,5,H=19см;белый</t>
+  </si>
+  <si>
+    <t>03150424</t>
+  </si>
+  <si>
+    <t>2626-white</t>
+  </si>
+  <si>
+    <t>17703.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Террамеса Мокка»;фарфор;425мл;D=105,H=85,L=165мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03150425</t>
+  </si>
+  <si>
+    <t>1123 0367</t>
+  </si>
+  <si>
+    <t>30046.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,7л;D=9,H=8,L=20см;черный</t>
+  </si>
+  <si>
+    <t>03150426</t>
+  </si>
+  <si>
+    <t>A0255W13</t>
+  </si>
+  <si>
+    <t>3213.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,6л;D=75,H=100,L=155мм;черный</t>
+  </si>
+  <si>
+    <t>03150427</t>
+  </si>
+  <si>
+    <t>A4372W13</t>
+  </si>
+  <si>
+    <t>4865.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Бола»;фарфор;300мл;D=9,H=11,L=17см;белый</t>
+  </si>
+  <si>
+    <t>03150430</t>
+  </si>
+  <si>
+    <t>Bola</t>
+  </si>
+  <si>
+    <t>6407.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с ситом;чугун;450мл;D=85/75,H=95,L=144мм;серый</t>
+  </si>
+  <si>
+    <t>03150444</t>
+  </si>
+  <si>
+    <t>WLT9923-0.45</t>
+  </si>
+  <si>
+    <t>19488.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с ситом;чугун;0,65л;D=70,H=94,L=145мм;серый</t>
+  </si>
+  <si>
+    <t>03150445</t>
+  </si>
+  <si>
+    <t>WLT9923-0.65</t>
+  </si>
+  <si>
+    <t>21833.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с ситом;чугун;0,9л;D=89/100,H=110,L=160мм;черный</t>
+  </si>
+  <si>
+    <t>03150446</t>
+  </si>
+  <si>
+    <t>WLT9923-0.9</t>
+  </si>
+  <si>
+    <t>17619.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Сатиник»;фарфор;400мл;,H=140,L=195,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03150449</t>
+  </si>
+  <si>
+    <t>S0419</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Satinique</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>22183.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Дайринг»;фарфор;400мл;,H=103,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>03150450</t>
+  </si>
+  <si>
+    <t>H0013</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Z-Daring</t>
+  </si>
+  <si>
+    <t>6230.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк» с крышкой;фарфор;0,8л;,H=14,L=21,B=12см;черный</t>
+  </si>
+  <si>
+    <t>03150451</t>
+  </si>
+  <si>
+    <t>A6685W13</t>
+  </si>
+  <si>
+    <t>6062.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Грин»;фарфор;425мл;D=75,H=114,L=170мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03150452</t>
+  </si>
+  <si>
+    <t>1132 0367</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>13406.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Увертюра»;фарфор;350мл;D=8,H=13,L=16,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03150453</t>
+  </si>
+  <si>
+    <t>OV033370000</t>
+  </si>
+  <si>
+    <t>Ouvertur</t>
+  </si>
+  <si>
+    <t>17533.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Увертюра»;фарфор;0,6л;D=80,H=160,L=185,B=115мм;белый</t>
+  </si>
+  <si>
+    <t>03150454</t>
+  </si>
+  <si>
+    <t>OV033650000</t>
+  </si>
+  <si>
+    <t>33241.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;чугун;0,72л;D=82,H=93,L=215мм;черный</t>
+  </si>
+  <si>
+    <t>03150464</t>
+  </si>
+  <si>
+    <t>WLZ-072L-9955</t>
+  </si>
+  <si>
+    <t>21147.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;чугун;0,85л;D=12,5,L=15см;серый</t>
+  </si>
+  <si>
+    <t>03150465</t>
+  </si>
+  <si>
+    <t>WLZ-0.85L-9955</t>
+  </si>
+  <si>
+    <t>13860.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;чугун;0,75л;D=84,H=100,L=175мм;черный</t>
+  </si>
+  <si>
+    <t>03150466</t>
+  </si>
+  <si>
+    <t>WLZX-0.75L-9926</t>
+  </si>
+  <si>
+    <t>21546.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Бамбу»;сталь нерж.;400мл;металлич.</t>
+  </si>
+  <si>
+    <t>03150473</t>
+  </si>
+  <si>
+    <t>56708-05</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>110927.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Недда»;сталь нерж.;400мл;D=10,H=7,L=17см;металлич.</t>
+  </si>
+  <si>
+    <t>03150474</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>Nedda</t>
+  </si>
+  <si>
+    <t>40225.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Блю Дэппл»;фарфор;0,85л;D=15,5,H=17,5,L=26см;белый,синий</t>
+  </si>
+  <si>
+    <t>03150477</t>
+  </si>
+  <si>
+    <t>1710 0833</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>36652.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Блю Дэппл»;фарфор;0,6л;D=12,5,H=14,L=24см;белый,синий</t>
+  </si>
+  <si>
+    <t>03150478</t>
+  </si>
+  <si>
+    <t>1710 0834</t>
+  </si>
+  <si>
+    <t>31486.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Блю Дэппл»;фарфор;310мл;D=12,H=12,L=20см;белый,синий</t>
+  </si>
+  <si>
+    <t>03150479</t>
+  </si>
+  <si>
+    <t>1710 0835</t>
+  </si>
+  <si>
+    <t>17811.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Рэд»;фарфор;425мл;красный</t>
+  </si>
+  <si>
+    <t>03150487</t>
+  </si>
+  <si>
+    <t>1134 0367</t>
+  </si>
+  <si>
+    <t>Craft Red</t>
+  </si>
+  <si>
+    <t>17479.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Блю Дэппл»;фарфор;350мл;белый,синий</t>
+  </si>
+  <si>
+    <t>03150490</t>
+  </si>
+  <si>
+    <t>1710 X0027</t>
+  </si>
+  <si>
+    <t>20798.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Симплисити»;фарфор;425мл;D=73,H=113,L=198мм;белый</t>
+  </si>
+  <si>
+    <t>03150492</t>
+  </si>
+  <si>
+    <t>1101 0179</t>
+  </si>
+  <si>
+    <t>15924.00₸</t>
+  </si>
+  <si>
     <t>12 шт.</t>
   </si>
   <si>
-    <t>Чайник заварочный «Мико»;стекло;1,2л;,H=16,L=24,2,B=14см;прозр.</t>
-[...680 lines deleted...]
-    <t>8687.00₸</t>
+    <t>Чайник заварочный «Симплисити»;фарфор;425мл;белый</t>
+  </si>
+  <si>
+    <t>03150493</t>
+  </si>
+  <si>
+    <t>1101 0367</t>
+  </si>
+  <si>
+    <t>17110.00₸</t>
   </si>
   <si>
     <t>36 шт.</t>
   </si>
   <si>
-    <t>Чайник заварочный «Террамеса Вит»;фарфор;425мл;D=105,H=85,L=165мм;бежев.</t>
-[...722 lines deleted...]
-    <t>6561.00₸</t>
+    <t>Чайник заварочный «Браун Дэппл»;фарфор;350мл;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03150494</t>
+  </si>
+  <si>
+    <t>1714 X0027</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>33033.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный с ситом;чугун;350мл;,H=9см</t>
+  </si>
+  <si>
+    <t>03150495</t>
+  </si>
+  <si>
+    <t>21 4301</t>
+  </si>
+  <si>
+    <t>Playground</t>
+  </si>
+  <si>
+    <t>29453.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Таир»;фарфор;450мл;D=68,H=105,L=154мм;белый</t>
+  </si>
+  <si>
+    <t>03150499</t>
+  </si>
+  <si>
+    <t>7C1799</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>5860.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;сталь нерж.;1,05л</t>
+  </si>
+  <si>
+    <t>03150516</t>
+  </si>
+  <si>
+    <t>BGS-II C</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>10810.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Антуанетт»;фарфор;0,852л;D=12,8,H=16,L=22,5см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03150703</t>
+  </si>
+  <si>
+    <t>9019 C660</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>42412.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Антуанетт»;фарфор;425мл;D=10,H=13,L=18см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03150704</t>
+  </si>
+  <si>
+    <t>9019 C661</t>
+  </si>
+  <si>
+    <t>25934.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;керамика;0,5л;,H=13,L=17,B=17см;зелен.</t>
+  </si>
+  <si>
+    <t>03150709</t>
+  </si>
+  <si>
+    <t>G024-Green</t>
+  </si>
+  <si>
+    <t>7070.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кантри Стайл» с крышкой;фарфор;450мл;D=8,H=9см;зелен.</t>
+  </si>
+  <si>
+    <t>03150713</t>
+  </si>
+  <si>
+    <t>TRY4141</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Опшенс» с крышкой;фарфор;350мл;белый</t>
+  </si>
+  <si>
+    <t>03150716</t>
+  </si>
+  <si>
+    <t>71 4335</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>23824.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Карат»;фарфор;350мл;D=110/45,H=80,L=150мм;белый</t>
+  </si>
+  <si>
+    <t>03150717</t>
+  </si>
+  <si>
+    <t>25 4335</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>28583.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Карат»;фарфор;0,7л;D=140/55,H=120,L=190мм;белый</t>
+  </si>
+  <si>
+    <t>03150718</t>
+  </si>
+  <si>
+    <t>25 4370</t>
+  </si>
+  <si>
+    <t>47540.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Моцарт»;фарфор;350мл;белый</t>
+  </si>
+  <si>
+    <t>03150719</t>
+  </si>
+  <si>
+    <t>57 4335</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>40133.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Штутгарт»;фарфор;400мл;белый</t>
+  </si>
+  <si>
+    <t>03150720</t>
+  </si>
+  <si>
+    <t>55 4340</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>25749.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Торино»;фарфор;340мл;белый</t>
+  </si>
+  <si>
+    <t>03150721</t>
+  </si>
+  <si>
+    <t>9007 C002</t>
+  </si>
+  <si>
+    <t>Torino White</t>
+  </si>
+  <si>
+    <t>16763.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт Вайт»;фарфор;425мл;D=75,H=114,L=170мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03150724</t>
+  </si>
+  <si>
+    <t>1155 0367</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Карат» без крышки;фарфор;350мл;D=65,H=80,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03150729</t>
+  </si>
+  <si>
+    <t>25 4336</t>
+  </si>
+  <si>
+    <t>16463.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Рио Грин»;фарфор;0,85л;D=14,H=14,5,L=14,5см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03150732</t>
+  </si>
+  <si>
+    <t>1529 0833</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>29830.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кунстверк»;фарфор;0,5л;белый</t>
+  </si>
+  <si>
+    <t>03150736</t>
+  </si>
+  <si>
+    <t>A18546М</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Комфорт»;фарфор;0,5л;белый,золотой</t>
+  </si>
+  <si>
+    <t>03150737</t>
+  </si>
+  <si>
+    <t>5С0302</t>
+  </si>
+  <si>
+    <t>Комфорт</t>
+  </si>
+  <si>
+    <t>5159.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Романc»;фарфор;0,8л;D=90,H=180,L=205мм;белый</t>
+  </si>
+  <si>
+    <t>03150738</t>
+  </si>
+  <si>
+    <t>6С0095</t>
+  </si>
+  <si>
+    <t>Романс</t>
+  </si>
+  <si>
+    <t>7916.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кирмаш»;фарфор;0,55л;D=97,H=150,L=180мм;белый</t>
+  </si>
+  <si>
+    <t>03150739</t>
+  </si>
+  <si>
+    <t>6C0105</t>
+  </si>
+  <si>
+    <t>Кирмаш</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Нами»;фарфор;0,55л;белый</t>
+  </si>
+  <si>
+    <t>03150741</t>
+  </si>
+  <si>
+    <t>NAM4161</t>
+  </si>
+  <si>
+    <t>Nami</t>
+  </si>
+  <si>
+    <t>23093.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Трактирный»;фарфор;350мл;,H=110,L=150,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>03150743</t>
+  </si>
+  <si>
+    <t>3С0886</t>
+  </si>
+  <si>
+    <t>5221.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пастораль»;фарфор;0,775л;,L=21см;оранжев.</t>
+  </si>
+  <si>
+    <t>03150744</t>
+  </si>
+  <si>
+    <t>P7139821-SH113</t>
+  </si>
+  <si>
+    <t>Pastoral</t>
+  </si>
+  <si>
+    <t>7063.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пастораль»;фарфор;0,775л;,L=21,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03150746</t>
+  </si>
+  <si>
+    <t>P7139821-SH115</t>
+  </si>
+  <si>
+    <t>6531.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пастораль»;фарфор;0,775л;D=80/110,L=215мм;серый</t>
+  </si>
+  <si>
+    <t>03150747</t>
+  </si>
+  <si>
+    <t>P7139821-SH116</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Браун Дэппл»;фарфор;0,6л;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03150749</t>
+  </si>
+  <si>
+    <t>1714 0834</t>
+  </si>
+  <si>
+    <t>33380.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Соло»;фарфор;400мл;D=74,H=103,L=170мм;белый</t>
+  </si>
+  <si>
+    <t>03150753</t>
+  </si>
+  <si>
+    <t>7C1714</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Скиф»;фарфор;350мл;D=67,H=100,L=150мм;белый</t>
+  </si>
+  <si>
+    <t>03150754</t>
+  </si>
+  <si>
+    <t>7С1812/7С1713</t>
+  </si>
+  <si>
+    <t>5013.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Нектар»;фарфор;400мл;белый</t>
+  </si>
+  <si>
+    <t>03150757</t>
+  </si>
+  <si>
+    <t>L9619</t>
+  </si>
+  <si>
+    <t>Nectar</t>
+  </si>
+  <si>
+    <t>11795.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Тирамису»;керамика;0,7л;D=14,H=13см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03150763</t>
+  </si>
+  <si>
+    <t>ТИР00004782</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Тирамису</t>
+  </si>
+  <si>
+    <t>4651.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Скандинавия»;керамика;0,7л;D=14,H=13см;голуб.</t>
+  </si>
+  <si>
+    <t>03150765</t>
+  </si>
+  <si>
+    <t>СНД00009818</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Гармония-Восток»;фарфор;0,7л</t>
+  </si>
+  <si>
+    <t>03150769</t>
+  </si>
+  <si>
+    <t>8C1057</t>
+  </si>
+  <si>
+    <t>Гармония-Восток</t>
+  </si>
+  <si>
+    <t>9394.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Романс-Восток»;фарфор;0,8л</t>
+  </si>
+  <si>
+    <t>03150770</t>
+  </si>
+  <si>
+    <t>8C1056</t>
+  </si>
+  <si>
+    <t>Романс-Восток</t>
+  </si>
+  <si>
+    <t>9448.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Сфера»;сталь нерж.;300мл</t>
+  </si>
+  <si>
+    <t>03150771</t>
+  </si>
+  <si>
+    <t>56908-03</t>
+  </si>
+  <si>
+    <t>Sphera</t>
+  </si>
+  <si>
+    <t>74005.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Крафт лакрица»;фарфор;0,6л;черный</t>
+  </si>
+  <si>
+    <t>03150775</t>
+  </si>
+  <si>
+    <t>1209 0834</t>
+  </si>
+  <si>
+    <t>Craft Liquorice</t>
+  </si>
+  <si>
+    <t>25272.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Синий крафт»;керамика;400мл;D=70,H=102,L=180мм;голуб.</t>
+  </si>
+  <si>
+    <t>03150776</t>
+  </si>
+  <si>
+    <t>КРФ00012590</t>
+  </si>
+  <si>
+    <t>Синий Крафт</t>
+  </si>
+  <si>
+    <t>3504.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пинки»;керамика;0,7л;,L=22см;серый</t>
+  </si>
+  <si>
+    <t>03150778</t>
+  </si>
+  <si>
+    <t>ПИН00011611</t>
+  </si>
+  <si>
+    <t>Пинки</t>
+  </si>
+  <si>
+    <t>5390.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Маренго»;керамика;0,7л;,L=22,5см;черный,серый</t>
+  </si>
+  <si>
+    <t>03150779</t>
+  </si>
+  <si>
+    <t>МАР00011600</t>
+  </si>
+  <si>
+    <t>Маренго</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Оникс» фактурный;керамика;0,6л;,H=11,L=13см;черный</t>
+  </si>
+  <si>
+    <t>03150785</t>
+  </si>
+  <si>
+    <t>Dymov</t>
+  </si>
+  <si>
+    <t>Оникс</t>
+  </si>
+  <si>
+    <t>20490.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;сталь нерж.,пластик;5л</t>
+  </si>
+  <si>
+    <t>03150788</t>
+  </si>
+  <si>
+    <t>kt1128</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>17164.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Млечный путь»;фарфор;0,5л;черный,серый</t>
+  </si>
+  <si>
+    <t>03150789</t>
+  </si>
+  <si>
+    <t>ФРФ88802753</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Фэмили сэт»;кост.фарф.;1л;D=13,5,H=12,5см;белый</t>
+  </si>
+  <si>
+    <t>03150790</t>
+  </si>
+  <si>
+    <t>B6015144</t>
+  </si>
+  <si>
+    <t>Family Set</t>
+  </si>
+  <si>
+    <t>26019.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Малахит»;фарфор;0,5л;D=10,5,H=14,5см;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03150793</t>
+  </si>
+  <si>
+    <t>ФРФ88802738</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>4359.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «День и ночь» фактурный;керамика;0,6л;,H=11,L=13см;белый,черный</t>
+  </si>
+  <si>
+    <t>03150794</t>
+  </si>
+  <si>
+    <t>День и ночь</t>
+  </si>
+  <si>
+    <t>11350.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кармин» фактурный;керамика;0,6л;,H=11,L=13см;красный,черный</t>
+  </si>
+  <si>
+    <t>03150795</t>
+  </si>
+  <si>
+    <t>Кармин</t>
+  </si>
+  <si>
+    <t>10226.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «День и ночь» конический;керамика;0,5л;белый,черный</t>
+  </si>
+  <si>
+    <t>03150797</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кармин» конический;керамика;0,5л;красный,черный</t>
+  </si>
+  <si>
+    <t>03150798</t>
+  </si>
+  <si>
+    <t>10542.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Оникс» конический;керамика;0,5л;черный</t>
+  </si>
+  <si>
+    <t>03150799</t>
+  </si>
+  <si>
+    <t>20621.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный №2; ручка=10см;бетон;0,65л;D=10,H=15см;серый</t>
+  </si>
+  <si>
+    <t>03150802</t>
+  </si>
+  <si>
+    <t>B4916522</t>
+  </si>
+  <si>
+    <t>FCK</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>172049.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный №4; ручка=10см;бетон;0,65л;D=10,H=15см;серый</t>
+  </si>
+  <si>
+    <t>03150804</t>
+  </si>
+  <si>
+    <t>B4916524</t>
+  </si>
+  <si>
+    <t>133064.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Ирис»;фарфор;0,7л;D=55,H=120,L=210мм;голуб.</t>
+  </si>
+  <si>
+    <t>03150805</t>
+  </si>
+  <si>
+    <t>ZA0038S-6-a</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>14546.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;керамика;0,8л;,H=18,5,B=11см</t>
+  </si>
+  <si>
+    <t>03150806</t>
+  </si>
+  <si>
+    <t>ОБЧ00000916</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пунто Бьянка»;фарфор;0,5л;,H=14,5,B=10,5см;белый,черный</t>
+  </si>
+  <si>
+    <t>03150812</t>
+  </si>
+  <si>
+    <t>ФРФ88802751</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Млечный путь красный»;фарфор;0,5л;красный,черный</t>
+  </si>
+  <si>
+    <t>03150814</t>
+  </si>
+  <si>
+    <t>ФРФ88802760</t>
+  </si>
+  <si>
+    <t>10472.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Агава»;фарфор;0,7л;D=67,H=113,L=210мм;зелен.,матовый</t>
+  </si>
+  <si>
+    <t>03150815</t>
+  </si>
+  <si>
+    <t>ZA0038S-6-m</t>
+  </si>
+  <si>
+    <t>Agave</t>
+  </si>
+  <si>
+    <t>13993.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Агат»;фарфор;400мл;D=75,H=75,L=175мм;красный</t>
+  </si>
+  <si>
+    <t>03150816</t>
+  </si>
+  <si>
+    <t>A0256-2W764Y80</t>
+  </si>
+  <si>
+    <t>Agate</t>
+  </si>
+  <si>
+    <t>3892.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Агат»;фарфор;0,8л;D=87,H=90,L=190мм;красный</t>
+  </si>
+  <si>
+    <t>03150817</t>
+  </si>
+  <si>
+    <t>A1465W764Y80</t>
+  </si>
+  <si>
+    <t>4809.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Романс»;фарфор;0,8л;белый</t>
+  </si>
+  <si>
+    <t>03150819</t>
+  </si>
+  <si>
+    <t>0С1451</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пион»;фарфор;0,7л;D=69,H=113,L=213мм;розов.</t>
+  </si>
+  <si>
+    <t>03150821</t>
+  </si>
+  <si>
+    <t>ZA0038S-6-p</t>
+  </si>
+  <si>
+    <t>Peony</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Гунфу» с фильтром;термост.стекло,поликарбонат;0,5л;D=85,H=145,L=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>03150824</t>
+  </si>
+  <si>
+    <t>SAG-08</t>
+  </si>
+  <si>
+    <t>9856.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Гунфу» с фильтром;термост.стекло,поликарбонат;0,75л;D=9,H=19,L=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03150825</t>
+  </si>
+  <si>
+    <t>SAG-10</t>
+  </si>
+  <si>
+    <t>13454.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Гунфу» с фильтром;термост.стекло,поликарбонат;0,6л;D=10,H=14,5,L=14см;прозр.</t>
+  </si>
+  <si>
+    <t>03150826</t>
+  </si>
+  <si>
+    <t>A-12</t>
+  </si>
+  <si>
+    <t>13202.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Гунфу» с фильтром;термост.стекло,поликарбонат;0,9л;D=10,5,H=18,5,L=14см;прозр.</t>
+  </si>
+  <si>
+    <t>03150827</t>
+  </si>
+  <si>
+    <t>A-14</t>
+  </si>
+  <si>
+    <t>15022.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Гунфу» с фильтром;термост.стекло,поликарбонат;350мл;D=75,H=115,L=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>03150829</t>
+  </si>
+  <si>
+    <t>EC-21</t>
+  </si>
+  <si>
+    <t>6748.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Надежда»;фарфор;0,8л;белый</t>
+  </si>
+  <si>
+    <t>03150839</t>
+  </si>
+  <si>
+    <t>0С0499</t>
+  </si>
+  <si>
+    <t>Надежда</t>
+  </si>
+  <si>
+    <t>5067.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло,дерево;0,5л;D=95,H=110,L=150мм;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>03150840</t>
+  </si>
+  <si>
+    <t>TP096-500ML</t>
+  </si>
+  <si>
+    <t>7546.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Проотель»;термост.стекло,дерево;1л;D=13,H=13,L=21см;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>03150841</t>
+  </si>
+  <si>
+    <t>TP096-1000ML</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Маррон Реативо»;фарфор;0,5л;,H=14,5см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03150843</t>
+  </si>
+  <si>
+    <t>ФРФ88802773</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Эрбосо Реативо»;фарфор;0,5л;,H=14,5см;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03150844</t>
+  </si>
+  <si>
+    <t>ФРФ88802775</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пати»;фарфор;0,5л;D=89,H=142,L=172мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03150846</t>
+  </si>
+  <si>
+    <t>ФРФ88802793</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Карбон»;фарфор;0,5л;,H=14,5,B=10,5см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03151013</t>
+  </si>
+  <si>
+    <t>ФРФ88802711</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>4528.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Чакоул Дэппл»;фарфор,фарфор;350мл;белый,черный</t>
+  </si>
+  <si>
+    <t>03151014</t>
+  </si>
+  <si>
+    <t>1756 X0027</t>
+  </si>
+  <si>
+    <t>Charcoal Dapple</t>
+  </si>
+  <si>
+    <t>25618.00₸</t>
   </si>
   <si>
     <t>33 шт.</t>
   </si>
   <si>
-    <t>Чайник заварочный «Хани» с крышкой;фарфор;0,51л;D=10,H=13,L=18см;бежев.</t>
-[...1454 lines deleted...]
-    <t>Punto Bianca</t>
+    <t>Чайник заварочный;стекло;0,5л</t>
+  </si>
+  <si>
+    <t>03151015</t>
+  </si>
+  <si>
+    <t>TDC-50</t>
+  </si>
+  <si>
+    <t>55310.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пекое» с ситом;керамика,металл;0,55л;D=12,5,H=12см;черный</t>
+  </si>
+  <si>
+    <t>03151016</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Pekoe</t>
+  </si>
+  <si>
+    <t>166421.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Тренд»;фарфор;400мл;белый</t>
+  </si>
+  <si>
+    <t>03151017</t>
+  </si>
+  <si>
+    <t>7С1704</t>
+  </si>
+  <si>
+    <t>Тренд</t>
+  </si>
+  <si>
+    <t>5129.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Комфорт»;фарфор;0,5л;D=60,H=125,L=145мм;белый</t>
+  </si>
+  <si>
+    <t>03151018</t>
+  </si>
+  <si>
+    <t>5С0106</t>
+  </si>
+  <si>
+    <t>5283.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный сервировочный с риской;стекло;0,6л;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03151023</t>
+  </si>
+  <si>
+    <t>XVD-60B</t>
+  </si>
+  <si>
+    <t>15770.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Меш Вайт» без крышки;фарфор;400мл;белый</t>
+  </si>
+  <si>
+    <t>03151024</t>
+  </si>
+  <si>
+    <t>11770-800001-34211</t>
+  </si>
+  <si>
+    <t>Mesh White</t>
+  </si>
+  <si>
+    <t>15001.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Венеция отель»;фарфор;0,9л;белый,бирюз.</t>
+  </si>
+  <si>
+    <t>03151025</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>VENEZIA HOTEL</t>
+  </si>
+  <si>
+    <t>21129.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Венеция отель»;фарфор;400мл;белый,бирюз.</t>
+  </si>
+  <si>
+    <t>03151026</t>
+  </si>
+  <si>
+    <t>16609.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Верона»;фарфор;1,2л;белый</t>
+  </si>
+  <si>
+    <t>03151027</t>
+  </si>
+  <si>
+    <t>VER3712</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>10927.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Революшн Сэндстоун»;фарфор;425мл;бежев.</t>
+  </si>
+  <si>
+    <t>03151028</t>
+  </si>
+  <si>
+    <t>1776 0179</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>19543.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло,дерево;0,6л;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>03151102</t>
+  </si>
+  <si>
+    <t>WS600</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>16303.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло;360мл;D=8/11,H=10,L=13см;прозр.,серый</t>
+  </si>
+  <si>
+    <t>03151103</t>
+  </si>
+  <si>
+    <t>S360</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;сталь нерж.;5л</t>
+  </si>
+  <si>
+    <t>03151201</t>
+  </si>
+  <si>
+    <t>kt 370</t>
+  </si>
+  <si>
+    <t>22435.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Революшн Гранит»;фарфор;425мл;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03151206</t>
+  </si>
+  <si>
+    <t>1775 0179</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>25726.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Революшн Блюстоун»;фарфор;425мл;синий</t>
+  </si>
+  <si>
+    <t>03151207</t>
+  </si>
+  <si>
+    <t>1777 0179</t>
+  </si>
+  <si>
+    <t>Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Революшн Джейд»;фарфор;425мл;зелен.</t>
+  </si>
+  <si>
+    <t>03151208</t>
+  </si>
+  <si>
+    <t>1778 0179</t>
+  </si>
+  <si>
+    <t>Revolution Jade</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Пунто Бьянка»;фарфор;1л;D=11,5,H=16,5,B=16см;бежев.,коричнев.</t>
+  </si>
+  <si>
+    <t>03151327</t>
+  </si>
+  <si>
+    <t>ФРФ88813951</t>
+  </si>
+  <si>
+    <t>12397.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Кронос»;стекло борос.,пробка натур.;0,66л;D=95,H=148,B=165мм;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>03151338</t>
+  </si>
+  <si>
+    <t>WP3603066</t>
+  </si>
+  <si>
+    <t>Walmer</t>
+  </si>
+  <si>
+    <t>Kronos</t>
+  </si>
+  <si>
+    <t>13881.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Идзуми» с силиконовой прокладкой;термост.стекло;0,8л;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03151339</t>
+  </si>
+  <si>
+    <t>cp031-800ml</t>
+  </si>
+  <si>
+    <t>7770.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Классик Уайт»;кост.фарф.;0,8л;,H=18,L=25см;белый</t>
+  </si>
+  <si>
+    <t>03151340</t>
+  </si>
+  <si>
+    <t>82000AND0415</t>
+  </si>
+  <si>
+    <t>William Edwards</t>
+  </si>
+  <si>
+    <t>Classic White</t>
+  </si>
+  <si>
+    <t>64688.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный заварочный;стекло,пластик;0,8л;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03151341</t>
+  </si>
+  <si>
+    <t>KH1077</t>
+  </si>
+  <si>
+    <t>18690.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло,пластик;0,8л;D=90/150,H=135мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03151342</t>
+  </si>
+  <si>
+    <t>XGS-80</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Эстиа»;фарфор;0,55л;,H=10,L=21,B=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>03151344</t>
+  </si>
+  <si>
+    <t>LEST019RG162055</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Estia</t>
+  </si>
+  <si>
+    <t>22277.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный;стекло,дерево;0,5л;D=102/82,H=120мм;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>03151345</t>
+  </si>
+  <si>
+    <t>S900</t>
+  </si>
+  <si>
+    <t>9282.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Экселенси»;фарфор;0,6л;D=12,8,H=10,4см;белый</t>
+  </si>
+  <si>
+    <t>03151348</t>
+  </si>
+  <si>
+    <t>EXL4161</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>24594.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Элит»;сталь нерж.;0,5л;,H=13,L=15,B=9см;металлич.</t>
+  </si>
+  <si>
+    <t>03151349</t>
+  </si>
+  <si>
+    <t>56008-05</t>
+  </si>
+  <si>
+    <t>234897.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Мезень» Классик Кони;фарфор;400мл;D=107/166,H=90мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03151350</t>
+  </si>
+  <si>
+    <t>2633400.Д1302:06</t>
+  </si>
+  <si>
+    <t>Башкирский фарфор</t>
+  </si>
+  <si>
+    <t>Мезень</t>
+  </si>
+  <si>
+    <t>11412.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Акварель» Классик;фарфор;400мл;D=107/166,H=90мм;бежев.</t>
+  </si>
+  <si>
+    <t>03151351</t>
+  </si>
+  <si>
+    <t>2633400.А.Б</t>
+  </si>
+  <si>
+    <t>Акварель</t>
+  </si>
+  <si>
+    <t>8270.00₸</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Акварель» Классик;фарфор;0,6л;D=11,7/19,H=13см;серый</t>
+  </si>
+  <si>
+    <t>03151352</t>
+  </si>
+  <si>
+    <t>2633600.А.С - С</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Белая» Классик;фарфор;400мл;D=107/166,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03151353</t>
+  </si>
+  <si>
+    <t>Белая</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Белая» Классик;фарфор;0,6л;D=11,8/19,H=13см;белый</t>
+  </si>
+  <si>
+    <t>03151354</t>
+  </si>
+  <si>
+    <t>8871.00₸</t>
   </si>
   <si>
     <t>28 шт.</t>
   </si>
   <si>
-    <t>Чайник заварочный «Млечный путь красный»;фарфор;0,5л;красный,черный</t>
-[...407 lines deleted...]
-    <t>5922.00₸</t>
+    <t>Чайник заварочный «Белая» Классик;фарфор;0,85л;D=13,1/20,5,H=11,4см;белый</t>
+  </si>
+  <si>
+    <t>03151355</t>
+  </si>
+  <si>
+    <t>10003.00₸</t>
   </si>
   <si>
     <t>48 шт.</t>
   </si>
   <si>
-    <t>Чайник заварочный;сталь нерж.;5л</t>
-[...271 lines deleted...]
-  <si>
     <t>Чайник заварочный «Белая» Восточный;фарфор;0,6л;D=12/19,H=11см;белый</t>
   </si>
   <si>
     <t>03151356</t>
   </si>
   <si>
     <t>ИЧК 22.600</t>
   </si>
   <si>
     <t>6361.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Белая» Принц;фарфор;300мл;D=90/150,H=109мм;белый</t>
   </si>
   <si>
     <t>03151357</t>
   </si>
   <si>
     <t>ИЧК 03.300</t>
   </si>
   <si>
     <t>3989.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Белая» Принц;фарфор;0,75л;D=12/19,5,H=13,5см;белый</t>
@@ -3806,50 +3794,53 @@
   <si>
     <t>03151367</t>
   </si>
   <si>
     <t>2633600.Д1302:06</t>
   </si>
   <si>
     <t>15439.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Алина»;фарфор;0,6л;,H=11,1,B=11см;белый</t>
   </si>
   <si>
     <t>03151368</t>
   </si>
   <si>
     <t>9119 C1256</t>
   </si>
   <si>
     <t>Alina</t>
   </si>
   <si>
     <t>32787.00₸</t>
   </si>
   <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
     <t>Самовар;сталь нерж.;6л;,H=51см;1Квт</t>
   </si>
   <si>
     <t>07100401</t>
   </si>
   <si>
     <t>1271047.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Вайт Фьюжн»;фарфор;1л;,H=16см;белый,коричнев.</t>
   </si>
   <si>
     <t>03151371</t>
   </si>
   <si>
     <t>Proff Cuisine</t>
   </si>
   <si>
     <t>White Fusion</t>
   </si>
   <si>
     <t>7665.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный;стекло,пластик;1л;D=13/9,H=14см;прозр.,черный</t>
@@ -3950,65 +3941,50 @@
   <si>
     <t>СТР14457186</t>
   </si>
   <si>
     <t>Старина</t>
   </si>
   <si>
     <t>6468.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Гунфу» с фильтром;стекло,дерево;0,8л;,H=14,8см;прозр.,коричнев.</t>
   </si>
   <si>
     <t>03151382</t>
   </si>
   <si>
     <t>BP-12</t>
   </si>
   <si>
     <t>Bonston</t>
   </si>
   <si>
     <t>48380.00₸</t>
   </si>
   <si>
-    <t>Чайник заварочный «Гунфу» с фильтром с кнопкой;стекло,пластик;1л;прозр.,черный</t>
-[...13 lines deleted...]
-  <si>
     <t>Чайник заварочный «Гунфу» с фильтром;стекло,дерево;0,5л;,H=14,8см;прозр.,коричнев.</t>
   </si>
   <si>
     <t>03151383</t>
   </si>
   <si>
     <t>BP-13</t>
   </si>
   <si>
     <t>41311.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Фиори»;фарфор;0,8л;,H=14,L=25,7,B=17см;слон.кость,синий</t>
   </si>
   <si>
     <t>03151385</t>
   </si>
   <si>
     <t>18925F03540-XB</t>
   </si>
   <si>
     <t>Fiori</t>
   </si>
   <si>
     <t>14462.00₸</t>
@@ -4035,50 +4011,65 @@
     <t>TP179</t>
   </si>
   <si>
     <t>9044.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Белая» Классический;фарфор;1,3л;,H=18,5,L=15/23см;белый</t>
   </si>
   <si>
     <t>03151386</t>
   </si>
   <si>
     <t>ИЧК 23.1300</t>
   </si>
   <si>
     <t>13560.00₸</t>
   </si>
   <si>
     <t>Чайник заварочный «Млечный путь»;керамика;1л;D=11,5,H=16,5,B=16см;черный,серый</t>
   </si>
   <si>
     <t>03150847</t>
   </si>
   <si>
     <t>ФРФ88813953</t>
+  </si>
+  <si>
+    <t>Чайник заварочный «Морелла»;фарфор;0,6л;белый</t>
+  </si>
+  <si>
+    <t>03151387</t>
+  </si>
+  <si>
+    <t>9120 C1307</t>
+  </si>
+  <si>
+    <t>Morella</t>
+  </si>
+  <si>
+    <t>35089.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4093,51 +4084,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D29-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E26-E3D2-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3199032-21B8-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1F53A0-21B8-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E3-E3D2-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917336BB-E4E0-11EF-BC53-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB391-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EFDBE19-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF87513-E3D2-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF87512-E3D2-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214F-424E-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E4-E3D2-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC31C-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A2D-4250-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761E-E3D2-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761D-E3D2-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0F64ECE-712C-11EB-BBE2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0F64ECF-712C-11EB-BBE2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AA5-4252-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC369-4252-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C6C-4253-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C6D-4253-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A131E-4253-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A131F-4253-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E2-E3D2-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E0-E3D2-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1322-4253-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E1-E3D2-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1324-4253-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1325-4253-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1326-4253-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7C-4254-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7D-4254-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7E-4254-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7F-4254-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C80-4254-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C81-4254-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C82-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C83-4254-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C84-4254-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C85-4254-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C86-4254-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D833A64B-8149-11E9-BBBA-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F4215-3157-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A53DE3-1746-11EE-BC09-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9926629-A3A2-11F0-BC58-00505692C44746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC3-2342-11EA-BBC7-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63EECE97-814C-11E9-BBBA-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C0FE8-21B8-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2119-424E-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211A-424E-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211B-424E-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2121-424E-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BC6-424E-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D3292-424E-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3198EF2-21B8-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7C8BAD-E4E0-11EF-BC53-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AEC51AA-E4E0-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7CA835-E4E0-11EF-BC53-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7C9A5D-E4E0-11EF-BC53-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830D3C46-E4E0-11EF-BC53-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21CA-4251-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D265-4252-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7F0-4252-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F6C-4252-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94F5F579-E4E0-11EF-BC53-00505692E2D066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C38749C-4252-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94F60417-E4E0-11EF-BC53-00505692E2D068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354162-4252-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E28-E3D2-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E27-E3D2-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B6E-4252-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094CD-4252-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41959908-AEC8-11EE-BC40-00505692492F74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124C48-21B8-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322AC-4253-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AB1-4254-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F9BE02F-28C2-11EA-BBCA-005056921CC478.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC4-2342-11EA-BBC7-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC5-2342-11EA-BBC7-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8903A445-E4E0-11EF-BC53-00505692E2D081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8903BEA8-E4E0-11EF-BC53-00505692E2D082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8903B29B-E4E0-11EF-BC53-00505692E2D083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0E4C5F1-E4E0-11EF-BC53-00505692E2D084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF0A6-424B-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF0A7-424B-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D233BB-E3D8-11EF-BC57-00505692E04987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D232D3-E3D8-11EF-BC57-00505692E04988.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27623-E3D2-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF1379F-E3D8-11EF-BC57-00505692E04990.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C29-424C-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0E4B9B6-E4E0-11EF-BC53-00505692E2D092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0E4AE66-E4E0-11EF-BC53-00505692E2D093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A61365-E3D8-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B660E76-E4E0-11EF-BC53-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B6600C0-E4E0-11EF-BC53-00505692E2D096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D22F45-E3D8-11EF-BC57-00505692E04997.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202F2A76-0C29-11EE-BC09-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917346E5-E4E0-11EF-BC53-00505692E2D099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94F5E63C-E4E0-11EF-BC53-00505692E2D0100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93AD6B1A-E4E0-11EF-BC53-00505692E2D0101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852AEDB3-E4E0-11EF-BC53-00505692E2D0102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D2302D-E3D8-11EF-BC57-00505692E049103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B1-424C-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A611B9-E3D8-11EF-BC57-00505692E049105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A6128F-E3D8-11EF-BC57-00505692E049106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA4E-424C-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EFDCF25-E4E0-11EF-BC53-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87885846-E4E0-11EF-BC53-00505692E2D0109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9006-424D-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852AD052-E4E0-11EF-BC53-00505692E2D0111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E15EA-E3D8-11EF-BC57-00505692E049112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081786-424D-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A60E2B-E3D8-11EF-BC57-00505692E049114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817A7-424D-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A833-424D-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0DE-E3D2-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E513-424D-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D23115-E3D8-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761F-E3D2-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890644FF-424D-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A656972-C8A7-11ED-BC05-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89064516-424D-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124980-21B8-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27620-E3D2-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E2A-E3D2-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476D-424D-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300477B-424D-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB403-424D-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E29-E3D2-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CD-424D-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D231FD-E3D8-11EF-BC57-00505692E049132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852AE010-E4E0-11EF-BC53-00505692E2D0133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E2B-E3D2-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01037409-424E-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460DE-424E-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F34-424E-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F35-424E-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C129E-21B8-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0DF-E3D2-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB73-424F-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2CC-424F-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D686-424F-11E8-A155-00259035BB67143.gif"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A60F01-E3D8-11EF-BC57-00505692E049144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A60FD7-E3D8-11EF-BC57-00505692E049145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91093F11-21B8-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91093DAD-21B8-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91093E5F-21B8-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4A9-4251-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FB6-4252-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB17-4253-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB18-4253-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB19-4253-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124AD2-21B8-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD09C-4254-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7486533F-4254-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865340-4254-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC10D-4254-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D16-4254-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B3-4255-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF136B7-E3D8-11EF-BC57-00505692E049161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D23491-E3D8-11EF-BC57-00505692E049162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124A32-21B8-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AEC43B7-E4E0-11EF-BC53-00505692E2D0164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B661C60-E4E0-11EF-BC53-00505692E2D0165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9769DE5E-E4E0-11EF-BC53-00505692E2D0166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9769EF3D-E4E0-11EF-BC53-00505692E2D0167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E48C5A9-E4E0-11EF-BC53-00505692E2D0168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1502-E3D8-11EF-BC57-00505692E049169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0DC-E3D2-11EB-BBF2-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A610BF-E3D8-11EF-BC57-00505692E049171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A0A421E-E4E0-11EF-BC53-00505692E2D0172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84702FDB-4253-11E8-A155-00259035BB67173.gif"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE09-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FF-4254-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC7B-4254-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B8EC-4254-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071AA-4254-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27625-E3D2-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3199184-21B8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A31992E8-21B8-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3199236-21B8-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A76-5268-11EA-BBCE-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B4-4255-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B5-4255-11E8-A155-00259035BB67185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1211D47B-D1AC-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2892A158-814B-11E9-BBBA-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC66-814B-11E9-BBBA-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFF65E78-814B-11E9-BBBA-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFF65E79-814B-11E9-BBBA-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC6-2342-11EA-BBC7-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A77-5268-11EA-BBCE-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8D9E48-814C-11E9-BBBA-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B409825D-814C-11E9-BBBA-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B409825E-814C-11E9-BBBA-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87611AAD-BA85-11E9-BBC6-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/910941A3-21B8-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A319939A-21B8-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E194B703-D292-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83355948-ADEC-11E9-BBC3-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9356D7C2-ADEC-11E9-BBC3-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3E602D5-ADEC-11E9-BBC3-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC85D006-ADEC-11E9-BBC3-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/909254E4-BA85-11E9-BBC6-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9D4-4253-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1F5300-21B8-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A61D8931-1BDB-11EA-BBC6-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77609177-EA55-11EB-BBF2-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3198F92-21B8-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91248E0-21B8-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF16767A-21B8-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF167516-21B8-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF1675C8-21B8-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329905A6-05D8-11EE-BC09-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A31990D2-21B8-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C11EC-21B8-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111256B4-D8EE-11EB-BBF2-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C113A-21B8-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111256B3-D8EE-11EB-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C1088-21B8-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECE98536-F13C-11EC-BBFA-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1867A19D-B9CA-11ED-BC05-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4C85-21BB-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4DD7-21BB-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609B38-21BB-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4D37-21BB-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B3E13A4-FB16-11E9-BBC6-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D871A68E-A3A2-11F0-BC58-00505692C447228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1478-21BB-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADF5BA8-FAF6-11E9-BBC6-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF789FAD-1516-11EA-BBC6-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9926B04-A3A2-11F0-BC58-00505692C447232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5FEA01F-F13C-11EC-BBFA-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A262D7-ACA4-11ED-BC04-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609DB8-21BB-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8FB16-21BF-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8F9B2-21BF-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1250-21BB-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609EF8-21BB-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4B45-21BB-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609E58-21BB-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4BE5-21BB-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4F17-21BB-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CD6D2A-BE57-11ED-BC05-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A13AB764-25A1-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F4D05F9-BB9B-11EE-BC41-00505692492F246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF360D-EB96-11ED-BC09-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9251153-053C-11EE-BC09-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F24A-7E52-11EE-BC0F-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F10DE-2C93-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98032E4E-3132-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D150A63-40E1-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7CFEF04-77E9-11EE-BC0F-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7CFEFA4-77E9-11EE-BC0F-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF05A9-5F02-11EE-BC0E-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF0D4F-5F02-11EE-BC0E-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF06DF-5F02-11EE-BC0E-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC20ACF4-5F02-11EE-BC0E-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84688-5F02-11EE-BC0E-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF02C8-5F02-11EE-BC0E-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D4CC19-8796-11EE-BC13-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/478DD611-AEC8-11EE-BC40-00505692492F262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4195A0A7-AEC8-11EE-BC40-00505692492F263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440D47-AFD1-11EE-BC40-00505692492F264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440C5E-AFD1-11EE-BC40-00505692492F265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35CD3DAB-16CE-11EF-BC3F-0050569297EB266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B64D460-D0A7-11EE-BC41-00505692492F267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557EA078-E50C-11EE-BC3E-0050569297EB268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766226C-F161-11EB-BBF2-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ADB4B18D-5504-11EF-BC4D-00505692C447270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EC7EDA-5CE6-11F0-BC59-00505692E049271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16811E4C-6895-11F0-BC54-00505692C447272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30838F67-A592-11EF-BC46-0050569297EB273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FC710B-EAEE-11EF-BC4E-00505692C447274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC8F76D2-2796-11F0-BC58-00505692E049275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C28999FC-2796-11F0-BC58-00505692E049276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2899DFA-2796-11F0-BC58-00505692E049277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2899C04-2796-11F0-BC58-00505692E049278.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D29-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E26-E3D2-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3199032-21B8-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1F53A0-21B8-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E3-E3D2-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917336BB-E4E0-11EF-BC53-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB391-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EFDBE19-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF87513-E3D2-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF87512-E3D2-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214F-424E-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E4-E3D2-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC31C-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A2D-4250-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761E-E3D2-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761D-E3D2-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0F64ECE-712C-11EB-BBE2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0F64ECF-712C-11EB-BBE2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AA5-4252-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC369-4252-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C6C-4253-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C6D-4253-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A131E-4253-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A131F-4253-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E2-E3D2-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E0-E3D2-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1322-4253-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0E1-E3D2-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1324-4253-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1325-4253-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1326-4253-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7C-4254-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7D-4254-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7E-4254-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C7F-4254-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C80-4254-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C81-4254-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C82-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C83-4254-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C84-4254-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C85-4254-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C86-4254-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D833A64B-8149-11E9-BBBA-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F4215-3157-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A53DE3-1746-11EE-BC09-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9926629-A3A2-11F0-BC58-00505692C44746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC3-2342-11EA-BBC7-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63EECE97-814C-11E9-BBBA-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C0FE8-21B8-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2119-424E-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211A-424E-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A211B-424E-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2121-424E-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BC6-424E-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D3292-424E-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3198EF2-21B8-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7C8BAD-E4E0-11EF-BC53-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AEC51AA-E4E0-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7CA835-E4E0-11EF-BC53-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D7C9A5D-E4E0-11EF-BC53-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830D3C46-E4E0-11EF-BC53-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21CA-4251-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D265-4252-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7F0-4252-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F6C-4252-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94F5F579-E4E0-11EF-BC53-00505692E2D066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C38749C-4252-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94F60417-E4E0-11EF-BC53-00505692E2D068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354162-4252-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E28-E3D2-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E27-E3D2-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B6E-4252-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094CD-4252-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41959908-AEC8-11EE-BC40-00505692492F74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124C48-21B8-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322AC-4253-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2AB1-4254-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F9BE02F-28C2-11EA-BBCA-005056921CC478.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC4-2342-11EA-BBC7-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC5-2342-11EA-BBC7-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8903A445-E4E0-11EF-BC53-00505692E2D081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8903BEA8-E4E0-11EF-BC53-00505692E2D082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8903B29B-E4E0-11EF-BC53-00505692E2D083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0E4C5F1-E4E0-11EF-BC53-00505692E2D084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF0A6-424B-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF0A7-424B-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D233BB-E3D8-11EF-BC57-00505692E04987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D232D3-E3D8-11EF-BC57-00505692E04988.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27623-E3D2-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF1379F-E3D8-11EF-BC57-00505692E04990.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C29-424C-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0E4B9B6-E4E0-11EF-BC53-00505692E2D092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0E4AE66-E4E0-11EF-BC53-00505692E2D093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A61365-E3D8-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B660E76-E4E0-11EF-BC53-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B6600C0-E4E0-11EF-BC53-00505692E2D096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D22F45-E3D8-11EF-BC57-00505692E04997.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202F2A76-0C29-11EE-BC09-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917346E5-E4E0-11EF-BC53-00505692E2D099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94F5E63C-E4E0-11EF-BC53-00505692E2D0100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93AD6B1A-E4E0-11EF-BC53-00505692E2D0101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852AEDB3-E4E0-11EF-BC53-00505692E2D0102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D2302D-E3D8-11EF-BC57-00505692E049103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B1-424C-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A611B9-E3D8-11EF-BC57-00505692E049105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A6128F-E3D8-11EF-BC57-00505692E049106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA4E-424C-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EFDCF25-E4E0-11EF-BC53-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87885846-E4E0-11EF-BC53-00505692E2D0109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9006-424D-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852AD052-E4E0-11EF-BC53-00505692E2D0111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E15EA-E3D8-11EF-BC57-00505692E049112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081786-424D-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A60E2B-E3D8-11EF-BC57-00505692E049114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650817A7-424D-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A833-424D-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0DE-E3D2-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D07E513-424D-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D23115-E3D8-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB2761F-E3D2-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890644FF-424D-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A656972-C8A7-11ED-BC05-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89064516-424D-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124980-21B8-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27620-E3D2-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E2A-E3D2-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476D-424D-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300477B-424D-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB403-424D-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E29-E3D2-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CD-424D-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D231FD-E3D8-11EF-BC57-00505692E049132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852AE010-E4E0-11EF-BC53-00505692E2D0133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59C37E2B-E3D2-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01037409-424E-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460DE-424E-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F34-424E-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F35-424E-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C129E-21B8-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0DF-E3D2-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB73-424F-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2CC-424F-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D686-424F-11E8-A155-00259035BB67143.gif"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A60F01-E3D8-11EF-BC57-00505692E049144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A60FD7-E3D8-11EF-BC57-00505692E049145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91093F11-21B8-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91093DAD-21B8-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91093E5F-21B8-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4A9-4251-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FB6-4252-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB17-4253-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB18-4253-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB19-4253-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124AD2-21B8-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD09C-4254-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7486533F-4254-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865340-4254-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC10D-4254-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D16-4254-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B3-4255-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF136B7-E3D8-11EF-BC57-00505692E049161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D23491-E3D8-11EF-BC57-00505692E049162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9124A32-21B8-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AEC43B7-E4E0-11EF-BC53-00505692E2D0164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B661C60-E4E0-11EF-BC53-00505692E2D0165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9769DE5E-E4E0-11EF-BC53-00505692E2D0166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9769EF3D-E4E0-11EF-BC53-00505692E2D0167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E48C5A9-E4E0-11EF-BC53-00505692E2D0168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB8E1502-E3D8-11EF-BC57-00505692E049169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53BBD0DC-E3D2-11EB-BBF2-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1A610BF-E3D8-11EF-BC57-00505692E049171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A0A421E-E4E0-11EF-BC53-00505692E2D0172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84702FDB-4253-11E8-A155-00259035BB67173.gif"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE09-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FF-4254-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8683BC7B-4254-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B8EC-4254-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071AA-4254-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27625-E3D2-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3199184-21B8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A31992E8-21B8-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3199236-21B8-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A76-5268-11EA-BBCE-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B4-4255-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B5-4255-11E8-A155-00259035BB67185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1211D47B-D1AC-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2892A158-814B-11E9-BBBA-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC66-814B-11E9-BBBA-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFF65E78-814B-11E9-BBBA-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFF65E79-814B-11E9-BBBA-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34687CC6-2342-11EA-BBC7-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A77-5268-11EA-BBCE-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8D9E48-814C-11E9-BBBA-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B409825D-814C-11E9-BBBA-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B409825E-814C-11E9-BBBA-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87611AAD-BA85-11E9-BBC6-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/910941A3-21B8-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A319939A-21B8-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E194B703-D292-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83355948-ADEC-11E9-BBC3-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9356D7C2-ADEC-11E9-BBC3-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3E602D5-ADEC-11E9-BBC3-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC85D006-ADEC-11E9-BBC3-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/909254E4-BA85-11E9-BBC6-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9D4-4253-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1F5300-21B8-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A61D8931-1BDB-11EA-BBC6-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3198F92-21B8-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91248E0-21B8-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF16767A-21B8-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF167516-21B8-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF1675C8-21B8-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329905A6-05D8-11EE-BC09-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A31990D2-21B8-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C11EC-21B8-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111256B4-D8EE-11EB-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C113A-21B8-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111256B3-D8EE-11EB-BBF2-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C1088-21B8-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECE98536-F13C-11EC-BBFA-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1867A19D-B9CA-11ED-BC05-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4C85-21BB-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4DD7-21BB-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609B38-21BB-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4D37-21BB-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B3E13A4-FB16-11E9-BBC6-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D871A68E-A3A2-11F0-BC58-00505692C447227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1478-21BB-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADF5BA8-FAF6-11E9-BBC6-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF789FAD-1516-11EA-BBC6-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9926B04-A3A2-11F0-BC58-00505692C447231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5FEA01F-F13C-11EC-BBFA-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A262D7-ACA4-11ED-BC04-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609DB8-21BB-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8FB16-21BF-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8F9B2-21BF-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1250-21BB-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609EF8-21BB-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4B45-21BB-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2609E58-21BB-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4BE5-21BB-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C85D4F17-21BB-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CD6D2A-BE57-11ED-BC05-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A13AB764-25A1-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F4D05F9-BB9B-11EE-BC41-00505692492F245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF360D-EB96-11ED-BC09-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9251153-053C-11EE-BC09-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F24A-7E52-11EE-BC0F-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F10DE-2C93-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98032E4E-3132-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D150A63-40E1-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7CFEF04-77E9-11EE-BC0F-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7CFEFA4-77E9-11EE-BC0F-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF05A9-5F02-11EE-BC0E-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF0D4F-5F02-11EE-BC0E-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF06DF-5F02-11EE-BC0E-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC20ACF4-5F02-11EE-BC0E-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84688-5F02-11EE-BC0E-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DF02C8-5F02-11EE-BC0E-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D4CC19-8796-11EE-BC13-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/478DD611-AEC8-11EE-BC40-00505692492F261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4195A0A7-AEC8-11EE-BC40-00505692492F262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440D47-AFD1-11EE-BC40-00505692492F263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440C5E-AFD1-11EE-BC40-00505692492F264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35CD3DAB-16CE-11EF-BC3F-0050569297EB265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B64D460-D0A7-11EE-BC41-00505692492F266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557EA078-E50C-11EE-BC3E-0050569297EB267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766226C-F161-11EB-BBF2-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ADB4B18D-5504-11EF-BC4D-00505692C447269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EC7EDA-5CE6-11F0-BC59-00505692E049270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16811E4C-6895-11F0-BC54-00505692C447271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30838F67-A592-11EF-BC46-0050569297EB272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FC710B-EAEE-11EF-BC4E-00505692C447273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC8F76D2-2796-11F0-BC58-00505692E049274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C28999FC-2796-11F0-BC58-00505692E049275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2899C04-2796-11F0-BC58-00505692E049276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682AA37D-C7F0-11F0-BC5A-00505692E2D0277.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10852,51 +10843,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="225" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="226" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -11062,51 +11053,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -12172,51 +12163,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="269" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>277</xdr:row>
+      <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="270" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -12262,51 +12253,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="272" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>281</xdr:row>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="273" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -12382,93 +12373,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="276" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>286</xdr:row>
+      <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="277" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -12727,62 +12688,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-serax-03143017/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150109/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150110/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150112/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150113/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150114/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-trendglas-03150117/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-stalfiltr-trendglas-03150118/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150121/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150125/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150126/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150127/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-hario-03150132/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-hario-03150135/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150137/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150138/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-pruzhinoy-prohotel-03150148/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-pruzhinoy-prohotel-03150149/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-serax-03150156/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-serax-03150157/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150158/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150159/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150160/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150161/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150162/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150163/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150164/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150165/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150166/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150167/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150168/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150169/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150170/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150171/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150172/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150173/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150174/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150175/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150176/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150177/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150178/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150179/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-hario-03150180/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-hario-03150181/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-sambonet-03150190/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150191/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-s-riskoy-hario-03150192/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150224/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150225/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150226/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03150227/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150228/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150229/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150230/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150237/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150238/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150239/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150240/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-metal-sitom-kunstwerk-03150241/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150246/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-rosenthal-03150247/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-metal-sitom-kunstwerk-03150250/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150251/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150252/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150253/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150254/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150255/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150256/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150257/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150258/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150270/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150272/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150274/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150277/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-serax-03150279/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-suisse-langenthal-03150280/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-steelite-03150289/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-steelite-03150290/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150309/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-krysh-g-benedikt-karlovy-vary-03150310/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150311/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150312/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150313/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150314/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150315/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150316/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dulevo-03150317/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150321/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-tognana-03150322/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-tognana-03150323/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150324/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150325/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-tognana-03150326/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150327/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150328/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150329/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150334/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150335/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150336/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150337/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150338/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150345/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150346/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150347/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150348/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150363/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150364/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lilien-austria-03150374/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150375/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150377/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150385/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150386/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150387/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150388/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150389/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150390/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150392/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-prohotel-03150393/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150394/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150395/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150396/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150397/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-kunstwerk-03150416/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150417/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150419/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150420/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150421/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150422/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03150423/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150424/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150425/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150426/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150427/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150430/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150444/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150445/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150446/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-chef-and-sommelier-03150449/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-arcoroc-03150450/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-kunstwerk-03150451/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150452/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150453/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150454/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150464/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150465/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150466/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-sambonet-03150473/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150474/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150477/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150478/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150479/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150487/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150490/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150492/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150493/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150494/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-bauscher-03150495/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150499/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150516/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150703/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150704/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150709/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150713/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-bauscher-03150716/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150717/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150718/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150719/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150720/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150721/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150724/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-bauscher-03150729/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150732/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150736/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150737/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150738/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150739/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-suisse-langenthal-03150741/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150743/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150744/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150746/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150747/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150749/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150753/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150754/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-chef-and-sommelier-03150757/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150763/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150765/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150769/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150770/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-sambonet-03150771/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150775/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150776/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150778/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150779/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-fakturnyy-dymov-03150785/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kl-03150788/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150789/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-serax-03150790/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150793/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-fakturnyy-dymov-03150794/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-fakturnyy-dymov-03150795/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-konicheskiy-dymov-03150797/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-konicheskiy-dymov-03150798/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-konicheskiy-dymov-03150799/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-2-serax-03150802/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-4-serax-03150804/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150805/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150806/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150810/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150812/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150814/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150815/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150816/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150817/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150819/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150821/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150824/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150825/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150826/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150827/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150829/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150839/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150840/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150841/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150843/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150844/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150846/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03151013/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151014/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-hario-03151015/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitom-revol-03151016/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03151017/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03151018/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-s-riskoy-hario-03151023/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-rosenthal-03151024/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-vista-alegre-03151025/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-vista-alegre-03151026/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03151027/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151028/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151102/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151103/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kl-03151201/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151206/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151207/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151208/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03151327/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-walmer-03151338/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03151339/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151340/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03151341/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-hario-03151342/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-le-coq-03151344/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-doppio-03151345/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-g-benedikt-karlovy-vary-03151348/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-sambonet-03151349/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151350/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151351/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151352/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151353/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151354/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151355/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151356/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151357/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151358/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151359/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151362/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151363/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151364/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151365/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151366/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151367/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03151368/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/samovar-sambonet-07100401/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-proff-cuisine-03151371/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03151333/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151370/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151373/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151376/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kl-03151380/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-pordamsa-03151381/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150951/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bonston-03151382/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kamjove-03151384/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bonston-03151383/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151385/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150193/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150194/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151386/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150847/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-serax-03143017/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150109/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150110/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150112/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150113/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150114/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-trendglas-03150117/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-stalfiltr-trendglas-03150118/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150121/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150125/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150126/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-trendglas-03150127/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-hario-03150132/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-hario-03150135/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150137/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150138/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-pruzhinoy-prohotel-03150148/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-pruzhinoy-prohotel-03150149/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-serax-03150156/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-serax-03150157/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150158/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150159/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150160/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150161/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150162/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150163/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150164/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150165/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150166/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150167/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150168/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150169/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150170/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150171/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150172/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150173/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150174/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150175/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150176/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150177/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150178/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150179/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-hario-03150180/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-hario-03150181/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-sambonet-03150190/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150191/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-s-riskoy-hario-03150192/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150224/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150225/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150226/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03150227/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150228/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150229/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150230/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150237/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150238/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150239/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03150240/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-metal-sitom-kunstwerk-03150241/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150246/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-rosenthal-03150247/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-metal-sitom-kunstwerk-03150250/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150251/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150252/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150253/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150254/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150255/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150256/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150257/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150258/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150270/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150272/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150274/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150277/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-serax-03150279/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-suisse-langenthal-03150280/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-steelite-03150289/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-steelite-03150290/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150309/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-krysh-g-benedikt-karlovy-vary-03150310/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150311/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150312/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150313/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150314/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150315/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lubiana-03150316/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dulevo-03150317/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150321/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-tognana-03150322/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-tognana-03150323/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150324/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150325/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-tognana-03150326/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150327/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150328/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150329/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150334/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150335/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150336/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150337/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150338/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150345/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150346/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150347/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150348/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150363/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150364/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-lilien-austria-03150374/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150375/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150377/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150385/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150386/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150387/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150388/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150389/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150390/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150392/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-prohotel-03150393/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150394/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150395/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150396/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150397/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-kunstwerk-03150416/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150417/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150419/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150420/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150421/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150422/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03150423/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150424/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150425/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150426/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150427/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-lubiana-03150430/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150444/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150445/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-prohotel-03150446/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-chef-and-sommelier-03150449/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-arcoroc-03150450/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-kunstwerk-03150451/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150452/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150453/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-tognana-03150454/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150464/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150465/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150466/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-sambonet-03150473/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-eternum-03150474/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150477/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150478/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150479/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150487/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150490/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150492/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150493/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150494/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitechkom-bauscher-03150495/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150499/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150516/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03150703/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150704/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03150709/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-g-benedikt-karlovy-vary-03150713/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-kryshkoy-bauscher-03150716/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150717/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150718/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150719/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-bauscher-03150720/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150721/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150724/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-bauscher-03150729/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150732/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150736/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150737/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150738/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150739/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-suisse-langenthal-03150741/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150743/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150744/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150746/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150747/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150749/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150753/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150754/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-chef-and-sommelier-03150757/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150763/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150765/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150769/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150770/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-sambonet-03150771/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03150775/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150776/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150778/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150779/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-fakturnyy-dymov-03150785/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kl-03150788/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150789/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-serax-03150790/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150793/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-fakturnyy-dymov-03150794/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-fakturnyy-dymov-03150795/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-konicheskiy-dymov-03150797/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-konicheskiy-dymov-03150798/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-konicheskiy-dymov-03150799/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-2-serax-03150802/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-4-serax-03150804/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150805/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150806/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150812/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150814/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150815/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150816/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150817/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150819/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kunstwerk-03150821/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150824/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150825/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150826/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150827/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-filtrom-prohotel-03150829/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03150839/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150840/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03150841/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150843/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150844/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03150846/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03151013/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151014/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-hario-03151015/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-s-sitom-revol-03151016/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03151017/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dobrushskiy-farforovyy-zavod-03151018/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-servirovochnyy-s-riskoy-hario-03151023/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-b-kryshki-rosenthal-03151024/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-vista-alegre-03151025/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-vista-alegre-03151026/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-g-benedikt-karlovy-vary-03151027/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151028/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151102/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151103/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-kl-03151201/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151206/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151207/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-steelite-03151208/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-borisovskaya-keramika-03151327/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-walmer-03151338/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-prohotel-03151339/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151340/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03151341/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-hario-03151342/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-le-coq-03151344/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-doppio-03151345/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-g-benedikt-karlovy-vary-03151348/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-sambonet-03151349/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151350/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151351/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151352/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151353/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151354/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151355/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151356/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151357/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151358/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151359/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151362/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151363/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151364/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-william-edwards-03151365/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151366/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151367/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03151368/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/samovar-sambonet-07100401/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-proff-cuisine-03151371/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-03151333/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151370/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151373/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151376/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kl-03151380/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-pordamsa-03151381/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150951/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bonston-03151382/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bonston-03151383/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-kunstwerk-03151385/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150193/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-prohotel-03150194/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-bashkirskii-farfor-03151386/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-borisovskaya-keramika-03150847/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-zavarochnyy-steelite-03151387/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L293"/>
+  <dimension ref="A1:L292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I293" sqref="I293"/>
+      <selection activeCell="I292" sqref="I292"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -13356,51 +13317,51 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E19" s="0"/>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
@@ -14612,4638 +14573,4638 @@
         <v>252</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>254</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>255</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>256</v>
+        <v>106</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="D59" s="0" t="s">
+      <c r="E59" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="E59" s="0" t="s">
+      <c r="F59" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="F59" s="0" t="s">
+      <c r="G59" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="G59" s="0" t="s">
+      <c r="H59" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="L59" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="D60" s="0" t="s">
+      <c r="E60" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="G60" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>272</v>
-      </c>
-[...13 lines deleted...]
-        <v>273</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="D61" s="0" t="s">
+      <c r="E61" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F61" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="E61" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="0" t="s">
+      <c r="G61" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I61" s="1" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L61" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="D62" s="0" t="s">
+      <c r="E62" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="G62" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>282</v>
-      </c>
-[...13 lines deleted...]
-        <v>283</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L62" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>123</v>
+        <v>62</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="E64" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="E64" s="0" t="s">
+      <c r="F64" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="F64" s="0" t="s">
+      <c r="G64" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="G64" s="0" t="s">
+      <c r="H64" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>295</v>
+        <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="E65" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="D65" s="0" t="s">
+      <c r="F65" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="E65" s="0" t="s">
+      <c r="G65" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>299</v>
-      </c>
-[...10 lines deleted...]
-        <v>301</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>62</v>
+        <v>324</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="D71" s="0" t="s">
+      <c r="E71" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F71" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="E71" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F71" s="0" t="s">
+      <c r="G71" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>329</v>
-      </c>
-[...7 lines deleted...]
-        <v>330</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="E74" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="D74" s="0" t="s">
+      <c r="F74" s="0" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="E75" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="F75" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="D75" s="0" t="s">
+      <c r="G75" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="E75" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F75" s="0" t="s">
+      <c r="H75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>351</v>
-      </c>
-[...7 lines deleted...]
-        <v>353</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="E76" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>355</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="G76" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>356</v>
-      </c>
-[...13 lines deleted...]
-        <v>358</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="E80" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="F80" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="E80" s="0" t="s">
+      <c r="G80" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>378</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>386</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="E83" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F83" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="D83" s="0" t="s">
+      <c r="G83" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>391</v>
-      </c>
-[...13 lines deleted...]
-        <v>393</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>394</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="E84" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>395</v>
-      </c>
-[...16 lines deleted...]
-        <v>397</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="L84" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="E85" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I85" s="1" t="s">
         <v>400</v>
-      </c>
-[...16 lines deleted...]
-        <v>402</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D86" s="0">
         <v>1020</v>
       </c>
       <c r="E86" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="G86" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F86" s="0" t="s">
+      <c r="H86" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I86" s="1" t="s">
         <v>406</v>
-      </c>
-[...7 lines deleted...]
-        <v>408</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>315</v>
+        <v>62</v>
       </c>
       <c r="L86" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D87" s="0">
         <v>2020</v>
       </c>
       <c r="E87" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="G87" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>331</v>
+        <v>411</v>
       </c>
       <c r="L87" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="D88" s="0">
         <v>2021</v>
       </c>
       <c r="E88" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="G88" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F88" s="0" t="s">
+      <c r="H88" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>415</v>
-      </c>
-[...7 lines deleted...]
-        <v>416</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>315</v>
+        <v>62</v>
       </c>
       <c r="L88" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="D89" s="0">
         <v>5021</v>
       </c>
       <c r="E89" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="G89" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F89" s="0" t="s">
+      <c r="H89" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89" s="1" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>420</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>421</v>
+        <v>27</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D90" s="0">
         <v>5020</v>
       </c>
       <c r="E90" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="G90" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F90" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="E91" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="D91" s="0" t="s">
+      <c r="F91" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="E91" s="0" t="s">
+      <c r="G91" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="F91" s="0" t="s">
+      <c r="H91" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>429</v>
-      </c>
-[...7 lines deleted...]
-        <v>431</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>432</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="E92" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="F92" s="0" t="s">
         <v>433</v>
-      </c>
-[...7 lines deleted...]
-        <v>435</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L92" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>437</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="E93" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="F93" s="0" t="s">
         <v>438</v>
-      </c>
-[...7 lines deleted...]
-        <v>440</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C94" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E94" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="E95" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="F95" s="0" t="s">
         <v>447</v>
-      </c>
-[...7 lines deleted...]
-        <v>449</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L95" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>331</v>
+        <v>453</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="D97" s="0" t="s">
+      <c r="E97" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="F97" s="0" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>458</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>460</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="D98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="D99" s="0" t="s">
+      <c r="E99" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F99" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="E99" s="0" t="s">
+      <c r="G99" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F99" s="0" t="s">
+      <c r="H99" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>467</v>
-      </c>
-[...7 lines deleted...]
-        <v>468</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>469</v>
+        <v>106</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>470</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="E100" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="F100" s="0" t="s">
         <v>471</v>
-      </c>
-[...7 lines deleted...]
-        <v>473</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>475</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="E101" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F101" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="D101" s="0" t="s">
+      <c r="G101" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I101" s="1" t="s">
         <v>477</v>
-      </c>
-[...13 lines deleted...]
-        <v>479</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="L101" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="E102" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>482</v>
-      </c>
-[...16 lines deleted...]
-        <v>484</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="E103" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>486</v>
-      </c>
-[...16 lines deleted...]
-        <v>488</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>489</v>
+        <v>52</v>
       </c>
       <c r="L103" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L104" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="E105" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="H105" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>495</v>
-      </c>
-[...19 lines deleted...]
-        <v>498</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>499</v>
+        <v>106</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="D107" s="0">
         <v>2722</v>
       </c>
       <c r="E107" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="G107" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F107" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>274</v>
+        <v>313</v>
       </c>
       <c r="L107" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="D108" s="0">
         <v>2721</v>
       </c>
       <c r="E108" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="G108" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F108" s="0" t="s">
+      <c r="H108" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>507</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>512</v>
+        <v>20</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="D109" s="0">
         <v>2222</v>
       </c>
       <c r="E109" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="G109" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F109" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>331</v>
+        <v>20</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="G112" s="0" t="s">
         <v>525</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="H112" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>526</v>
-      </c>
-[...16 lines deleted...]
-        <v>531</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>250</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>269</v>
+        <v>478</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L120" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="E121" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="G121" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F121" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>572</v>
+        <v>20</v>
       </c>
       <c r="L121" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>242</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>136</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L127" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L129" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>616</v>
+        <v>136</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L133" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="E134" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="G134" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F134" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="L134" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L135" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>136</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="D138" s="0">
         <v>1099</v>
       </c>
       <c r="E138" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="G138" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="F138" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="L138" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>644</v>
+        <v>637</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>645</v>
+        <v>638</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L139" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L140" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L141" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L142" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L146" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L149" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>218</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>220</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="D152" s="0">
         <v>7240</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>706</v>
+        <v>699</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L152" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L153" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>713</v>
+        <v>706</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L154" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L156" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="L158" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>256</v>
+        <v>731</v>
       </c>
       <c r="L159" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>738</v>
+        <v>732</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="L160" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>295</v>
+        <v>31</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="B163" s="0" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="E163" s="0"/>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L165" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>625</v>
+        <v>767</v>
       </c>
       <c r="L166" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>512</v>
+        <v>772</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="E168" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F168" s="0" t="s">
         <v>776</v>
       </c>
-      <c r="C168" s="0" t="s">
+      <c r="G168" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H168" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I168" s="1" t="s">
         <v>777</v>
-      </c>
-[...16 lines deleted...]
-        <v>780</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L168" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="E169" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F169" s="0" t="s">
         <v>781</v>
       </c>
-      <c r="C169" s="0" t="s">
+      <c r="G169" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H169" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I169" s="1" t="s">
         <v>782</v>
-      </c>
-[...16 lines deleted...]
-        <v>785</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>256</v>
+        <v>731</v>
       </c>
       <c r="L169" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="E170" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="G170" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H170" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I170" s="1" t="s">
         <v>786</v>
-      </c>
-[...19 lines deleted...]
-        <v>789</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="E171" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F171" s="0" t="s">
         <v>790</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="G171" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H171" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I171" s="1" t="s">
         <v>791</v>
-      </c>
-[...16 lines deleted...]
-        <v>794</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>315</v>
+        <v>792</v>
       </c>
       <c r="L171" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="D172" s="0" t="s">
         <v>795</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="E172" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F172" s="0" t="s">
         <v>796</v>
       </c>
-      <c r="D172" s="0" t="s">
+      <c r="G172" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H172" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I172" s="1" t="s">
         <v>797</v>
-      </c>
-[...13 lines deleted...]
-        <v>799</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>572</v>
+        <v>20</v>
       </c>
       <c r="L172" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="D173" s="0" t="s">
         <v>800</v>
-      </c>
-[...4 lines deleted...]
-        <v>802</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L173" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="D174" s="0" t="s">
         <v>805</v>
-      </c>
-[...4 lines deleted...]
-        <v>807</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L174" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="D175" s="0" t="s">
         <v>808</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="E175" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="G175" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H175" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I175" s="1" t="s">
         <v>809</v>
-      </c>
-[...16 lines deleted...]
-        <v>811</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>616</v>
+        <v>810</v>
       </c>
       <c r="L175" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>812</v>
       </c>
-      <c r="C176" s="0" t="s">
+      <c r="D176" s="0" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>814</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L176" s="0"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>817</v>
       </c>
-      <c r="C177" s="0" t="s">
+      <c r="D177" s="0" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L177" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>821</v>
       </c>
-      <c r="C178" s="0" t="s">
+      <c r="D178" s="0" t="s">
         <v>822</v>
       </c>
-      <c r="D178" s="0" t="s">
+      <c r="E178" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="F178" s="0" t="s">
         <v>823</v>
       </c>
-      <c r="E178" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F178" s="0" t="s">
+      <c r="G178" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>824</v>
-      </c>
-[...7 lines deleted...]
-        <v>825</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L178" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="C179" s="0" t="s">
         <v>826</v>
       </c>
-      <c r="C179" s="0" t="s">
+      <c r="D179" s="0" t="s">
         <v>827</v>
       </c>
-      <c r="D179" s="0" t="s">
+      <c r="E179" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="F179" s="0" t="s">
         <v>828</v>
       </c>
-      <c r="E179" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F179" s="0" t="s">
+      <c r="G179" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="H179" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I179" s="1" t="s">
         <v>829</v>
-      </c>
-[...7 lines deleted...]
-        <v>830</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>31</v>
+        <v>313</v>
       </c>
       <c r="L179" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="C180" s="0" t="s">
         <v>831</v>
       </c>
-      <c r="C180" s="0" t="s">
+      <c r="D180" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="D180" s="0" t="s">
+      <c r="E180" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="F180" s="0" t="s">
         <v>833</v>
       </c>
-      <c r="E180" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F180" s="0" t="s">
+      <c r="G180" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I180" s="1" t="s">
         <v>834</v>
-      </c>
-[...7 lines deleted...]
-        <v>835</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="C181" s="0" t="s">
         <v>836</v>
       </c>
-      <c r="C181" s="0" t="s">
+      <c r="D181" s="0" t="s">
         <v>837</v>
       </c>
-      <c r="D181" s="0" t="s">
+      <c r="E181" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="F181" s="0" t="s">
         <v>838</v>
       </c>
-      <c r="E181" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F181" s="0" t="s">
+      <c r="G181" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I181" s="1" t="s">
         <v>839</v>
-      </c>
-[...7 lines deleted...]
-        <v>840</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="C182" s="0" t="s">
         <v>841</v>
       </c>
-      <c r="C182" s="0" t="s">
+      <c r="D182" s="0" t="s">
         <v>842</v>
       </c>
-      <c r="D182" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" s="0" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>388</v>
+        <v>478</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="C183" s="0" t="s">
         <v>845</v>
       </c>
-      <c r="C183" s="0" t="s">
+      <c r="D183" s="0" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>847</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L183" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C184" s="0" t="s">
         <v>850</v>
       </c>
-      <c r="C184" s="0" t="s">
+      <c r="D184" s="0" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>136</v>
       </c>
       <c r="L184" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="C185" s="0" t="s">
         <v>854</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="D185" s="0" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C186" s="0" t="s">
         <v>857</v>
       </c>
-      <c r="C186" s="0" t="s">
+      <c r="D186" s="0" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L186" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>861</v>
       </c>
-      <c r="C187" s="0" t="s">
+      <c r="D187" s="0" t="s">
         <v>862</v>
       </c>
-      <c r="D187" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E187" s="0" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L187" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="C188" s="0" t="s">
         <v>864</v>
       </c>
-      <c r="C188" s="0" t="s">
+      <c r="D188" s="0" t="s">
         <v>865</v>
       </c>
-      <c r="D188" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E188" s="0" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L188" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="C189" s="0" t="s">
         <v>868</v>
       </c>
-      <c r="C189" s="0" t="s">
+      <c r="D189" s="0" t="s">
         <v>869</v>
       </c>
-      <c r="D189" s="0" t="s">
+      <c r="E189" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="F189" s="0" t="s">
         <v>870</v>
       </c>
-      <c r="E189" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F189" s="0" t="s">
+      <c r="G189" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I189" s="1" t="s">
         <v>871</v>
-      </c>
-[...7 lines deleted...]
-        <v>872</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>873</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>874</v>
       </c>
-      <c r="D190" s="0" t="s">
+      <c r="E190" s="0" t="s">
         <v>875</v>
       </c>
-      <c r="E190" s="0" t="s">
+      <c r="F190" s="0" t="s">
         <v>876</v>
       </c>
-      <c r="F190" s="0" t="s">
+      <c r="G190" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="H190" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I190" s="1" t="s">
         <v>877</v>
-      </c>
-[...7 lines deleted...]
-        <v>878</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L190" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="C191" s="0" t="s">
         <v>879</v>
       </c>
-      <c r="C191" s="0" t="s">
+      <c r="D191" s="0" t="s">
         <v>880</v>
       </c>
-      <c r="D191" s="0" t="s">
+      <c r="E191" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="F191" s="0" t="s">
         <v>881</v>
       </c>
-      <c r="E191" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F191" s="0" t="s">
+      <c r="G191" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="H191" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I191" s="1" t="s">
         <v>882</v>
-      </c>
-[...7 lines deleted...]
-        <v>883</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L191" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="C192" s="0" t="s">
         <v>884</v>
       </c>
-      <c r="C192" s="0" t="s">
+      <c r="D192" s="0" t="s">
         <v>885</v>
       </c>
-      <c r="D192" s="0" t="s">
+      <c r="E192" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="F192" s="0" t="s">
         <v>886</v>
       </c>
-      <c r="E192" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F192" s="0" t="s">
+      <c r="G192" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="H192" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I192" s="1" t="s">
         <v>887</v>
-      </c>
-[...7 lines deleted...]
-        <v>888</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L192" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="C193" s="0" t="s">
         <v>889</v>
       </c>
-      <c r="C193" s="0" t="s">
+      <c r="D193" s="0" t="s">
         <v>890</v>
       </c>
-      <c r="D193" s="0" t="s">
+      <c r="E193" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="F193" s="0" t="s">
         <v>891</v>
       </c>
-      <c r="E193" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F193" s="0" t="s">
+      <c r="G193" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I193" s="1" t="s">
         <v>892</v>
-      </c>
-[...7 lines deleted...]
-        <v>893</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>572</v>
+        <v>893</v>
       </c>
       <c r="L193" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
         <v>894</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>895</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>896</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>218</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>897</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>220</v>
       </c>
@@ -19283,3245 +19244,3221 @@
         <v>18</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>903</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L195" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
         <v>904</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>905</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>906</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>907</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>908</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L196" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
         <v>909</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>910</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>911</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>912</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>913</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>914</v>
       </c>
       <c r="L197" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
         <v>915</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>916</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>917</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F198" s="0" t="s">
         <v>918</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>913</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L198" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
         <v>919</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>920</v>
       </c>
       <c r="D199" s="0">
         <v>307436</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>921</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>922</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>923</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L200" s="0"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L201" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L202" s="0"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="B203" s="0" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L203" s="0"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D204" s="0">
         <v>307405</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>921</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D205" s="0">
         <v>307408</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>921</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L205" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D206" s="0">
         <v>311405</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>921</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L206" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D207" s="0">
         <v>311408</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>921</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L207" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D208" s="0">
         <v>311436</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>921</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>922</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>315</v>
+        <v>961</v>
       </c>
       <c r="L208" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L209" s="0"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L210" s="0"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>136</v>
+        <v>62</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="B212" s="0" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L212" s="0"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>386</v>
+        <v>983</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>48</v>
+        <v>875</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>382</v>
+        <v>984</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>50</v>
+        <v>428</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>981</v>
+        <v>934</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L213" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="L213" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>876</v>
-[...3 lines deleted...]
-      </c>
+        <v>875</v>
+      </c>
+      <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>933</v>
+        <v>988</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>986</v>
+        <v>20</v>
       </c>
       <c r="L214" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="F215" s="0"/>
+        <v>233</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>992</v>
+      </c>
       <c r="G215" s="0" t="s">
-        <v>430</v>
+        <v>73</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="L215" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>136</v>
       </c>
       <c r="L216" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>136</v>
       </c>
       <c r="L217" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>233</v>
+        <v>746</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>999</v>
+        <v>828</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>73</v>
+        <v>747</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="L218" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>751</v>
+        <v>233</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>829</v>
+        <v>1010</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>752</v>
+        <v>73</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>1008</v>
+        <v>993</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L219" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="L220" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>123</v>
       </c>
       <c r="L221" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>123</v>
+        <v>62</v>
       </c>
       <c r="L222" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>62</v>
+        <v>136</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>123</v>
+        <v>792</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F225" s="0"/>
+        <v>746</v>
+      </c>
+      <c r="F225" s="0" t="s">
+        <v>1034</v>
+      </c>
       <c r="G225" s="0" t="s">
-        <v>73</v>
+        <v>747</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>315</v>
+        <v>20</v>
       </c>
       <c r="L225" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>752</v>
+        <v>73</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="L226" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>1041</v>
+        <v>122</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>123</v>
+        <v>1043</v>
       </c>
       <c r="L227" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F228" s="0"/>
+        <v>875</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>1047</v>
+      </c>
       <c r="G228" s="0" t="s">
-        <v>73</v>
+        <v>428</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>122</v>
+        <v>988</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>1045</v>
+        <v>324</v>
       </c>
       <c r="L228" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>315</v>
+        <v>20</v>
       </c>
       <c r="L229" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L230" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
-      <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="G231" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>990</v>
+        <v>1060</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L231" s="0"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
+      <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>876</v>
+        <v>48</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="G232" s="0" t="s">
-        <v>430</v>
+        <v>50</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L232" s="0"/>
+        <v>1066</v>
+      </c>
+      <c r="L232" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>499</v>
+        <v>726</v>
       </c>
       <c r="L233" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>1070</v>
+        <v>1072</v>
+      </c>
+      <c r="D234" s="0">
+        <v>653593</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="F234" s="0"/>
+        <v>1073</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>1074</v>
+      </c>
       <c r="G234" s="0" t="s">
-        <v>88</v>
+        <v>652</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>653593</v>
+        <v>1077</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>1078</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>1074</v>
+        <v>746</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>659</v>
+        <v>747</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L235" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>1080</v>
+        <v>823</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>1082</v>
+        <v>31</v>
       </c>
       <c r="L236" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
-        <v>752</v>
+        <v>88</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>1087</v>
+        <v>27</v>
       </c>
       <c r="L237" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="F238" s="0"/>
+        <v>297</v>
+      </c>
+      <c r="F238" s="0" t="s">
+        <v>1092</v>
+      </c>
       <c r="G238" s="0" t="s">
-        <v>88</v>
+        <v>292</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L238" s="0"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
-      <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1093</v>
-[...2 lines deleted...]
-        <v>1094</v>
+        <v>1095</v>
+      </c>
+      <c r="D239" s="0">
+        <v>21130467</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>299</v>
+        <v>1096</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>293</v>
+        <v>966</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L239" s="0"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="B240" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D240" s="0">
+        <v>21130468</v>
+      </c>
+      <c r="E240" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F240" s="0" t="s">
         <v>1097</v>
       </c>
-      <c r="C240" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G240" s="0" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L240" s="0"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
+      <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
         <v>1102</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>1103</v>
       </c>
-      <c r="D241" s="0">
-        <v>21130468</v>
+      <c r="D241" s="0" t="s">
+        <v>1104</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>1099</v>
+        <v>264</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>964</v>
+        <v>266</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L241" s="0"/>
+      <c r="L241" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>265</v>
+        <v>48</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>267</v>
+        <v>50</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L242" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L243" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E244" s="0" t="s">
         <v>1115</v>
-      </c>
-[...7 lines deleted...]
-        <v>1118</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>62</v>
+        <v>396</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>1118</v>
+        <v>928</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>1124</v>
+        <v>893</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
         <v>1125</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>1126</v>
       </c>
       <c r="D246" s="0" t="s">
         <v>1127</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>927</v>
-[...1 lines deleted...]
-      <c r="F246" s="0"/>
+        <v>48</v>
+      </c>
+      <c r="F246" s="0" t="s">
+        <v>1128</v>
+      </c>
       <c r="G246" s="0" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>572</v>
+        <v>1130</v>
       </c>
       <c r="L246" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="G247" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>1087</v>
+        <v>20</v>
       </c>
       <c r="L247" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="G248" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L248" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>48</v>
+        <v>875</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>1142</v>
+        <v>984</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>50</v>
+        <v>428</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L249" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>876</v>
+        <v>1147</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>985</v>
+        <v>1148</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>430</v>
+        <v>73</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>31</v>
+        <v>893</v>
       </c>
       <c r="L250" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>1150</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>1153</v>
+        <v>20</v>
       </c>
       <c r="L251" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
         <v>1154</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>1155</v>
       </c>
       <c r="D252" s="0" t="s">
         <v>1156</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F252" s="0"/>
+        <v>1157</v>
+      </c>
+      <c r="F252" s="0" t="s">
+        <v>1158</v>
+      </c>
       <c r="G252" s="0" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>1158</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L252" s="0"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="F253" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F253" s="0"/>
+      <c r="G253" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H253" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I253" s="1" t="s">
         <v>1163</v>
-      </c>
-[...7 lines deleted...]
-        <v>1164</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L253" s="0"/>
+        <v>123</v>
+      </c>
+      <c r="L253" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C254" s="0" t="s">
         <v>1165</v>
       </c>
-      <c r="C254" s="0" t="s">
+      <c r="D254" s="0" t="s">
         <v>1166</v>
       </c>
-      <c r="D254" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E254" s="0" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>123</v>
+        <v>20</v>
       </c>
       <c r="L254" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C255" s="0" t="s">
         <v>1169</v>
       </c>
-      <c r="C255" s="0" t="s">
+      <c r="D255" s="0" t="s">
         <v>1170</v>
       </c>
-      <c r="D255" s="0" t="s">
+      <c r="E255" s="0" t="s">
         <v>1171</v>
       </c>
-      <c r="E255" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F255" s="0"/>
+      <c r="F255" s="0" t="s">
+        <v>1172</v>
+      </c>
       <c r="G255" s="0" t="s">
-        <v>73</v>
+        <v>220</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="L255" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="F256" s="0" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F256" s="0"/>
+      <c r="G256" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H256" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I256" s="1" t="s">
         <v>1177</v>
-      </c>
-[...7 lines deleted...]
-        <v>1178</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>986</v>
+        <v>136</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C257" s="0" t="s">
         <v>1179</v>
       </c>
-      <c r="C257" s="0" t="s">
+      <c r="D257" s="0" t="s">
         <v>1180</v>
       </c>
-      <c r="D257" s="0" t="s">
+      <c r="E257" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F257" s="0" t="s">
         <v>1181</v>
       </c>
-      <c r="E257" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
-        <v>73</v>
+        <v>266</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L257" s="0"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="D258" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>265</v>
+        <v>218</v>
       </c>
       <c r="F258" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="G258" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="H258" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I258" s="1" t="s">
         <v>1186</v>
-      </c>
-[...7 lines deleted...]
-        <v>1187</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L258" s="0"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C259" s="0" t="s">
         <v>1188</v>
       </c>
-      <c r="C259" s="0" t="s">
+      <c r="D259" s="0" t="s">
         <v>1189</v>
       </c>
-      <c r="D259" s="0" t="s">
+      <c r="E259" s="0" t="s">
         <v>1190</v>
       </c>
-      <c r="E259" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F259" s="0" t="s">
-        <v>219</v>
+        <v>1191</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>220</v>
+        <v>428</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L259" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="L259" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="F260" s="0" t="s">
         <v>1196</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I260" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>1198</v>
+        <v>62</v>
       </c>
       <c r="L260" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C261" s="0" t="s">
         <v>1199</v>
       </c>
-      <c r="C261" s="0" t="s">
+      <c r="D261" s="0" t="s">
         <v>1200</v>
       </c>
-      <c r="D261" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E261" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1203</v>
+        <v>1106</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="L261" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1205</v>
-[...2 lines deleted...]
-        <v>1206</v>
+        <v>1202</v>
+      </c>
+      <c r="D262" s="0">
+        <v>2633400</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>480</v>
+        <v>527</v>
       </c>
       <c r="L262" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="D263" s="0">
-        <v>2633400</v>
+        <v>2633600</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1123</v>
+        <v>1206</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>388</v>
+        <v>1207</v>
       </c>
       <c r="L263" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D264" s="0">
+        <v>2633850</v>
+      </c>
+      <c r="E264" s="0" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F264" s="0" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G264" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="H264" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I264" s="1" t="s">
         <v>1210</v>
-      </c>
-[...19 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>341</v>
+        <v>1211</v>
       </c>
       <c r="L264" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C265" s="0" t="s">
         <v>1213</v>
       </c>
-      <c r="C265" s="0" t="s">
+      <c r="D265" s="0" t="s">
         <v>1214</v>
       </c>
-      <c r="D265" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E265" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I265" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L265" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
         <v>1216</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="D266" s="0" t="s">
         <v>1218</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I266" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="L266" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
         <v>1220</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>1221</v>
       </c>
       <c r="D267" s="0" t="s">
         <v>1222</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>20</v>
+        <v>961</v>
       </c>
       <c r="L267" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
         <v>1224</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>1225</v>
       </c>
       <c r="D268" s="0" t="s">
         <v>1226</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>1195</v>
-[...3 lines deleted...]
-      </c>
+        <v>1157</v>
+      </c>
+      <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
-        <v>430</v>
+        <v>50</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>469</v>
+        <v>330</v>
       </c>
       <c r="L268" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
         <v>1228</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>1229</v>
       </c>
       <c r="D269" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="F269" s="0"/>
+        <v>1157</v>
+      </c>
+      <c r="F269" s="0" t="s">
+        <v>1231</v>
+      </c>
       <c r="G269" s="0" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L269" s="0"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="G270" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L270" s="0"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
         <v>1237</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>1238</v>
       </c>
       <c r="D271" s="0" t="s">
         <v>1239</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="G271" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L271" s="0"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="G272" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I272" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L272" s="0"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
         <v>1246</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>1247</v>
       </c>
       <c r="D273" s="0" t="s">
         <v>1248</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>1162</v>
+        <v>233</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>1244</v>
+        <v>233</v>
       </c>
       <c r="G273" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I273" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L273" s="0"/>
+      <c r="L273" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
         <v>1250</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>1251</v>
       </c>
       <c r="D274" s="0" t="s">
         <v>1252</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>233</v>
+        <v>1190</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>233</v>
+        <v>1191</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>73</v>
+        <v>428</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L274" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
         <v>1254</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>1255</v>
       </c>
       <c r="D275" s="0" t="s">
         <v>1256</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>1195</v>
+        <v>48</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>1196</v>
+        <v>1257</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>430</v>
+        <v>50</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>480</v>
+        <v>1259</v>
       </c>
       <c r="L275" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-        <v>1260</v>
+        <v>1261</v>
+      </c>
+      <c r="D276" s="0">
+        <v>58357000000.0</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
-        <v>50</v>
+        <v>220</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>733</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="L276" s="0"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
         <v>1263</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>1264</v>
       </c>
       <c r="D277" s="0">
-        <v>58357000000.0</v>
+        <v>73024306</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="F277" s="0"/>
+        <v>1265</v>
+      </c>
+      <c r="F277" s="0" t="s">
+        <v>1266</v>
+      </c>
       <c r="G277" s="0" t="s">
-        <v>220</v>
+        <v>73</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L277" s="0"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
-      <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1267</v>
-[...7 lines deleted...]
-      <c r="F278" s="0" t="s">
         <v>1269</v>
       </c>
+      <c r="D278" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E278" s="0"/>
+      <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L278" s="0"/>
+      <c r="L278" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
+      <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1273</v>
-[...2 lines deleted...]
-      <c r="F279" s="0"/>
+        <v>1274</v>
+      </c>
+      <c r="E279" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="F279" s="0" t="s">
+        <v>1275</v>
+      </c>
       <c r="G279" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="L279" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="E280" s="0" t="s">
         <v>233</v>
       </c>
       <c r="F280" s="0" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="G280" s="0" t="s">
-        <v>73</v>
+        <v>1281</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L280" s="0">
-        <v>18</v>
+        <v>2</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>233</v>
+        <v>1190</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>1283</v>
+        <v>1196</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>1284</v>
+        <v>428</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="L281" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
-      <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>1195</v>
-[...3 lines deleted...]
-      </c>
+        <v>928</v>
+      </c>
+      <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L282" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
+      <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>927</v>
-[...1 lines deleted...]
-      <c r="F283" s="0"/>
+        <v>1294</v>
+      </c>
+      <c r="F283" s="0" t="s">
+        <v>1295</v>
+      </c>
       <c r="G283" s="0" t="s">
-        <v>430</v>
+        <v>1296</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L283" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>1297</v>
+        <v>875</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>1299</v>
+        <v>428</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>20</v>
+        <v>618</v>
       </c>
       <c r="L284" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>876</v>
-[...3 lines deleted...]
-      </c>
+        <v>1306</v>
+      </c>
+      <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>295</v>
+        <v>20</v>
       </c>
       <c r="L285" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D286" s="0" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E286" s="0" t="s">
         <v>1306</v>
-      </c>
-[...7 lines deleted...]
-        <v>1309</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L286" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
-      <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>1314</v>
-[...1 lines deleted...]
-      <c r="F287" s="0"/>
+        <v>233</v>
+      </c>
+      <c r="F287" s="0" t="s">
+        <v>1315</v>
+      </c>
       <c r="G287" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L287" s="0"/>
+        <v>136</v>
+      </c>
+      <c r="L287" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
-      <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>1309</v>
+        <v>72</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
-        <v>430</v>
+        <v>73</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L288" s="0"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="B289" s="0" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L289" s="0"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="B290" s="0" t="s">
         <v>1325</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>1326</v>
       </c>
       <c r="D290" s="0" t="s">
         <v>1327</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F290" s="0"/>
+        <v>1190</v>
+      </c>
+      <c r="F290" s="0" t="s">
+        <v>1203</v>
+      </c>
       <c r="G290" s="0" t="s">
-        <v>73</v>
+        <v>428</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L290" s="0"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="B291" s="0" t="s">
         <v>1329</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>1330</v>
       </c>
       <c r="D291" s="0" t="s">
         <v>1331</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F291" s="0"/>
+        <v>875</v>
+      </c>
+      <c r="F291" s="0" t="s">
+        <v>933</v>
+      </c>
       <c r="G291" s="0" t="s">
-        <v>73</v>
+        <v>428</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1332</v>
+        <v>1143</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L291" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="L291" s="0">
+        <v>5</v>
+      </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
+      <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C292" s="0" t="s">
         <v>1333</v>
       </c>
-      <c r="C292" s="0" t="s">
+      <c r="D292" s="0" t="s">
         <v>1334</v>
       </c>
-      <c r="D292" s="0" t="s">
+      <c r="E292" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F292" s="0" t="s">
         <v>1335</v>
       </c>
-      <c r="E292" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G292" s="0" t="s">
-        <v>430</v>
+        <v>50</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L292" s="0"/>
-    </row>
-[...29 lines deleted...]
-      <c r="L293" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -22773,51 +22710,50 @@
     <hyperlink ref="B268" r:id="rId_hyperlink_267"/>
     <hyperlink ref="B269" r:id="rId_hyperlink_268"/>
     <hyperlink ref="B270" r:id="rId_hyperlink_269"/>
     <hyperlink ref="B271" r:id="rId_hyperlink_270"/>
     <hyperlink ref="B272" r:id="rId_hyperlink_271"/>
     <hyperlink ref="B273" r:id="rId_hyperlink_272"/>
     <hyperlink ref="B274" r:id="rId_hyperlink_273"/>
     <hyperlink ref="B275" r:id="rId_hyperlink_274"/>
     <hyperlink ref="B276" r:id="rId_hyperlink_275"/>
     <hyperlink ref="B277" r:id="rId_hyperlink_276"/>
     <hyperlink ref="B278" r:id="rId_hyperlink_277"/>
     <hyperlink ref="B279" r:id="rId_hyperlink_278"/>
     <hyperlink ref="B280" r:id="rId_hyperlink_279"/>
     <hyperlink ref="B281" r:id="rId_hyperlink_280"/>
     <hyperlink ref="B282" r:id="rId_hyperlink_281"/>
     <hyperlink ref="B283" r:id="rId_hyperlink_282"/>
     <hyperlink ref="B284" r:id="rId_hyperlink_283"/>
     <hyperlink ref="B285" r:id="rId_hyperlink_284"/>
     <hyperlink ref="B286" r:id="rId_hyperlink_285"/>
     <hyperlink ref="B287" r:id="rId_hyperlink_286"/>
     <hyperlink ref="B288" r:id="rId_hyperlink_287"/>
     <hyperlink ref="B289" r:id="rId_hyperlink_288"/>
     <hyperlink ref="B290" r:id="rId_hyperlink_289"/>
     <hyperlink ref="B291" r:id="rId_hyperlink_290"/>
     <hyperlink ref="B292" r:id="rId_hyperlink_291"/>
-    <hyperlink ref="B293" r:id="rId_hyperlink_292"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>