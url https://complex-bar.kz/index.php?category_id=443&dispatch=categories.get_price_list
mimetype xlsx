--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -122,296 +122,296 @@
   <si>
     <t>Бокал для горячих напитков «Айриш Кофе» Мазагран;стекло;240мл;D=72,H=140,L=74мм;прозр.</t>
   </si>
   <si>
     <t>01090201</t>
   </si>
   <si>
     <t>1907/24p</t>
   </si>
   <si>
     <t>1434.00₸</t>
   </si>
   <si>
     <t>Бокал для горячих напитков «Айриш Кофе»;стекло;240мл;D=75/90,H=140мм;прозр.</t>
   </si>
   <si>
     <t>01090202</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
-    <t>4781.00₸</t>
-[...2 lines deleted...]
-    <t>40 шт.</t>
+    <t>4725.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Бокал для горячих напитков «Айриш Кофе»;стекло;270мл;D=75,H=150,L=78мм;прозр.</t>
   </si>
   <si>
     <t>01090204</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
-    <t>1972.00₸</t>
-[...2 lines deleted...]
-    <t>41 шт.</t>
+    <t>2018.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Бокал для горячих напитков «Айриш Кофе» Футид Маг;стекло;290мл;D=70/105,H=143мм;прозр.</t>
   </si>
   <si>
     <t>01090205</t>
   </si>
   <si>
     <t>Footed Mug</t>
   </si>
   <si>
-    <t>4067.00₸</t>
+    <t>4109.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Рива;стекло;225мл;D=75,H=145,L=103мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090206</t>
+  </si>
+  <si>
+    <t>Riva</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе»;стекло;280мл;D=77,H=150,L=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090207</t>
+  </si>
+  <si>
+    <t>1956.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Вом беверидж;стекло;244мл;D=77,H=145,L=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090208</t>
+  </si>
+  <si>
+    <t>Warm Beverag</t>
+  </si>
+  <si>
+    <t>3288.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе»;стекло;220мл;D=73,H=145мм;прозр.,золотой</t>
+  </si>
+  <si>
+    <t>01090209</t>
+  </si>
+  <si>
+    <t>0955/23</t>
+  </si>
+  <si>
+    <t>1864.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Каталина;стекло;251мл;D=77,H=150,L=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090210</t>
+  </si>
+  <si>
+    <t>Catalina</t>
+  </si>
+  <si>
+    <t>5406.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Вом беверидж;стекло;244мл;D=60,H=160,L=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090211</t>
+  </si>
+  <si>
+    <t>4751.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Паб;стекло;215мл;D=75,H=145,L=108мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090213</t>
+  </si>
+  <si>
+    <t>55341/b</t>
+  </si>
+  <si>
+    <t>Pub</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе»;стекло;251мл;D=76,H=145,L=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090214</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>3296.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе»;стекло;310мл;D=77,H=130,L=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090216</t>
+  </si>
+  <si>
+    <t>4713.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Акапулько;стекло;280мл;D=77,H=150,L=68мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090217</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>1525.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе»;стекло;280мл;D=77,H=150,L=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090220</t>
+  </si>
+  <si>
+    <t>13279019/13279021</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Conic Milk</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>3781.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Бариста» для кофе;стекло;220мл;,H=13,5см</t>
+  </si>
+  <si>
+    <t>01090221</t>
+  </si>
+  <si>
+    <t>8795/22</t>
+  </si>
+  <si>
+    <t>Barista</t>
+  </si>
+  <si>
+    <t>793.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Паб;стекло;263мл;D=73,H=148мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090222</t>
+  </si>
+  <si>
+    <t>55861/b</t>
+  </si>
+  <si>
+    <t>1141.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе»;стекло;455мл;D=91,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090223</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Бокал для горячих напитков «Айриш Кофе» Глинтвейн плюс;стекло;200мл;D=76,H=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>01090225</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>Глинтвейн</t>
+  </si>
+  <si>
+    <t>755.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Бокал для горячих напитков «Айриш Кофе» Рива;стекло;225мл;D=75,H=145,L=103мм;прозр.</t>
-[...205 lines deleted...]
-  <si>
     <t>01090226</t>
   </si>
   <si>
     <t>55861/b/t</t>
   </si>
   <si>
     <t>БОЛГАРИЯ</t>
   </si>
   <si>
     <t>402.00₸</t>
   </si>
   <si>
     <t>Стакан для чая;стекло;60мл;D=48,H=74мм;прозр.</t>
   </si>
   <si>
     <t>01160206</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>439.00₸</t>
@@ -639,50 +639,53 @@
     <t>03130715</t>
   </si>
   <si>
     <t>8170.00₸</t>
   </si>
   <si>
     <t>03130716</t>
   </si>
   <si>
     <t>7177.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Фруассэ»;фарфор;250мл;D=80,H=114мм;белый</t>
   </si>
   <si>
     <t>03140383</t>
   </si>
   <si>
     <t>10149.00₸</t>
   </si>
   <si>
     <t>Бокал для горячих напитков «Глинтвейн»;стекло;200мл;D=75,H=135,B=105мм;прозр.</t>
   </si>
   <si>
     <t>03140733</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Пилатас» набор[2шт];стекло;80мл;прозр.</t>
   </si>
   <si>
     <t>03140792</t>
   </si>
   <si>
     <t>11477-10</t>
   </si>
   <si>
     <t>Bodum</t>
   </si>
   <si>
     <t>Pilatus</t>
   </si>
   <si>
     <t>24367.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Павина» набор[2шт];стекло;360мл;прозр.</t>
   </si>
   <si>
     <t>03140794</t>
   </si>
@@ -3690,376 +3693,376 @@
         <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="0">
         <v>5292</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="G14" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="G14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L14" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D15" s="0">
         <v>5295</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D16" s="0">
         <v>5304</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D17" s="0">
         <v>230200001</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="G17" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="G17" s="0" t="s">
+      <c r="H17" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="E18" s="0" t="s">
+      <c r="F18" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="F18" s="0" t="s">
+      <c r="G18" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="G18" s="0" t="s">
+      <c r="H18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F20" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="G20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D21" s="0">
         <v>55163</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D22" s="0">
         <v>1561</v>
       </c>
       <c r="E22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="F22" s="0" t="s">
+      <c r="G22" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>119</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>122</v>
@@ -4084,51 +4087,51 @@
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>130</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D26" s="0">
         <v>619085</v>
@@ -4296,179 +4299,179 @@
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>152</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>159</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>167</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>174</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
@@ -4520,83 +4523,83 @@
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>183</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L38" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>186</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>189</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>153</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>154</v>
       </c>
@@ -4774,753 +4777,753 @@
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D46" s="0">
         <v>1405</v>
       </c>
       <c r="E46" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="F46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>99</v>
+        <v>208</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D49" s="0">
         <v>648844</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D50" s="0">
         <v>648433</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D51" s="0">
         <v>648432</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="L53" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D60" s="0">
         <v>648431</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D62" s="0">
         <v>650732</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>193</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D63" s="0">
         <v>650733</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>193</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>154</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D65" s="0">
         <v>435212336</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D66" s="0">
         <v>2388</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>