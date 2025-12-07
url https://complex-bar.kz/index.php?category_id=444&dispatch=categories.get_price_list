--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1747">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1741">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -149,69 +149,60 @@
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Кружка «Шефс» для супа;стекло;0,6л;D=115/60,H=90мм;прозр.</t>
   </si>
   <si>
     <t>03120455</t>
   </si>
   <si>
     <t>55303/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Chef`s</t>
   </si>
   <si>
     <t>1239.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Кружка;стекло;250мл;прозр.</t>
-[...7 lines deleted...]
-  <si>
     <t>Кружка «С добрым утром»;стекло;320мл;прозр.</t>
   </si>
   <si>
     <t>03140102</t>
   </si>
   <si>
     <t>H8500</t>
   </si>
   <si>
-    <t>763.00₸</t>
+    <t>749.00₸</t>
   </si>
   <si>
     <t>Кружка «Крафт Вайт»;фарфор;285мл;D=7,H=11,L=11см;белый,коричнев.</t>
   </si>
   <si>
     <t>03140110</t>
   </si>
   <si>
     <t>1155 0592</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Craft White</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>11720.00₸</t>
   </si>
   <si>
     <t>Кружка «Монако Вайт»;фарфор;340мл;D=80,H=115,L=141мм;белый</t>
   </si>
@@ -248,111 +239,117 @@
   <si>
     <t>9001 C687</t>
   </si>
   <si>
     <t>9125.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Кружка «Симплисити»;фарфор;285мл;D=7,H=11,L=11см;белый</t>
   </si>
   <si>
     <t>03140127</t>
   </si>
   <si>
     <t>1101 0592</t>
   </si>
   <si>
     <t>Simpl White</t>
   </si>
   <si>
     <t>6438.00₸</t>
   </si>
   <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
     <t>Кружка «Ресторан»;стекло;290мл;D=80,H=83,L=115мм;белый</t>
   </si>
   <si>
     <t>03140213</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
     <t>ОБЪЕДИНЕННЫЕ АРАБСКИЕ ЭМИРАТЫ</t>
   </si>
   <si>
-    <t>3094.00₸</t>
+    <t>3059.00₸</t>
   </si>
   <si>
     <t>Кружка;стекло;230мл;,H=106,L=115,B=73мм;прозр.</t>
   </si>
   <si>
     <t>03140234</t>
   </si>
   <si>
     <t>Tea mug</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>3388.00₸</t>
   </si>
   <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
     <t>Кружка для горячих напитков «Цикло»;стекло;410мл;D=81,H=122,L=115мм;прозр.</t>
   </si>
   <si>
     <t>03140293</t>
   </si>
   <si>
     <t>Trendglas</t>
   </si>
   <si>
     <t>Zyclo</t>
   </si>
   <si>
     <t>ВЕНГРИЯ</t>
   </si>
   <si>
     <t>9833.00₸</t>
   </si>
   <si>
     <t>Кружка «Трианон»;стекло;290мл;D=8,H=9,L=11см;белый</t>
   </si>
   <si>
     <t>03140294</t>
   </si>
   <si>
     <t>D6880</t>
   </si>
   <si>
     <t>Trianon</t>
   </si>
   <si>
-    <t>1526.00₸</t>
+    <t>1365.00₸</t>
   </si>
   <si>
     <t>Кружка «Симплисити»;фарфор;450мл;D=85,H=130,L=130мм;белый</t>
   </si>
   <si>
     <t>03140304</t>
   </si>
   <si>
     <t>1101 0590</t>
   </si>
   <si>
     <t>7469.00₸</t>
   </si>
   <si>
     <t>Кружка «Симплисити»;фарфор;340мл;D=80,H=125,L=130мм;белый</t>
   </si>
   <si>
     <t>03140309</t>
   </si>
   <si>
     <t>1101 0591</t>
   </si>
   <si>
     <t>6707.00₸</t>
   </si>
@@ -398,51 +395,51 @@
   <si>
     <t>1101 0349</t>
   </si>
   <si>
     <t>5121.00₸</t>
   </si>
   <si>
     <t>16 шт.</t>
   </si>
   <si>
     <t>Кружка «Аркадия»;фарфор;300мл;D=95,H=85,L=110мм;белый</t>
   </si>
   <si>
     <t>03140321</t>
   </si>
   <si>
     <t>0510</t>
   </si>
   <si>
     <t>Arcadia</t>
   </si>
   <si>
     <t>3373.00₸</t>
   </si>
   <si>
-    <t>34 шт.</t>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Кружка;фарфор;300мл;D=8,H=9,L=12см;белый</t>
   </si>
   <si>
     <t>03140322</t>
   </si>
   <si>
     <t>03846</t>
   </si>
   <si>
     <t>Дулево</t>
   </si>
   <si>
     <t>1017.00₸</t>
   </si>
   <si>
     <t>Кружка «Акапулько»;фарфор;375мл;D=85,H=120,B=109мм;белый</t>
   </si>
   <si>
     <t>03140334</t>
   </si>
   <si>
     <t>AC017360000</t>
   </si>
@@ -497,51 +494,54 @@
   <si>
     <t>03140397</t>
   </si>
   <si>
     <t>1540 A346</t>
   </si>
   <si>
     <t>Paprika Nat</t>
   </si>
   <si>
     <t>4982.00₸</t>
   </si>
   <si>
     <t>Кружка «Паб»;стекло;250мл;D=75,H=90,L=103мм;прозр.</t>
   </si>
   <si>
     <t>03140408</t>
   </si>
   <si>
     <t>55029/b</t>
   </si>
   <si>
     <t>Pub</t>
   </si>
   <si>
-    <t>588.00₸</t>
+    <t>560.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
   </si>
   <si>
     <t>Кружка «Террамеса мастед»;фарфор;285мл;D=7,H=11,L=11см;св.корич.</t>
   </si>
   <si>
     <t>03140410</t>
   </si>
   <si>
     <t>1121 0592</t>
   </si>
   <si>
     <t>Terramesa</t>
   </si>
   <si>
     <t>6030.00₸</t>
   </si>
   <si>
     <t>Кружка «Террамеса Мокка»;фарфор;285мл;D=7,H=11,L=11см;тем.корич.</t>
   </si>
   <si>
     <t>03140414</t>
   </si>
   <si>
     <t>1123 0592</t>
   </si>
@@ -581,4583 +581,4511 @@
   <si>
     <t>Кружка «Спайро»;фарфор;340мл;D=80,H=115,L=110мм;белый</t>
   </si>
   <si>
     <t>03140429</t>
   </si>
   <si>
     <t>9032 C721</t>
   </si>
   <si>
     <t>Spyro</t>
   </si>
   <si>
     <t>12328.00₸</t>
   </si>
   <si>
     <t>Кружка «Бейзик»;стекло;350мл;D=85,H=95,L=120мм;прозр.</t>
   </si>
   <si>
     <t>03140430</t>
   </si>
   <si>
     <t>55531/b</t>
   </si>
   <si>
+    <t>721.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Симплисити»;фарфор;340мл;D=85,H=105,L=120мм;белый</t>
+  </si>
+  <si>
+    <t>03140431</t>
+  </si>
+  <si>
+    <t>1101 0401</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
+  </si>
+  <si>
+    <t>Кружка набор;400мл</t>
+  </si>
+  <si>
+    <t>03140445</t>
+  </si>
+  <si>
+    <t>LE_070468</t>
+  </si>
+  <si>
+    <t>5563.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ресторан»;стекло;250мл;D=7,H=9,L=10см;белый</t>
+  </si>
+  <si>
+    <t>03140448</t>
+  </si>
+  <si>
+    <t>2198.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Чайная»;стекло;320мл;D=113,H=94мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140474</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>609.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Капучино»;стекло;300мл;D=82,H=108,L=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140475</t>
+  </si>
+  <si>
+    <t>1334/L4693</t>
+  </si>
+  <si>
+    <t>Капучино</t>
+  </si>
+  <si>
+    <t>640.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Зеленый чай»;стекло;200мл;D=102,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140476</t>
+  </si>
+  <si>
+    <t>1335/L4692</t>
+  </si>
+  <si>
+    <t>Зеленый чай</t>
+  </si>
+  <si>
+    <t>432.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Капучино»;стекло;420мл;D=78,H=138,L=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140478</t>
+  </si>
+  <si>
+    <t>693.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Симплисити»;фарфор;450мл;D=95,H=110,L=135мм;белый</t>
+  </si>
+  <si>
+    <t>03140479</t>
+  </si>
+  <si>
+    <t>1101 0404</t>
+  </si>
+  <si>
+    <t>6661.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Общепит»;фарфор;250мл;D=180,H=87,L=101мм;белый</t>
+  </si>
+  <si>
+    <t>03140480</t>
+  </si>
+  <si>
+    <t>01520</t>
+  </si>
+  <si>
+    <t>786.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Антуанетт»;фарфор;237мл;D=7,H=10,L=10см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03140483</t>
+  </si>
+  <si>
+    <t>9019 C334</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>9856.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;296мл;D=75/100,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140484</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рио Блю»;фарфор;285мл;,L=11см;белый,синий</t>
+  </si>
+  <si>
+    <t>03140492</t>
+  </si>
+  <si>
+    <t>1531 0349</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>7523.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рио Блю»;фарфор;285мл;D=94,L=155мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140493</t>
+  </si>
+  <si>
+    <t>1531 0149</t>
+  </si>
+  <si>
+    <t>10049.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рио Йеллоу»;фарфор;285мл;,L=11см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03140497</t>
+  </si>
+  <si>
+    <t>1530 0349</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>6415.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рио Еллоу»;фарфор;285мл;D=94,L=155мм;белый,желт.</t>
+  </si>
+  <si>
+    <t>03140498</t>
+  </si>
+  <si>
+    <t>1530 0149</t>
+  </si>
+  <si>
+    <t>9033.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Симплисити»;фарфор;225мл;D=65,H=100,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140501</t>
+  </si>
+  <si>
+    <t>1101 0593</t>
+  </si>
+  <si>
+    <t>5729.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Террамеса Олива»;фарфор;285мл;D=7,H=11,L=11см;олив.</t>
+  </si>
+  <si>
+    <t>03140509</t>
+  </si>
+  <si>
+    <t>1122 0592</t>
+  </si>
+  <si>
+    <t>8855.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Афродита»;фарфор;300мл;D=8,H=9,L=11см;белый</t>
+  </si>
+  <si>
+    <t>03140529</t>
+  </si>
+  <si>
+    <t>2610-white</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>2488.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Атлантис» чайная;фарфор;270мл;D=80,H=95,L=110,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03140541</t>
+  </si>
+  <si>
+    <t>ATL0027</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>5321.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Афродита»;фарфор;300мл;D=8,H=9,L=11см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03140554</t>
+  </si>
+  <si>
+    <t>2610-gold</t>
+  </si>
+  <si>
+    <t>3358.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Кунстверк»;фарфор;450мл;D=90,H=100,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03140586</t>
+  </si>
+  <si>
+    <t>A1290</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>1708.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Виктория»;фарфор;320мл;D=85,H=92,L=107мм;белый</t>
+  </si>
+  <si>
+    <t>03140588</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кунстверк»;фарфор;300мл;D=9/5,H=9,L=12см;белый</t>
+  </si>
+  <si>
+    <t>03140594</t>
+  </si>
+  <si>
+    <t>A5834</t>
+  </si>
+  <si>
+    <t>1687.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кларет»;фарфор;237мл;D=8,H=9,L=11см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03140610</t>
+  </si>
+  <si>
+    <t>1503 A346</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>4297.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Максим»;фарфор;300мл;D=88,H=90,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140628</t>
+  </si>
+  <si>
+    <t>MAX0030</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>2911.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Это» чайная;фарфор;200мл;,H=9,L=10см;белый</t>
+  </si>
+  <si>
+    <t>03140630</t>
+  </si>
+  <si>
+    <t>Eto</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кунстверк»;фарфор;350мл;D=80,H=93,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03140641</t>
+  </si>
+  <si>
+    <t>A14290</t>
+  </si>
+  <si>
+    <t>1554.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Феннель»;фарфор;237мл;D=80,H=90,L=115мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03140654</t>
+  </si>
+  <si>
+    <t>1541 A346</t>
+  </si>
+  <si>
+    <t>Fennel</t>
+  </si>
+  <si>
+    <t>4798.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Блю»;фарфор;285мл;D=7,H=11,L=11см;синий</t>
+  </si>
+  <si>
+    <t>03140669</t>
+  </si>
+  <si>
+    <t>1130 0592</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>12236.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Грин»;фарфор;285мл;D=7,H=11,L=11см;зелен.</t>
+  </si>
+  <si>
+    <t>03140672</t>
+  </si>
+  <si>
+    <t>1131 0592</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>11566.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Браун»;фарфор;285мл;D=7,H=11,L=11см;коричнев.</t>
+  </si>
+  <si>
+    <t>03140674</t>
+  </si>
+  <si>
+    <t>1132 0592</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Тэндэнси»;зеникс;300мл;D=80,H=100,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140677</t>
+  </si>
+  <si>
+    <t>H5254</t>
+  </si>
+  <si>
+    <t>Tendency</t>
+  </si>
+  <si>
+    <t>2345.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рио Грин»;фарфор;285мл;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03140697</t>
+  </si>
+  <si>
+    <t>1529 0349</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рио Пинк»;фарфор;285мл;белый,розов.</t>
+  </si>
+  <si>
+    <t>03140705</t>
+  </si>
+  <si>
+    <t>1532 0349</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>6284.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Эмбасси вайт»;фарфор;300мл;,L=11см;белый</t>
+  </si>
+  <si>
+    <t>03140708</t>
+  </si>
+  <si>
+    <t>S0135</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Embassy White</t>
+  </si>
+  <si>
+    <t>8064.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кашуб-хел»;фарфор;250мл;D=75,H=105,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140715</t>
+  </si>
+  <si>
+    <t>0655</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бистро»;стекло;350мл;D=90,H=115,B=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140716</t>
+  </si>
+  <si>
+    <t>11239-10B</t>
+  </si>
+  <si>
+    <t>Bodum</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>5075.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Оптик»;фарфор;250мл;D=7,H=11,L=10см;белый</t>
+  </si>
+  <si>
+    <t>03140723</t>
+  </si>
+  <si>
+    <t>9118 C1040</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>5568.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;поликарбонат;239мл;,H=80,L=105мм;сине-серый</t>
+  </si>
+  <si>
+    <t>03140726</t>
+  </si>
+  <si>
+    <t>75CW401</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>Camwear</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лайк»;фарфор;300мл;D=85,H=100,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140730</t>
+  </si>
+  <si>
+    <t>0666</t>
+  </si>
+  <si>
+    <t>Like</t>
+  </si>
+  <si>
+    <t>1587.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;414мл;,H=12,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03140732</t>
+  </si>
+  <si>
+    <t>4513.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Грин»;фарфор;350мл;D=80,H=120,L=115мм;зелен.</t>
+  </si>
+  <si>
+    <t>03140739</t>
+  </si>
+  <si>
+    <t>1131 0591</t>
+  </si>
+  <si>
+    <t>13452.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Опшенс» чайная;фарфор;180мл;D=74,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140757</t>
+  </si>
+  <si>
+    <t>71 5168</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>7115.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Опшенс» чайная;фарфор;220мл;D=75мм;белый</t>
+  </si>
+  <si>
+    <t>03140758</t>
+  </si>
+  <si>
+    <t>71 5172</t>
+  </si>
+  <si>
+    <t>7839.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Опшенс»;фарфор;260мл;D=75,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140761</t>
+  </si>
+  <si>
+    <t>71 5626</t>
+  </si>
+  <si>
+    <t>7554.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Карат»;фарфор;280мл;D=80,H=80,L=290,B=205мм;белый</t>
+  </si>
+  <si>
+    <t>03140776</t>
+  </si>
+  <si>
+    <t>25 5528</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>7023.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Опшенс»;фарфор;280мл;D=75,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140777</t>
+  </si>
+  <si>
+    <t>71 5628</t>
+  </si>
+  <si>
+    <t>9772.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Грэй»;фарфор;285мл;D=7,H=11,L=11см;серый</t>
+  </si>
+  <si>
+    <t>03140782</t>
+  </si>
+  <si>
+    <t>1154 0592</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>5860.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Терракота»;фарфор;285мл;D=7,H=11,L=11см;терракот</t>
+  </si>
+  <si>
+    <t>03140783</t>
+  </si>
+  <si>
+    <t>1133 0592</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Термокружка «Кантин» набор[2шт];стекло;200мл;прозр.</t>
+  </si>
+  <si>
+    <t>03140788</t>
+  </si>
+  <si>
+    <t>10325-10</t>
+  </si>
+  <si>
+    <t>Canteen</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>14053.00₸</t>
+  </si>
+  <si>
+    <t>Термокружка «Кантин» набор[2шт];стекло;400мл;прозр.</t>
+  </si>
+  <si>
+    <t>03140789</t>
+  </si>
+  <si>
+    <t>10326-10</t>
+  </si>
+  <si>
+    <t>21707.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рафинез» чайная;фарфор;180мл;,L=10см;слон.кость</t>
+  </si>
+  <si>
+    <t>03140796</t>
+  </si>
+  <si>
+    <t>20 5268</t>
+  </si>
+  <si>
+    <t>Raffinesse</t>
+  </si>
+  <si>
+    <t>7955.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пьюрити»;эко-кост. фарф.;350мл;D=88,H=93,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03140838</t>
+  </si>
+  <si>
+    <t>69 5635</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>12336.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Лив»;фарфор;455мл;D=90,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03140847</t>
+  </si>
+  <si>
+    <t>1340 X0013</t>
+  </si>
+  <si>
+    <t>Liv</t>
+  </si>
+  <si>
+    <t>3951.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лив»;фарфор;285мл;D=78,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140848</t>
+  </si>
+  <si>
+    <t>1340 X0015</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лив»;фарфор;227мл;D=72,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140849</t>
+  </si>
+  <si>
+    <t>1340 X0016</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Лив»;фарфор;340мл;D=8см;белый</t>
+  </si>
+  <si>
+    <t>03140850</t>
+  </si>
+  <si>
+    <t>1340 X0014</t>
+  </si>
+  <si>
+    <t>3273.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Граффити Нью»;фарфор;310мл;D=87,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03140853</t>
+  </si>
+  <si>
+    <t>NG014310000</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;330мл;,H=11,9см;прозр.</t>
+  </si>
+  <si>
+    <t>03140855</t>
+  </si>
+  <si>
+    <t>55393/b</t>
+  </si>
+  <si>
+    <t>Aqua</t>
+  </si>
+  <si>
+    <t>805.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бэби Лиза»;фарфор;290мл</t>
+  </si>
+  <si>
+    <t>03140861</t>
+  </si>
+  <si>
+    <t>CIT00301.X8390</t>
+  </si>
+  <si>
+    <t>Baby Liza</t>
+  </si>
+  <si>
+    <t>6060.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Джейд»;кост.фарф.;400мл;белый</t>
+  </si>
+  <si>
+    <t>03140896</t>
+  </si>
+  <si>
+    <t>61040-800001-15505</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Гранд классик»;фарфор;330мл;D=83,H=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140932</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Grandes Clas</t>
+  </si>
+  <si>
+    <t>5360.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Блю Дэппл»;фарфор;300мл;D=85,H=100,L=115мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140945</t>
+  </si>
+  <si>
+    <t>1710 0349</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>6430.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Монако Вайт»;фарфор;238мл;,L=10,5см;белый</t>
+  </si>
+  <si>
+    <t>03140953</t>
+  </si>
+  <si>
+    <t>9001 C334</t>
+  </si>
+  <si>
+    <t>2942.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Глория»;фарфор;210мл;D=70,H=82,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140955</t>
+  </si>
+  <si>
+    <t>03295</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Симлисити»;фарфор;0,568л;D=11,L=14см;белый</t>
+  </si>
+  <si>
+    <t>03140991</t>
+  </si>
+  <si>
+    <t>1101 0464</t>
+  </si>
+  <si>
+    <t>8293.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ретро»;стекло;200мл;D=73,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140994</t>
+  </si>
+  <si>
+    <t>201.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Матрица»;стекло;200мл;D=73,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140995</t>
+  </si>
+  <si>
+    <t>270.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Джейд»;кост.фарф.;320мл;белый</t>
+  </si>
+  <si>
+    <t>03140998</t>
+  </si>
+  <si>
+    <t>61040-800001-34910</t>
+  </si>
+  <si>
+    <t>5991.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;фарфор;360мл;кремов.</t>
+  </si>
+  <si>
+    <t>03140999</t>
+  </si>
+  <si>
+    <t>11770-405153-15505</t>
+  </si>
+  <si>
+    <t>Mesh Cream</t>
+  </si>
+  <si>
+    <t>8778.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Волюто»;стекло;0,5л;D=145,H=74мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141010</t>
+  </si>
+  <si>
+    <t>L3691</t>
+  </si>
+  <si>
+    <t>Voluto</t>
+  </si>
+  <si>
+    <t>4172.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Волюто»;стекло;320мл;D=10,6,H=11,1см;прозр.</t>
+  </si>
+  <si>
+    <t>03141011</t>
+  </si>
+  <si>
+    <t>L3694/ V7480</t>
+  </si>
+  <si>
+    <t>1904.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Волюто»;стекло;400мл;D=11,1,H=12,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03141012</t>
+  </si>
+  <si>
+    <t>V7460</t>
+  </si>
+  <si>
+    <t>2639.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аутентико»;стекло;350мл;,H=13,5см</t>
+  </si>
+  <si>
+    <t>03141013</t>
+  </si>
+  <si>
+    <t>S20121</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Эйвбери блю»;керамика;400мл;,L=9см;белый,синий</t>
+  </si>
+  <si>
+    <t>03141014</t>
+  </si>
+  <si>
+    <t>CT6012</t>
+  </si>
+  <si>
+    <t>Avebury Blue</t>
+  </si>
+  <si>
+    <t>9402.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Эйвбери блю»;керамика;380мл;,L=12,5см;белый,синий</t>
+  </si>
+  <si>
+    <t>03141015</t>
+  </si>
+  <si>
+    <t>CT6008</t>
+  </si>
+  <si>
+    <t>6676.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Эйвбери блю»;керамика;280мл;,L=11см;белый,синий</t>
+  </si>
+  <si>
+    <t>03141016</t>
+  </si>
+  <si>
+    <t>CT6000</t>
+  </si>
+  <si>
+    <t>3073.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для горячих напитков «Проотель» двойные стенки;термост.стекло;350мл;D=80,H=113,L=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141027</t>
+  </si>
+  <si>
+    <t>DC094</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>5894.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для горячих напитков «Проотель» двойные стенки;термост.стекло;380мл;прозр.</t>
+  </si>
+  <si>
+    <t>03141030</t>
+  </si>
+  <si>
+    <t>DC095</t>
+  </si>
+  <si>
+    <t>6076.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Эйвбери ред»;керамика;280мл;,L=11см;белый,красный</t>
+  </si>
+  <si>
+    <t>03141031</t>
+  </si>
+  <si>
+    <t>CT6100</t>
+  </si>
+  <si>
+    <t>Avebury Red</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Волюто»;стекло;220мл;D=107,H=71мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141032</t>
+  </si>
+  <si>
+    <t>L3692/V7949</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Волюто»;стекло;250мл;D=104,H=91мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141033</t>
+  </si>
+  <si>
+    <t>V7505</t>
+  </si>
+  <si>
+    <t>1701.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Джойс»;фарфор;300мл;D=83,H=88,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03141034</t>
+  </si>
+  <si>
+    <t>6С0120</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Джойс</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>1656.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Леди»;фарфор;250мл;D=74,H=92мм</t>
+  </si>
+  <si>
+    <t>03141035</t>
+  </si>
+  <si>
+    <t>6C0123</t>
+  </si>
+  <si>
+    <t>Леди</t>
+  </si>
+  <si>
+    <t>426.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Эльза»;фарфор;350мл;D=8,2,H=9,2,L=115,8см;белый</t>
+  </si>
+  <si>
+    <t>03141036</t>
+  </si>
+  <si>
+    <t>6С0124</t>
+  </si>
+  <si>
+    <t>Эльза</t>
+  </si>
+  <si>
+    <t>1733.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Челси»;фарфор;300мл;D=83,H=97,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03141037</t>
+  </si>
+  <si>
+    <t>3С0066</t>
+  </si>
+  <si>
+    <t>Челси</t>
+  </si>
+  <si>
+    <t>Кружка эмалированная;400мл;,L=11см;белый</t>
+  </si>
+  <si>
+    <t>03141040</t>
+  </si>
+  <si>
+    <t>С40103 С40103.П</t>
+  </si>
+  <si>
+    <t>DAZ</t>
+  </si>
+  <si>
+    <t>2187.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лайфстиль»;фарфор;0,55л;,L=14,5см;песочн.</t>
+  </si>
+  <si>
+    <t>03141043</t>
+  </si>
+  <si>
+    <t>LSN0640</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>10711.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «В.Виена Шарм»;фарфор;350мл;D=94,H=95,L=135мм;серый</t>
+  </si>
+  <si>
+    <t>03141045</t>
+  </si>
+  <si>
+    <t>VW014350772</t>
+  </si>
+  <si>
+    <t>Wienna Charm</t>
+  </si>
+  <si>
+    <t>БАНГЛАДЕШ</t>
+  </si>
+  <si>
+    <t>Кружка «В.Виена Шарм»;фарфор;350мл;D=95,L=135мм;розов.</t>
+  </si>
+  <si>
+    <t>03141046</t>
+  </si>
+  <si>
+    <t>VW014350792</t>
+  </si>
+  <si>
+    <t>Кружка «В.Виена Шарм»;фарфор;350мл;D=95,L=135мм;зелен.</t>
+  </si>
+  <si>
+    <t>03141047</t>
+  </si>
+  <si>
+    <t>VW014350841</t>
+  </si>
+  <si>
+    <t>6800.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Блю Дэппл»;фарфор;285мл;,L=11см;белый,синий</t>
+  </si>
+  <si>
+    <t>03141051</t>
+  </si>
+  <si>
+    <t>1710 0592</t>
+  </si>
+  <si>
+    <t>10973.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лайфстиль»;фарфор;300мл;,L=12см;мятно-бирюз.</t>
+  </si>
+  <si>
+    <t>03141055</t>
+  </si>
+  <si>
+    <t>LSR0030</t>
+  </si>
+  <si>
+    <t>Lifestyle Rainforest</t>
+  </si>
+  <si>
+    <t>10026.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;сталь нерж.;400мл;D=8,H=8см</t>
+  </si>
+  <si>
+    <t>03141058</t>
+  </si>
+  <si>
+    <t>kt 1132</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>1610.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лайфстиль»;фарфор;400мл;,L=14см;бирюз.</t>
+  </si>
+  <si>
+    <t>03141090</t>
+  </si>
+  <si>
+    <t>LSD0640</t>
+  </si>
+  <si>
+    <t>Lifestyle Deeplagoon</t>
+  </si>
+  <si>
+    <t>11712.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лайфстиль»;фарфор;400мл;,L=14см;киноварь</t>
+  </si>
+  <si>
+    <t>03141091</t>
+  </si>
+  <si>
+    <t>LSV0640</t>
+  </si>
+  <si>
+    <t>Lifestyle Volcano</t>
+  </si>
+  <si>
+    <t>11797.00₸</t>
+  </si>
+  <si>
+    <t>Кружка эмалированная;эмалиров.сталь;100мл;D=70,H=50,L=85мм;белый,голуб.</t>
+  </si>
+  <si>
+    <t>03141092</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Enamelware</t>
+  </si>
+  <si>
+    <t>8517.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Анфора Алма»;фарфор;255мл;шоколад.</t>
+  </si>
+  <si>
+    <t>03141093</t>
+  </si>
+  <si>
+    <t>A315P070A</t>
+  </si>
+  <si>
+    <t>Alma</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пуэбла блю»;фарфор;285мл;,L=12см;белый,синий</t>
+  </si>
+  <si>
+    <t>03141095</t>
+  </si>
+  <si>
+    <t>A120P049A</t>
+  </si>
+  <si>
+    <t>Anfora</t>
+  </si>
+  <si>
+    <t>Puebla Blue</t>
+  </si>
+  <si>
+    <t>15300.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бэйзик»;стекло;370мл;D=85,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141098</t>
+  </si>
+  <si>
+    <t>55991/b</t>
+  </si>
+  <si>
+    <t>875.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для горячих напитков «Проотель» двойные стенки;термост.стекло;300мл;D=77,H=118,L=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141099</t>
+  </si>
+  <si>
+    <t>DC108</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Маг»;стекло;250мл;D=75,H=90,L=100мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141101</t>
+  </si>
+  <si>
+    <t>J2656</t>
+  </si>
+  <si>
+    <t>462.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Симплисити»;фарфор;340мл;,L=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03141137</t>
+  </si>
+  <si>
+    <t>1101 0183</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Браун Дэппл»;фарфор;285мл;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141142</t>
+  </si>
+  <si>
+    <t>1714 0592</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>Кружка «Скейп»;фарфор;340мл;,L=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03141144</t>
+  </si>
+  <si>
+    <t>1401 X0080</t>
+  </si>
+  <si>
+    <t>Scape</t>
+  </si>
+  <si>
+    <t>5044.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фридом Йеллоу»;фарфор;260мл;,L=10см;желт.,оранжев.</t>
+  </si>
+  <si>
+    <t>03141145</t>
+  </si>
+  <si>
+    <t>1607 0403</t>
+  </si>
+  <si>
+    <t>Freedom Yell</t>
+  </si>
+  <si>
+    <t>6615.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фридом Блю»;фарфор;260мл;белый,голуб.</t>
+  </si>
+  <si>
+    <t>03141146</t>
+  </si>
+  <si>
+    <t>1606 0403</t>
+  </si>
+  <si>
+    <t>Кружка «Скейп Грей»;фарфор;340мл;,L=11см;серый</t>
+  </si>
+  <si>
+    <t>03141150</t>
+  </si>
+  <si>
+    <t>1402 X0080</t>
+  </si>
+  <si>
+    <t>Scape Grey</t>
+  </si>
+  <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;270мл;D=80,H=92мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141167</t>
+  </si>
+  <si>
+    <t>55223/b</t>
+  </si>
+  <si>
+    <t>882.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пчелы» детская;фарфор;200мл</t>
+  </si>
+  <si>
+    <t>03141185</t>
+  </si>
+  <si>
+    <t>2C0488</t>
+  </si>
+  <si>
+    <t>Пчелы</t>
+  </si>
+  <si>
+    <t>1625.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Симплисити Вайт»;фарфор;262мл;белый</t>
+  </si>
+  <si>
+    <t>03141186</t>
+  </si>
+  <si>
+    <t>1101 0465</t>
+  </si>
+  <si>
+    <t>2415.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пастораль»;фарфор;400мл;оранжев.</t>
+  </si>
+  <si>
+    <t>03141189</t>
+  </si>
+  <si>
+    <t>P7139409-SH113</t>
+  </si>
+  <si>
+    <t>Pastoral</t>
+  </si>
+  <si>
+    <t>2821.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пастораль»;фарфор;400мл;зелен.</t>
+  </si>
+  <si>
+    <t>03141190</t>
+  </si>
+  <si>
+    <t>P7139409-SH115</t>
+  </si>
+  <si>
+    <t>Кружка «Пастораль»;фарфор;400мл;серый</t>
+  </si>
+  <si>
+    <t>03141191</t>
+  </si>
+  <si>
+    <t>P7139409-SH116</t>
+  </si>
+  <si>
+    <t>2709.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лайт»;фарфор;300мл;D=80,H=87мм;белый</t>
+  </si>
+  <si>
+    <t>03141192</t>
+  </si>
+  <si>
+    <t>7С1718</t>
+  </si>
+  <si>
+    <t>1641.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Поттерс»;фарфор;334мл;бежев.</t>
+  </si>
+  <si>
+    <t>03141193</t>
+  </si>
+  <si>
+    <t>6121RG016</t>
+  </si>
+  <si>
+    <t>Robert Gordon</t>
+  </si>
+  <si>
+    <t>Potters</t>
+  </si>
+  <si>
+    <t>6230.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фитнес»;стекло;0,5л;D=10,H=8,L=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03141194</t>
+  </si>
+  <si>
+    <t>N4718/N0195</t>
+  </si>
+  <si>
+    <t>Кружка «Далматинцы» детская;фарфор;200мл;D=73,H=74мм;белый</t>
+  </si>
+  <si>
+    <t>03141199</t>
+  </si>
+  <si>
+    <t>9С0552</t>
+  </si>
+  <si>
+    <t>Далматинцы</t>
+  </si>
+  <si>
+    <t>1032.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Терра Грей»;фарфор;320мл;серый</t>
+  </si>
+  <si>
+    <t>03141221</t>
+  </si>
+  <si>
+    <t>MUG-PG32</t>
+  </si>
+  <si>
+    <t>Genware</t>
+  </si>
+  <si>
+    <t>Terra Grey</t>
+  </si>
+  <si>
+    <t>6522.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аделаид»;фарфор;414мл;D=9см;кремов.</t>
+  </si>
+  <si>
+    <t>03141256</t>
+  </si>
+  <si>
+    <t>6162RG132</t>
+  </si>
+  <si>
+    <t>Adelaide</t>
+  </si>
+  <si>
+    <t>4451.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для горячих напитков «Проотель» двойные стенки;термост.стекло;160мл;D=110,H=76,L=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141264</t>
+  </si>
+  <si>
+    <t>DC093/1</t>
+  </si>
+  <si>
+    <t>2674.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;никелев.</t>
+  </si>
+  <si>
+    <t>03141266</t>
+  </si>
+  <si>
+    <t>C098-123BGL</t>
+  </si>
+  <si>
+    <t>Loveramics</t>
+  </si>
+  <si>
+    <t>Bond</t>
+  </si>
+  <si>
+    <t>13454.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лунная»;фарфор;340мл;D=88,H=93,L=120мм;белый</t>
+  </si>
+  <si>
+    <t>03141307</t>
+  </si>
+  <si>
+    <t>5C0111</t>
+  </si>
+  <si>
+    <t>Кружка «Квадро»;фарфор;400мл;,L=12,5см;белый</t>
+  </si>
+  <si>
+    <t>03141313</t>
+  </si>
+  <si>
+    <t>2С0379....</t>
+  </si>
+  <si>
+    <t>Квадро</t>
+  </si>
+  <si>
+    <t>1356.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Шоколад»;фарфор;350мл;D=9,H=10см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03141320</t>
+  </si>
+  <si>
+    <t>ФРФ88800337</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Шоколад</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Млечный путь»;фарфор;350мл;D=90,H=100,L=115мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03141335</t>
+  </si>
+  <si>
+    <t>ФРФ88800353</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>2364.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Малахит»;фарфор;350мл;D=9,H=10см;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03141343</t>
+  </si>
+  <si>
+    <t>ФРФ88800338</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Агат»;фарфор;300мл;D=80,H=85,L=110мм;красный</t>
+  </si>
+  <si>
+    <t>03141360</t>
+  </si>
+  <si>
+    <t>A8774W764Y80</t>
+  </si>
+  <si>
+    <t>Agate</t>
+  </si>
+  <si>
+    <t>2240.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Мишкины сказки» детская;фарфор;220мл</t>
+  </si>
+  <si>
+    <t>03141365</t>
+  </si>
+  <si>
+    <t>8С1383</t>
+  </si>
+  <si>
+    <t>Мишкины сказки</t>
+  </si>
+  <si>
+    <t>778.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Челси»;фарфор;300мл;белый</t>
+  </si>
+  <si>
+    <t>03141371</t>
+  </si>
+  <si>
+    <t>9С1126</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ирис»;фарфор;280мл;D=80,H=94мм;голуб.</t>
+  </si>
+  <si>
+    <t>03141377</t>
+  </si>
+  <si>
+    <t>ZA0015-280-a</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>4739.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фьюжн»;фарфор;300мл;D=84,H=94,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03141386</t>
+  </si>
+  <si>
+    <t>6С2343</t>
+  </si>
+  <si>
+    <t>Фьюжн</t>
+  </si>
+  <si>
+    <t>1718.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Квадро»;фарфор;400мл;D=94,H=94,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03141388</t>
+  </si>
+  <si>
+    <t>2С0379</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Хаворт»;стекло;280мл;D=11,2,H=10,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03141403</t>
+  </si>
+  <si>
+    <t>04361</t>
+  </si>
+  <si>
+    <t>Haworth</t>
+  </si>
+  <si>
+    <t>1197.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лайфстиль»;фарфор;300мл;,L=12см;песочн.</t>
+  </si>
+  <si>
+    <t>03141404</t>
+  </si>
+  <si>
+    <t>LSN0030</t>
+  </si>
+  <si>
+    <t>16486.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фитнес»;стекло;320мл;,H=11,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03141405</t>
+  </si>
+  <si>
+    <t>N4717</t>
+  </si>
+  <si>
+    <t>665.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фитнес»;стекло;250мл</t>
+  </si>
+  <si>
+    <t>03141406</t>
+  </si>
+  <si>
+    <t>N4715</t>
+  </si>
+  <si>
+    <t>518.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Далматинцы»;фарфор;250мл;D=83/50,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03141407</t>
+  </si>
+  <si>
+    <t>6С2434</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Чайная ФИФА»;стекло;320мл;прозр.,красный</t>
+  </si>
+  <si>
+    <t>03141410</t>
+  </si>
+  <si>
+    <t>N6968</t>
+  </si>
+  <si>
+    <t>564.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Джейд»;кост.фарф.;380мл;белый</t>
+  </si>
+  <si>
+    <t>03141413</t>
+  </si>
+  <si>
+    <t>61040-800001-14852</t>
+  </si>
+  <si>
+    <t>6114.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бенидорм»;стекло;450мл;D=80,H=127,L=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141430</t>
+  </si>
+  <si>
+    <t>Benidorm</t>
+  </si>
+  <si>
+    <t>1169.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Лакрица»;фарфор;285мл;D=70,H=110,L=105мм;черный</t>
+  </si>
+  <si>
+    <t>03141431</t>
+  </si>
+  <si>
+    <t>1209 0592</t>
+  </si>
+  <si>
+    <t>Craft Liquorice</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Юные футболисты» детская;фарфор;200мл</t>
+  </si>
+  <si>
+    <t>03141434</t>
+  </si>
+  <si>
+    <t>8С0771</t>
+  </si>
+  <si>
+    <t>Юные футболисты</t>
+  </si>
+  <si>
+    <t>1055.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Мой любимый пес» детская;фарфор;200мл</t>
+  </si>
+  <si>
+    <t>03141435</t>
+  </si>
+  <si>
+    <t>8С0795</t>
+  </si>
+  <si>
+    <t>Мой любимый пес</t>
+  </si>
+  <si>
+    <t>Кружка «Стоун»;фарфор;360мл;D=90,H=105мм;сине-серый</t>
+  </si>
+  <si>
+    <t>03141451</t>
+  </si>
+  <si>
+    <t>A5851W621</t>
+  </si>
+  <si>
+    <t>Stone</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Нептун»;фарфор;360мл;D=90,H=105,L=120мм;бирюз.,белый</t>
+  </si>
+  <si>
+    <t>03141452</t>
+  </si>
+  <si>
+    <t>A5851W655</t>
+  </si>
+  <si>
+    <t>Neptune</t>
+  </si>
+  <si>
+    <t>2646.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ловатт»;кост.фарф.;200мл;D=74,H=90мм;розов.,белый</t>
+  </si>
+  <si>
+    <t>03141467</t>
+  </si>
+  <si>
+    <t>B6015142</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Lovatt</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>9518.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ловатт»;кост.фарф.;200мл;D=74,H=90мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03141468</t>
+  </si>
+  <si>
+    <t>B6015143</t>
+  </si>
+  <si>
+    <t>Кружка «Ловатт»;кост.фарф.;200мл;D=74,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03141469</t>
+  </si>
+  <si>
+    <t>B6015141</t>
+  </si>
+  <si>
+    <t>Кружка ручка=3см;D=7,H=9см;серый</t>
+  </si>
+  <si>
+    <t>03141501</t>
+  </si>
+  <si>
+    <t>B4916503</t>
+  </si>
+  <si>
+    <t>FCK</t>
+  </si>
+  <si>
+    <t>28490.00₸</t>
+  </si>
+  <si>
+    <t>Кружка ручка=3см;бетон;D=10,H=9см;серый</t>
+  </si>
+  <si>
+    <t>03141503</t>
+  </si>
+  <si>
+    <t>B4916506</t>
+  </si>
+  <si>
+    <t>45546.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лагуна»;керамика;390мл;D=8,H=11см;тем.зелен.</t>
+  </si>
+  <si>
+    <t>03141518</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Laguna</t>
+  </si>
+  <si>
+    <t>3874.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;пластик;350мл;D=76,H=103мм;синий</t>
+  </si>
+  <si>
+    <t>03141523</t>
+  </si>
+  <si>
+    <t>К-306</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>262.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Мишкины сказки» детская;фарфор;200мл</t>
+  </si>
+  <si>
+    <t>03141533</t>
+  </si>
+  <si>
+    <t>8С1381</t>
+  </si>
+  <si>
+    <t>1009.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Гусята» детская;фарфор;200мл</t>
+  </si>
+  <si>
+    <t>03141534</t>
+  </si>
+  <si>
+    <t>9С1101</t>
+  </si>
+  <si>
+    <t>Гусята</t>
+  </si>
+  <si>
+    <t>1202.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лесовичок» детская;фарфор;200мл</t>
+  </si>
+  <si>
+    <t>03141536</t>
+  </si>
+  <si>
+    <t>2С0115</t>
+  </si>
+  <si>
+    <t>Лесовичок</t>
+  </si>
+  <si>
+    <t>1602.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Улыбайся» детская;фарфор;200мл;белый</t>
+  </si>
+  <si>
+    <t>03141538</t>
+  </si>
+  <si>
+    <t>9С1337</t>
+  </si>
+  <si>
+    <t>Улыбайся</t>
+  </si>
+  <si>
+    <t>924.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Челси»;фарфор;200мл;D=75/45,H=85мм;белый</t>
+  </si>
+  <si>
+    <t>03141541</t>
+  </si>
+  <si>
+    <t>0С1395</t>
+  </si>
+  <si>
+    <t>Кружка «Пунто Бьянка»;фарфор;350мл;,H=9,B=10см;бежев.,черный</t>
+  </si>
+  <si>
+    <t>03141544</t>
+  </si>
+  <si>
+    <t>ФРФ88800351</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Школьная»;фарфор;250мл;D=82,H=88мм;белый</t>
+  </si>
+  <si>
+    <t>03141548</t>
+  </si>
+  <si>
+    <t>6С2430</t>
+  </si>
+  <si>
+    <t>Школьная</t>
+  </si>
+  <si>
+    <t>1402.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бид»;фарфор;285мл;белый</t>
+  </si>
+  <si>
+    <t>03141552</t>
+  </si>
+  <si>
+    <t>1403 X0135</t>
+  </si>
+  <si>
+    <t>Bead</t>
+  </si>
+  <si>
+    <t>13229.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Революшн Гранит»;фарфор;340мл;бежев.,коричнев.</t>
+  </si>
+  <si>
+    <t>03141553</t>
+  </si>
+  <si>
+    <t>1779 0623</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Granite</t>
+  </si>
+  <si>
+    <t>9980.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Везувиус Роуз Кварц»;фарфор;340мл;бежев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141555</t>
+  </si>
+  <si>
+    <t>1785 0623</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Rose Quartz</t>
+  </si>
+  <si>
+    <t>13776.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крома»;стекло;260мл;D=82,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141566</t>
+  </si>
+  <si>
+    <t>55773/b</t>
+  </si>
+  <si>
+    <t>Chroma</t>
+  </si>
+  <si>
+    <t>595.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;фарфор;250мл;D=75,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03141580</t>
+  </si>
+  <si>
+    <t>0С3050</t>
+  </si>
+  <si>
+    <t>Кружка «Динозаврики»;фарфор;200мл;белый</t>
+  </si>
+  <si>
+    <t>03141581</t>
+  </si>
+  <si>
+    <t>9С2755</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Эппл»;фарфор;285мл;D=7,H=11,L=11см;желто-зел.</t>
+  </si>
+  <si>
+    <t>03141585</t>
+  </si>
+  <si>
+    <t>1211 0592</t>
+  </si>
+  <si>
+    <t>Craft Apple</t>
+  </si>
+  <si>
+    <t>12436.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бид Сейдж Вош»;фарфор;285мл;D=7,H=11,L=11см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03141586</t>
+  </si>
+  <si>
+    <t>1404 X0135</t>
+  </si>
+  <si>
+    <t>Bead Sage Wash</t>
+  </si>
+  <si>
+    <t>Кружка «Бид Траффл Вош»;фарфор;285мл;белый,серый</t>
+  </si>
+  <si>
+    <t>03141587</t>
+  </si>
+  <si>
+    <t>1405 X0135</t>
+  </si>
+  <si>
+    <t>Bead Truffle Wash</t>
+  </si>
+  <si>
+    <t>Кружка «Бид Блэк Бэнд»;фарфор;285мл;белый,черный</t>
+  </si>
+  <si>
+    <t>03141588</t>
+  </si>
+  <si>
+    <t>1406 X0135</t>
+  </si>
+  <si>
+    <t>Bead Black Band</t>
+  </si>
+  <si>
+    <t>5983.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бид Марун Бэнд»;фарфор;285мл;белый,бордо</t>
+  </si>
+  <si>
+    <t>03141589</t>
+  </si>
+  <si>
+    <t>1407 X0135</t>
+  </si>
+  <si>
+    <t>Bead Maroon Band</t>
+  </si>
+  <si>
+    <t>Кружка «Революшн Эдж Гранит»;фарфор;285мл;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141590</t>
+  </si>
+  <si>
+    <t>1790 0624</t>
+  </si>
+  <si>
+    <t>Revolution Edge Granite</t>
+  </si>
+  <si>
+    <t>7054.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Революшн Эдж Сэндстоун»;фарфор;285мл;бежев.</t>
+  </si>
+  <si>
+    <t>03141591</t>
+  </si>
+  <si>
+    <t>1791 0624</t>
+  </si>
+  <si>
+    <t>Revolution Edge Sandstone</t>
+  </si>
+  <si>
+    <t>Кружка «Революшн Эдж Блюстоун»;фарфор;285мл;синий</t>
+  </si>
+  <si>
+    <t>03141592</t>
+  </si>
+  <si>
+    <t>1792 0624</t>
+  </si>
+  <si>
+    <t>Revolution Edge Bluestone</t>
+  </si>
+  <si>
+    <t>Кружка «Революшн Эдж Джейд»;фарфор;285мл;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03141593</t>
+  </si>
+  <si>
+    <t>1793 0624</t>
+  </si>
+  <si>
+    <t>Revolution Edge Jade</t>
+  </si>
+  <si>
+    <t>Кружка «Нова»;пластик;400мл;в ассорт.</t>
+  </si>
+  <si>
+    <t>03141599</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>509.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кружка эмалированная;сталь;400мл;D=8см;белый,синий</t>
+  </si>
+  <si>
+    <t>03141605</t>
+  </si>
+  <si>
+    <t>201/8</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Кружка эмалированная;сталь;0,5л;D=9см;белый,синий</t>
+  </si>
+  <si>
+    <t>03141606</t>
+  </si>
+  <si>
+    <t>201/9</t>
+  </si>
+  <si>
+    <t>2121.00₸</t>
+  </si>
+  <si>
+    <t>03141623</t>
+  </si>
+  <si>
+    <t>6С0120/2сорт</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лягушка» детская;фарфор;250мл;D=82,H=88мм;белый</t>
+  </si>
+  <si>
+    <t>03141625</t>
+  </si>
+  <si>
+    <t>9С2299</t>
+  </si>
+  <si>
+    <t>Лягушка</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Гусята»;фарфор;250мл;D=82,H=88мм;белый</t>
+  </si>
+  <si>
+    <t>03141626</t>
+  </si>
+  <si>
+    <t>9С1104</t>
+  </si>
+  <si>
+    <t>Кружка «Гусята» детская;фарфор;220мл;D=74,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03141627</t>
+  </si>
+  <si>
+    <t>9С1103</t>
+  </si>
+  <si>
+    <t>Кружка «Маррон Реативо»;фарфор;350мл;,H=10,L=11,5см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141638</t>
+  </si>
+  <si>
+    <t>ФРФ88800373</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Эрбосо Реативо»;фарфор;350мл;D=90,H=100,L=115мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03141641</t>
+  </si>
+  <si>
+    <t>ФРФ88800375</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>Кружка «Эрбосо Реативо»;фарфор;300мл;D=80,H=105мм;изумруд.,бежев.</t>
+  </si>
+  <si>
+    <t>03141642</t>
+  </si>
+  <si>
+    <t>ФРФ88806575</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Пати»;фарфор;350мл;D=90,H=100,L=115мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03141646</t>
+  </si>
+  <si>
+    <t>ФРФ88800393</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;0,72л;белый</t>
+  </si>
+  <si>
+    <t>03141701</t>
+  </si>
+  <si>
+    <t>6209.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Виллоу»;фарфор;285мл;D=121,H=89,L=120мм;белый</t>
+  </si>
+  <si>
+    <t>03141703</t>
+  </si>
+  <si>
+    <t>9117 C1203</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>12174.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Террес де Ревес»;керамика;280мл;D=6,H=13,L=8см;серо-голуб.,бежев.</t>
+  </si>
+  <si>
+    <t>03141709</t>
+  </si>
+  <si>
+    <t>B5117301A</t>
+  </si>
+  <si>
+    <t>Terres de Reves</t>
+  </si>
+  <si>
+    <t>14028.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Террес де Ревес»;керамика;280мл;D=6,H=13,L=8см;тем.син.,бордо</t>
+  </si>
+  <si>
+    <t>03141710</t>
+  </si>
+  <si>
+    <t>B5117301B</t>
+  </si>
+  <si>
+    <t>Кружка «Террес де Ревес»;керамика;280мл;D=6,H=13,L=8см;коричнев.,тем.син.</t>
+  </si>
+  <si>
+    <t>03141711</t>
+  </si>
+  <si>
+    <t>B5117301C</t>
+  </si>
+  <si>
+    <t>Кружка;керамика;0,55л;D=125,H=75мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141713</t>
+  </si>
+  <si>
+    <t>9580555M</t>
+  </si>
+  <si>
+    <t>Plato</t>
+  </si>
+  <si>
+    <t>5213.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Скейп Охра»;фарфор;340мл;D=8/4,H=12см;бежев.</t>
+  </si>
+  <si>
+    <t>03141714</t>
+  </si>
+  <si>
+    <t>1431 X0080</t>
+  </si>
+  <si>
+    <t>Scape Ochre</t>
+  </si>
+  <si>
+    <t>7831.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Чакоул Дэппл»;фарфор,фарфор;285мл;белый,черный</t>
+  </si>
+  <si>
+    <t>03141722</t>
+  </si>
+  <si>
+    <t>1756 0592</t>
+  </si>
+  <si>
+    <t>Charcoal Dapple</t>
+  </si>
+  <si>
+    <t>10111.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Урбан»;фарфор;285мл;D=75,H=110мм;тем.сер.</t>
+  </si>
+  <si>
+    <t>03141726</t>
+  </si>
+  <si>
+    <t>1208 0592</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>9957.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Сейдж»;фарфор;400мл;зелен.,бронз.</t>
+  </si>
+  <si>
+    <t>03141761</t>
+  </si>
+  <si>
+    <t>HL344510</t>
+  </si>
+  <si>
+    <t>Sage</t>
+  </si>
+  <si>
+    <t>3206.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Шейд»;керамика;0,51л;D=8,H=13см;черный</t>
+  </si>
+  <si>
+    <t>03141763</t>
+  </si>
+  <si>
+    <t>HJD027</t>
+  </si>
+  <si>
+    <t>Shade</t>
+  </si>
+  <si>
+    <t>7133.00₸</t>
+  </si>
+  <si>
+    <t>Кружка для холодных напитков;стекло;350мл;D=90,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141801</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Sol</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;350мл;D=88,H=100,L=120мм</t>
+  </si>
+  <si>
+    <t>03141802</t>
+  </si>
+  <si>
+    <t>Authentic</t>
+  </si>
+  <si>
+    <t>4744.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Млечный путь голубой»;фарфор;350мл;D=90,H=100,L=115мм;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03141806</t>
+  </si>
+  <si>
+    <t>ФРФ88800364</t>
+  </si>
+  <si>
+    <t>Млечный путь голубой</t>
+  </si>
+  <si>
+    <t>Кружка;фарфор;380мл;синий</t>
+  </si>
+  <si>
+    <t>03141809</t>
+  </si>
+  <si>
+    <t>10540-405202-15505</t>
+  </si>
+  <si>
+    <t>Junto Ocean Blue</t>
+  </si>
+  <si>
+    <t>10750.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;керамика;380мл;,H=11см;серый</t>
+  </si>
+  <si>
+    <t>03141810</t>
+  </si>
+  <si>
+    <t>21540-405251-65505</t>
+  </si>
+  <si>
+    <t>Junto Slate Grey</t>
+  </si>
+  <si>
+    <t>7985.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Нуэво»;стекло;400мл;D=11,1,H=12,3см;прозр.</t>
+  </si>
+  <si>
+    <t>03141812</t>
+  </si>
+  <si>
+    <t>P8908</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Nuevo</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;красный,черный</t>
+  </si>
+  <si>
+    <t>03141814</t>
+  </si>
+  <si>
+    <t>C111-05ARE</t>
+  </si>
+  <si>
+    <t>Nomad</t>
+  </si>
+  <si>
+    <t>25186.00₸</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;желт.,черный</t>
+  </si>
+  <si>
+    <t>03141815</t>
+  </si>
+  <si>
+    <t>C111-06AYE</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;мятный,черный</t>
+  </si>
+  <si>
+    <t>03141816</t>
+  </si>
+  <si>
+    <t>C111-08AMT</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03141817</t>
+  </si>
+  <si>
+    <t>C111-09ABL</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;белый,черный</t>
+  </si>
+  <si>
+    <t>03141818</t>
+  </si>
+  <si>
+    <t>C111-01AWH</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;розов.,черный</t>
+  </si>
+  <si>
+    <t>03141819</t>
+  </si>
+  <si>
+    <t>C111-16ARO</t>
+  </si>
+  <si>
+    <t>27790.00₸</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;серо-голуб.,черный</t>
+  </si>
+  <si>
+    <t>03141820</t>
+  </si>
+  <si>
+    <t>C111-19AIB</t>
+  </si>
+  <si>
+    <t>28203.00₸</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;тем.сер.,черный</t>
+  </si>
+  <si>
+    <t>03141821</t>
+  </si>
+  <si>
+    <t>C111-20AGL</t>
+  </si>
+  <si>
+    <t>28210.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03141822</t>
+  </si>
+  <si>
+    <t>C098-03BBR</t>
+  </si>
+  <si>
+    <t>11655.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;коричнев.</t>
+  </si>
+  <si>
+    <t>03141823</t>
+  </si>
+  <si>
+    <t>C087-05BBR</t>
+  </si>
+  <si>
+    <t>Tulip</t>
+  </si>
+  <si>
+    <t>7448.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;D=90,H=85,L=125мм;синий</t>
+  </si>
+  <si>
+    <t>03141824</t>
+  </si>
+  <si>
+    <t>C087-07BDE</t>
+  </si>
+  <si>
+    <t>7945.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;красный</t>
+  </si>
+  <si>
+    <t>03141825</t>
+  </si>
+  <si>
+    <t>C087-09BRE</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;180мл;D=90,H=85,L=125мм;желт.</t>
+  </si>
+  <si>
+    <t>03141826</t>
+  </si>
+  <si>
+    <t>C087-29BYE</t>
+  </si>
+  <si>
+    <t>5964.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;180мл;D=90,H=85,L=125мм;бирюз.</t>
+  </si>
+  <si>
+    <t>03141827</t>
+  </si>
+  <si>
+    <t>C087-31BTE</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;синий</t>
+  </si>
+  <si>
+    <t>03141828</t>
+  </si>
+  <si>
+    <t>C098-04BDE</t>
+  </si>
+  <si>
+    <t>14126.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;желт.</t>
+  </si>
+  <si>
+    <t>03141829</t>
+  </si>
+  <si>
+    <t>C098-06BYE</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;бирюз.</t>
+  </si>
+  <si>
+    <t>03141830</t>
+  </si>
+  <si>
+    <t>C098-07BTE</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;бежев.</t>
+  </si>
+  <si>
+    <t>03141831</t>
+  </si>
+  <si>
+    <t>C098-108BTP</t>
+  </si>
+  <si>
+    <t>11508.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;</t>
+  </si>
+  <si>
+    <t>03141832</t>
+  </si>
+  <si>
+    <t>C098-109BCA</t>
+  </si>
+  <si>
+    <t>13013.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;тем.корич.</t>
+  </si>
+  <si>
+    <t>03141834</t>
+  </si>
+  <si>
+    <t>C098-111BGU</t>
+  </si>
+  <si>
+    <t>11914.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;бирюз.</t>
+  </si>
+  <si>
+    <t>03141836</t>
+  </si>
+  <si>
+    <t>C098-118BTE</t>
+  </si>
+  <si>
+    <t>11648.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;мятный</t>
+  </si>
+  <si>
+    <t>03141837</t>
+  </si>
+  <si>
+    <t>C098-119BMT</t>
+  </si>
+  <si>
+    <t>11081.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;голуб.</t>
+  </si>
+  <si>
+    <t>03141838</t>
+  </si>
+  <si>
+    <t>C098-120BBL</t>
+  </si>
+  <si>
+    <t>Кружка «Шейп»;стекло;320мл;,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03141842</t>
+  </si>
+  <si>
+    <t>P7353</t>
+  </si>
+  <si>
+    <t>Shape</t>
+  </si>
+  <si>
+    <t>798.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Шейп Абонданс»;стекло;320мл;,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03141843</t>
+  </si>
+  <si>
+    <t>P7354</t>
+  </si>
+  <si>
+    <t>Shape Abondance</t>
+  </si>
+  <si>
+    <t>Кружка «Шейп Эланор»;стекло;320мл;,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03141844</t>
+  </si>
+  <si>
+    <t>P7356</t>
+  </si>
+  <si>
+    <t>Shape Elanor</t>
+  </si>
+  <si>
+    <t>707.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Млечный путь красный»;фарфор;350мл;D=90,H=100,L=115мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03141849</t>
+  </si>
+  <si>
+    <t>ФРФ88800360</t>
+  </si>
+  <si>
+    <t>Млечный путь красный</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;250мл;красный</t>
+  </si>
+  <si>
+    <t>03141914</t>
+  </si>
+  <si>
+    <t>C098-103BRE</t>
+  </si>
+  <si>
+    <t>18578.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Забивака Флаг» Грин Ти;стекло;200мл</t>
+  </si>
+  <si>
+    <t>03142004</t>
+  </si>
+  <si>
+    <t>N7055</t>
+  </si>
+  <si>
+    <t>Кружка «Чемпионат мира 2018»;керамика;320мл;,L=10,5см;синий</t>
+  </si>
+  <si>
+    <t>03142008</t>
+  </si>
+  <si>
+    <t>N6410</t>
+  </si>
+  <si>
+    <t>1729.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Чемпионат мира 2018»;320мл;,L=10,5см;синий</t>
+  </si>
+  <si>
+    <t>03142009</t>
+  </si>
+  <si>
+    <t>N6448</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Нижний Новгород-ЧМ 2018»;керамика;320мл;,L=11см</t>
+  </si>
+  <si>
+    <t>03142013</t>
+  </si>
+  <si>
+    <t>N6375</t>
+  </si>
+  <si>
+    <t>Кружка «Чемпионат мира 2018»;320мл;,L=10,5см;красный</t>
+  </si>
+  <si>
+    <t>03142020</t>
+  </si>
+  <si>
+    <t>N6367</t>
+  </si>
+  <si>
+    <t>1382.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Карбон»;фарфор;350мл;D=9,H=10см;черный,матовый</t>
+  </si>
+  <si>
+    <t>03142027</t>
+  </si>
+  <si>
+    <t>ФРФ88800311</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Революшн Гранит»;фарфор;285мл;D=7,H=11,L=11см;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03142031</t>
+  </si>
+  <si>
+    <t>1775 0592</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>8370.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Революшн Сэндстоун»;фарфор;285мл;D=7,H=11,L=11см;бежев.</t>
+  </si>
+  <si>
+    <t>03142032</t>
+  </si>
+  <si>
+    <t>1776 0592</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Нордик»;стекло;380мл;голуб.</t>
+  </si>
+  <si>
+    <t>03142035</t>
+  </si>
+  <si>
+    <t>Q0376</t>
+  </si>
+  <si>
+    <t>Nordic</t>
+  </si>
+  <si>
+    <t>1302.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Меш Аква»;фарфор;голуб.</t>
+  </si>
+  <si>
+    <t>03142037</t>
+  </si>
+  <si>
+    <t>11770-405152-14717</t>
+  </si>
+  <si>
+    <t>Mesh Aqua</t>
+  </si>
+  <si>
+    <t>7412.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Распберри»;фарфор;285мл;D=7,H=11,L=11см;розов.</t>
+  </si>
+  <si>
+    <t>03142039</t>
+  </si>
+  <si>
+    <t>1210 0592</t>
+  </si>
+  <si>
+    <t>Craft Raspberry</t>
+  </si>
+  <si>
+    <t>Кружка «Рибби»;фарфор;0,5л;D=10,4см;белый</t>
+  </si>
+  <si>
+    <t>03142040</t>
+  </si>
+  <si>
+    <t>RIB06501</t>
+  </si>
+  <si>
+    <t>Ribby</t>
+  </si>
+  <si>
+    <t>9148.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ретро Вальбелла» с декором;фарфор;250мл;белый,синий</t>
+  </si>
+  <si>
+    <t>03142057</t>
+  </si>
+  <si>
+    <t>REB0625.D9417</t>
+  </si>
+  <si>
+    <t>Retro Valbella</t>
+  </si>
+  <si>
+    <t>13637.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ретро Роте Пункте» с декором;фарфор;180мл;белый,красный</t>
+  </si>
+  <si>
+    <t>03142063</t>
+  </si>
+  <si>
+    <t>REB0618.X9132</t>
+  </si>
+  <si>
+    <t>Retro Rote Punkte</t>
+  </si>
+  <si>
+    <t>11643.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аура»;стекло;300мл;прозр.</t>
+  </si>
+  <si>
+    <t>03142064</t>
+  </si>
+  <si>
+    <t>616.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аура Уника»;стекло;300мл;прозр.</t>
+  </si>
+  <si>
+    <t>03142065</t>
+  </si>
+  <si>
+    <t>578.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аура Модерна»;стекло;300мл;прозр.</t>
+  </si>
+  <si>
+    <t>03142066</t>
+  </si>
+  <si>
+    <t>Кружка «Таз э Бар»;алюмин.;0,5л</t>
+  </si>
+  <si>
+    <t>03142301</t>
+  </si>
+  <si>
+    <t>Italo Ottinetti</t>
+  </si>
+  <si>
+    <t>Tazze e Bar</t>
+  </si>
+  <si>
+    <t>7308.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фамилья»;алюмин.;250мл</t>
+  </si>
+  <si>
+    <t>03142302</t>
+  </si>
+  <si>
+    <t>Famiglia</t>
+  </si>
+  <si>
+    <t>7854.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фамилья»;алюмин.;0,5л</t>
+  </si>
+  <si>
+    <t>03142303</t>
+  </si>
+  <si>
+    <t>8424.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Крафт Порчини»;фарфор;D=7,H=11,L=11см;бежев.</t>
+  </si>
+  <si>
+    <t>03142304</t>
+  </si>
+  <si>
+    <t>1129 0592</t>
+  </si>
+  <si>
+    <t>Craft Porcini</t>
+  </si>
+  <si>
+    <t>12151.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Революшн Блюстоун»;фарфор;340мл;бежев.,синий</t>
+  </si>
+  <si>
+    <t>03142305</t>
+  </si>
+  <si>
+    <t>1780 0623</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>11242.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Революшн Блюстоун»;фарфор;285мл;бежев.,синий</t>
+  </si>
+  <si>
+    <t>03142306</t>
+  </si>
+  <si>
+    <t>1780 0624</t>
+  </si>
+  <si>
+    <t>10288.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Везувиус Роуз Кварц»;фарфор;285мл;розов.,бежев.</t>
+  </si>
+  <si>
+    <t>03142308</t>
+  </si>
+  <si>
+    <t>1785 0624</t>
+  </si>
+  <si>
+    <t>10280.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Везувиус Роуз Кварц»;фарфор;110мл;розов.,бежев.</t>
+  </si>
+  <si>
+    <t>03142309</t>
+  </si>
+  <si>
+    <t>1785 0626</t>
+  </si>
+  <si>
+    <t>7385.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Везувиус Бернт Эмералд»;фарфор;340мл;бежев.,зелен.</t>
+  </si>
+  <si>
+    <t>03142310</t>
+  </si>
+  <si>
+    <t>1783 0623</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Burnt Emerald</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Везувиус Бернт Эмералд»;фарфор;285мл;бежев.,зелен.</t>
+  </si>
+  <si>
+    <t>03142311</t>
+  </si>
+  <si>
+    <t>1783 0624</t>
+  </si>
+  <si>
+    <t>Кружка «Аврора Везувиус Амбер»;фарфор;280мл;бежев.,амбер</t>
+  </si>
+  <si>
+    <t>03142312</t>
+  </si>
+  <si>
+    <t>1784 0624</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>17048.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Венеция отель»;фарфор;400мл;белый,бирюз.</t>
+  </si>
+  <si>
+    <t>03142313</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>VENEZIA HOTEL</t>
+  </si>
+  <si>
+    <t>11096.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Солар» металлическая;сталь нерж.;350мл;D=81,H=99,L=120мм;медный</t>
+  </si>
+  <si>
+    <t>03142317</t>
+  </si>
+  <si>
+    <t>MSM004C</t>
+  </si>
+  <si>
+    <t>Probar Premium</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Галлоуэй»;керамика;360мл;D=80,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>03142318</t>
+  </si>
+  <si>
+    <t>Galloway</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Сиель блан»;керамика;330мл;D=78,H=95мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03142319</t>
+  </si>
+  <si>
+    <t>Ciel Blanc</t>
+  </si>
+  <si>
+    <t>6738.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Лягушка» детская;фарфор;200мл;D=74,H=75,L=95мм;белый</t>
+  </si>
+  <si>
+    <t>03142321</t>
+  </si>
+  <si>
+    <t>9С2298</t>
+  </si>
+  <si>
+    <t>Кружка «Пас-парту»;фарфор;330мл;D=77,H=94мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03142328</t>
+  </si>
+  <si>
+    <t>B6219116G</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>4805.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Сиель блю»;керамика;330мл;D=8,H=10см;голуб.</t>
+  </si>
+  <si>
+    <t>03142329</t>
+  </si>
+  <si>
+    <t>Ciel Bleu</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Фламенко»;фарфор;300мл;D=93,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03142330</t>
+  </si>
+  <si>
+    <t>FLA0630</t>
+  </si>
+  <si>
+    <t>Flamenco</t>
+  </si>
+  <si>
+    <t>8432.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Сиель блан»;керамика;180мл;,H=75мм;белый,серый</t>
+  </si>
+  <si>
+    <t>03142333</t>
+  </si>
+  <si>
+    <t>5367.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тэйст вайт»;фарфор;285мл;D=86,H=79,L=117мм;белый</t>
+  </si>
+  <si>
+    <t>03143014</t>
+  </si>
+  <si>
+    <t>1107 0624</t>
+  </si>
+  <si>
+    <t>Taste White</t>
+  </si>
+  <si>
+    <t>4790.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Мармелад»;стекло;325мл;D=81,H=119мм;прозр.</t>
+  </si>
+  <si>
+    <t>03143015</t>
+  </si>
+  <si>
+    <t>55823/b</t>
+  </si>
+  <si>
+    <t>Marmelade</t>
+  </si>
+  <si>
+    <t>1008.00₸</t>
+  </si>
+  <si>
+    <t>Термокружка;полипроп.;300мл;зелен.</t>
+  </si>
+  <si>
+    <t>03143073</t>
+  </si>
+  <si>
+    <t>1263.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Термокружка;полипроп.;300мл;бежев.</t>
+  </si>
+  <si>
+    <t>03143074</t>
+  </si>
+  <si>
+    <t>Термокружка;полипроп.;400мл;зелен.</t>
+  </si>
+  <si>
+    <t>03143075</t>
+  </si>
+  <si>
+    <t>1556.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Термокружка;полипроп.;400мл;бежев.</t>
+  </si>
+  <si>
+    <t>03143076</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пикник»;полипроп.;400мл;желт.</t>
+  </si>
+  <si>
+    <t>03143077</t>
+  </si>
+  <si>
+    <t>Picnic</t>
+  </si>
+  <si>
+    <t>409.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пикник»;полипроп.;400мл;зелен.</t>
+  </si>
+  <si>
+    <t>03143078</t>
+  </si>
+  <si>
+    <t>Кружка «Уэсан»;стекло;400мл;D=85,H=117мм;прозр.</t>
+  </si>
+  <si>
+    <t>03143090</t>
+  </si>
+  <si>
+    <t>La Rochere</t>
+  </si>
+  <si>
+    <t>Ouessant</t>
+  </si>
+  <si>
+    <t>4828.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Пикник»;полипроп.;400мл;D=8,H=9см;голуб.</t>
+  </si>
+  <si>
+    <t>03143102</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Пикник»;полипроп.;400мл;D=8,H=9см;серый</t>
+  </si>
+  <si>
+    <t>03143103</t>
+  </si>
+  <si>
+    <t>Кружка «Классик»;фарфор;300мл;D=87,H=94,B=118мм;белый</t>
+  </si>
+  <si>
+    <t>03143106</t>
+  </si>
+  <si>
+    <t>7С0048</t>
+  </si>
+  <si>
+    <t>Классик</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Эстиа»;фарфор;450мл;,H=10,L=13,5,B=10,5см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03143114</t>
+  </si>
+  <si>
+    <t>LEST019RG156045</t>
+  </si>
+  <si>
+    <t>Estia</t>
+  </si>
+  <si>
+    <t>12182.00₸</t>
+  </si>
+  <si>
+    <t>Термокружка;сталь нерж.;0,5л;D=88/68,H=170мм;черный</t>
+  </si>
+  <si>
+    <t>03143115</t>
+  </si>
+  <si>
+    <t>TM01</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>8330.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Скандинавия»;керамика;350мл;D=85,H=110мм;бирюз.,тем.корич.</t>
+  </si>
+  <si>
+    <t>03143116</t>
+  </si>
+  <si>
+    <t>СНД00009109</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Экселенси»;фарфор;330мл;D=86,H=106мм;белый</t>
+  </si>
+  <si>
+    <t>03143118</t>
+  </si>
+  <si>
+    <t>EXL0630</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>5806.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Акварель»;фарфор;270мл;D=82/110,H=90мм;серый</t>
+  </si>
+  <si>
+    <t>03143120</t>
+  </si>
+  <si>
+    <t>ИКР 23.270.А.С - С</t>
+  </si>
+  <si>
+    <t>Башкирский фарфор</t>
+  </si>
+  <si>
+    <t>Акварель</t>
+  </si>
+  <si>
+    <t>2303.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Белая»;фарфор;270мл;D=82,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03143121</t>
+  </si>
+  <si>
+    <t>ИКР 23.270</t>
+  </si>
+  <si>
+    <t>Белая</t>
+  </si>
+  <si>
+    <t>1895.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;275мл;D=85,H=115мм;прозр.</t>
+  </si>
+  <si>
+    <t>03143123</t>
+  </si>
+  <si>
+    <t>LYONNAIS</t>
+  </si>
+  <si>
+    <t>9741.00₸</t>
+  </si>
+  <si>
+    <t>Термокружка «Дракон»;полипроп.;400мл;D=98,H=156мм;зелен.,черный</t>
+  </si>
+  <si>
+    <t>03143125</t>
+  </si>
+  <si>
+    <t>1679.00₸</t>
+  </si>
+  <si>
+    <t>Термокружка с новогодним рисунком;полипроп.;400мл;D=98,H=156мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03143126</t>
+  </si>
+  <si>
+    <t>Кружка «Беништ Голд»;кост.фарф.;350мл;,H=9см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03143128</t>
+  </si>
+  <si>
+    <t>82107AND0281</t>
+  </si>
+  <si>
+    <t>William Edwards</t>
+  </si>
+  <si>
+    <t>Burnished Gold</t>
+  </si>
+  <si>
+    <t>34895.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Рид»;кост.фарф.;350мл;,H=9см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03143129</t>
+  </si>
+  <si>
+    <t>82108AND0281</t>
+  </si>
+  <si>
+    <t>Reed</t>
+  </si>
+  <si>
+    <t>42112.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Вертикаль»;стекло;320мл;D=90,H=106мм;прозр.</t>
+  </si>
+  <si>
+    <t>03143139</t>
+  </si>
+  <si>
+    <t>Vertical</t>
+  </si>
+  <si>
+    <t>647.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кватро Стаджони»;стекло;415мл;D=78,H=136мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148551</t>
+  </si>
+  <si>
+    <t>357768MDE121990</t>
+  </si>
+  <si>
+    <t>Quattro Stagioni</t>
+  </si>
+  <si>
+    <t>4759.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кватро Стаджони»;стекло;415мл;D=78,H=136мм;голуб.</t>
+  </si>
+  <si>
+    <t>04148553</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кватро Стаджони»;стекло;415мл;D=68,H=135,L=110,B=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148564</t>
+  </si>
+  <si>
+    <t>357768M04321990</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Термокружка с противоскользящим кольцом;полипроп.;300мл;D=98,H=123мм;зелен.</t>
+  </si>
+  <si>
+    <t>09050542</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Термокружка с противоскользящим кольцом;полипроп.;400мл;D=98,H=156мм;зелен.</t>
+  </si>
+  <si>
+    <t>09050543</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Кашуб-хел» без ручки;200мл</t>
+  </si>
+  <si>
+    <t>09101125</t>
+  </si>
+  <si>
+    <t>0607</t>
+  </si>
+  <si>
+    <t>2426.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;пластик;350мл;D=76,H=103мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>09101794</t>
+  </si>
+  <si>
+    <t>Кружка «Вайт Фьюжн»;фарфор;400мл;D=85,H=115мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03142336</t>
+  </si>
+  <si>
+    <t>Proff Cuisine</t>
+  </si>
+  <si>
+    <t>White Fusion</t>
+  </si>
+  <si>
+    <t>Кружка;фарфор;320мл</t>
+  </si>
+  <si>
+    <t>03142046</t>
+  </si>
+  <si>
+    <t>ME614335528</t>
+  </si>
+  <si>
+    <t>Metropolis Jungle</t>
+  </si>
+  <si>
+    <t>3450.00₸</t>
+  </si>
+  <si>
+    <t>03142050</t>
+  </si>
+  <si>
+    <t>IR614325730</t>
+  </si>
+  <si>
+    <t>2457.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Геометрикос»;фарфор;300мл;,H=95,L=90,B=110мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03143130</t>
+  </si>
+  <si>
+    <t>LGEO041RO156030</t>
+  </si>
+  <si>
+    <t>Geometricos</t>
+  </si>
+  <si>
+    <t>9240.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Афрос»;кост.фарф.;400мл;,H=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03143136</t>
+  </si>
+  <si>
+    <t>LAPH028BI156040</t>
+  </si>
+  <si>
+    <t>9210.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Челси»;фарфор;300мл;желт.</t>
+  </si>
+  <si>
+    <t>03141918</t>
+  </si>
+  <si>
+    <t>8С0712</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Челси»;фарфор;300мл;голуб.</t>
+  </si>
+  <si>
+    <t>03141916</t>
+  </si>
+  <si>
+    <t>7С1661</t>
+  </si>
+  <si>
+    <t>1933.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Челси»;фарфор;300мл;оранжев.</t>
+  </si>
+  <si>
+    <t>03141917</t>
+  </si>
+  <si>
+    <t>7С1664</t>
+  </si>
+  <si>
+    <t>Кружка «Астера»;керамика;350мл;D=9,H=10см;серый,серо-голуб.</t>
+  </si>
+  <si>
+    <t>03142338</t>
+  </si>
+  <si>
+    <t>Astera</t>
+  </si>
+  <si>
+    <t>4326.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Астера»;керамика;350мл;D=90,H=98мм;бежев.,перламутр.</t>
+  </si>
+  <si>
+    <t>03142339</t>
+  </si>
+  <si>
+    <t>Кружка «Блю Реативо»;фарфор;350мл;D=9,H=10см;синий</t>
+  </si>
+  <si>
+    <t>03140149</t>
+  </si>
+  <si>
+    <t>ФРФ88800372</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Алфавит» детская;фарфор;200мл;белый</t>
+  </si>
+  <si>
+    <t>03143459</t>
+  </si>
+  <si>
+    <t>4С1581</t>
+  </si>
+  <si>
+    <t>Алфавит</t>
+  </si>
+  <si>
+    <t>1748.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03143462</t>
+  </si>
+  <si>
+    <t>C098-01BWH</t>
+  </si>
+  <si>
+    <t>10990.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;красный</t>
+  </si>
+  <si>
+    <t>03143465</t>
+  </si>
+  <si>
+    <t>C098-05BRE</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;горчич.</t>
+  </si>
+  <si>
+    <t>03143463</t>
+  </si>
+  <si>
+    <t>C098-151BMD</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;мятный</t>
+  </si>
+  <si>
+    <t>03143466</t>
+  </si>
+  <si>
+    <t>C098-08BMT</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;св. голуб.</t>
+  </si>
+  <si>
+    <t>03143461</t>
+  </si>
+  <si>
+    <t>C098-09BBL</t>
+  </si>
+  <si>
+    <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;индиго</t>
+  </si>
+  <si>
+    <t>03143464</t>
+  </si>
+  <si>
+    <t>C098-152BIN</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;180мл;D=90,H=85,L=123мм;белый</t>
+  </si>
+  <si>
+    <t>03143467</t>
+  </si>
+  <si>
+    <t>C087-19BWH</t>
+  </si>
+  <si>
+    <t>5880.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;80мл;D=90,H=85,L=125мм;черный</t>
+  </si>
+  <si>
+    <t>03143479</t>
+  </si>
+  <si>
+    <t>C087-39BBK</t>
+  </si>
+  <si>
+    <t>5621.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;180мл;D=90,H=85,L=123мм;синий</t>
+  </si>
+  <si>
+    <t>03143469</t>
+  </si>
+  <si>
+    <t>C087-25BDE</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;D=90,H=85,L=125мм;черный</t>
+  </si>
+  <si>
+    <t>03143476</t>
+  </si>
+  <si>
+    <t>C087-03BBK</t>
+  </si>
+  <si>
+    <t>7770.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;D=90,H=85,L=125мм;бирюз.</t>
+  </si>
+  <si>
+    <t>03143472</t>
+  </si>
+  <si>
+    <t>C087-13BTE</t>
+  </si>
+  <si>
+    <t>6741.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;D=90,H=85,L=125мм;св. голуб.</t>
+  </si>
+  <si>
+    <t>03143475</t>
+  </si>
+  <si>
+    <t>C087-17BBL</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;180мл;D=90,H=85,L=123мм;черный</t>
+  </si>
+  <si>
+    <t>03143470</t>
+  </si>
+  <si>
+    <t>C087-21BBK</t>
+  </si>
+  <si>
+    <t>6685.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;D=90,H=85,L=125мм;желт.</t>
+  </si>
+  <si>
+    <t>03143473</t>
+  </si>
+  <si>
+    <t>C087-11BYE</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;80мл;D=90,H=85,L=125мм;желт.</t>
+  </si>
+  <si>
+    <t>03143477</t>
+  </si>
+  <si>
+    <t>C087-47BYE</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;D=90,H=85,L=125мм;мятный</t>
+  </si>
+  <si>
+    <t>03143474</t>
+  </si>
+  <si>
+    <t>C087-15BMT</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;180мл;D=90,H=85,L=123мм;красный</t>
+  </si>
+  <si>
+    <t>03143468</t>
+  </si>
+  <si>
+    <t>C087-27BRE</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;280мл;D=90,H=85,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03143471</t>
+  </si>
+  <si>
+    <t>C087-01BWH</t>
+  </si>
+  <si>
+    <t>Кружка «Тулип»;фарфор;80мл;D=90,H=85,L=125мм;синий</t>
+  </si>
+  <si>
+    <t>03143478</t>
+  </si>
+  <si>
+    <t>C087-43BDE</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;коричнев.,черный</t>
+  </si>
+  <si>
+    <t>03141853</t>
+  </si>
+  <si>
+    <t>C111-03ABR</t>
+  </si>
+  <si>
+    <t>22897.00₸</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;бирюз.,черный</t>
+  </si>
+  <si>
+    <t>03141851</t>
+  </si>
+  <si>
+    <t>C111-07ATE</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;тем.корич.,черный</t>
+  </si>
+  <si>
+    <t>03141860</t>
+  </si>
+  <si>
+    <t>C111-12AGU</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;салатов.,черный</t>
+  </si>
+  <si>
+    <t>03141856</t>
+  </si>
+  <si>
+    <t>C111-18ABI</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;черный</t>
+  </si>
+  <si>
+    <t>03141861</t>
+  </si>
+  <si>
+    <t>C111-02ABK</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;тем.син.,черный</t>
+  </si>
+  <si>
+    <t>03141854</t>
+  </si>
+  <si>
+    <t>C111-14ANS</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;серый,черный</t>
+  </si>
+  <si>
+    <t>03141857</t>
+  </si>
+  <si>
+    <t>C111-10ATP</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;бежев.,черный</t>
+  </si>
+  <si>
+    <t>03141850</t>
+  </si>
+  <si>
+    <t>C111-11AIV</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;синий,черный</t>
+  </si>
+  <si>
+    <t>03141858</t>
+  </si>
+  <si>
+    <t>C111-04ADE</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;кофейн.,черный</t>
+  </si>
+  <si>
+    <t>03141852</t>
+  </si>
+  <si>
+    <t>C111-13ACA</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;стекло,силикон;250мл;D=8,H=11см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>03141855</t>
+  </si>
+  <si>
+    <t>C111-21A</t>
+  </si>
+  <si>
+    <t>03141859</t>
+  </si>
+  <si>
+    <t>C111-17ABC</t>
+  </si>
+  <si>
+    <t>Кружка с двойной стенкой;фарфор,силикон;250мл;D=8,H=11см;малинов.,черный</t>
+  </si>
+  <si>
+    <t>03141862</t>
+  </si>
+  <si>
+    <t>C111-15ABE</t>
+  </si>
+  <si>
+    <t>Кружка «Лесовичок» детская;фарфор;250мл;белый</t>
+  </si>
+  <si>
+    <t>03143486</t>
+  </si>
+  <si>
+    <t>6С2675</t>
+  </si>
+  <si>
+    <t>Кружка «Лесовичок» детская;фарфор;220мл;белый</t>
+  </si>
+  <si>
+    <t>03143484</t>
+  </si>
+  <si>
+    <t>2С0116</t>
+  </si>
+  <si>
+    <t>1394.00₸</t>
+  </si>
+  <si>
+    <t>Кружка;стекло;250мл;коричнев.,полупрозр.</t>
+  </si>
+  <si>
+    <t>03142102</t>
+  </si>
+  <si>
+    <t>H9184</t>
+  </si>
+  <si>
+    <t>Термокружка «Пибо» с клапаном;полипроп.;350мл;,H=15,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03140155</t>
+  </si>
+  <si>
+    <t>Phibo</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Бейзик»;стекло;350мл;D=85,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141652</t>
+  </si>
+  <si>
+    <t>550114/b</t>
+  </si>
+  <si>
     <t>777.00₸</t>
   </si>
   <si>
-    <t>Кружка «Симплисити»;фарфор;340мл;D=85,H=105,L=120мм;белый</t>
-[...4528 lines deleted...]
-  <si>
     <t>Кружка «Айконик»;стекло;330мл;D=77,H=103мм;прозр.</t>
   </si>
   <si>
     <t>03141653</t>
   </si>
   <si>
     <t>55753/b</t>
   </si>
   <si>
     <t>Iconic</t>
   </si>
   <si>
     <t>931.00₸</t>
   </si>
   <si>
     <t>Кружка «Бонд»;фарфор;300мл;D=85,H=100,L=115мм;киноварь</t>
   </si>
   <si>
     <t>03141655</t>
   </si>
   <si>
     <t>C098-176BCP</t>
   </si>
   <si>
     <t>12530.00₸</t>
@@ -5210,96 +5138,150 @@
   <si>
     <t>Кружка «Мотив. Воздух»;керамика;360мл;D=9,H=11см;белый</t>
   </si>
   <si>
     <t>03141662</t>
   </si>
   <si>
     <t>ХЖ-Q69012-4</t>
   </si>
   <si>
     <t>Мотив. Воздух</t>
   </si>
   <si>
     <t>5891.00₸</t>
   </si>
   <si>
     <t>Кружка «Луга» Курица;керамика;410мл;D=9,H=10см;белый,разноцветн.</t>
   </si>
   <si>
     <t>03141658</t>
   </si>
   <si>
     <t>ЛЦ-24013D</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кружка «Луга» Петух;керамика;410мл;D=9,H=10см;белый,разноцветн.</t>
   </si>
   <si>
     <t>03141659</t>
   </si>
   <si>
     <t>ЛЦ-18446D</t>
   </si>
   <si>
     <t>Кружка «Мотив. Солнце»;керамика;360мл;D=95,H=98мм;белый,кремов.</t>
   </si>
   <si>
     <t>03141663</t>
   </si>
   <si>
     <t>ХЖ-Q17004-4</t>
   </si>
   <si>
     <t>Мотив. Солнце</t>
   </si>
   <si>
     <t>Кружка «Ритм»;керамика;350мл;D=9,H=10см;серый</t>
   </si>
   <si>
     <t>03141664</t>
   </si>
   <si>
     <t>ОУ-ST1325</t>
   </si>
   <si>
     <t>Ритм</t>
   </si>
   <si>
     <t>Кружка «Рибби»;фарфор;300мл;D=86,H=90мм;белый</t>
   </si>
   <si>
     <t>03142067</t>
   </si>
   <si>
     <t>RIB0630</t>
   </si>
   <si>
     <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Морелла»;фарфор;285мл;белый</t>
+  </si>
+  <si>
+    <t>03141665</t>
+  </si>
+  <si>
+    <t>9120 C1303</t>
+  </si>
+  <si>
+    <t>Morella</t>
+  </si>
+  <si>
+    <t>11396.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Силк»;фарфор;300мл;D=10,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03141666</t>
+  </si>
+  <si>
+    <t>SAB17300000</t>
+  </si>
+  <si>
+    <t>Silk</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>Кружка «Ирис Бьянко»;фарфор;330мл;D=8,H=10см;белый</t>
+  </si>
+  <si>
+    <t>03142073</t>
+  </si>
+  <si>
+    <t>IR614360000</t>
+  </si>
+  <si>
+    <t>Iris Bianco</t>
+  </si>
+  <si>
+    <t>03142074</t>
+  </si>
+  <si>
+    <t>IR614350000</t>
+  </si>
+  <si>
+    <t>Кружка «Ирис Бьянко»;фарфор;330мл;D=85,H=100мм;белый</t>
+  </si>
+  <si>
+    <t>03142072</t>
+  </si>
+  <si>
+    <t>IR614340000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -5314,51 +5296,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E3FC9F2-D632-11EE-BC41-00505692492F1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D01B0F3F-20CA-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83139-4255-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA78981B-4253-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD493-4251-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFCA4-21B9-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF5F3-E568-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF120-E568-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF3FE-E568-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF316-E568-11EF-BC53-00505692E2D010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D25D-4252-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B0A3-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C7A9-424C-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B98C5-21B7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45DA-424D-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9E59-E3DA-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C353164B-E63A-11EF-BC4E-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C73-E3D5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC84F-424B-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508A5D-E63A-11EF-BC4E-00505692C44720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508C5D-E63A-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B099-424B-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1DDF-E3DA-11EF-BC4E-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2944-424C-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9D71-E3DA-11EF-BC4E-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904464F-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C66A-424D-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657DBA-E568-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657CC0-E568-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4CF2-21B9-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B204-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067A7-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE7B-424E-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460AF-424E-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BF-424E-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA7A4-21B9-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF717-21B9-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92B4ADE7-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223D5-424F-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C74-E3D5-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8DF-424F-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85B29053-E3D5-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA22108-E568-11EF-BC53-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F4CFD25-424F-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFE84-21B9-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6490233-F94B-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFD44-21B9-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B90519B9-21B9-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1A15-E3DA-11EF-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657BEA-E568-11EF-BC53-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1CDF-E3DA-11EF-BC4E-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D035799-424D-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1C09-E3DA-11EF-BC4E-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4566-424D-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C6F-E3D5-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1B0F-E3DA-11EF-BC4E-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6543B16A-5EF1-11EE-BC0E-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BC1-424E-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508B87-E63A-11EF-BC4E-00505692C44759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3531563-E63A-11EF-BC4E-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8E-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657ABA-E568-11EF-BC53-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF5C5-21B9-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF3C1-21B9-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF6DB-E568-11EF-BC53-00505692E2D065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DED-424F-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8708-424F-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFDE4-21B9-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C2-4250-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A532BD-9B58-11EE-BC36-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A42F-4250-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DFB7-21BA-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086837-4250-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7044-4250-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076962-4250-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C4-4250-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9E1A-21B9-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2638951F-4251-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389521-4251-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389526-4251-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF7B1-E568-11EF-BC53-00505692E2D081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657F9C-E568-11EF-BC53-00505692E2D082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9D68-21B9-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF50B-E568-11EF-BC53-00505692E2D084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639417D-4251-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB568-21B9-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3FD-4251-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B3-4252-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D531-4252-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D532-4252-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C6E-E3D5-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D54A-4252-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B6D-4252-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA40E-21B9-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3AD2-21B9-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B4-F162-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF450A-AEC9-11EE-BC40-00505692492F97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB10-4253-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF209-E568-11EF-BC53-00505692E2D099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A649023A-F94B-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B6E-4253-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A748FF3-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A748FF4-4253-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C741A-4253-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C741E-4253-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5010-4253-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5011-4253-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5013-4253-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A134A-4253-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1358-4253-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1359-4253-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A135A-4253-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418DE-4253-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418E1-4253-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D884191C-4253-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F64-4253-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F65-4253-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C871-4253-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C872-4253-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C874-4253-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C87B-4253-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CEB-4254-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48D9-4254-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B4-4254-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B5-4254-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B6-4254-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DF05-21BA-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C9B9-4254-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED43-4254-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE0-4254-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE5-4254-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865378-4254-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE176-4254-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49764B36-28C2-11EA-BBCA-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3A20-21B9-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C87-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F43E4D8-E3D5-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85B2904F-E3D5-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3C12-21B9-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A70-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA8F6-21B9-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA996-21B9-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A5036-21B9-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA4C0-21B9-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B99427-4254-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EA50-21B9-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233FB8FF-814A-11E9-BBBA-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233FB900-814A-11E9-BBBA-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6F3-4254-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F288D-21B9-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC903A-4254-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62567360-814A-11E9-BBBA-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F9BE027-28C2-11EA-BBCA-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E237-21BA-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F43E4DB-E3D5-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4E79-21B9-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B6-4255-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B767F2C3-814A-11E9-BBBA-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EB9-814B-11E9-BBBA-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35ECF4-21B9-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E2D7-21BA-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57AB8BD0-05D8-11EE-BC09-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF7C9-21B9-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A72-5268-11EA-BBCE-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65A3B994-647B-11EA-BBCE-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA856-21B9-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C87-4254-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFAA36-21B9-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85B2904E-E3D5-11EB-BBF2-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF92D-21B9-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA8310B-4255-11E8-A155-00259035BB67171.gif"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6A5-50A0-11EC-BBF6-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E057-21BA-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9CB6-21B9-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F630969-A3A3-11F0-BC4E-00505692492F175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD231CEE-34DA-11F0-BC4F-00505692C447176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4ED2-21B9-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EC42-21B9-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C40-1DC1-11EA-BBC7-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C41-1DC1-11EA-BBC7-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C42-1DC1-11EA-BBC7-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDD144-21B9-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDD0A4-21B9-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9984-21B9-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6D5CA59-21B9-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E38CE-21B9-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35CB1D-3157-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A630113-05D8-11EE-BC09-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94C499FD-F162-11EB-BBF2-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F274D-21B9-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D5481E-7BA4-11EC-BBF7-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67EFC3C0-D8EE-11EB-BBF2-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076085CD-21BA-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076087AD-21BA-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EE-81A0-11EB-BBEF-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA35C-21B9-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF87B-21B9-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9A24-21B9-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B7-F162-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B6-F162-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B9-F162-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B8-F162-11EB-BBF2-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B1-F162-11EB-BBF2-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFF24-21B9-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F256D-21B9-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B0-F162-11EB-BBF2-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CFBBF83-E621-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6904-4254-11E8-A155-00259035BB67208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E0-4254-11E8-A155-00259035BB67209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E1-4254-11E8-A155-00259035BB67210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A535D3-9B58-11EE-BC36-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302C8D-21B9-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E377C-21B9-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E382E-21B9-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302A9B-21B9-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051AF9-21B9-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051B99-21B9-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35E99E-21B9-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88C-4253-11E8-A155-00259035BB67219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92B4ADEA-E3D5-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCCE4-21B9-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCC44-21B9-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCD84-21B9-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCE24-21B9-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4F84-21B9-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA6F2-21B9-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AD59-21B9-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFB52-21B9-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA652-21B9-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CFE-4253-11E8-A155-00259035BB67230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD0A8-4254-11E8-A155-00259035BB67231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EE46-21B9-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA1F8-21B9-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6D5CCFD-21B9-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EB02-21B9-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57F80-21B9-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051739-21B9-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57EE0-21B9-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A850A7-29B8-11EB-BBDD-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A850A8-29B8-11EB-BBDD-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57E2E-21B9-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57D8E-21B9-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57CEE-21B9-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3CC4-21B9-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AF5D-21B9-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8ADF9-21B9-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AEBD-21B9-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AFFD-21B9-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8B09D-21B9-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4793967D-34B8-11EB-BBDF-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4C75-21B9-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4D15-21B9-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DDC5-21BA-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DE65-21BA-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4DD9-21B9-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A5199-21B9-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4FB9-21B9-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A50F9-21B9-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2BDD871-5D68-11EA-BBCE-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2BDD872-5D68-11EA-BBCE-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA5B2-21B9-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EDA6-21B9-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051A59-21B9-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C02-4255-11E8-A155-00259035BB67264.gif"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C13-4255-11E8-A155-00259035BB67265.gif"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C14-4255-11E8-A155-00259035BB67266.gif"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C18-4255-11E8-A155-00259035BB67267.gif"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C1F-4255-11E8-A155-00259035BB67268.gif"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38E9B-F132-11EF-BC4E-00505692C447269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F26AD-21B9-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F260D-21B9-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EBA2-21B9-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E330295B-21B9-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9B64-21B9-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0293E380-7259-11EC-BBF7-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57A6E-21B9-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDD1E4-21B9-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257CBC67-D2D3-11EC-BBFA-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E0F7-21BA-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E197-21BA-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4E32-21B9-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90B08CEF-EA58-11EB-BBF2-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90B08CF0-EA58-11EB-BBF2-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9C16-21B9-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760866D-21BA-11EE-BC0D-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760870D-21BA-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760884D-21BA-11EE-BC0D-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076088ED-21BA-11EE-BC0D-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760898D-21BA-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07608A2D-21BA-11EE-BC0D-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07608ACD-21BA-11EE-BC0D-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B90517D9-21B9-11EE-BC0D-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3980-21B9-11EE-BC0D-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFA12-21B9-11EE-BC0D-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302D3F-21B9-11EE-BC0D-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09913FE7-7259-11EC-BBF7-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2AA6F13-FAD2-11EF-BC57-00505692E049297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75791C41-560F-11EC-BBF6-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFAB2-21B9-11EE-BC0D-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386021E-9BC2-11EC-BBF9-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302B4D-21B9-11EE-BC0D-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146EE4-21B8-11EE-BC0D-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146F84-21B8-11EE-BC0D-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146E44-21B8-11EE-BC0D-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35C9A995-18AD-11ED-BBFC-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35E8FE-21B9-11EE-BC0D-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F292D-21B9-11EE-BC0D-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8ACB9-21B9-11EE-BC0D-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E0D6C64-65B5-11ED-BC01-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E0D6C63-65B5-11ED-BC01-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B25BE5-ACA4-11ED-BC04-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943CB43-053D-11EE-BC09-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4D543-7E52-11EE-BC0F-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDEC4921-0B8E-11EE-BC09-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33C981-25A1-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D677A4-77E9-11EE-BC0F-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F600AE02-5F02-11EE-BC0E-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/614327C9-4BF6-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E140878D-9347-11EE-BC28-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E07E9751-9347-11EE-BC28-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF45CB-AEC9-11EE-BC40-00505692492F321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193C5158-AFD1-11EE-BC40-00505692492F322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FD3364-21C3-11EF-BC3F-0050569297EB323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B09-EA59-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCBB7028-2224-11EE-BC0D-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCBB6F76-2224-11EE-BC0D-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A191037-222F-11EE-BC0D-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/641F20D0-222F-11EE-BC0D-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2586BF0-12C1-11EA-BBC6-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A437-4250-11E8-A155-00259035BB67330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3B4241A-5504-11EF-BC4D-00505692C447331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFE55BBA-6653-11EF-BC4D-00505692C447332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E52AF6C9-6653-11EF-BC4D-00505692C447333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904997-918F-11EF-BC4E-00505692C447334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569F7D53-810E-11EF-BC4D-00505692C447335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569F7BED-810E-11EF-BC4D-00505692C447336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6138B228-9874-11EF-BC4E-00505692C447337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E5BDCF9-CF50-11EF-BC46-0050569297EB338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A54E2A0-D74B-11EF-BC53-00505692E2D0339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C1A5B4-D74B-11EF-BC53-00505692E2D0340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A54E18A-D74B-11EF-BC53-00505692E2D0341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C19E1E-D74B-11EF-BC53-00505692E2D0342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CC650E0-D74B-11EF-BC53-00505692E2D0343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C1AB40-D74B-11EF-BC53-00505692E2D0344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CC64E90-D74B-11EF-BC53-00505692E2D0345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EA6A0F7-D74B-11EF-BC53-00505692E2D0346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36CC9C77-D74B-11EF-BC53-00505692E2D0347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249F30E2-D74B-11EF-BC53-00505692E2D0348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30BD73BF-D74B-11EF-BC53-00505692E2D0349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AAEBAC0-D74B-11EF-BC53-00505692E2D0350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36CC9B35-D74B-11EF-BC53-00505692E2D0351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AAEBCA9-D74B-11EF-BC53-00505692E2D0352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249F2F68-D74B-11EF-BC53-00505692E2D0353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AAEBB96-D74B-11EF-BC53-00505692E2D0354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CC64CCA-D74B-11EF-BC53-00505692E2D0355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30BD74A7-D74B-11EF-BC53-00505692E2D0356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249F2E91-D74B-11EF-BC53-00505692E2D0357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1892465D-D74B-11EF-BC53-00505692E2D0358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18924BB9-D74B-11EF-BC53-00505692E2D0359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05C4C9AF-D74B-11EF-BC53-00505692E2D0360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3AB19C-D74B-11EF-BC53-00505692E2D0361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05C4C7F0-D74B-11EF-BC53-00505692E2D0362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05C4C8C6-D74B-11EF-BC53-00505692E2D0363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3AB0A2-D74B-11EF-BC53-00505692E2D0364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EA69961-D74B-11EF-BC53-00505692E2D0365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3AAFCC-D74B-11EF-BC53-00505692E2D0366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12675E07-D74B-11EF-BC53-00505692E2D0367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12675C15-D74B-11EF-BC53-00505692E2D0368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EA69627-D74B-11EF-BC53-00505692E2D0369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12675CEC-D74B-11EF-BC53-00505692E2D0370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07A63E2C-EF76-11EF-BC46-0050569297EB371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB120052-096A-11F0-BC46-0050569297EB372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB9F8-97B5-11F0-BC58-00505692E2D0373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DBB83-97B5-11F0-BC58-00505692E2D0374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532C524D-7EDB-11F0-BC56-00505692C447375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53CEB81B-7EDB-11F0-BC56-00505692C447376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FB171-7EDB-11F0-BC56-00505692C447377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CEBDB-88DF-11F0-BC57-00505692C447378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CEFE4-88DF-11F0-BC57-00505692C447379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033C384C-88DF-11F0-BC57-00505692C447380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CEEB4-88DF-11F0-BC57-00505692C447381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CECB1-88DF-11F0-BC57-00505692C447382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033C3788-88DF-11F0-BC57-00505692C447383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033C36A0-88DF-11F0-BC57-00505692C447384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD52EB04-A9D1-11F0-BC4C-0050569297EB385.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E3FC9F2-D632-11EE-BC41-00505692492F1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D01B0F3F-20CA-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83139-4255-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA78981B-4253-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFCA4-21B9-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF5F3-E568-11EF-BC53-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF120-E568-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF3FE-E568-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF316-E568-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D25D-4252-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B0A3-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3890C7A9-424C-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B98C5-21B7-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45DA-424D-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9E59-E3DA-11EF-BC4E-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C353164B-E63A-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C73-E3D5-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC84F-424B-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508A5D-E63A-11EF-BC4E-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508C5D-E63A-11EF-BC4E-00505692C44720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B099-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1DDF-E3DA-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2944-424C-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9D71-E3DA-11EF-BC4E-00505692C44724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9904464F-424C-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C66A-424D-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657DBA-E568-11EF-BC53-00505692E2D027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657CC0-E568-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4CF2-21B9-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B204-424E-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067A7-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE7B-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460AF-424E-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BF-424E-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA7A4-21B9-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF717-21B9-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92B4ADE7-E3D5-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C74-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8DF-424F-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85B29053-E3D5-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA22108-E568-11EF-BC53-00505692E2D041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F4CFD25-424F-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFE84-21B9-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6490233-F94B-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFD44-21B9-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B90519B9-21B9-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1A15-E3DA-11EF-BC4E-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657BEA-E568-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1CDF-E3DA-11EF-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D035799-424D-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1C09-E3DA-11EF-BC4E-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C6F-E3D5-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EDD1B0F-E3DA-11EF-BC4E-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6543B16A-5EF1-11EE-BC0E-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BC1-424E-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9508B87-E63A-11EF-BC4E-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3531563-E63A-11EF-BC4E-00505692C44757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB8E-424F-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657ABA-E568-11EF-BC53-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF5C5-21B9-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF3C1-21B9-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF6DB-E568-11EF-BC53-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DED-424F-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFDE4-21B9-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C2-4250-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A532BD-9B58-11EE-BC36-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A42F-4250-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DFB7-21BA-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086837-4250-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7044-4250-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076962-4250-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C4-4250-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9E1A-21B9-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2638951F-4251-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389521-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389526-4251-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF7B1-E568-11EF-BC53-00505692E2D077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2657F9C-E568-11EF-BC53-00505692E2D078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9D68-21B9-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF50B-E568-11EF-BC53-00505692E2D080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639417D-4251-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB568-21B9-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3FD-4251-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B3-4252-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D531-4252-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D532-4252-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C3C8C6E-E3D5-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D54A-4252-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B6D-4252-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA40E-21B9-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3AD2-21B9-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B4-F162-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF450A-AEC9-11EE-BC40-00505692492F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB10-4253-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86BF209-E568-11EF-BC53-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A649023A-F94B-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B6E-4253-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A748FF3-4253-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A748FF4-4253-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C741A-4253-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C741E-4253-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5010-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5011-4253-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5013-4253-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A134A-4253-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1358-4253-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1359-4253-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A135A-4253-11E8-A155-00259035BB67108.gif"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418DE-4253-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418E1-4253-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D884191C-4253-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F64-4253-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F65-4253-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C871-4253-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C872-4253-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C874-4253-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C87B-4253-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CEB-4254-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48D9-4254-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B4-4254-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B5-4254-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B6-4254-11E8-A155-00259035BB67122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DF05-21BA-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C96C9B9-4254-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED43-4254-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE0-4254-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE5-4254-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865378-4254-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE176-4254-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49764B36-28C2-11EA-BBCA-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3A20-21B9-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C87-4254-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F43E4D8-E3D5-11EB-BBF2-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85B2904F-E3D5-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3C12-21B9-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A70-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA8F6-21B9-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA996-21B9-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A5036-21B9-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA4C0-21B9-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B99427-4254-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EA50-21B9-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233FB8FF-814A-11E9-BBBA-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233FB900-814A-11E9-BBBA-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6F3-4254-11E8-A155-00259035BB67145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F288D-21B9-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC903A-4254-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62567360-814A-11E9-BBBA-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F9BE027-28C2-11EA-BBCA-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E237-21BA-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F43E4DB-E3D5-11EB-BBF2-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4E79-21B9-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B6-4255-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B767F2C3-814A-11E9-BBBA-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EB9-814B-11E9-BBBA-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35ECF4-21B9-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E2D7-21BA-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57AB8BD0-05D8-11EE-BC09-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF7C9-21B9-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A72-5268-11EA-BBCE-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65A3B994-647B-11EA-BBCE-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA856-21B9-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C87-4254-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFAA36-21B9-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85B2904E-E3D5-11EB-BBF2-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF92D-21B9-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA8310B-4255-11E8-A155-00259035BB67167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6A5-50A0-11EC-BBF6-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E057-21BA-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9CB6-21B9-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD231CEE-34DA-11F0-BC4F-00505692C447171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4ED2-21B9-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EC42-21B9-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C40-1DC1-11EA-BBC7-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C41-1DC1-11EA-BBC7-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C42-1DC1-11EA-BBC7-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDD144-21B9-11EE-BC0D-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDD0A4-21B9-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9984-21B9-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6D5CA59-21B9-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E38CE-21B9-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35CB1D-3157-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A630113-05D8-11EE-BC09-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94C499FD-F162-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F274D-21B9-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D5481E-7BA4-11EC-BBF7-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67EFC3C0-D8EE-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076085CD-21BA-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076087AD-21BA-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EE-81A0-11EB-BBEF-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA35C-21B9-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF2FF87B-21B9-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9A24-21B9-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B7-F162-11EB-BBF2-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B6-F162-11EB-BBF2-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B9-F162-11EB-BBF2-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B8-F162-11EB-BBF2-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B1-F162-11EB-BBF2-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFF24-21B9-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F256D-21B9-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B9C45B0-F162-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CFBBF83-E621-11EB-BBF2-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E0-4254-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB541E1-4254-11E8-A155-00259035BB67204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A535D3-9B58-11EE-BC36-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302C8D-21B9-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E377C-21B9-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E382E-21B9-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302A9B-21B9-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051AF9-21B9-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051B99-21B9-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35E99E-21B9-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88C-4253-11E8-A155-00259035BB67213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92B4ADEA-E3D5-11EB-BBF2-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCCE4-21B9-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCC44-21B9-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCD84-21B9-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDCE24-21B9-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4F84-21B9-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA6F2-21B9-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AD59-21B9-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFB52-21B9-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA652-21B9-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC852CFE-4253-11E8-A155-00259035BB67224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD0A8-4254-11E8-A155-00259035BB67225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EE46-21B9-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA1F8-21B9-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6D5CCFD-21B9-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EB02-21B9-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57F80-21B9-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051739-21B9-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57EE0-21B9-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A850A7-29B8-11EB-BBDD-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A850A8-29B8-11EB-BBDD-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57E2E-21B9-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57D8E-21B9-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57CEE-21B9-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3CC4-21B9-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AF5D-21B9-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8ADF9-21B9-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AEBD-21B9-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8AFFD-21B9-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8B09D-21B9-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4793967D-34B8-11EB-BBDF-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4C75-21B9-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4D15-21B9-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DDC5-21BA-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168DE65-21BA-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4DD9-21B9-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A5199-21B9-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A4FB9-21B9-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB4A50F9-21B9-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2BDD871-5D68-11EA-BBCE-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2BDD872-5D68-11EA-BBCE-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEFFA5B2-21B9-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EDA6-21B9-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9051A59-21B9-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C02-4255-11E8-A155-00259035BB67258.gif"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C13-4255-11E8-A155-00259035BB67259.gif"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C14-4255-11E8-A155-00259035BB67260.gif"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C18-4255-11E8-A155-00259035BB67261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10A05C1F-4255-11E8-A155-00259035BB67262.gif"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38E9B-F132-11EF-BC4E-00505692C447263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F26AD-21B9-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F260D-21B9-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35EBA2-21B9-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E330295B-21B9-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9B64-21B9-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0293E380-7259-11EC-BBF7-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2F57A6E-21B9-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACEDD1E4-21B9-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257CBC67-D2D3-11EC-BBFA-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E0F7-21BA-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0168E197-21BA-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB1A4E32-21B9-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90B08CEF-EA58-11EB-BBF2-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90B08CF0-EA58-11EB-BBF2-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92F9C16-21B9-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760866D-21BA-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760870D-21BA-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760884D-21BA-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076088ED-21BA-11EE-BC0D-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0760898D-21BA-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07608A2D-21BA-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07608ACD-21BA-11EE-BC0D-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B90517D9-21B9-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F54E3980-21B9-11EE-BC0D-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFA12-21B9-11EE-BC0D-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302D3F-21B9-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09913FE7-7259-11EC-BBF7-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2AA6F13-FAD2-11EF-BC57-00505692E049291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75791C41-560F-11EC-BBF6-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D12AFAB2-21B9-11EE-BC0D-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0386021E-9BC2-11EC-BBF9-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3302B4D-21B9-11EE-BC0D-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146EE4-21B8-11EE-BC0D-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146F84-21B8-11EE-BC0D-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB146E44-21B8-11EE-BC0D-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35C9A995-18AD-11ED-BBFC-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD35E8FE-21B9-11EE-BC0D-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D72F292D-21B9-11EE-BC0D-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4F8ACB9-21B9-11EE-BC0D-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E0D6C64-65B5-11ED-BC01-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E0D6C63-65B5-11ED-BC01-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B25BE5-ACA4-11ED-BC04-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943CB43-053D-11EE-BC09-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4D543-7E52-11EE-BC0F-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDEC4921-0B8E-11EE-BC09-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33C981-25A1-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D677A4-77E9-11EE-BC0F-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F600AE02-5F02-11EE-BC0E-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/614327C9-4BF6-11EE-BC0D-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E140878D-9347-11EE-BC28-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E07E9751-9347-11EE-BC28-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF45CB-AEC9-11EE-BC40-00505692492F315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193C5158-AFD1-11EE-BC40-00505692492F316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FD3364-21C3-11EF-BC3F-0050569297EB317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B09-EA59-11EB-BBF2-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCBB7028-2224-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCBB6F76-2224-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A191037-222F-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/641F20D0-222F-11EE-BC0D-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2586BF0-12C1-11EA-BBC6-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A437-4250-11E8-A155-00259035BB67324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3B4241A-5504-11EF-BC4D-00505692C447325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFE55BBA-6653-11EF-BC4D-00505692C447326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E52AF6C9-6653-11EF-BC4D-00505692C447327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904997-918F-11EF-BC4E-00505692C447328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569F7D53-810E-11EF-BC4D-00505692C447329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569F7BED-810E-11EF-BC4D-00505692C447330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6138B228-9874-11EF-BC4E-00505692C447331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E5BDCF9-CF50-11EF-BC46-0050569297EB332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A54E2A0-D74B-11EF-BC53-00505692E2D0333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C1A5B4-D74B-11EF-BC53-00505692E2D0334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A54E18A-D74B-11EF-BC53-00505692E2D0335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C19E1E-D74B-11EF-BC53-00505692E2D0336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CC650E0-D74B-11EF-BC53-00505692E2D0337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42C1AB40-D74B-11EF-BC53-00505692E2D0338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CC64E90-D74B-11EF-BC53-00505692E2D0339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EA6A0F7-D74B-11EF-BC53-00505692E2D0340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36CC9C77-D74B-11EF-BC53-00505692E2D0341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249F30E2-D74B-11EF-BC53-00505692E2D0342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30BD73BF-D74B-11EF-BC53-00505692E2D0343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AAEBAC0-D74B-11EF-BC53-00505692E2D0344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36CC9B35-D74B-11EF-BC53-00505692E2D0345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AAEBCA9-D74B-11EF-BC53-00505692E2D0346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249F2F68-D74B-11EF-BC53-00505692E2D0347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AAEBB96-D74B-11EF-BC53-00505692E2D0348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CC64CCA-D74B-11EF-BC53-00505692E2D0349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30BD74A7-D74B-11EF-BC53-00505692E2D0350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249F2E91-D74B-11EF-BC53-00505692E2D0351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1892465D-D74B-11EF-BC53-00505692E2D0352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18924BB9-D74B-11EF-BC53-00505692E2D0353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05C4C9AF-D74B-11EF-BC53-00505692E2D0354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3AB19C-D74B-11EF-BC53-00505692E2D0355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05C4C7F0-D74B-11EF-BC53-00505692E2D0356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05C4C8C6-D74B-11EF-BC53-00505692E2D0357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3AB0A2-D74B-11EF-BC53-00505692E2D0358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EA69961-D74B-11EF-BC53-00505692E2D0359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3AAFCC-D74B-11EF-BC53-00505692E2D0360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12675E07-D74B-11EF-BC53-00505692E2D0361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12675C15-D74B-11EF-BC53-00505692E2D0362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1EA69627-D74B-11EF-BC53-00505692E2D0363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12675CEC-D74B-11EF-BC53-00505692E2D0364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07A63E2C-EF76-11EF-BC46-0050569297EB365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB120052-096A-11F0-BC46-0050569297EB366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DB9F8-97B5-11F0-BC58-00505692E2D0367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F48DBB83-97B5-11F0-BC58-00505692E2D0368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532C524D-7EDB-11F0-BC56-00505692C447369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53CEB81B-7EDB-11F0-BC56-00505692C447370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FB171-7EDB-11F0-BC56-00505692C447371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CEBDB-88DF-11F0-BC57-00505692C447372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CEFE4-88DF-11F0-BC57-00505692C447373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033C384C-88DF-11F0-BC57-00505692C447374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CEEB4-88DF-11F0-BC57-00505692C447375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093CECB1-88DF-11F0-BC57-00505692C447376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033C3788-88DF-11F0-BC57-00505692C447377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033C36A0-88DF-11F0-BC57-00505692C447378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD52EB04-A9D1-11F0-BC4C-0050569297EB379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF029951-C7F0-11F0-BC5A-00505692E2D0380.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6313,10593 +6295,10443 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="110" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="111" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="112" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="116" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="118" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="120" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="130" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="132" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="135" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>136</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="139" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="140" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>141</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="142" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="143" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="144" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>146</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="145" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="146" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>148</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="147" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>149</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="148" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>150</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="149" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>152</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="150" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>152</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>153</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="152" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:row>155</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="153" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="154" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>156</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="155" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>157</xdr:row>
+      <xdr:row>158</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="156" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>158</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="157" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>159</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="158" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="160" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>163</xdr:row>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="161" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>165</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="162" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>166</xdr:row>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="163" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>168</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="164" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="165" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="166" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>170</xdr:row>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="167" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>172</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="168" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>172</xdr:row>
+      <xdr:row>173</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="169" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>173</xdr:row>
+      <xdr:row>174</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="170" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>174</xdr:row>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="171" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>175</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="172" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>176</xdr:row>
+      <xdr:row>178</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="173" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="174" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="175" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>179</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="176" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>181</xdr:row>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>182</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="179" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>184</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="180" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>185</xdr:row>
+      <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="182" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="183" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>188</xdr:row>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="184" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>189</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="185" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="187" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>193</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>196</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="191" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>197</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="192" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>198</xdr:row>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="193" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="194" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="195" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="196" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>202</xdr:row>
+      <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="197" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>203</xdr:row>
+      <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>205</xdr:row>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>206</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>207</xdr:row>
+      <xdr:row>208</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="202" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="203" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>209</xdr:row>
+      <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="204" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>210</xdr:row>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="205" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>211</xdr:row>
+      <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="206" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>212</xdr:row>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="207" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>213</xdr:row>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="208" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>214</xdr:row>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="209" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>215</xdr:row>
+      <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="210" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>216</xdr:row>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="211" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>217</xdr:row>
+      <xdr:row>218</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="212" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="213" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>219</xdr:row>
+      <xdr:row>220</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="214" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>220</xdr:row>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="215" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>221</xdr:row>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="216" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>222</xdr:row>
+      <xdr:row>223</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="217" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>223</xdr:row>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="218" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>225</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="219" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>225</xdr:row>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="220" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>226</xdr:row>
+      <xdr:row>227</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="221" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>227</xdr:row>
+      <xdr:row>228</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="222" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>228</xdr:row>
+      <xdr:row>229</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="223" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>229</xdr:row>
+      <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="224" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="225" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>231</xdr:row>
+      <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="226" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>232</xdr:row>
+      <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="227" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>233</xdr:row>
+      <xdr:row>234</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="228" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>234</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="229" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>235</xdr:row>
+      <xdr:row>236</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="230" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>236</xdr:row>
+      <xdr:row>237</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="231" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>237</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>239</xdr:row>
+      <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="234" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>240</xdr:row>
+      <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="235" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="236" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>242</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="237" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>243</xdr:row>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="238" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>244</xdr:row>
+      <xdr:row>245</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="239" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>245</xdr:row>
+      <xdr:row>246</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="240" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>246</xdr:row>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>247</xdr:row>
+      <xdr:row>248</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="242" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>248</xdr:row>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="243" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>249</xdr:row>
+      <xdr:row>250</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="244" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>250</xdr:row>
+      <xdr:row>251</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="245" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>251</xdr:row>
+      <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="246" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>252</xdr:row>
+      <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="247" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>253</xdr:row>
+      <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="248" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>254</xdr:row>
+      <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="249" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>255</xdr:row>
+      <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="250" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>256</xdr:row>
+      <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="251" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>257</xdr:row>
+      <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="252" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>258</xdr:row>
+      <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="253" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>259</xdr:row>
+      <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="254" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>260</xdr:row>
+      <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="255" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>261</xdr:row>
+      <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="256" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>262</xdr:row>
+      <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="257" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>263</xdr:row>
+      <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="258" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="259" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>265</xdr:row>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="260" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>266</xdr:row>
+      <xdr:row>267</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="261" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>267</xdr:row>
+      <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="262" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>268</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="263" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>269</xdr:row>
+      <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="264" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>270</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="265" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>271</xdr:row>
+      <xdr:row>272</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="266" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>272</xdr:row>
+      <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="267" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>273</xdr:row>
+      <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="268" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>274</xdr:row>
+      <xdr:row>275</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="269" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>275</xdr:row>
+      <xdr:row>276</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="270" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>276</xdr:row>
+      <xdr:row>277</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="271" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>277</xdr:row>
+      <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="272" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>278</xdr:row>
+      <xdr:row>279</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="273" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>279</xdr:row>
+      <xdr:row>280</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="274" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>280</xdr:row>
+      <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="275" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>281</xdr:row>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="276" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>282</xdr:row>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="277" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>283</xdr:row>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="278" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>284</xdr:row>
+      <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="279" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>285</xdr:row>
+      <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="280" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>286</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="281" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>287</xdr:row>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="282" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>288</xdr:row>
+      <xdr:row>289</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="283" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>289</xdr:row>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="284" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>290</xdr:row>
+      <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="285" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>291</xdr:row>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="286" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>292</xdr:row>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="287" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>293</xdr:row>
+      <xdr:row>295</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="288" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>294</xdr:row>
+      <xdr:row>296</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="289" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>295</xdr:row>
+      <xdr:row>297</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="290" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>296</xdr:row>
+      <xdr:row>298</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="291" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>298</xdr:row>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="292" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>299</xdr:row>
+      <xdr:row>300</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="293" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>300</xdr:row>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="294" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>301</xdr:row>
+      <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="295" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>302</xdr:row>
+      <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="296" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>303</xdr:row>
+      <xdr:row>304</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="297" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>305</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="298" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>305</xdr:row>
+      <xdr:row>306</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="299" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>306</xdr:row>
+      <xdr:row>307</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="300" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>307</xdr:row>
+      <xdr:row>308</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="301" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>308</xdr:row>
+      <xdr:row>309</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="302" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>309</xdr:row>
+      <xdr:row>310</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="303" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>310</xdr:row>
+      <xdr:row>311</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="304" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>311</xdr:row>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="305" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>312</xdr:row>
+      <xdr:row>313</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="306" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>313</xdr:row>
+      <xdr:row>314</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="307" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>314</xdr:row>
+      <xdr:row>315</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="308" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>315</xdr:row>
+      <xdr:row>316</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="309" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>316</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="310" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>317</xdr:row>
+      <xdr:row>318</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="311" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>318</xdr:row>
+      <xdr:row>319</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="312" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>320</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="313" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>320</xdr:row>
+      <xdr:row>321</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="314" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>321</xdr:row>
+      <xdr:row>322</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="315" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>322</xdr:row>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="316" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>323</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="317" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>324</xdr:row>
+      <xdr:row>325</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="318" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>325</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="319" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>326</xdr:row>
+      <xdr:row>327</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="320" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>327</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="321" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:row>329</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="322" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>329</xdr:row>
+      <xdr:row>330</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="323" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>330</xdr:row>
+      <xdr:row>331</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="324" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>332</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="325" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>332</xdr:row>
+      <xdr:row>333</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="326" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="327" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="328" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>335</xdr:row>
+      <xdr:row>340</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="329" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>341</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="330" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>337</xdr:row>
+      <xdr:row>342</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="331" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>338</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="332" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="333" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="334" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>345</xdr:row>
+      <xdr:row>346</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="335" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>346</xdr:row>
+      <xdr:row>347</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="336" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>347</xdr:row>
+      <xdr:row>348</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="337" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>348</xdr:row>
+      <xdr:row>349</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="338" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>349</xdr:row>
+      <xdr:row>350</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="339" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>351</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="340" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>351</xdr:row>
+      <xdr:row>352</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="341" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>352</xdr:row>
+      <xdr:row>353</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="342" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>353</xdr:row>
+      <xdr:row>354</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="343" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>354</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="344" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>356</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="345" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>356</xdr:row>
+      <xdr:row>357</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="346" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>357</xdr:row>
+      <xdr:row>358</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="347" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>358</xdr:row>
+      <xdr:row>359</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="348" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>359</xdr:row>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="349" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>360</xdr:row>
+      <xdr:row>361</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="350" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>361</xdr:row>
+      <xdr:row>362</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="351" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>362</xdr:row>
+      <xdr:row>363</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="352" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>363</xdr:row>
+      <xdr:row>364</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="353" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>365</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="354" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>365</xdr:row>
+      <xdr:row>366</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="355" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>366</xdr:row>
+      <xdr:row>367</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="356" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>367</xdr:row>
+      <xdr:row>368</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="357" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>368</xdr:row>
+      <xdr:row>369</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="358" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>369</xdr:row>
+      <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="359" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>370</xdr:row>
+      <xdr:row>371</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="360" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>371</xdr:row>
+      <xdr:row>372</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="361" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>372</xdr:row>
+      <xdr:row>373</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="362" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>373</xdr:row>
+      <xdr:row>374</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="363" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>374</xdr:row>
+      <xdr:row>375</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="364" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>375</xdr:row>
+      <xdr:row>378</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="365" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>376</xdr:row>
+      <xdr:row>379</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="366" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>377</xdr:row>
+      <xdr:row>380</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="367" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>378</xdr:row>
+      <xdr:row>381</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="368" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>379</xdr:row>
+      <xdr:row>382</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="369" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>380</xdr:row>
+      <xdr:row>383</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="370" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>383</xdr:row>
+      <xdr:row>384</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="371" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>384</xdr:row>
+      <xdr:row>385</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="372" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>385</xdr:row>
+      <xdr:row>386</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="373" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>386</xdr:row>
+      <xdr:row>387</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="374" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>387</xdr:row>
+      <xdr:row>388</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="375" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>388</xdr:row>
+      <xdr:row>389</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="376" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>389</xdr:row>
+      <xdr:row>390</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="377" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>391</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="378" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>391</xdr:row>
+      <xdr:row>392</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="379" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>392</xdr:row>
+      <xdr:row>393</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="380" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
-        <a:stretch>
-[...148 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -17158,51 +16990,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-stakana-le-coq-01011662/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-s-metalpodstakannikom-bormioli-rocco-01090103/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-01101501/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-d-supa-pasabahce-03120455/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140101/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140102/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140110/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140122/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-chaynaya-steelite-03140124/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-chaynaya-steelite-03140125/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140127/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140213/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140234/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-trendglas-03140293/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140294/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140304/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140309/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140313/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140315/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140316/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140321/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dulevo-03140322/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03140334/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-libbey-03140343/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140362/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140397/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140408/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140410/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140414/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140421/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140425/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140429/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140430/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140431/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140448/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140474/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140475/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140476/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140477/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140478/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140479/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dulevo-03140480/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140483/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-libbey-03140484/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140492/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-2ruchki-steelite-03140493/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140497/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-2ruchki-steelite-03140498/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140501/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140509/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140529/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03140541/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140554/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140576/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03140586/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140588/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03140594/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140610/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03140628/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140630/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03140641/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140654/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140669/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140672/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140674/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140677/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-libbey-03140688/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140697/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140705/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-chef-and-sommelier-03140708/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140715/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bodum-03140716/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140723/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cambro-03140726/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140730/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-libbey-03140732/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140739/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140757/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140758/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140761/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140776/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140777/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140782/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140783/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-termokruzhek-bodum-03140788/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-termokruzhek-bodum-03140789/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140796/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140838/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140847/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140848/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140849/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140850/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03140853/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140855/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03140861/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03140896/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-revol-03140932/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140945/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140953/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dulevo-03140955/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140991/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140994/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140995/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03140998/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03140999/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141010/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141011/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141012/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141013/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141014/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141015/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141016/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141027/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141030/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141031/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141032/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141033/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141034/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141035/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141036/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141037/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-daz-03141040/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141043/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03141045/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03141046/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03141047/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141051/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141055/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kl-03141058/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141090/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141091/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-sousnik-aps-03141092/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141093/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-anfora-03141095/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141098/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141099/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141101/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141137/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141142/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141144/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141145/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141146/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141150/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141167/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141185/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141186/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141189/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141190/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141191/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141192/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-robert-gordon-03141193/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141194/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141199/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-genware-03141221/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-robert-gordon-03141256/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141264/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141266/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141307/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141313/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141320/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141335/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141343/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141360/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141365/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141371/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141377/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141386/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141388/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141403/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141404/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141405/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141406/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141407/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141410/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03141413/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141430/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141431/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141433/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141434/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141435/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141451/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141452/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141467/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141468/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141469/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141501/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141503/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03141518/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-ns-03141523/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141533/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141534/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141536/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141538/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141541/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141544/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141548/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141552/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141553/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141555/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141566/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141580/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141581/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141585/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141586/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141587/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141588/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141589/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141590/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141591/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141592/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141593/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03141599/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141601/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-prohotel-03141605/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-prohotel-03141606/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141623/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141625/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141626/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141627/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141638/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141641/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141642/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141646/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141701/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141703/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141709/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141710/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141711/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03141713/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141714/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141722/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141726/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141761/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141763/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-d-holodnyh-napitkov-san-miguel-03141801/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-san-miguel-03141802/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141806/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03141809/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03141810/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141812/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141814/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141815/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141816/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141817/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141818/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141819/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141820/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141821/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141822/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141823/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141824/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141825/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141826/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141827/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141828/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141829/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141830/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141831/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141832/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141834/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141836/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141837/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141838/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141842/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141843/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141844/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141849/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-250ml-starsky-mug-loveramics-03141914/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142004/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142008/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142009/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142013/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142020/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03142027/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142031/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142032/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03142035/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03142037/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142039/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03142040/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dekorom-g-benedikt-karlovy-vary-03142057/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dekorom-g-benedikt-karlovy-vary-03142063/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03142064/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03142065/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03142066-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-italo-ottinetti-03142301/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-italo-ottinetti-03142302/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-italo-ottinetti-03142303/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142304/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142305/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142306/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142308/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142309/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142310/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142311/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142312/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-vista-alegre-03142313/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-metallicheskaya-probar-premium-03142317/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142318/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142319/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03142321/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03142328/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142329/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03142330/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142333/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03143014/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03143015/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143073/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143074/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143075/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143076/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143077/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143078/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-la-rochere-03143090/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143102/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143103/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143106/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-le-coq-03143114/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-doppio-03143115/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03143116/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03143118/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bashkirskii-farfor-03143120/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bashkirskii-farfor-03143121/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-la-rochere-03143123/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-restola-03143125/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-restola-03143126/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-william-edwards-03143128/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-william-edwards-03143129/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03143139/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruzhka-s-ruchkoy-i-kryshkoy-bormioli-rocco-04148551/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruzhka-s-ruchkoy-bez-kryshki-bormioli-rocco-04148553/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruzhka-s-ruchkoy-bez-kryshki-bormioli-rocco-04148564/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-09050542/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-09050543/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-b-ruchki-lubiana-09101125/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-ns-09101794/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-proff-cuisine-03142336/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03142046/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03142050/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-le-coq-03143130/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-le-coq-03143136/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141918/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141916/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141917/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142338/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142339/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03140149/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143459/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143462/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143465/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143463/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143466/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143461/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143464/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143467/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143479/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143469/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143476/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143472/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143475/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143470/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143473/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143477/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143474/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143468/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143471/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143478/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141853/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141851/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141860/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141856/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141861/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141854/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141857/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141850/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141858/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141852/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141855/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141859/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141862/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143486/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143484/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03142102/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-restola-03140155/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141652/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141653/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141655/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141656/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141654/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141660/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141657/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141662/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141658/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141659/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141663/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141664/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03142067/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-stakana-le-coq-01011662/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-s-metalpodstakannikom-bormioli-rocco-01090103/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-01101501/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-d-supa-pasabahce-03120455/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140102/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140110/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140122/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-chaynaya-steelite-03140124/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-chaynaya-steelite-03140125/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140127/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140213/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140234/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-trendglas-03140293/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140294/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140304/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140309/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140313/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140315/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140316/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140321/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dulevo-03140322/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03140334/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-libbey-03140343/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140362/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140397/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140408/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140410/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140414/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140421/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140425/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140429/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140430/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140431/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-03140445/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140448/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140474/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140475/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140476/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140478/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140479/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dulevo-03140480/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140483/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-libbey-03140484/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140492/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-2ruchki-steelite-03140493/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140497/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-2ruchki-steelite-03140498/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140501/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140509/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140529/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03140541/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140554/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03140586/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140588/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03140594/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140610/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03140628/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140630/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03140641/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140654/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140669/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140672/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140674/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03140677/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140697/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140705/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-chef-and-sommelier-03140708/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140715/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bodum-03140716/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140723/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cambro-03140726/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lubiana-03140730/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-libbey-03140732/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140739/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140757/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140758/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140761/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140776/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140777/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140782/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140783/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-termokruzhek-bodum-03140788/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-termokruzhek-bodum-03140789/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140796/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bauscher-03140838/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140847/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140848/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140849/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140850/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03140853/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03140855/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03140861/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03140896/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-revol-03140932/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140945/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140953/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dulevo-03140955/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03140991/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140994/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03140995/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03140998/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03140999/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141010/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141011/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141012/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141013/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141014/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141015/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141016/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141027/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141030/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-utopia-03141031/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141032/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141033/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141034/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141035/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141036/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141037/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-daz-03141040/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141043/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03141045/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03141046/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03141047/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141051/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141055/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kl-03141058/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141090/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141091/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-sousnik-aps-03141092/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141093/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-anfora-03141095/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141098/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141099/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141101/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141137/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141142/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141144/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141145/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141146/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141150/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141167/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141185/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141186/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141189/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141190/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141191/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141192/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-robert-gordon-03141193/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141194/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141199/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-genware-03141221/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-robert-gordon-03141256/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dvoynye-stenki-prohotel-03141264/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141266/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141307/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141313/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141320/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141335/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141343/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141360/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141365/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141371/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141377/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141386/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141388/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141403/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03141404/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141405/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141406/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141407/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141410/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03141413/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141430/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141431/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141434/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141435/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141451/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141452/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141467/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141468/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141469/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141501/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141503/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03141518/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-ns-03141523/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141533/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141534/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141536/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141538/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141541/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141544/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141548/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141552/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141553/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141555/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141566/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141580/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141581/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141585/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141586/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141587/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141588/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141589/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141590/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141591/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141592/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141593/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03141599/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-prohotel-03141605/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-prohotel-03141606/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141623/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141625/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141626/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141627/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141638/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141641/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141642/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141646/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03141701/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141703/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141709/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141710/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03141711/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03141713/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141714/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141722/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141726/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141761/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03141763/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-d-holodnyh-napitkov-san-miguel-03141801/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-san-miguel-03141802/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141806/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03141809/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03141810/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141812/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141814/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141815/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141816/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141817/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141818/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141819/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141820/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dvoynoy-stenkoy-loveramics-03141821/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141822/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141823/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141824/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141825/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141826/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141827/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141828/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141829/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141830/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141831/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141832/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141834/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141836/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141837/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141838/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141842/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141843/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03141844/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03141849/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-250ml-starsky-mug-loveramics-03141914/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142004/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142008/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142009/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142013/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-arcoroc-03142020/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03142027/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142031/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142032/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03142035/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-rosenthal-03142037/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142039/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03142040/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dekorom-g-benedikt-karlovy-vary-03142057/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-s-dekorom-g-benedikt-karlovy-vary-03142063/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03142064/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03142065/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03142066-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-italo-ottinetti-03142301/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-italo-ottinetti-03142302/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-italo-ottinetti-03142303/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142304/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142305/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142306/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142308/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142309/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142310/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142311/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03142312/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-vista-alegre-03142313/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-metallicheskaya-probar-premium-03142317/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142318/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142319/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03142321/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-serax-03142328/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142329/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-lilien-austria-03142330/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142333/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03143014/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03143015/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143073/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143074/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143075/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-03143076/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143077/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143078/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-la-rochere-03143090/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143102/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-restola-03143103/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143106/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-le-coq-03143114/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-doppio-03143115/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03143116/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03143118/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bashkirskii-farfor-03143120/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-bashkirskii-farfor-03143121/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-la-rochere-03143123/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-restola-03143125/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-restola-03143126/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-william-edwards-03143128/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-william-edwards-03143129/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-osz-03143139/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruzhka-s-ruchkoy-i-kryshkoy-bormioli-rocco-04148551/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruzhka-s-ruchkoy-bez-kryshki-bormioli-rocco-04148553/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruzhka-s-ruchkoy-bez-kryshki-bormioli-rocco-04148564/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-09050542/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostakan-restola-09050543/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-b-ruchki-lubiana-09101125/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-ns-09101794/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-proff-cuisine-03142336/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03142046/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03142050/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-le-coq-03143130/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-le-coq-03143136/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141918/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141916/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03141917/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142338/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-cosy-and-trendy-03142339/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-borisovskaya-keramika-03140149/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143459/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143462/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143465/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143463/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143466/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143461/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143464/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143467/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143479/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143469/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143476/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143472/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143475/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143470/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143473/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143477/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143474/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143468/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143471/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03143478/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141853/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141851/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141860/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141856/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141861/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141854/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141857/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141850/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141858/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141852/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141855/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141859/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141862/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143486/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dobrushskiy-farforovyy-zavod-03143484/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-luminarc-03142102/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termokruzhka-restola-03140155/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141652/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-pasabahce-03141653/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141655/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141656/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-loveramics-03141654/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141660/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141657/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141662/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141658/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141659/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141663/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-dymov-03141664/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-g-benedikt-karlovy-vary-03142067/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-steelite-03141665/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03141666/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03142073/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03142074/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-tognana-03142072/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L398"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I398" sqref="I398"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -17368,13141 +17200,13136 @@
       <c r="G5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="D6" s="0"/>
+      <c r="D6" s="0" t="s">
+        <v>46</v>
+      </c>
       <c r="E6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="F7" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>52</v>
+      </c>
       <c r="G7" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L7" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="0" t="s">
+      <c r="F8" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="E8" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L8" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G9" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="L10" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="L11" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>76</v>
+      </c>
+      <c r="D12" s="0">
+        <v>18316</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L12" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D13" s="0">
-        <v>18316</v>
+        <v>47580</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="L13" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D14" s="0">
-        <v>47580</v>
+        <v>220105</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="L14" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>220105</v>
+        <v>93</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>94</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="L15" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L16" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="L17" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L18" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="L20" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>75</v>
+        <v>124</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="L21" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>111</v>
+        <v>34</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>127</v>
+        <v>36</v>
       </c>
       <c r="L22" s="0">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="F23" s="0"/>
+        <v>135</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>136</v>
+      </c>
       <c r="G23" s="0" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L23" s="0">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>140</v>
+      </c>
+      <c r="D24" s="0">
+        <v>5589</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L24" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>5589</v>
+        <v>146</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>147</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>142</v>
+        <v>51</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>144</v>
+        <v>53</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L25" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L26" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>36</v>
+        <v>160</v>
       </c>
       <c r="L27" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L28" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>164</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L29" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>164</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L30" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>56</v>
+        <v>178</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L31" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>178</v>
+        <v>53</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L32" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L33" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>177</v>
+        <v>72</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="L34" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
-      <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>191</v>
-[...6 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="E35" s="0"/>
+      <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L35" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D36" s="0">
         <v>36140</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D37" s="0">
         <v>1208</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="L37" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D38" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E38" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="0" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="L38" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D40" s="0">
-        <v>1433</v>
+        <v>1488</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>36</v>
+        <v>160</v>
       </c>
       <c r="L40" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1488</v>
+        <v>218</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>219</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>198</v>
+        <v>51</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>203</v>
+        <v>72</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>28</v>
+        <v>221</v>
       </c>
       <c r="L41" s="0">
-        <v>20</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L42" s="0">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="F43" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>229</v>
+      </c>
       <c r="G43" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="L43" s="0">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>232</v>
+      </c>
+      <c r="D44" s="0">
+        <v>5091</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>56</v>
+        <v>233</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="L44" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>5091</v>
+        <v>236</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>237</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="F45" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>238</v>
+      </c>
       <c r="G45" s="0" t="s">
-        <v>232</v>
+        <v>53</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L45" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L46" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L47" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L48" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>246</v>
+        <v>72</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>36</v>
+        <v>257</v>
       </c>
       <c r="L49" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>75</v>
+        <v>164</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L50" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>164</v>
+        <v>265</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>36</v>
+        <v>160</v>
       </c>
       <c r="L51" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>109</v>
+        <v>270</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>111</v>
+        <v>272</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>265</v>
+        <v>68</v>
       </c>
       <c r="L52" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>269</v>
+        <v>108</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>271</v>
+        <v>110</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>71</v>
+        <v>278</v>
       </c>
       <c r="L53" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>109</v>
+        <v>282</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>263</v>
+        <v>282</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>111</v>
+        <v>17</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>277</v>
+        <v>28</v>
       </c>
       <c r="L54" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D55" s="0">
-        <v>1813</v>
+        <v>2710</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L55" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="E56" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="C56" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F56" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>2710</v>
+        <v>293</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>294</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>291</v>
+        <v>36</v>
       </c>
       <c r="L57" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>285</v>
+        <v>301</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>17</v>
+        <v>302</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>305</v>
+      </c>
+      <c r="D59" s="0">
+        <v>1909</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L59" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>304</v>
+        <v>282</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>305</v>
+        <v>282</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>306</v>
+        <v>17</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>313</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>314</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L61" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>285</v>
+        <v>51</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>285</v>
+        <v>320</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>28</v>
+        <v>322</v>
       </c>
       <c r="L62" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L63" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="L64" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L65" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>336</v>
+        <v>36</v>
       </c>
       <c r="L66" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L67" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>5380</v>
+        <v>349</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>350</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="F68" s="0"/>
+        <v>351</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>352</v>
+      </c>
       <c r="G68" s="0" t="s">
-        <v>144</v>
+        <v>83</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L68" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>348</v>
+        <v>109</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L69" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>56</v>
+        <v>363</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L70" s="0">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>358</v>
+        <v>51</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L71" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>109</v>
+        <v>373</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>110</v>
+        <v>374</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>111</v>
+        <v>375</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L72" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>368</v>
+        <v>108</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>370</v>
+        <v>110</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L73" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>383</v>
+      </c>
+      <c r="D74" s="0">
+        <v>5352</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>56</v>
+        <v>143</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L74" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>380</v>
+        <v>51</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>381</v>
+        <v>326</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>382</v>
+        <v>53</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L75" s="0">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>109</v>
+        <v>392</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>111</v>
+        <v>394</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L76" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>5352</v>
+        <v>397</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>398</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="F77" s="0"/>
+        <v>392</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>393</v>
+      </c>
       <c r="G77" s="0" t="s">
-        <v>144</v>
+        <v>394</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L77" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="E78" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="F78" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="D78" s="0" t="s">
+      <c r="G78" s="0" t="s">
         <v>394</v>
       </c>
-      <c r="E78" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L78" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>43</v>
+        <v>221</v>
       </c>
       <c r="L79" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>407</v>
+        <v>43</v>
       </c>
       <c r="L80" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>399</v>
+        <v>51</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>400</v>
+        <v>416</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>401</v>
+        <v>53</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L81" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>399</v>
+        <v>51</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>401</v>
+        <v>53</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>416</v>
+        <v>321</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="L82" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>399</v>
+        <v>361</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>400</v>
+        <v>426</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L84" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>54</v>
+        <v>392</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>56</v>
+        <v>394</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>325</v>
+        <v>437</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>431</v>
+        <v>36</v>
       </c>
       <c r="L85" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>368</v>
+        <v>392</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>436</v>
+        <v>394</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>36</v>
+        <v>443</v>
       </c>
       <c r="L86" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>368</v>
+        <v>51</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L87" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>399</v>
+        <v>51</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>401</v>
+        <v>53</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L88" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F89" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G89" s="0" t="s">
-        <v>401</v>
+        <v>53</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>451</v>
+        <v>277</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>326</v>
+        <v>456</v>
       </c>
       <c r="L89" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L90" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>54</v>
+        <v>135</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L91" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>455</v>
+        <v>469</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>276</v>
+        <v>470</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>464</v>
+        <v>20</v>
       </c>
       <c r="L92" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>54</v>
+        <v>300</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>455</v>
+        <v>474</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>56</v>
+        <v>302</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L93" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>136</v>
+        <v>479</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>138</v>
+        <v>394</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L94" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>483</v>
+      </c>
+      <c r="D95" s="0">
+        <v>635138</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>40</v>
+        <v>484</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L95" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>304</v>
+        <v>51</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>306</v>
+        <v>53</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L96" s="0"/>
+      <c r="L96" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>487</v>
+        <v>51</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>488</v>
+        <v>58</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>401</v>
+        <v>53</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L97" s="0"/>
+      <c r="L97" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>635138</v>
+        <v>497</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>498</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L98" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>498</v>
+        <v>72</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L99" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>505</v>
+      </c>
+      <c r="D100" s="0">
+        <v>1565</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L100" s="0">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>508</v>
+      </c>
+      <c r="D101" s="0">
+        <v>1566</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>131</v>
+        <v>202</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L101" s="0">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>54</v>
+        <v>479</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>75</v>
+        <v>480</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>56</v>
+        <v>394</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L102" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>515</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>516</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="F103" s="0"/>
+        <v>479</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>517</v>
+      </c>
       <c r="G103" s="0" t="s">
-        <v>34</v>
+        <v>394</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L103" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>1566</v>
+        <v>520</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>521</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="F104" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>522</v>
+      </c>
       <c r="G104" s="0" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L104" s="0">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>487</v>
+        <v>32</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>488</v>
+        <v>522</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>401</v>
+        <v>83</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L105" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L105" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="E106" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="F106" s="0" t="s">
         <v>522</v>
       </c>
-      <c r="C106" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G106" s="0" t="s">
-        <v>401</v>
+        <v>83</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L106" s="0"/>
+        <v>160</v>
+      </c>
+      <c r="L106" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>32</v>
+        <v>535</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
       <c r="L108" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>32</v>
+        <v>535</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L109" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="E110" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="F110" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="C110" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L110" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L111" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L112" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L113" s="0"/>
+      <c r="L113" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="F114" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>522</v>
+      </c>
       <c r="G114" s="0" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="L114" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="F115" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>522</v>
+      </c>
       <c r="G115" s="0" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="L115" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>543</v>
+        <v>575</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L116" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>32</v>
+        <v>575</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>530</v>
+        <v>582</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>85</v>
+        <v>577</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>277</v>
+        <v>36</v>
       </c>
       <c r="L117" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C118" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="G118" s="0" t="s">
         <v>577</v>
       </c>
-      <c r="D118" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L118" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>586</v>
+        <v>291</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L120" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>583</v>
+        <v>270</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>585</v>
+        <v>272</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L121" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>583</v>
+        <v>135</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>585</v>
+        <v>607</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>295</v>
+        <v>395</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L122" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="F123" s="0"/>
+        <v>135</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>606</v>
+      </c>
       <c r="G123" s="0" t="s">
-        <v>34</v>
+        <v>607</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>605</v>
+        <v>395</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L123" s="0"/>
+      <c r="L123" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="C124" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G124" s="0" t="s">
-        <v>271</v>
+        <v>137</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>614</v>
+        <v>490</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>615</v>
+        <v>53</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>402</v>
+        <v>618</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="L125" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>136</v>
+        <v>270</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>615</v>
+        <v>272</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>402</v>
+        <v>623</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>36</v>
+        <v>221</v>
       </c>
       <c r="L127" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>54</v>
+        <v>270</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>498</v>
+        <v>632</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>56</v>
+        <v>272</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="L128" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>634</v>
+        <v>640</v>
+      </c>
+      <c r="D130" s="0">
+        <v>40636</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="F130" s="0"/>
+        <v>641</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>642</v>
+      </c>
       <c r="G130" s="0" t="s">
-        <v>17</v>
+        <v>394</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>417</v>
+        <v>644</v>
       </c>
       <c r="L130" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>269</v>
+        <v>51</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>271</v>
+        <v>53</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L131" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>269</v>
+        <v>653</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>271</v>
+        <v>143</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-        <v>40636</v>
+        <v>657</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>658</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>649</v>
+        <v>40</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>650</v>
+        <v>177</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>401</v>
+        <v>34</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>652</v>
+        <v>43</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L134" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L134" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>661</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L135" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L135" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>177</v>
+        <v>72</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>668</v>
+        <v>36</v>
       </c>
       <c r="L136" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="F137" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>675</v>
+      </c>
       <c r="G137" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>672</v>
+        <v>618</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="L137" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="F138" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>679</v>
+      </c>
       <c r="G138" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L138" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>75</v>
+        <v>684</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>681</v>
+        <v>36</v>
       </c>
       <c r="L139" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F140" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F140" s="0"/>
+      <c r="G140" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H140" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I140" s="1" t="s">
         <v>685</v>
-      </c>
-[...7 lines deleted...]
-        <v>626</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>686</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L141" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>36</v>
+        <v>644</v>
       </c>
       <c r="L142" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
-      <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F143" s="0"/>
+        <v>575</v>
+      </c>
+      <c r="F143" s="0" t="s">
+        <v>701</v>
+      </c>
       <c r="G143" s="0" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L143" s="0"/>
+      <c r="L143" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>703</v>
+        <v>72</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L144" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F145" s="0"/>
+        <v>282</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>710</v>
+      </c>
       <c r="G145" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>709</v>
+        <v>28</v>
       </c>
       <c r="L145" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
+      <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="E146" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="F146" s="0" t="s">
         <v>710</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="G146" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H146" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I146" s="1" t="s">
         <v>711</v>
-      </c>
-[...16 lines deleted...]
-        <v>714</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L146" s="0">
-        <v>24</v>
+        <v>2</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
         <v>715</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>716</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>717</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>54</v>
+        <v>282</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>75</v>
+        <v>710</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>718</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L147" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
         <v>719</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>720</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>721</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="F148" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F148" s="0"/>
+      <c r="G148" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="H148" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I148" s="1" t="s">
         <v>722</v>
-      </c>
-[...7 lines deleted...]
-        <v>723</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>28</v>
+        <v>723</v>
       </c>
       <c r="L148" s="0">
-        <v>2</v>
+        <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
         <v>724</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>725</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>726</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>285</v>
+        <v>727</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L149" s="0"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>730</v>
+        <v>188</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L150" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="F151" s="0"/>
+        <v>575</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>736</v>
+      </c>
       <c r="G151" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
       <c r="L151" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="F153" s="0"/>
+        <v>727</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>747</v>
+      </c>
       <c r="G153" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L153" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L153" s="0"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L154" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>760</v>
+        <v>628</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L156" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L156" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="F157" s="0"/>
+        <v>575</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>765</v>
+      </c>
       <c r="G157" s="0" t="s">
-        <v>17</v>
+        <v>577</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L157" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="F159" s="0"/>
+        <v>770</v>
+      </c>
+      <c r="F159" s="0" t="s">
+        <v>776</v>
+      </c>
       <c r="G159" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>636</v>
+        <v>777</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="0">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
-      <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>583</v>
+        <v>770</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L160" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>782</v>
+        <v>282</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L161" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L161" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
-      <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>782</v>
+        <v>575</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>34</v>
+        <v>577</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
+      <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>782</v>
+        <v>575</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>793</v>
+        <v>592</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>34</v>
+        <v>577</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L163" s="0"/>
+      <c r="L163" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L164" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
+      <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L165" s="0"/>
+      <c r="L165" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>600</v>
+        <v>765</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L166" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>285</v>
+        <v>32</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
       <c r="L167" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>583</v>
+        <v>270</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>817</v>
+        <v>601</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>585</v>
+        <v>272</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L168" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="L169" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="F170" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>827</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L170" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
         <v>828</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>829</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>830</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>269</v>
+        <v>575</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>609</v>
+        <v>736</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>271</v>
+        <v>577</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>831</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L171" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
         <v>832</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>833</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>834</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="F172" s="0"/>
+      <c r="F172" s="0" t="s">
+        <v>33</v>
+      </c>
       <c r="G172" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>835</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L172" s="0"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
         <v>836</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>837</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>838</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="F173" s="0"/>
+        <v>479</v>
+      </c>
+      <c r="F173" s="0" t="s">
+        <v>480</v>
+      </c>
       <c r="G173" s="0" t="s">
-        <v>34</v>
+        <v>394</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>839</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L173" s="0"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>840</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>841</v>
       </c>
-      <c r="D174" s="0" t="s">
+      <c r="D174" s="0">
+        <v>66104</v>
+      </c>
+      <c r="E174" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="F174" s="0" t="s">
         <v>842</v>
       </c>
-      <c r="E174" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G174" s="0" t="s">
-        <v>585</v>
+        <v>83</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>843</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L174" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
         <v>844</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>845</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>846</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>33</v>
+        <v>847</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>847</v>
+        <v>321</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L175" s="0"/>
+        <v>848</v>
+      </c>
+      <c r="L175" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>487</v>
+        <v>575</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>488</v>
+        <v>852</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>401</v>
+        <v>577</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L176" s="0"/>
+      <c r="L176" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
-      <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>66104</v>
+        <v>855</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>856</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>32</v>
+        <v>575</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>85</v>
+        <v>577</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>855</v>
+        <v>291</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L177" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>54</v>
+        <v>282</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>325</v>
+        <v>862</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>860</v>
+        <v>28</v>
       </c>
       <c r="L178" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>583</v>
+        <v>282</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L179" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>583</v>
+        <v>871</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>585</v>
+        <v>873</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
+      <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="E181" s="0" t="s">
         <v>871</v>
       </c>
-      <c r="C181" s="0" t="s">
+      <c r="F181" s="0" t="s">
         <v>872</v>
       </c>
-      <c r="D181" s="0" t="s">
+      <c r="G181" s="0" t="s">
         <v>873</v>
       </c>
-      <c r="E181" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F181" s="0" t="s">
+      <c r="H181" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I181" s="1" t="s">
         <v>874</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L181" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>285</v>
+        <v>871</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>878</v>
+        <v>872</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>17</v>
+        <v>873</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L182" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>285</v>
+        <v>871</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>17</v>
+        <v>363</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L183" s="0"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>888</v>
+        <v>871</v>
       </c>
       <c r="F184" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="G184" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I184" s="1" t="s">
         <v>889</v>
-      </c>
-[...7 lines deleted...]
-        <v>891</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L184" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="D185" s="0">
+        <v>3837457</v>
+      </c>
+      <c r="E185" s="0" t="s">
         <v>892</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="F185" s="0" t="s">
         <v>893</v>
       </c>
-      <c r="D185" s="0" t="s">
+      <c r="G185" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I185" s="1" t="s">
         <v>894</v>
-      </c>
-[...13 lines deleted...]
-        <v>891</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L185" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
         <v>895</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>896</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>897</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>890</v>
+        <v>34</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L186" s="0">
-        <v>4</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
-      <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>888</v>
+        <v>575</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>901</v>
+        <v>791</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>370</v>
+        <v>577</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L187" s="0"/>
+      <c r="L187" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>888</v>
+        <v>575</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>370</v>
+        <v>577</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L188" s="0"/>
+      <c r="L188" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>3837457</v>
+        <v>910</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>911</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>909</v>
+        <v>575</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>890</v>
+        <v>577</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>36</v>
+        <v>332</v>
       </c>
       <c r="L189" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="F190" s="0"/>
+        <v>575</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>917</v>
+      </c>
       <c r="G190" s="0" t="s">
-        <v>34</v>
+        <v>577</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>686</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
+      <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>803</v>
+        <v>592</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>920</v>
+        <v>702</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L191" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>583</v>
+        <v>770</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L192" s="0">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="L193" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>583</v>
+        <v>51</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>585</v>
+        <v>53</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L194" s="0"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>583</v>
+        <v>51</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>600</v>
+        <v>940</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>585</v>
+        <v>53</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>714</v>
+        <v>941</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="L195" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>782</v>
+        <v>51</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L196" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>583</v>
+        <v>40</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="L197" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>953</v>
+        <v>628</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L198" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L198" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>958</v>
+        <v>908</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="L199" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="C200" s="0" t="s">
         <v>959</v>
       </c>
-      <c r="C200" s="0" t="s">
+      <c r="D200" s="0" t="s">
         <v>960</v>
       </c>
-      <c r="D200" s="0" t="s">
+      <c r="E200" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F200" s="0" t="s">
         <v>961</v>
       </c>
-      <c r="E200" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F200" s="0" t="s">
+      <c r="G200" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H200" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I200" s="1" t="s">
         <v>962</v>
-      </c>
-[...7 lines deleted...]
-        <v>963</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>36</v>
+        <v>221</v>
       </c>
       <c r="L200" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="C201" s="0" t="s">
         <v>964</v>
       </c>
-      <c r="C201" s="0" t="s">
+      <c r="D201" s="0" t="s">
         <v>965</v>
       </c>
-      <c r="D201" s="0" t="s">
+      <c r="E201" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F201" s="0" t="s">
         <v>966</v>
       </c>
-      <c r="E201" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G201" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>968</v>
+        <v>169</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L201" s="0"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="D202" s="0" t="s">
         <v>969</v>
       </c>
-      <c r="C202" s="0" t="s">
+      <c r="E202" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F202" s="0" t="s">
         <v>970</v>
       </c>
-      <c r="D202" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>585</v>
+        <v>53</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>636</v>
+        <v>169</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L202" s="0"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="C203" s="0" t="s">
         <v>972</v>
       </c>
-      <c r="C203" s="0" t="s">
+      <c r="D203" s="0" t="s">
         <v>973</v>
       </c>
-      <c r="D203" s="0" t="s">
+      <c r="E203" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F203" s="0" t="s">
         <v>974</v>
       </c>
-      <c r="E203" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>585</v>
+        <v>53</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>925</v>
+        <v>975</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L203" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L203" s="0"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="E204" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="G204" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H204" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I204" s="1" t="s">
         <v>975</v>
-      </c>
-[...19 lines deleted...]
-        <v>979</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L204" s="0"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
         <v>980</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>981</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>982</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>983</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>169</v>
+        <v>984</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L205" s="0"/>
+      <c r="L205" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="E206" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="G206" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H206" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I206" s="1" t="s">
         <v>984</v>
-      </c>
-[...19 lines deleted...]
-        <v>169</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L206" s="0"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L207" s="0"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
         <v>993</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>994</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>995</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>996</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L208" s="0"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
         <v>997</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>998</v>
       </c>
-      <c r="D209" s="0" t="s">
+      <c r="D209" s="0">
+        <v>431244218</v>
+      </c>
+      <c r="E209" s="0" t="s">
         <v>999</v>
       </c>
-      <c r="E209" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F209" s="0" t="s">
+      <c r="F209" s="0"/>
+      <c r="G209" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H209" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I209" s="1" t="s">
         <v>1000</v>
-      </c>
-[...7 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>36</v>
+        <v>1001</v>
       </c>
       <c r="L209" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
         <v>1002</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>1003</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>1004</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F210" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="F210" s="0"/>
+      <c r="G210" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H210" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I210" s="1" t="s">
         <v>1005</v>
-      </c>
-[...7 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L210" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L210" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
         <v>1006</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>1007</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>1008</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F211" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="F211" s="0"/>
+      <c r="G211" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I211" s="1" t="s">
         <v>1009</v>
-      </c>
-[...7 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L211" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L211" s="0">
+        <v>48</v>
+      </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>1010</v>
       </c>
-      <c r="C212" s="0" t="s">
+      <c r="D212" s="0" t="s">
         <v>1011</v>
       </c>
-      <c r="D212" s="0" t="s">
+      <c r="E212" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F212" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="G212" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="H212" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I212" s="1" t="s">
         <v>1012</v>
-      </c>
-[...13 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L212" s="0"/>
+      <c r="L212" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C213" s="0" t="s">
         <v>1014</v>
       </c>
-      <c r="C213" s="0" t="s">
+      <c r="D213" s="0" t="s">
         <v>1015</v>
       </c>
-      <c r="D213" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E213" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F213" s="0" t="s">
         <v>1016</v>
       </c>
-      <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
-        <v>34</v>
+        <v>577</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L213" s="0">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>1019</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>1020</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>543</v>
+        <v>575</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>1021</v>
+        <v>907</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>764</v>
+        <v>908</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L214" s="0"/>
+      <c r="L214" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C215" s="0" t="s">
         <v>1022</v>
       </c>
-      <c r="C215" s="0" t="s">
+      <c r="D215" s="0" t="s">
         <v>1023</v>
       </c>
-      <c r="D215" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E215" s="0" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="F215" s="0"/>
+        <v>575</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>907</v>
+      </c>
       <c r="G215" s="0" t="s">
-        <v>17</v>
+        <v>577</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>1025</v>
+        <v>499</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L215" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D216" s="0" t="s">
         <v>1026</v>
       </c>
-      <c r="C216" s="0" t="s">
+      <c r="E216" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="F216" s="0" t="s">
         <v>1027</v>
       </c>
-      <c r="D216" s="0" t="s">
+      <c r="G216" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I216" s="1" t="s">
         <v>1028</v>
-      </c>
-[...11 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>265</v>
+        <v>1029</v>
       </c>
       <c r="L216" s="0">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>580</v>
+        <v>1030</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>583</v>
+        <v>770</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>584</v>
+        <v>1033</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>281</v>
+        <v>1028</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>1032</v>
+        <v>20</v>
       </c>
       <c r="L217" s="0">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="F218" s="0" t="s">
         <v>1033</v>
       </c>
-      <c r="C218" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G218" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>71</v>
+        <v>1038</v>
       </c>
       <c r="L218" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>583</v>
+        <v>770</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>924</v>
+        <v>1042</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>925</v>
+        <v>1028</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L219" s="0">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>1044</v>
+      </c>
+      <c r="D220" s="0">
+        <v>71119</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
-        <v>585</v>
+        <v>83</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="L220" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>782</v>
+        <v>51</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L221" s="0">
-        <v>10</v>
+        <v>36</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>782</v>
+        <v>871</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L222" s="0">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E223" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="F223" s="0" t="s">
         <v>1054</v>
       </c>
-      <c r="C223" s="0" t="s">
+      <c r="G223" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H223" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I223" s="1" t="s">
         <v>1055</v>
-      </c>
-[...16 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>1058</v>
+        <v>43</v>
       </c>
       <c r="L223" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
         <v>1059</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>1060</v>
       </c>
       <c r="D224" s="0" t="s">
         <v>1061</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>782</v>
+        <v>871</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="L224" s="0">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C225" s="0" t="s">
         <v>1063</v>
       </c>
-      <c r="C225" s="0" t="s">
+      <c r="D225" s="0" t="s">
         <v>1064</v>
       </c>
-      <c r="D225" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E225" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="F225" s="0"/>
+        <v>892</v>
+      </c>
+      <c r="F225" s="0" t="s">
+        <v>1065</v>
+      </c>
       <c r="G225" s="0" t="s">
-        <v>85</v>
+        <v>873</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L225" s="0"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
         <v>1067</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>1068</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>1069</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>1070</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L226" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
         <v>1072</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>1073</v>
       </c>
       <c r="D227" s="0" t="s">
         <v>1074</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>888</v>
+        <v>51</v>
       </c>
       <c r="F227" s="0" t="s">
         <v>1075</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>36</v>
+        <v>1077</v>
       </c>
       <c r="L227" s="0">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>888</v>
+        <v>51</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>43</v>
+        <v>221</v>
       </c>
       <c r="L228" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>888</v>
+        <v>282</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="L229" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>909</v>
+        <v>282</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>890</v>
+        <v>17</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L230" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L230" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>1089</v>
-[...2 lines deleted...]
-        <v>1090</v>
+        <v>1094</v>
+      </c>
+      <c r="D231" s="0">
+        <v>3101</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>54</v>
+        <v>1095</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="G231" s="0" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L231" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>1094</v>
-[...1 lines deleted...]
-      <c r="D232" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D232" s="0">
+        <v>3102</v>
+      </c>
+      <c r="E232" s="0" t="s">
         <v>1095</v>
       </c>
-      <c r="E232" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F232" s="0" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="G232" s="0" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>1098</v>
+        <v>36</v>
       </c>
       <c r="L232" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>54</v>
+        <v>770</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="G233" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>1103</v>
+        <v>926</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>1104</v>
+        <v>36</v>
       </c>
       <c r="L233" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>285</v>
+        <v>479</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>17</v>
+        <v>394</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L234" s="0"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>285</v>
+        <v>479</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>17</v>
+        <v>394</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L235" s="0"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-        <v>3101</v>
+        <v>1117</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>1118</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1119</v>
+        <v>203</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L236" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>3102</v>
+        <v>1122</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>1123</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>1117</v>
+        <v>756</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L237" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E238" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="F238" s="0" t="s">
         <v>1124</v>
       </c>
-      <c r="C238" s="0" t="s">
+      <c r="G238" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H238" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I238" s="1" t="s">
         <v>1125</v>
-      </c>
-[...16 lines deleted...]
-        <v>943</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L238" s="0">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>487</v>
+        <v>756</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>1131</v>
+        <v>1124</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>401</v>
+        <v>17</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1132</v>
+        <v>1125</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L239" s="0"/>
+      <c r="L239" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C240" s="0" t="s">
         <v>1133</v>
       </c>
-      <c r="C240" s="0" t="s">
+      <c r="D240" s="0" t="s">
         <v>1134</v>
       </c>
-      <c r="D240" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240" s="0" t="s">
-        <v>487</v>
+        <v>756</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>1136</v>
+        <v>1124</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>401</v>
+        <v>17</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L240" s="0"/>
+      <c r="L240" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>1141</v>
+        <v>756</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>1142</v>
+        <v>1124</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>1143</v>
+        <v>1125</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L241" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1144</v>
+        <v>1138</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1145</v>
+        <v>1139</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1146</v>
+        <v>1140</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L242" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L243" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1152</v>
+        <v>1146</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1153</v>
+        <v>1147</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1154</v>
+        <v>1148</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L244" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1155</v>
+        <v>1150</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1156</v>
+        <v>1151</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1157</v>
+        <v>1152</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F245" s="0" t="s">
-        <v>1147</v>
+        <v>757</v>
       </c>
       <c r="G245" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L245" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="G246" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L246" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L246" s="0"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D247" s="0" t="s">
         <v>1161</v>
       </c>
-      <c r="C247" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E247" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="G247" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L247" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D248" s="0" t="s">
         <v>1165</v>
       </c>
-      <c r="C248" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E248" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="G248" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1168</v>
+        <v>1158</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L248" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L248" s="0"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="G249" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L249" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>769</v>
+        <v>1157</v>
       </c>
       <c r="G250" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L250" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>1180</v>
+        <v>757</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L251" s="0"/>
+      <c r="L251" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>1180</v>
+        <v>757</v>
       </c>
       <c r="G252" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L252" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1188</v>
+        <v>1183</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>1180</v>
+        <v>757</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L253" s="0"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1189</v>
+        <v>1184</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1180</v>
+        <v>757</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1192</v>
+        <v>1187</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L254" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L254" s="0"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>1180</v>
+        <v>757</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1196</v>
+        <v>1191</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L255" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L255" s="0"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L256" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L256" s="0"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F257" s="0" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="G257" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L257" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F258" s="0" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="G258" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L258" s="0"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F259" s="0" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="G259" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1210</v>
+        <v>1199</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L259" s="0"/>
+      <c r="L259" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D260" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E260" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G260" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H260" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I260" s="1" t="s">
         <v>1211</v>
-      </c>
-[...19 lines deleted...]
-        <v>1214</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L260" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L260" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E261" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F261" s="0" t="s">
         <v>1215</v>
       </c>
-      <c r="C261" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G261" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1218</v>
+        <v>188</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L261" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L261" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E262" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F262" s="0" t="s">
         <v>1219</v>
       </c>
-      <c r="C262" s="0" t="s">
+      <c r="G262" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H262" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I262" s="1" t="s">
         <v>1220</v>
-      </c>
-[...16 lines deleted...]
-        <v>1222</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L262" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D263" s="0" t="s">
         <v>1223</v>
       </c>
-      <c r="C263" s="0" t="s">
+      <c r="E263" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="F263" s="0" t="s">
         <v>1224</v>
       </c>
-      <c r="D263" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G263" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1226</v>
+        <v>1028</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L263" s="0"/>
+      <c r="L263" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D264" s="0" t="s">
         <v>1227</v>
       </c>
-      <c r="C264" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E264" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="G264" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L264" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C265" s="0" t="s">
         <v>1230</v>
       </c>
-      <c r="C265" s="0" t="s">
+      <c r="D265" s="0" t="s">
         <v>1231</v>
       </c>
-      <c r="D265" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E265" s="0" t="s">
-        <v>1141</v>
+        <v>32</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>1233</v>
+        <v>33</v>
       </c>
       <c r="G265" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1234</v>
+        <v>951</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L265" s="0"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E266" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G266" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="H266" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I266" s="1" t="s">
         <v>1235</v>
-      </c>
-[...19 lines deleted...]
-        <v>1239</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L266" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>1141</v>
+        <v>32</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1243</v>
+        <v>33</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L267" s="0"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>782</v>
+        <v>32</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1247</v>
+        <v>33</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1049</v>
+        <v>1235</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="L268" s="0">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1250</v>
+        <v>1245</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>768</v>
+        <v>32</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>769</v>
+        <v>33</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L269" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L269" s="0"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1252</v>
+        <v>1247</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1253</v>
+        <v>1248</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>32</v>
+        <v>770</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>33</v>
+        <v>1250</v>
       </c>
       <c r="G270" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>968</v>
+        <v>1251</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L270" s="0"/>
+      <c r="L270" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E271" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F271" s="0" t="s">
         <v>1255</v>
       </c>
-      <c r="C271" s="0" t="s">
+      <c r="G271" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H271" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I271" s="1" t="s">
         <v>1256</v>
-      </c>
-[...16 lines deleted...]
-        <v>1258</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L271" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D272" s="0" t="s">
         <v>1259</v>
       </c>
-      <c r="C272" s="0" t="s">
+      <c r="E272" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F272" s="0" t="s">
         <v>1260</v>
       </c>
-      <c r="D272" s="0" t="s">
+      <c r="G272" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H272" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I272" s="1" t="s">
         <v>1261</v>
-      </c>
-[...13 lines deleted...]
-        <v>1262</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L272" s="0"/>
+      <c r="L272" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C273" s="0" t="s">
         <v>1263</v>
       </c>
-      <c r="C273" s="0" t="s">
+      <c r="D273" s="0" t="s">
         <v>1264</v>
       </c>
-      <c r="D273" s="0" t="s">
+      <c r="E273" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F273" s="0" t="s">
         <v>1265</v>
       </c>
-      <c r="E273" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G273" s="0" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1258</v>
+        <v>1266</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L273" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>32</v>
+        <v>479</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>33</v>
+        <v>1270</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>34</v>
+        <v>394</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L274" s="0"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>782</v>
+        <v>51</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1274</v>
+        <v>321</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>1058</v>
+        <v>36</v>
       </c>
       <c r="L275" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>54</v>
+        <v>300</v>
       </c>
       <c r="F276" s="0" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>56</v>
+        <v>302</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L276" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>54</v>
+        <v>300</v>
       </c>
       <c r="F277" s="0" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>56</v>
+        <v>302</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L277" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L277" s="0"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>1141</v>
+        <v>300</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>34</v>
+        <v>302</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L278" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1291</v>
-[...1 lines deleted...]
-      <c r="D279" s="0" t="s">
         <v>1292</v>
       </c>
+      <c r="D279" s="0">
+        <v>2222</v>
+      </c>
       <c r="E279" s="0" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="F279" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="F279" s="0"/>
+      <c r="G279" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H279" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I279" s="1" t="s">
         <v>1293</v>
-      </c>
-[...7 lines deleted...]
-        <v>1294</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L279" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L279" s="0">
+        <v>15</v>
+      </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C280" s="0" t="s">
         <v>1295</v>
       </c>
-      <c r="C280" s="0" t="s">
+      <c r="D280" s="0">
+        <v>2223</v>
+      </c>
+      <c r="E280" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="F280" s="0"/>
+      <c r="G280" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H280" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I280" s="1" t="s">
         <v>1296</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="L280" s="0">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1300</v>
-[...2 lines deleted...]
-        <v>1301</v>
+        <v>1298</v>
+      </c>
+      <c r="D281" s="0">
+        <v>2224</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
-        <v>306</v>
+        <v>34</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L281" s="0"/>
+        <v>43</v>
+      </c>
+      <c r="L281" s="0">
+        <v>15</v>
+      </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-        <v>1306</v>
+        <v>1300</v>
+      </c>
+      <c r="D282" s="0">
+        <v>1696009</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>304</v>
+        <v>1301</v>
       </c>
       <c r="F282" s="0" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>306</v>
+        <v>137</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L282" s="0"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1310</v>
-[...2 lines deleted...]
-        <v>1311</v>
+        <v>1305</v>
+      </c>
+      <c r="D283" s="0">
+        <v>1615025</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>304</v>
+        <v>1301</v>
       </c>
       <c r="F283" s="0" t="s">
-        <v>1312</v>
+        <v>1306</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>306</v>
+        <v>137</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1313</v>
+        <v>1307</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L283" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L283" s="0"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1314</v>
+        <v>1308</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1315</v>
+        <v>1309</v>
       </c>
       <c r="D284" s="0">
-        <v>2222</v>
+        <v>1614050</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="F284" s="0"/>
+        <v>1301</v>
+      </c>
+      <c r="F284" s="0" t="s">
+        <v>1306</v>
+      </c>
       <c r="G284" s="0" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1316</v>
+        <v>1310</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L284" s="0"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1317</v>
+        <v>1311</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1318</v>
-[...2 lines deleted...]
-        <v>2223</v>
+        <v>1312</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>1313</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="F285" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="F285" s="0" t="s">
+        <v>1314</v>
+      </c>
       <c r="G285" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1319</v>
+        <v>1315</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L285" s="0"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D286" s="0" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E286" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F286" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G286" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H286" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I286" s="1" t="s">
         <v>1320</v>
-      </c>
-[...17 lines deleted...]
-        <v>1319</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>1322</v>
+        <v>68</v>
       </c>
       <c r="L286" s="0">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D287" s="0" t="s">
         <v>1323</v>
       </c>
-      <c r="C287" s="0" t="s">
+      <c r="E287" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F287" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G287" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H287" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I287" s="1" t="s">
         <v>1324</v>
-      </c>
-[...16 lines deleted...]
-        <v>1327</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L287" s="0"/>
+      <c r="L287" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E288" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F288" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="G288" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H288" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I288" s="1" t="s">
         <v>1328</v>
-      </c>
-[...19 lines deleted...]
-        <v>1331</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L288" s="0"/>
+      <c r="L288" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E289" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F289" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="G289" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H289" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I289" s="1" t="s">
         <v>1332</v>
-      </c>
-[...19 lines deleted...]
-        <v>1334</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L289" s="0"/>
+      <c r="L289" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D290" s="0" t="s">
         <v>1335</v>
       </c>
-      <c r="C290" s="0" t="s">
+      <c r="E290" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F290" s="0" t="s">
         <v>1336</v>
       </c>
-      <c r="D290" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G290" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1339</v>
+        <v>1320</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L290" s="0"/>
+      <c r="L290" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1340</v>
+        <v>1337</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1344</v>
+        <v>1328</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="L291" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F292" s="0" t="s">
         <v>1343</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1348</v>
+        <v>1344</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L292" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L292" s="0"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
-      <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C293" s="0" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D293" s="0">
+        <v>21118414</v>
+      </c>
+      <c r="E293" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F293" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="G293" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="H293" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I293" s="1" t="s">
         <v>1349</v>
-      </c>
-[...19 lines deleted...]
-        <v>1352</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L293" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L293" s="0"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C294" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D294" s="0" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E294" s="0" t="s">
         <v>1353</v>
       </c>
-      <c r="C294" s="0" t="s">
+      <c r="F294" s="0" t="s">
         <v>1354</v>
       </c>
-      <c r="D294" s="0" t="s">
+      <c r="G294" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H294" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I294" s="1" t="s">
         <v>1355</v>
-      </c>
-[...13 lines deleted...]
-        <v>1356</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L294" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C295" s="0" t="s">
         <v>1357</v>
       </c>
-      <c r="C295" s="0" t="s">
+      <c r="D295" s="0">
+        <v>3276011</v>
+      </c>
+      <c r="E295" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="F295" s="0" t="s">
         <v>1358</v>
       </c>
-      <c r="D295" s="0" t="s">
+      <c r="G295" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="H295" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I295" s="1" t="s">
         <v>1359</v>
-      </c>
-[...13 lines deleted...]
-        <v>1344</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L295" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C296" s="0" t="s">
         <v>1361</v>
       </c>
-      <c r="C296" s="0" t="s">
+      <c r="D296" s="0">
+        <v>3445008</v>
+      </c>
+      <c r="E296" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="F296" s="0" t="s">
         <v>1362</v>
       </c>
-      <c r="D296" s="0" t="s">
+      <c r="G296" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="H296" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I296" s="1" t="s">
         <v>1363</v>
-      </c>
-[...13 lines deleted...]
-        <v>1352</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="L296" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
         <v>1364</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>1365</v>
       </c>
       <c r="D297" s="0" t="s">
         <v>1366</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>54</v>
+        <v>575</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>1367</v>
+        <v>1016</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>56</v>
+        <v>577</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1368</v>
+        <v>578</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L297" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="L297" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
+      <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C298" s="0" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D298" s="0" t="s">
         <v>1369</v>
       </c>
-      <c r="C298" s="0" t="s">
+      <c r="E298" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="F298" s="0" t="s">
         <v>1370</v>
       </c>
-      <c r="D298" s="0">
-[...2 lines deleted...]
-      <c r="E298" s="0" t="s">
+      <c r="G298" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="H298" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I298" s="1" t="s">
         <v>1371</v>
-      </c>
-[...10 lines deleted...]
-        <v>1373</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L298" s="0"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C299" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D299" s="0">
+        <v>3745008</v>
+      </c>
+      <c r="E299" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="F299" s="0" t="s">
         <v>1374</v>
       </c>
-      <c r="C299" s="0" t="s">
+      <c r="G299" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="H299" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I299" s="1" t="s">
         <v>1375</v>
-      </c>
-[...16 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L299" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C300" s="0" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D300" s="0" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E300" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="F300" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G300" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="H300" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I300" s="1" t="s">
         <v>1380</v>
-      </c>
-[...19 lines deleted...]
-        <v>1383</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>668</v>
+        <v>221</v>
       </c>
       <c r="L300" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="D301" s="0">
-        <v>3445008</v>
+        <v>3445018</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>909</v>
+        <v>892</v>
       </c>
       <c r="F301" s="0" t="s">
-        <v>1386</v>
+        <v>1362</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>890</v>
+        <v>873</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="L301" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C302" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D302" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E302" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F302" s="0" t="s">
+        <v>1387</v>
+      </c>
+      <c r="G302" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H302" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I302" s="1" t="s">
         <v>1388</v>
-      </c>
-[...19 lines deleted...]
-        <v>586</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="L302" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D303" s="0" t="s">
         <v>1391</v>
       </c>
-      <c r="C303" s="0" t="s">
+      <c r="E303" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F303" s="0" t="s">
         <v>1392</v>
       </c>
-      <c r="D303" s="0" t="s">
+      <c r="G303" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H303" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I303" s="1" t="s">
         <v>1393</v>
-      </c>
-[...13 lines deleted...]
-        <v>1395</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L303" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L303" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D304" s="0">
+        <v>433250336</v>
+      </c>
+      <c r="E304" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="F304" s="0"/>
+      <c r="G304" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H304" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I304" s="1" t="s">
         <v>1396</v>
-      </c>
-[...19 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>71</v>
+        <v>1397</v>
       </c>
       <c r="L304" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-        <v>1402</v>
+        <v>1399</v>
+      </c>
+      <c r="D305" s="0">
+        <v>433250335</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1404</v>
+        <v>1396</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>1405</v>
+        <v>43</v>
       </c>
       <c r="L305" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1406</v>
+        <v>1400</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="D306" s="0">
-        <v>3445018</v>
+        <v>433250436</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
-        <v>890</v>
+        <v>34</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>20</v>
+        <v>1403</v>
       </c>
       <c r="L306" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-        <v>1411</v>
+        <v>1405</v>
+      </c>
+      <c r="D307" s="0">
+        <v>433250435</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1413</v>
+        <v>1406</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>36</v>
+        <v>322</v>
       </c>
       <c r="L307" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1414</v>
+        <v>1407</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1415</v>
-[...2 lines deleted...]
-        <v>1416</v>
+        <v>1408</v>
+      </c>
+      <c r="D308" s="0">
+        <v>433280208</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>40</v>
+        <v>999</v>
       </c>
       <c r="F308" s="0" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="G308" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L308" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1419</v>
+        <v>1411</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1420</v>
+        <v>1412</v>
       </c>
       <c r="D309" s="0">
-        <v>433250336</v>
+        <v>433280209</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="F309" s="0"/>
+        <v>999</v>
+      </c>
+      <c r="F309" s="0" t="s">
+        <v>1409</v>
+      </c>
       <c r="G309" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1421</v>
+        <v>1410</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>668</v>
+        <v>36</v>
       </c>
       <c r="L309" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="D310" s="0">
-        <v>433250335</v>
+        <v>631301</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="F310" s="0"/>
+        <v>1415</v>
+      </c>
+      <c r="F310" s="0" t="s">
+        <v>1416</v>
+      </c>
       <c r="G310" s="0" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1421</v>
+        <v>1417</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L310" s="0"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="D311" s="0">
-        <v>433250436</v>
+        <v>433280231</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="F311" s="0"/>
+        <v>999</v>
+      </c>
+      <c r="F311" s="0" t="s">
+        <v>1409</v>
+      </c>
       <c r="G311" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1426</v>
+        <v>213</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="L311" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1428</v>
+        <v>1421</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1429</v>
+        <v>1422</v>
       </c>
       <c r="D312" s="0">
-        <v>433250435</v>
+        <v>433280230</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="F312" s="0"/>
+        <v>999</v>
+      </c>
+      <c r="F312" s="0" t="s">
+        <v>1409</v>
+      </c>
       <c r="G312" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1430</v>
+        <v>667</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>291</v>
+        <v>68</v>
       </c>
       <c r="L312" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1431</v>
+        <v>1423</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1432</v>
-[...2 lines deleted...]
-        <v>433280208</v>
+        <v>1424</v>
+      </c>
+      <c r="D313" s="0" t="s">
+        <v>1425</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>1016</v>
+        <v>575</v>
       </c>
       <c r="F313" s="0" t="s">
-        <v>1433</v>
+        <v>1426</v>
       </c>
       <c r="G313" s="0" t="s">
-        <v>34</v>
+        <v>577</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1434</v>
+        <v>1427</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L313" s="0">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1435</v>
+        <v>1428</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-        <v>433280209</v>
+        <v>1429</v>
+      </c>
+      <c r="D314" s="0" t="s">
+        <v>1430</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>1016</v>
+        <v>15</v>
       </c>
       <c r="F314" s="0" t="s">
-        <v>1433</v>
+        <v>1431</v>
       </c>
       <c r="G314" s="0" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L314" s="0">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C315" s="0" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D315" s="0" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E315" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F315" s="0"/>
+      <c r="G315" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H315" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I315" s="1" t="s">
         <v>1437</v>
-      </c>
-[...19 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L315" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="L315" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1443</v>
-[...2 lines deleted...]
-        <v>433280231</v>
+        <v>1439</v>
+      </c>
+      <c r="D316" s="0" t="s">
+        <v>1440</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>1016</v>
+        <v>770</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="G316" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>209</v>
+        <v>1442</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>407</v>
+        <v>36</v>
       </c>
       <c r="L316" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C317" s="0" t="s">
         <v>1444</v>
       </c>
-      <c r="C317" s="0" t="s">
+      <c r="D317" s="0" t="s">
         <v>1445</v>
       </c>
-      <c r="D317" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E317" s="0" t="s">
-        <v>1016</v>
+        <v>300</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>34</v>
+        <v>302</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L317" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L317" s="0"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>583</v>
+        <v>1451</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L318" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>15</v>
+        <v>1451</v>
       </c>
       <c r="F319" s="0" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="G319" s="0" t="s">
-        <v>138</v>
+        <v>34</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="L319" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1458</v>
-[...2 lines deleted...]
-        <v>1459</v>
+        <v>1460</v>
+      </c>
+      <c r="D320" s="0">
+        <v>632301</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>1460</v>
-[...1 lines deleted...]
-      <c r="F320" s="0"/>
+        <v>1415</v>
+      </c>
+      <c r="F320" s="0" t="s">
+        <v>1461</v>
+      </c>
       <c r="G320" s="0" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="L320" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1463</v>
-[...1 lines deleted...]
-      <c r="D321" s="0" t="s">
         <v>1464</v>
       </c>
+      <c r="D321" s="0">
+        <v>435217236</v>
+      </c>
       <c r="E321" s="0" t="s">
-        <v>782</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F321" s="0"/>
       <c r="G321" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L321" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C322" s="0" t="s">
         <v>1467</v>
       </c>
-      <c r="C322" s="0" t="s">
-[...3 lines deleted...]
-        <v>1469</v>
+      <c r="D322" s="0">
+        <v>435217521</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
-        <v>306</v>
+        <v>34</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1471</v>
+        <v>1465</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L322" s="0"/>
+      <c r="L322" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="E323" s="0" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F323" s="0" t="s">
         <v>1472</v>
       </c>
-      <c r="C323" s="0" t="s">
+      <c r="G323" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H323" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I323" s="1" t="s">
         <v>1473</v>
-      </c>
-[...16 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L323" s="0"/>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C324" s="0" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D324" s="0" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E324" s="0" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F324" s="0" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G324" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H324" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I324" s="1" t="s">
         <v>1478</v>
-      </c>
-[...19 lines deleted...]
-        <v>1482</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>1483</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L324" s="0"/>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1485</v>
+        <v>1480</v>
       </c>
       <c r="D325" s="0">
-        <v>632301</v>
+        <v>2354</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>1439</v>
+        <v>202</v>
       </c>
       <c r="F325" s="0" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1487</v>
+        <v>1482</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L325" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1488</v>
+        <v>1483</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1489</v>
-[...2 lines deleted...]
-        <v>435217236</v>
+        <v>1484</v>
+      </c>
+      <c r="D326" s="0" t="s">
+        <v>1485</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="F326" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F326" s="0" t="s">
+        <v>1486</v>
+      </c>
       <c r="G326" s="0" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L326" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1491</v>
+        <v>1488</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D327" s="0">
-        <v>435217521</v>
+        <v>3.57754</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="F327" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F327" s="0" t="s">
+        <v>1486</v>
+      </c>
       <c r="G327" s="0" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I327" s="1" t="s">
         <v>1490</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L327" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D328" s="0" t="s">
         <v>1493</v>
       </c>
-      <c r="C328" s="0" t="s">
+      <c r="E328" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F328" s="0" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G328" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="H328" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I328" s="1" t="s">
         <v>1494</v>
-      </c>
-[...16 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L328" s="0"/>
+        <v>160</v>
+      </c>
+      <c r="L328" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1500</v>
-[...2 lines deleted...]
-        <v>1501</v>
+        <v>1496</v>
+      </c>
+      <c r="D329" s="0">
+        <v>433250536</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>1496</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1503</v>
+        <v>1406</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L329" s="0"/>
+        <v>1497</v>
+      </c>
+      <c r="L329" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1504</v>
+        <v>1498</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1505</v>
+        <v>1499</v>
       </c>
       <c r="D330" s="0">
-        <v>2354</v>
+        <v>433250636</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>199</v>
+        <v>1500</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>265</v>
+        <v>43</v>
       </c>
       <c r="L330" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1507</v>
+        <v>1501</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1508</v>
+        <v>1502</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="F331" s="0" t="s">
-        <v>1510</v>
+        <v>109</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>138</v>
+        <v>110</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1511</v>
+        <v>1504</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L331" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>3.57754</v>
+        <v>1506</v>
+      </c>
+      <c r="D332" s="0" t="s">
+        <v>897</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="F332" s="0"/>
       <c r="G332" s="0" t="s">
-        <v>138</v>
+        <v>34</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1514</v>
+        <v>899</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L332" s="0">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1515</v>
+        <v>1507</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1516</v>
-[...2 lines deleted...]
-        <v>1517</v>
+        <v>1508</v>
+      </c>
+      <c r="D333" s="0">
+        <v>73024989</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>24</v>
+        <v>1509</v>
       </c>
       <c r="F333" s="0" t="s">
         <v>1510</v>
       </c>
       <c r="G333" s="0" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1518</v>
+        <v>1494</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L333" s="0"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1519</v>
+        <v>1511</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1520</v>
-[...2 lines deleted...]
-        <v>433250536</v>
+        <v>1512</v>
+      </c>
+      <c r="D334" s="0" t="s">
+        <v>1513</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>1016</v>
-[...4 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="F334" s="0" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G334" s="0"/>
       <c r="H334" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1430</v>
+        <v>1515</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>1521</v>
+        <v>36</v>
       </c>
       <c r="L334" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1522</v>
+        <v>1511</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1523</v>
-[...2 lines deleted...]
-        <v>433250636</v>
+        <v>1516</v>
+      </c>
+      <c r="D335" s="0" t="s">
+        <v>1517</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>1016</v>
+        <v>135</v>
       </c>
       <c r="F335" s="0"/>
-      <c r="G335" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G335" s="0"/>
       <c r="H335" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1524</v>
+        <v>1518</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>417</v>
+        <v>36</v>
       </c>
       <c r="L335" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
-      <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1525</v>
+        <v>1519</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1526</v>
+        <v>1520</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1527</v>
+        <v>1521</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>110</v>
+        <v>1522</v>
       </c>
       <c r="G336" s="0" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1528</v>
+        <v>1523</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L336" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1529</v>
+        <v>1524</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1530</v>
+        <v>1525</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>914</v>
+        <v>1526</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="F337" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F337" s="0" t="s">
+        <v>16</v>
+      </c>
       <c r="G337" s="0" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>916</v>
+        <v>1527</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>1098</v>
+        <v>20</v>
       </c>
       <c r="L337" s="0">
-        <v>80</v>
+        <v>4</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
-      <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C338" s="0" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D338" s="0" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E338" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F338" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="G338" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="H338" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I338" s="1" t="s">
         <v>1531</v>
-      </c>
-[...19 lines deleted...]
-        <v>1518</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L338" s="0"/>
+        <v>1038</v>
+      </c>
+      <c r="L338" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
-      <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D339" s="0" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E339" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F339" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="G339" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="H339" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I339" s="1" t="s">
         <v>1535</v>
-      </c>
-[...17 lines deleted...]
-        <v>1539</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L339" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
-      <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-      <c r="G340" s="0"/>
+        <v>575</v>
+      </c>
+      <c r="F340" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="G340" s="0" t="s">
+        <v>577</v>
+      </c>
       <c r="H340" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1542</v>
+        <v>307</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>36</v>
+        <v>1038</v>
       </c>
       <c r="L340" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
+      <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1544</v>
-[...2 lines deleted...]
-        <v>1545</v>
+        <v>1540</v>
+      </c>
+      <c r="D341" s="0">
+        <v>4251010</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>15</v>
+        <v>892</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="L341" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-        <v>1550</v>
+        <v>1544</v>
+      </c>
+      <c r="D342" s="0">
+        <v>4188010</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>15</v>
+        <v>892</v>
       </c>
       <c r="F342" s="0" t="s">
-        <v>16</v>
+        <v>1541</v>
       </c>
       <c r="G342" s="0" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1551</v>
+        <v>1542</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="L342" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
+      <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1552</v>
+        <v>1545</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1553</v>
+        <v>1546</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="F343" s="0"/>
       <c r="G343" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1555</v>
+        <v>1548</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>1556</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L343" s="0"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
+      <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1557</v>
+        <v>1549</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1558</v>
+        <v>1550</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1559</v>
+        <v>1551</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="F344" s="0" t="s">
-        <v>600</v>
+        <v>1552</v>
       </c>
       <c r="G344" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1560</v>
+        <v>1553</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>36</v>
+        <v>1554</v>
       </c>
       <c r="L344" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
+      <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1561</v>
+        <v>1555</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1562</v>
+        <v>1556</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1563</v>
+        <v>1557</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>583</v>
+        <v>756</v>
       </c>
       <c r="F345" s="0" t="s">
-        <v>600</v>
+        <v>757</v>
       </c>
       <c r="G345" s="0" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>311</v>
+        <v>1558</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>1556</v>
+        <v>36</v>
       </c>
       <c r="L345" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1564</v>
+        <v>1559</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1565</v>
-[...2 lines deleted...]
-        <v>4251010</v>
+        <v>1560</v>
+      </c>
+      <c r="D346" s="0" t="s">
+        <v>1561</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>909</v>
+        <v>756</v>
       </c>
       <c r="F346" s="0" t="s">
-        <v>1566</v>
+        <v>757</v>
       </c>
       <c r="G346" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L346" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>4188010</v>
+        <v>1563</v>
+      </c>
+      <c r="D347" s="0" t="s">
+        <v>1564</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>909</v>
+        <v>756</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>1566</v>
+        <v>757</v>
       </c>
       <c r="G347" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L347" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1570</v>
+        <v>1565</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1572</v>
+        <v>1567</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="F348" s="0"/>
+        <v>756</v>
+      </c>
+      <c r="F348" s="0" t="s">
+        <v>757</v>
+      </c>
       <c r="G348" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1573</v>
+        <v>1558</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L348" s="0"/>
+      <c r="L348" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1575</v>
+        <v>1569</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1576</v>
+        <v>1570</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>583</v>
+        <v>756</v>
       </c>
       <c r="F349" s="0" t="s">
-        <v>1577</v>
+        <v>757</v>
       </c>
       <c r="G349" s="0" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1578</v>
+        <v>1558</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L349" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1579</v>
+        <v>1571</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1580</v>
+        <v>1572</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1581</v>
+        <v>1573</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F350" s="0" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="G350" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1582</v>
+        <v>1558</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L350" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1583</v>
+        <v>1574</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1584</v>
+        <v>1575</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1585</v>
+        <v>1576</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>769</v>
+        <v>1157</v>
       </c>
       <c r="G351" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H351" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L351" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1586</v>
+        <v>1578</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1587</v>
+        <v>1579</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1588</v>
+        <v>1580</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>769</v>
+        <v>1157</v>
       </c>
       <c r="G352" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L352" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1589</v>
+        <v>1582</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1590</v>
+        <v>1583</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1591</v>
+        <v>1584</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F353" s="0" t="s">
-        <v>769</v>
+        <v>1157</v>
       </c>
       <c r="G353" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L353" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1592</v>
+        <v>1585</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1593</v>
+        <v>1586</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1594</v>
+        <v>1587</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>769</v>
+        <v>1157</v>
       </c>
       <c r="G354" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L354" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1595</v>
+        <v>1589</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1596</v>
+        <v>1590</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1597</v>
+        <v>1591</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>769</v>
+        <v>1157</v>
       </c>
       <c r="G355" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L355" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1599</v>
+        <v>1594</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>1600</v>
+        <v>1595</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G356" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H356" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1601</v>
+        <v>1592</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L356" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1602</v>
+        <v>1596</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1603</v>
+        <v>1597</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1604</v>
+        <v>1598</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F357" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G357" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1605</v>
+        <v>1599</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L357" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1606</v>
+        <v>1600</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1607</v>
+        <v>1601</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1608</v>
+        <v>1602</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F358" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G358" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1601</v>
+        <v>1592</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L358" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1609</v>
+        <v>1603</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>1611</v>
+        <v>1605</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F359" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G359" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1612</v>
+        <v>1581</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L359" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1613</v>
+        <v>1606</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1614</v>
+        <v>1607</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F360" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G360" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1616</v>
+        <v>1592</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L360" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1617</v>
+        <v>1609</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1618</v>
+        <v>1610</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1619</v>
+        <v>1611</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F361" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G361" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1616</v>
+        <v>1577</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L361" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1620</v>
+        <v>1612</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1621</v>
+        <v>1613</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>1622</v>
+        <v>1614</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F362" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G362" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1623</v>
+        <v>1592</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L362" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1624</v>
+        <v>1615</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1625</v>
+        <v>1616</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1626</v>
+        <v>1617</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F363" s="0" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="G363" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H363" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1616</v>
+        <v>1581</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L363" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1627</v>
+        <v>1618</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1628</v>
+        <v>1619</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>1629</v>
+        <v>1620</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F364" s="0" t="s">
-        <v>1180</v>
+        <v>1124</v>
       </c>
       <c r="G364" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1605</v>
+        <v>1621</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L364" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1630</v>
+        <v>1622</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1631</v>
+        <v>1623</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>1632</v>
+        <v>1624</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F365" s="0" t="s">
-        <v>1180</v>
+        <v>1124</v>
       </c>
       <c r="G365" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L365" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1633</v>
+        <v>1625</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1634</v>
+        <v>1626</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>1635</v>
+        <v>1627</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F366" s="0" t="s">
-        <v>1180</v>
+        <v>1124</v>
       </c>
       <c r="G366" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1601</v>
+        <v>1621</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L366" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1636</v>
+        <v>1628</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1637</v>
+        <v>1629</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>1638</v>
+        <v>1630</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1180</v>
+        <v>1124</v>
       </c>
       <c r="G367" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L367" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1639</v>
+        <v>1631</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1640</v>
+        <v>1632</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>1641</v>
+        <v>1633</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F368" s="0" t="s">
-        <v>1180</v>
+        <v>1124</v>
       </c>
       <c r="G368" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H368" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1605</v>
+        <v>1621</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L368" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1642</v>
+        <v>1634</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>1644</v>
+        <v>1636</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F369" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G369" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H369" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L369" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1646</v>
+        <v>1637</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1647</v>
+        <v>1638</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>1648</v>
+        <v>1639</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F370" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G370" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L370" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1649</v>
+        <v>1640</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1650</v>
+        <v>1641</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>1651</v>
+        <v>1642</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F371" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G371" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L371" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1652</v>
+        <v>1643</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1653</v>
+        <v>1644</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F372" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G372" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L372" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1655</v>
+        <v>1646</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1656</v>
+        <v>1647</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>1657</v>
+        <v>1648</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F373" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G373" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L373" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1658</v>
+        <v>1649</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1659</v>
+        <v>1650</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1660</v>
+        <v>1651</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F374" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G374" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L374" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1661</v>
+        <v>1640</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1662</v>
+        <v>1652</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1663</v>
+        <v>1653</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F375" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G375" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L375" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1664</v>
+        <v>1654</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1665</v>
+        <v>1655</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>1666</v>
+        <v>1656</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F376" s="0" t="s">
-        <v>1147</v>
+        <v>1124</v>
       </c>
       <c r="G376" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1645</v>
+        <v>1621</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L376" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
-      <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1667</v>
+        <v>1657</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1668</v>
+        <v>1658</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1669</v>
+        <v>1659</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>768</v>
+        <v>575</v>
       </c>
       <c r="F377" s="0" t="s">
-        <v>1147</v>
+        <v>912</v>
       </c>
       <c r="G377" s="0" t="s">
-        <v>17</v>
+        <v>577</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1645</v>
+        <v>1427</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L377" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L377" s="0"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
-      <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1670</v>
+        <v>1660</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1671</v>
+        <v>1661</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>1672</v>
+        <v>1662</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>768</v>
+        <v>575</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1147</v>
+        <v>912</v>
       </c>
       <c r="G378" s="0" t="s">
-        <v>17</v>
+        <v>577</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1645</v>
+        <v>1663</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L378" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L378" s="0"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1673</v>
+        <v>1664</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1674</v>
+        <v>1665</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1675</v>
+        <v>1666</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>768</v>
-[...3 lines deleted...]
-      </c>
+        <v>1119</v>
+      </c>
+      <c r="F379" s="0"/>
       <c r="G379" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H379" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1645</v>
+        <v>159</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L379" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L379" s="0"/>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1676</v>
-[...2 lines deleted...]
-        <v>1677</v>
+        <v>1668</v>
+      </c>
+      <c r="D380" s="0">
+        <v>434260042</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>768</v>
+        <v>999</v>
       </c>
       <c r="F380" s="0" t="s">
-        <v>1147</v>
+        <v>1669</v>
       </c>
       <c r="G380" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1645</v>
+        <v>1670</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
-        <v>36</v>
+        <v>332</v>
       </c>
       <c r="L380" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1678</v>
+        <v>1671</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1679</v>
+        <v>1672</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1680</v>
+        <v>1673</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>768</v>
+        <v>40</v>
       </c>
       <c r="F381" s="0" t="s">
-        <v>1147</v>
+        <v>177</v>
       </c>
       <c r="G381" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1645</v>
+        <v>1674</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
-        <v>36</v>
+        <v>160</v>
       </c>
       <c r="L381" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
+      <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1681</v>
+        <v>1675</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1682</v>
+        <v>1676</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>1683</v>
+        <v>1677</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>583</v>
+        <v>40</v>
       </c>
       <c r="F382" s="0" t="s">
-        <v>929</v>
+        <v>1678</v>
       </c>
       <c r="G382" s="0" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1451</v>
+        <v>1679</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L382" s="0"/>
+        <v>160</v>
+      </c>
+      <c r="L382" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
+      <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1684</v>
+        <v>1680</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1685</v>
+        <v>1681</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>1686</v>
+        <v>1682</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>583</v>
+        <v>756</v>
       </c>
       <c r="F383" s="0" t="s">
-        <v>929</v>
+        <v>757</v>
       </c>
       <c r="G383" s="0" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1687</v>
+        <v>1683</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L383" s="0"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1688</v>
+        <v>1684</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>1690</v>
+        <v>1686</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>1141</v>
-[...1 lines deleted...]
-      <c r="F384" s="0"/>
+        <v>756</v>
+      </c>
+      <c r="F384" s="0" t="s">
+        <v>757</v>
+      </c>
       <c r="G384" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H384" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1691</v>
+        <v>1683</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L384" s="0"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1692</v>
+        <v>1174</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1693</v>
-[...2 lines deleted...]
-        <v>434260042</v>
+        <v>1687</v>
+      </c>
+      <c r="D385" s="0" t="s">
+        <v>1688</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>1016</v>
+        <v>756</v>
       </c>
       <c r="F385" s="0" t="s">
-        <v>1694</v>
+        <v>757</v>
       </c>
       <c r="G385" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1695</v>
+        <v>1683</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
-        <v>407</v>
+        <v>36</v>
       </c>
       <c r="L385" s="0"/>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1696</v>
+        <v>1689</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1697</v>
+        <v>1690</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1698</v>
+        <v>1691</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>40</v>
+        <v>1692</v>
       </c>
       <c r="F386" s="0" t="s">
-        <v>177</v>
+        <v>1693</v>
       </c>
       <c r="G386" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>188</v>
+        <v>1694</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
-        <v>265</v>
+        <v>1029</v>
       </c>
       <c r="L386" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>40</v>
+        <v>1692</v>
       </c>
       <c r="F387" s="0" t="s">
-        <v>1702</v>
+        <v>1693</v>
       </c>
       <c r="G387" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
       <c r="L387" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1705</v>
+        <v>1700</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1706</v>
+        <v>1701</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>768</v>
+        <v>1692</v>
       </c>
       <c r="F388" s="0" t="s">
-        <v>769</v>
+        <v>1702</v>
       </c>
       <c r="G388" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1707</v>
+        <v>1703</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L388" s="0"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1708</v>
+        <v>1704</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1709</v>
+        <v>1705</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1710</v>
+        <v>1706</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>768</v>
+        <v>1692</v>
       </c>
       <c r="F389" s="0" t="s">
-        <v>769</v>
+        <v>1693</v>
       </c>
       <c r="G389" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1707</v>
+        <v>1698</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L389" s="0"/>
+      <c r="L389" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1197</v>
+        <v>1707</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1711</v>
+        <v>1708</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>768</v>
+        <v>1692</v>
       </c>
       <c r="F390" s="0" t="s">
-        <v>769</v>
+        <v>1693</v>
       </c>
       <c r="G390" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1707</v>
+        <v>1698</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="L390" s="0"/>
+      <c r="L390" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C391" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D391" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E391" s="0" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F391" s="0" t="s">
         <v>1713</v>
-      </c>
-[...10 lines deleted...]
-        <v>1717</v>
       </c>
       <c r="G391" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1718</v>
+        <v>1703</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
-        <v>1032</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L391" s="0"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1720</v>
+        <v>1715</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1721</v>
+        <v>1716</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>1716</v>
+        <v>1692</v>
       </c>
       <c r="F392" s="0" t="s">
         <v>1717</v>
       </c>
       <c r="G392" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1722</v>
+        <v>1703</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L392" s="0"/>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1723</v>
+        <v>1718</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1724</v>
+        <v>1719</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1725</v>
+        <v>1720</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>1716</v>
+        <v>300</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1726</v>
+        <v>1279</v>
       </c>
       <c r="G393" s="0" t="s">
-        <v>34</v>
+        <v>302</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1727</v>
+        <v>1721</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L393" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L393" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1728</v>
+        <v>1722</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1729</v>
+        <v>1723</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>1730</v>
+        <v>1724</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>1716</v>
+        <v>51</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="G394" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="L394" s="0"/>
+    </row>
+    <row r="395" spans="1:12" customHeight="1" ht="80">
+      <c r="B395" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C395" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D395" s="0" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E395" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="F395" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="G395" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H395" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I395" s="1" t="s">
         <v>1731</v>
-      </c>
-[...28 lines deleted...]
-        <v>1722</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L395" s="0"/>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
-      <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C396" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D396" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E396" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="F396" s="0" t="s">
         <v>1735</v>
       </c>
-      <c r="C396" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G396" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1727</v>
+        <v>1494</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L396" s="0"/>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
-      <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1739</v>
+        <v>1732</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1740</v>
+        <v>1736</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1741</v>
+        <v>1737</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>1716</v>
+        <v>135</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>1742</v>
+        <v>1735</v>
       </c>
       <c r="G397" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1727</v>
+        <v>1494</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L397" s="0"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
-      <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1743</v>
+        <v>1738</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1744</v>
+        <v>1739</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1745</v>
+        <v>1740</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>304</v>
+        <v>135</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>1302</v>
+        <v>1735</v>
       </c>
       <c r="G398" s="0" t="s">
-        <v>306</v>
+        <v>17</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1746</v>
+        <v>1494</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L398" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>