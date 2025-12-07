--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1957">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1978">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -104,3794 +104,3803 @@
   <si>
     <t>03130205</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Reception</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>1470.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Ресторан»;стекло;80мл;D=60,H=50,L=75мм;белый</t>
   </si>
   <si>
     <t>03130207</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
+    <t>1778.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Ресторан»;стекло;130мл;D=70,H=55,L=87мм;белый</t>
+  </si>
+  <si>
+    <t>03130212</t>
+  </si>
+  <si>
+    <t>2023.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Перформа»;стекло;80мл;D=65,H=40,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130214</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Performa</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>901.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Перформа»;стекло;130мл;D=75,H=50,L=95мм;белый</t>
+  </si>
+  <si>
+    <t>03130215</t>
+  </si>
+  <si>
+    <t>1248.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Эбро» набор  [6шт];стекло;100мл;,H=65,L=370,B=120мм;белый</t>
+  </si>
+  <si>
+    <t>03130216</t>
+  </si>
+  <si>
+    <t>Ebro</t>
+  </si>
+  <si>
+    <t>9679.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Эбро» набор  [6шт];стекло;160мл;,H=75,L=400,B=135мм;белый</t>
+  </si>
+  <si>
+    <t>03130217</t>
+  </si>
+  <si>
+    <t>11443.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Симплисити»;фарфор;100мл;D=65,H=50,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130218</t>
+  </si>
+  <si>
+    <t>1101 0234</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Корал» набор  [6шт];стекло;100мл;,H=75,L=371,B=125мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03130223</t>
+  </si>
+  <si>
+    <t>400820 C</t>
+  </si>
+  <si>
+    <t>Corail</t>
+  </si>
+  <si>
+    <t>7816.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Квадрато» набор[6шт];стекло;90мл;D=63,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03130228</t>
+  </si>
+  <si>
+    <t>C3108</t>
+  </si>
+  <si>
+    <t>Quadrato White</t>
+  </si>
+  <si>
+    <t>12362.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Спайро»;фарфор;85мл;D=60,H=45,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130234</t>
+  </si>
+  <si>
+    <t>9032 C995</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>7385.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>03130235</t>
+  </si>
+  <si>
+    <t>9032 C993</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Арома»;стекло;80мл;D=55,H=65,L=75мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03130238</t>
+  </si>
+  <si>
+    <t>08910</t>
+  </si>
+  <si>
+    <t>Aroma</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Афродита»;фарфор;100мл;D=6,H=5,L=8см;белый</t>
+  </si>
+  <si>
+    <t>03130245</t>
+  </si>
+  <si>
+    <t>2670-white</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>2133.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Айвори»;фарфор;100мл;D=65,H=50,L=85мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03130247</t>
+  </si>
+  <si>
+    <t>1500 A234</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>2457.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Айвори»;фарфор;85мл;D=60,H=50,L=85мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03130249</t>
+  </si>
+  <si>
+    <t>1500 A190</t>
+  </si>
+  <si>
+    <t>2426.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кларет»;фарфор;85мл;D=65,H=50,L=85мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03130250</t>
+  </si>
+  <si>
+    <t>1503 A190</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Антуанетт»;фарфор;85мл;D=60,H=45,L=85мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03130251</t>
+  </si>
+  <si>
+    <t>9019 C333</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>6707.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;90мл;D=60,H=45,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>03130252</t>
+  </si>
+  <si>
+    <t>A15808</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>882.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;150мл;D=75,H=50,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03130253</t>
+  </si>
+  <si>
+    <t>A15810</t>
+  </si>
+  <si>
+    <t>1120.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эмбасси вайт»;фарфор;100мл</t>
+  </si>
+  <si>
+    <t>03130255</t>
+  </si>
+  <si>
+    <t>S0136</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Embassy White</t>
+  </si>
+  <si>
+    <t>МАЛАЙЗИЯ</t>
+  </si>
+  <si>
+    <t>3227.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Оптик»;фарфор;90мл;D=65,H=45,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130256</t>
+  </si>
+  <si>
+    <t>9118 C1017</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Оптик»;фарфор;80мл;D=65,H=40,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>03130257</t>
+  </si>
+  <si>
+    <t>9118 C1022</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Терракота»;фарфор;85мл;D=65,H=50,L=85мм;терракот</t>
+  </si>
+  <si>
+    <t>03130259</t>
+  </si>
+  <si>
+    <t>1133 0190</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>5868.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Коллаж»;фарфор;90мл;D=62/120мм;белый</t>
+  </si>
+  <si>
+    <t>03130276</t>
+  </si>
+  <si>
+    <t>фк189</t>
+  </si>
+  <si>
+    <t>Collage</t>
+  </si>
+  <si>
+    <t>1008.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Это Рома»;фарфор;100мл;D=56мм;белый</t>
+  </si>
+  <si>
+    <t>03130277</t>
+  </si>
+  <si>
+    <t>0380</t>
+  </si>
+  <si>
+    <t>Eto Roma</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Кунстверк»;фарфор;150мл;D=75/125,H=72мм;белый</t>
+  </si>
+  <si>
+    <t>03130278</t>
+  </si>
+  <si>
+    <t>P7060408/9904001</t>
+  </si>
+  <si>
+    <t>1736.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Классик»;фарфор;70мл;D=55,H=60,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03130304</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>1679.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Прага»;фарфор;110мл;D=60,H=55,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130305</t>
+  </si>
+  <si>
+    <t>PRA0211</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>2264.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Классик»;фарфор;150мл;D=70,H=75,B=100мм;белый</t>
+  </si>
+  <si>
+    <t>03130306</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кашуб-хел»;фарфор;90мл;D=70,H=45,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>03130309</t>
+  </si>
+  <si>
+    <t>0680</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>1648.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кашуб-хел»;фарфор;150мл;D=8,H=5,L=10см;белый</t>
+  </si>
+  <si>
+    <t>03130310</t>
+  </si>
+  <si>
+    <t>0600</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Паула»;фарфор;150мл;D=7,H=6,L=11см;белый</t>
+  </si>
+  <si>
+    <t>03130311</t>
+  </si>
+  <si>
+    <t>Paula</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Паула»;фарфор;70мл;D=6,H=6,L=9см;белый</t>
+  </si>
+  <si>
+    <t>03130312</t>
+  </si>
+  <si>
+    <t>1340.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аркадия»;фарфор;80мл;D=60,H=45,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>03130314</t>
+  </si>
+  <si>
+    <t>0580</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>1410.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аркадия»;фарфор;100мл;D=60,H=55,B=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130315</t>
+  </si>
+  <si>
+    <t>0570</t>
+  </si>
+  <si>
+    <t>2257.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Америка»;фарфор;100мл;D=67,H=60,L=100,B=67мм;белый</t>
+  </si>
+  <si>
+    <t>03130318</t>
+  </si>
+  <si>
+    <t>0170</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>1756.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Портофино»;фарфор;90мл;D=65,H=55,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>03130332</t>
+  </si>
+  <si>
+    <t>PF015090000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>3360.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «В.Виена»;фарфор;80мл;D=65,H=45,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130334</t>
+  </si>
+  <si>
+    <t>VW015080000</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>3935.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Виктория»;фарфор;90мл;D=60,H=55,L=75мм;белый</t>
+  </si>
+  <si>
+    <t>03130338</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «В.Виена»;фарфор;95мл;D=65,H=45,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130341</t>
+  </si>
+  <si>
+    <t>VW015090000</t>
+  </si>
+  <si>
+    <t>4998.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Сквэа»;фарфор;80мл;D=62,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03130342</t>
+  </si>
+  <si>
+    <t>SQ01508</t>
+  </si>
+  <si>
+    <t>Sguare</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Виктория-отель»;фарфор;80мл;D=61,H=47,L=80мм;белый</t>
+  </si>
+  <si>
+    <t>03130343</t>
+  </si>
+  <si>
+    <t>Victoria-hot</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Симплисити»;фарфор;85мл;D=53,H=77,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130347</t>
+  </si>
+  <si>
+    <t>1101 0594</t>
+  </si>
+  <si>
+    <t>4151.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Дуня»;фарфор;100мл</t>
+  </si>
+  <si>
+    <t>03130348</t>
+  </si>
+  <si>
+    <t>DN02KF</t>
+  </si>
+  <si>
+    <t>Kutahya</t>
+  </si>
+  <si>
+    <t>Dunya</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>532.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Дуня»;фарфор;70мл;D=59,H=45мм</t>
+  </si>
+  <si>
+    <t>03130349</t>
+  </si>
+  <si>
+    <t>DN01KF</t>
+  </si>
+  <si>
+    <t>809.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Алберго»;фарфор;80мл;D=65,L=80мм;белый</t>
+  </si>
+  <si>
+    <t>03130352</t>
+  </si>
+  <si>
+    <t>AL015110000</t>
+  </si>
+  <si>
+    <t>Albergo</t>
+  </si>
+  <si>
+    <t>3250.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Мелодия»;фарфор;110мл;D=61,H=55,B=82мм;белый</t>
+  </si>
+  <si>
+    <t>03130354</t>
+  </si>
+  <si>
+    <t>MEL0211</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>2318.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Чино»;фарфор;85мл;D=65,H=50,L=85мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03130356</t>
+  </si>
+  <si>
+    <t>1106 0190</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Шиир Фиренза Ред»;фарфор;85мл;D=65,H=52,L=85мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03130358</t>
+  </si>
+  <si>
+    <t>9023 C637</t>
+  </si>
+  <si>
+    <t>Firenza Red</t>
+  </si>
+  <si>
+    <t>7046.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Монако Вайт»;фарфор;85мл;D=65,H=52,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130362</t>
+  </si>
+  <si>
+    <t>9001 C637</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>3142.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пепперкорн»;фарфор;100мл;D=65,H=50,L=85мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03130364</t>
+  </si>
+  <si>
+    <t>1542 A234</t>
+  </si>
+  <si>
+    <t>2826.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пепперкорн»;фарфор;85мл;D=65,H=50,L=85мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03130365</t>
+  </si>
+  <si>
+    <t>1542 A190</t>
+  </si>
+  <si>
+    <t>2803.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Паприка»;фарфор;100мл;D=65,H=50,L=85мм;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03130367</t>
+  </si>
+  <si>
+    <t>1540 A234</t>
+  </si>
+  <si>
+    <t>Paprika Nat</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Чино»;фарфор;100мл;D=65,H=50,L=85мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03130369</t>
+  </si>
+  <si>
+    <t>1106 0234</t>
+  </si>
+  <si>
+    <t>2757.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Акапулько»;фарфор;80мл;D=62,H=45,B=87мм;белый</t>
+  </si>
+  <si>
+    <t>03130375</t>
+  </si>
+  <si>
+    <t>AC015080000</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Паприка»;фарфор;85мл;D=65,H=50,L=85мм;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03130376</t>
+  </si>
+  <si>
+    <t>1540 A190</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Граффити»;фарфор;70мл;D=66,H=57,L=87мм;белый</t>
+  </si>
+  <si>
+    <t>03130382</t>
+  </si>
+  <si>
+    <t>GR015080000</t>
+  </si>
+  <si>
+    <t>Graffiti</t>
+  </si>
+  <si>
+    <t>1194.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нестор»;фарфор;100мл;D=60,H=55,B=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130385</t>
+  </si>
+  <si>
+    <t>Nestor</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Монако Вайт»;фарфор;85мл;D=60,H=45,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130387</t>
+  </si>
+  <si>
+    <t>9001 C333</t>
+  </si>
+  <si>
+    <t>4413.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Органикс»;фарфор;85мл;D=60,H=63,L=83мм;белый</t>
+  </si>
+  <si>
+    <t>03130390</t>
+  </si>
+  <si>
+    <t>9002 C653</t>
+  </si>
+  <si>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Атлантис»;фарфор;100мл;D=70,H=50,L=95,B=70мм;белый</t>
+  </si>
+  <si>
+    <t>03130395</t>
+  </si>
+  <si>
+    <t>ATL0610</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>3373.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эвита»;фарфор;100мл;D=6,H=6,L=8,B=6см;белый</t>
+  </si>
+  <si>
+    <t>03130397</t>
+  </si>
+  <si>
+    <t>EVI0210</t>
+  </si>
+  <si>
+    <t>Evita</t>
+  </si>
+  <si>
+    <t>1779.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Трианон»;стекло;160мл;D=80,H=60,L=95мм;белый</t>
+  </si>
+  <si>
+    <t>03130407</t>
+  </si>
+  <si>
+    <t>D6920</t>
+  </si>
+  <si>
+    <t>Trianon</t>
+  </si>
+  <si>
+    <t>799.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Трианон»;стекло;90мл;D=6,H=5,L=8см;белый</t>
+  </si>
+  <si>
+    <t>03130408</t>
+  </si>
+  <si>
+    <t>D6919</t>
+  </si>
+  <si>
+    <t>721.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;150мл;D=77/45,H=80,L=94мм;белый</t>
+  </si>
+  <si>
+    <t>03130424</t>
+  </si>
+  <si>
+    <t>A5736</t>
+  </si>
+  <si>
+    <t>903.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;80мл;D=52,H=70,L=75мм;белый</t>
+  </si>
+  <si>
+    <t>03130425</t>
+  </si>
+  <si>
+    <t>A7745</t>
+  </si>
+  <si>
+    <t>700.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;60мл;D=57,H=55,L=79мм;белый</t>
+  </si>
+  <si>
+    <t>03130428</t>
+  </si>
+  <si>
+    <t>A1854</t>
+  </si>
+  <si>
+    <t>623.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;90мл;D=56,H=70,L=78мм;белый</t>
+  </si>
+  <si>
+    <t>03130429</t>
+  </si>
+  <si>
+    <t>A7207</t>
+  </si>
+  <si>
+    <t>728.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;100мл;D=69,H=66,L=91мм;белый</t>
+  </si>
+  <si>
+    <t>03130431</t>
+  </si>
+  <si>
+    <t>A6455</t>
+  </si>
+  <si>
+    <t>966.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк» с квадратным дном;фарфор;80мл;D=61,H=66,L=80мм;белый</t>
+  </si>
+  <si>
+    <t>03130432</t>
+  </si>
+  <si>
+    <t>A5215</t>
+  </si>
+  <si>
+    <t>637.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Джейд»;кост.фарф.;100мл</t>
+  </si>
+  <si>
+    <t>03130437</t>
+  </si>
+  <si>
+    <t>61040-800001-14717</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>7007.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Террамеса Вит»;фарфор;85мл;D=65,H=50,L=85мм;бежев.</t>
+  </si>
+  <si>
+    <t>03130438</t>
+  </si>
+  <si>
+    <t>1120 0190</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Террамеса Олива»;фарфор;85мл;D=65,H=50,L=85мм;олив.</t>
+  </si>
+  <si>
+    <t>03130439</t>
+  </si>
+  <si>
+    <t>1122 0190</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Блэк Лайн»;фарфор;100мл;D=65,H=50,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130440</t>
+  </si>
+  <si>
+    <t>1135 0234</t>
+  </si>
+  <si>
+    <t>Black Line</t>
+  </si>
+  <si>
+    <t>2852.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Монако Вайт»;фарфор;85мл;D=60,H=50,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130442</t>
+  </si>
+  <si>
+    <t>9001 C190</t>
+  </si>
+  <si>
+    <t>5475.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Кунстверк»;фарфор;70мл;D=65/120мм;белый</t>
+  </si>
+  <si>
+    <t>03130448</t>
+  </si>
+  <si>
+    <t>P7060406/9902219</t>
+  </si>
+  <si>
+    <t>1211.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нептун»;фарфор;80мл;D=64мм;белый</t>
+  </si>
+  <si>
+    <t>03130451</t>
+  </si>
+  <si>
+    <t>Neptun</t>
+  </si>
+  <si>
+    <t>593.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Аква»;стекло;70мл;D=97/58,H=59мм;прозр.</t>
+  </si>
+  <si>
+    <t>03130459</t>
+  </si>
+  <si>
+    <t>95756/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Aqua</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1043.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Серфис»;керамика;100мл;D=65/130мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130464</t>
+  </si>
+  <si>
+    <t>B5116224A</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>13524.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Серфис»;керамика;100мл;D=64/134,H=57мм;сизый</t>
+  </si>
+  <si>
+    <t>03130465</t>
+  </si>
+  <si>
+    <t>B5116224B</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Симплисити»;фарфор;85мл;D=65,H=50,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130501</t>
+  </si>
+  <si>
+    <t>1101 0190</t>
+  </si>
+  <si>
+    <t>3858.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Симплисити»;фарфор;75мл;D=65,H=53,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130502</t>
+  </si>
+  <si>
+    <t>1101 0548</t>
+  </si>
+  <si>
+    <t>2942.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Визувио»;фарфор;85мл;D=64,H=86,B=61мм;белый</t>
+  </si>
+  <si>
+    <t>03130503</t>
+  </si>
+  <si>
+    <t>VS015100000</t>
+  </si>
+  <si>
+    <t>Vesuvio</t>
+  </si>
+  <si>
+    <t>2989.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кларет»;фарфор;100мл;D=65,H=50,L=85мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03130504</t>
+  </si>
+  <si>
+    <t>1503 A234</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Террамеса мастед»;фарфор;85мл;D=65,H=50,L=85мм;св.корич.</t>
+  </si>
+  <si>
+    <t>03130510</t>
+  </si>
+  <si>
+    <t>1121 0190</t>
+  </si>
+  <si>
+    <t>4189.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Террамеса Мокка»;фарфор;85мл;D=65,H=50,L=85мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03130511</t>
+  </si>
+  <si>
+    <t>1123 0190</t>
+  </si>
+  <si>
+    <t>3750.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Дайринг»;фарфор;130мл;D=66,H=58мм;белый</t>
+  </si>
+  <si>
+    <t>03130513</t>
+  </si>
+  <si>
+    <t>G3747</t>
+  </si>
+  <si>
+    <t>Z-Daring</t>
+  </si>
+  <si>
+    <t>1330.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Дайринг»;фарфор;90мл;D=56,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03130514</t>
+  </si>
+  <si>
+    <t>G3744</t>
+  </si>
+  <si>
+    <t>1099.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кунстверк»;фарфор;125мл;D=72,H=40,L=92мм;белый</t>
+  </si>
+  <si>
+    <t>03130515</t>
+  </si>
+  <si>
+    <t>A0494</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Монако Вайт»;фарфор;85мл;D=65,H=53,L=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130516</t>
+  </si>
+  <si>
+    <t>9001 C172</t>
+  </si>
+  <si>
+    <t>6176.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Максим»;фарфор;100мл;D=58,H=65,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>03130517</t>
+  </si>
+  <si>
+    <t>MAX0610</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>2049.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Максим»;фарфор;120мл;D=63,H=65,B=83мм;белый</t>
+  </si>
+  <si>
+    <t>03130518</t>
+  </si>
+  <si>
+    <t>MAX0212</t>
+  </si>
+  <si>
+    <t>1856.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Дорота»;фарфор;110мл;D=60,H=55,B=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130520</t>
+  </si>
+  <si>
+    <t>Dorota</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «С-Класс»;фарфор;90мл;D=55,H=55,L=80мм;белый</t>
+  </si>
+  <si>
+    <t>03130521</t>
+  </si>
+  <si>
+    <t>ESD0211</t>
+  </si>
+  <si>
+    <t>Ess Klasse</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Жансан»;фарфор;90мл;D=53,H=56,L=77мм;белый</t>
+  </si>
+  <si>
+    <t>03130522</t>
+  </si>
+  <si>
+    <t>S0526</t>
+  </si>
+  <si>
+    <t>Ginseng</t>
+  </si>
+  <si>
+    <t>8708.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Олеа»;фарфор;120мл;D=61,H=60,L=80мм;белый</t>
+  </si>
+  <si>
+    <t>03130523</t>
+  </si>
+  <si>
+    <t>S2526</t>
+  </si>
+  <si>
+    <t>Olea</t>
+  </si>
+  <si>
+    <t>3899.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Сатиник»;фарфор;100мл;D=58,H=57,L=78мм;белый</t>
+  </si>
+  <si>
+    <t>03130524</t>
+  </si>
+  <si>
+    <t>S0436</t>
+  </si>
+  <si>
+    <t>Satinique</t>
+  </si>
+  <si>
+    <t>4578.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аида»;фарфор;80мл;D=6,H=5,L=9см;белый</t>
+  </si>
+  <si>
+    <t>03130526</t>
+  </si>
+  <si>
+    <t>0490</t>
+  </si>
+  <si>
+    <t>Aida</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Антуанетт»;фарфор;85мл;D=65,H=50,L=85мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03130527</t>
+  </si>
+  <si>
+    <t>9019 C190</t>
+  </si>
+  <si>
+    <t>7523.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Феннель»;фарфор;85мл;D=65,H=50,L=85мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03130529</t>
+  </si>
+  <si>
+    <t>1541 A190</t>
+  </si>
+  <si>
+    <t>Fennel</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Феннель»;фарфор;100мл;D=65,H=50,L=85мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03130531</t>
+  </si>
+  <si>
+    <t>1541 A234</t>
+  </si>
+  <si>
+    <t>2703.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Блю»;фарфор;85мл;D=65,H=50,L=85мм;синий</t>
+  </si>
+  <si>
+    <t>03130532</t>
+  </si>
+  <si>
+    <t>1130 0190</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>5529.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Увертюра»;фарфор;86мл;D=7,H=5,L=9см;белый</t>
+  </si>
+  <si>
+    <t>03130533</t>
+  </si>
+  <si>
+    <t>OV015080000</t>
+  </si>
+  <si>
+    <t>Ouvertur</t>
+  </si>
+  <si>
+    <t>4905.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Блю»;фарфор;100мл;D=65,H=50,L=85мм;синий</t>
+  </si>
+  <si>
+    <t>03130534</t>
+  </si>
+  <si>
+    <t>1130 0234</t>
+  </si>
+  <si>
+    <t>6068.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Грин»;фарфор;100мл;D=65,H=50,L=85мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130535</t>
+  </si>
+  <si>
+    <t>1131 0234</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Грин»;фарфор;85мл;D=65,H=50,L=85мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130536</t>
+  </si>
+  <si>
+    <t>1131 0190</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Браун»;фарфор;85мл;D=65,H=50,L=85мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03130537</t>
+  </si>
+  <si>
+    <t>1132 0190</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>3743.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Браун»;фарфор;100мл;D=65,H=50,L=85мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03130538</t>
+  </si>
+  <si>
+    <t>1132 0234</t>
+  </si>
+  <si>
+    <t>4582.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Рио Блю»;фарфор;85мл;D=65,H=50,L=85мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03130540</t>
+  </si>
+  <si>
+    <t>1531 0190</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>4035.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Рио Йеллоу»;фарфор;85мл;D=65,H=50,L=85мм;белый,желт.</t>
+  </si>
+  <si>
+    <t>03130541</t>
+  </si>
+  <si>
+    <t>1530 0190</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Рио Пинк»;фарфор;85мл;D=65,H=50,L=85мм;белый,розов.</t>
+  </si>
+  <si>
+    <t>03130542</t>
+  </si>
+  <si>
+    <t>1532 0190</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Bella Italia 1» для эспрессо с декором;70мл;D=6см</t>
+  </si>
+  <si>
+    <t>03130546</t>
+  </si>
+  <si>
+    <t>Ancap</t>
+  </si>
+  <si>
+    <t>Edex</t>
+  </si>
+  <si>
+    <t>6915.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Bella Italia 2» с декором;фарфор;190мл;D=85,H=60мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>03130547</t>
+  </si>
+  <si>
+    <t>9510.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кантри Стайл»;фарфор;110мл;D=6,H=5см;зелен.</t>
+  </si>
+  <si>
+    <t>03130548</t>
+  </si>
+  <si>
+    <t>TRY0211</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>2780.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Терракота»;фарфор;100мл;D=65,H=50,L=85мм;терракот</t>
+  </si>
+  <si>
+    <t>03130549</t>
+  </si>
+  <si>
+    <t>1133 0234</t>
+  </si>
+  <si>
+    <t>4613.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Грэй»;фарфор;100мл;D=65,H=50,L=85мм;серый</t>
+  </si>
+  <si>
+    <t>03130550</t>
+  </si>
+  <si>
+    <t>1154 0234</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Грэй»;фарфор;85мл;D=65,H=50,L=85мм;серый</t>
+  </si>
+  <si>
+    <t>03130551</t>
+  </si>
+  <si>
+    <t>1154 0190</t>
+  </si>
+  <si>
+    <t>3096.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Опшенс»;фарфор;90мл;D=60,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03130552</t>
+  </si>
+  <si>
+    <t>71 5159</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>6030.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Карат»;фарфор;90мл;D=6,H=5,L=8см;белый</t>
+  </si>
+  <si>
+    <t>03130554</t>
+  </si>
+  <si>
+    <t>25 5209</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>5891.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Моцарт»;фарфор;90мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03130555</t>
+  </si>
+  <si>
+    <t>57 5159</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>5768.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Моцарт»;фарфор;90мл;D=65,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03130556</t>
+  </si>
+  <si>
+    <t>57 5259</t>
+  </si>
+  <si>
+    <t>6053.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Штутгарт»;фарфор;90мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03130557</t>
+  </si>
+  <si>
+    <t>55 5159</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>4474.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Штутгарт»;фарфор;100мл;D=67,H=56мм;белый</t>
+  </si>
+  <si>
+    <t>03130558</t>
+  </si>
+  <si>
+    <t>55 5310</t>
+  </si>
+  <si>
+    <t>3519.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бистро»;фарфор;80мл;D=55мм;белый</t>
+  </si>
+  <si>
+    <t>03130559</t>
+  </si>
+  <si>
+    <t>Bistrot</t>
+  </si>
+  <si>
+    <t>1949.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эдекс»;фарфор;190мл;белый</t>
+  </si>
+  <si>
+    <t>03130562</t>
+  </si>
+  <si>
+    <t>2679.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Торино»;фарфор;85мл;D=65,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03130567</t>
+  </si>
+  <si>
+    <t>9007 C032</t>
+  </si>
+  <si>
+    <t>Torino White</t>
+  </si>
+  <si>
+    <t>3920.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Вайт»;фарфор;85мл;D=65,H=50,L=85мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03130568</t>
+  </si>
+  <si>
+    <t>1155 0190</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Вайт»;фарфор;100мл;D=65,H=50,L=85мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03130569</t>
+  </si>
+  <si>
+    <t>1155 0234</t>
+  </si>
+  <si>
+    <t>6168.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бистро»;фарфор;90мл;D=70,H=43мм;белый</t>
+  </si>
+  <si>
+    <t>03130570</t>
+  </si>
+  <si>
+    <t>27 5159</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>3442.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пьюрити»;эко-кост. фарф.;90мл;D=6см;белый</t>
+  </si>
+  <si>
+    <t>03130576</t>
+  </si>
+  <si>
+    <t>69 5159</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>7531.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Граффити Нью»;фарфор;80мл;D=63мм</t>
+  </si>
+  <si>
+    <t>03130577</t>
+  </si>
+  <si>
+    <t>NG01508</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>1505.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Лив»;фарфор;85мл;D=55,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03130578</t>
+  </si>
+  <si>
+    <t>1340 X0017</t>
+  </si>
+  <si>
+    <t>Liv</t>
+  </si>
+  <si>
+    <t>2110.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Лив»;фарфор;85мл;D=70,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03130582</t>
+  </si>
+  <si>
+    <t>1340 X0023</t>
+  </si>
+  <si>
+    <t>3265.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная;фарфор;80мл;белый</t>
+  </si>
+  <si>
+    <t>03130587</t>
+  </si>
+  <si>
+    <t>11770-800001-14717</t>
+  </si>
+  <si>
+    <t>Mesh White</t>
+  </si>
+  <si>
+    <t>4436.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная;фарфор;150мл;белый</t>
+  </si>
+  <si>
+    <t>03130588</t>
+  </si>
+  <si>
+    <t>11770-800001-14742</t>
+  </si>
+  <si>
+    <t>5144.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Блю Дэппл»;фарфор;85мл;D=65,H=50,L=85мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03130589</t>
+  </si>
+  <si>
+    <t>1710 0190</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Блю Дэппл»;фарфор;100мл;D=65,H=50,L=85мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03130590</t>
+  </si>
+  <si>
+    <t>1710 0234</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Верона»;фарфор;80мл;белый</t>
+  </si>
+  <si>
+    <t>03130595</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>2836.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эпсилон»;стекло;110мл;D=67,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>03130597</t>
+  </si>
+  <si>
+    <t>430401BZM121990</t>
+  </si>
+  <si>
+    <t>Ypsilon</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Волюто»;стекло;90мл;D=83,H=68мм;прозр.</t>
+  </si>
+  <si>
+    <t>03130598</t>
+  </si>
+  <si>
+    <t>L3695</t>
+  </si>
+  <si>
+    <t>Voluto</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Винтаж»;фарфор;150мл;D=80,H=62мм;кремов.</t>
+  </si>
+  <si>
+    <t>03130599</t>
+  </si>
+  <si>
+    <t>CHC0815</t>
+  </si>
+  <si>
+    <t>Suisse Langenthal</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>4282.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара;фарфор;70мл;D=40,H=45,L=72мм;белый</t>
+  </si>
+  <si>
+    <t>03130604</t>
+  </si>
+  <si>
+    <t>DY300-40-NE</t>
+  </si>
+  <si>
+    <t>358.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Термик Глас» набор[2шт];стекло,сталь нерж.;65мл</t>
+  </si>
+  <si>
+    <t>03130609</t>
+  </si>
+  <si>
+    <t>A10083S0102AA01</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Thermic Glass</t>
+  </si>
+  <si>
+    <t>15347.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Кунстверк»;фарфор;100мл;D=7/12см;белый</t>
+  </si>
+  <si>
+    <t>03130624</t>
+  </si>
+  <si>
+    <t>P7061007/9904091</t>
+  </si>
+  <si>
+    <t>805.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Кунстверк»;фарфор;90мл;D=112,H=49,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>03130625</t>
+  </si>
+  <si>
+    <t>P7060307/9904103</t>
+  </si>
+  <si>
+    <t>1316.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Эдекс»;фарфор;70мл;,H=49мм;белый</t>
+  </si>
+  <si>
+    <t>03130635</t>
+  </si>
+  <si>
+    <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Верона»;фарфор;260мл;,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03130636</t>
+  </si>
+  <si>
+    <t>4898.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Проотель» двойные стенки;термост.стекло;100мл;D=65,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>03130642</t>
+  </si>
+  <si>
+    <t>3668.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Мокко»;фарфор;100мл;D=60/113,H=60,L=78мм;белый</t>
+  </si>
+  <si>
+    <t>03130643</t>
+  </si>
+  <si>
+    <t>6С1627</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара;фарфор;150мл;D=16см</t>
+  </si>
+  <si>
+    <t>03130645</t>
+  </si>
+  <si>
+    <t>NEUT</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>15069.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Осло»;стекло,металл;100мл;D=67,H=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>03130647</t>
+  </si>
+  <si>
+    <t>442110BCG121990</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>4374.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Лайфстиль»;фарфор;150мл;D=85,H=50мм;песочн.</t>
+  </si>
+  <si>
+    <t>03130648</t>
+  </si>
+  <si>
+    <t>LSN0215</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>4790.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Лайфстиль»;фарфор;90мл;D=72,H=42мм;песочн.</t>
+  </si>
+  <si>
+    <t>03130649</t>
+  </si>
+  <si>
+    <t>LSN0209</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Блю Дэппл»;фарфор;85мл;D=65мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03130650</t>
+  </si>
+  <si>
+    <t>1710 X0023</t>
+  </si>
+  <si>
+    <t>6992.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Серфис»;керамика;130мл;зелен.</t>
+  </si>
+  <si>
+    <t>03130652</t>
+  </si>
+  <si>
+    <t>B5116222A</t>
+  </si>
+  <si>
+    <t>11473.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Серфис»;керамика;130мл;D=80/132мм;сизый</t>
+  </si>
+  <si>
+    <t>03130653</t>
+  </si>
+  <si>
+    <t>B5116222B</t>
+  </si>
+  <si>
+    <t>15379.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Верона»;фарфор;155мл;белый</t>
+  </si>
+  <si>
+    <t>03130655</t>
+  </si>
+  <si>
+    <t>3704.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара;фарфор;120мл;D=125,H=85мм;белый</t>
+  </si>
+  <si>
+    <t>03130660</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>French Classics</t>
+  </si>
+  <si>
+    <t>5090.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Браун Дэппл»;фарфор;85мл;D=67,H=58мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03130664</t>
+  </si>
+  <si>
+    <t>1714 X0023</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>6653.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Проотель» двойные стенки;термост.стекло;100мл;D=110,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>03130686</t>
+  </si>
+  <si>
+    <t>DC018S/SC018S</t>
+  </si>
+  <si>
+    <t>4109.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Везувиус Ляпис»;фарфор;85мл;D=64,H=45,L=85мм;синий</t>
+  </si>
+  <si>
+    <t>03130688</t>
+  </si>
+  <si>
+    <t>1201 0190</t>
+  </si>
+  <si>
+    <t>Vesuvius Lapis</t>
+  </si>
+  <si>
+    <t>4012.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Проотель» двойные стенки;термост.стекло;80мл;прозр.</t>
+  </si>
+  <si>
+    <t>03130690</t>
+  </si>
+  <si>
+    <t>DC036/1</t>
+  </si>
+  <si>
+    <t>2653.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нау»;керамика;80мл;D=62,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03130696</t>
+  </si>
+  <si>
+    <t>Now</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нау»;керамика;80мл;D=62,H=60мм;серый</t>
+  </si>
+  <si>
+    <t>03130697</t>
+  </si>
+  <si>
+    <t>6037.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нау»;керамика;80мл;D=62,H=60мм;синий</t>
+  </si>
+  <si>
+    <t>03130698</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «В.Виена Шарм»;фарфор;80мл;D=65мм;серый</t>
+  </si>
+  <si>
+    <t>03130703</t>
+  </si>
+  <si>
+    <t>VW015090772</t>
+  </si>
+  <si>
+    <t>Wienna Charm</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «В.Виена Шарм»;фарфор;80мл;D=65мм;розов.</t>
+  </si>
+  <si>
+    <t>03130704</t>
+  </si>
+  <si>
+    <t>VW015090792</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «В.Виена Шарм»;фарфор;80мл;D=65мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130705</t>
+  </si>
+  <si>
+    <t>VW015090841</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Робаст» набор[2шт];стекло;180мл;прозр.</t>
+  </si>
+  <si>
+    <t>03130711</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Robust</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нами»;фарфор;100мл;D=56,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03130721</t>
+  </si>
+  <si>
+    <t>NAM0610</t>
+  </si>
+  <si>
+    <t>Nami</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Виллоу»;фарфор;85мл;D=43,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03130730</t>
+  </si>
+  <si>
+    <t>9117 C1205</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>7416.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Браун Дэппл»;фарфор;85мл;D=65,H=50мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03130731</t>
+  </si>
+  <si>
+    <t>1714 0190</t>
+  </si>
+  <si>
+    <t>3766.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Лакрица»;фарфор;85мл;D=62,H=43мм;черный</t>
+  </si>
+  <si>
+    <t>03130744</t>
+  </si>
+  <si>
+    <t>1209 0190</t>
+  </si>
+  <si>
+    <t>Craft Liquorice</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Колорс»;фарфор;100мл;изумруд.</t>
+  </si>
+  <si>
+    <t>03130756</t>
+  </si>
+  <si>
+    <t>KL115100009</t>
+  </si>
+  <si>
+    <t>Kolors</t>
+  </si>
+  <si>
+    <t>861.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Колорс»;фарфор;100мл;красный</t>
+  </si>
+  <si>
+    <t>03130758</t>
+  </si>
+  <si>
+    <t>KL115100798</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Колорс»;фарфор;100мл;желт.</t>
+  </si>
+  <si>
+    <t>03130759</t>
+  </si>
+  <si>
+    <t>KL115100801</t>
+  </si>
+  <si>
+    <t>868.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Млечный путь»;фарфор;80мл;черный,серый</t>
+  </si>
+  <si>
+    <t>03130766</t>
+  </si>
+  <si>
+    <t>ФРФ88805453</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>2041.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Ловатт»;кост.фарф.;100мл;D=69,H=55мм;черный,черный</t>
+  </si>
+  <si>
+    <t>03130768</t>
+  </si>
+  <si>
+    <t>B6015140</t>
+  </si>
+  <si>
+    <t>Lovatt</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>8802.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Карбон»;фарфор;80мл;D=60,H=47мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03130770</t>
+  </si>
+  <si>
+    <t>ФРФ88805411</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Карбон»;фарфор;80мл;D=60,H=47мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03130771</t>
+  </si>
+  <si>
+    <t>ФРФ88806311</t>
+  </si>
+  <si>
+    <t>1718.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный путь оранжевый»;фарфор;80мл;оранжев.,черный</t>
+  </si>
+  <si>
+    <t>03130772</t>
+  </si>
+  <si>
+    <t>ФРФ88806359</t>
+  </si>
+  <si>
+    <t>Млечный путь оранжевый</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный путь красный»;фарфор;80мл;красный,черный</t>
+  </si>
+  <si>
+    <t>03130773</t>
+  </si>
+  <si>
+    <t>ФРФ88806360</t>
+  </si>
+  <si>
+    <t>Млечный путь красный</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный путь бирюза»;фарфор;80мл;бирюз.,черный</t>
+  </si>
+  <si>
+    <t>03130774</t>
+  </si>
+  <si>
+    <t>ФРФ88806361</t>
+  </si>
+  <si>
+    <t>Млечный путь бирюза</t>
+  </si>
+  <si>
+    <t>3427.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный путь терракот»;фарфор;80мл;терракот,черный</t>
+  </si>
+  <si>
+    <t>03130775</t>
+  </si>
+  <si>
+    <t>ФРФ88806362</t>
+  </si>
+  <si>
+    <t>Млечный путь терракот</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный путь салатовый»;фарфор;80мл;салатов.,черный</t>
+  </si>
+  <si>
+    <t>03130776</t>
+  </si>
+  <si>
+    <t>ФРФ88806363</t>
+  </si>
+  <si>
+    <t>Млечный путь салатовый</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный путь голубой»;фарфор;80мл;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03130777</t>
+  </si>
+  <si>
+    <t>ФРФ88806364</t>
+  </si>
+  <si>
+    <t>Млечный путь голубой</t>
+  </si>
+  <si>
+    <t>2572.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный путь изумрудный»;фарфор;80мл;см;изумруд.,черный</t>
+  </si>
+  <si>
+    <t>03130778</t>
+  </si>
+  <si>
+    <t>ФРФ88806365</t>
+  </si>
+  <si>
+    <t>Млечный путь изумрудный</t>
+  </si>
+  <si>
+    <t>3273.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Кармин»;керамика;100мл;D=13,5см;красный,черный</t>
+  </si>
+  <si>
+    <t>03130809</t>
+  </si>
+  <si>
+    <t>Dymov</t>
+  </si>
+  <si>
+    <t>Кармин</t>
+  </si>
+  <si>
+    <t>8963.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Кармин»;керамика;125мл;красный,черный</t>
+  </si>
+  <si>
+    <t>03130810</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Паола»;фарфор;90мл;белый</t>
+  </si>
+  <si>
+    <t>03130812</t>
+  </si>
+  <si>
+    <t>8С1210</t>
+  </si>
+  <si>
+    <t>Паола</t>
+  </si>
+  <si>
+    <t>1217.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Романс»;фарфор;100мл;белый</t>
+  </si>
+  <si>
+    <t>03130815</t>
+  </si>
+  <si>
+    <t>6C1626</t>
+  </si>
+  <si>
+    <t>701.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бид Акцент»;фарфор;85мл;D=60/60,H=52,L=70мм;белый</t>
+  </si>
+  <si>
+    <t>03130822</t>
+  </si>
+  <si>
+    <t>1403 X0132</t>
+  </si>
+  <si>
+    <t>Bead Accent</t>
+  </si>
+  <si>
+    <t>8786.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бид»;фарфор;100мл;белый</t>
+  </si>
+  <si>
+    <t>03130823</t>
+  </si>
+  <si>
+    <t>1403 X0134</t>
+  </si>
+  <si>
+    <t>Bead</t>
+  </si>
+  <si>
+    <t>7931.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Революшн Джейд»;фарфор;110мл;бежев.,зелен.</t>
+  </si>
+  <si>
+    <t>03130824</t>
+  </si>
+  <si>
+    <t>1781 0626</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Jade</t>
+  </si>
+  <si>
+    <t>9779.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Везувиус Ляпис»;фарфор;110мл;синий,голуб.</t>
+  </si>
+  <si>
+    <t>03130825</t>
+  </si>
+  <si>
+    <t>1782 0626</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Lapis</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Везувиус Бернт Эмералд»;фарфор;110мл;бежев.,зелен.</t>
+  </si>
+  <si>
+    <t>03130826</t>
+  </si>
+  <si>
+    <t>1783 0626</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Burnt</t>
+  </si>
+  <si>
+    <t>9056.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аида» для эспрессо с декором ;фарфор;80мл;белый,синий</t>
+  </si>
+  <si>
+    <t>03130827</t>
+  </si>
+  <si>
+    <t>0490 7354</t>
+  </si>
+  <si>
+    <t>3450.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аида» для эспрессо с декором;фарфор;80мл;синий</t>
+  </si>
+  <si>
+    <t>03130828</t>
+  </si>
+  <si>
+    <t>0490 7355</t>
+  </si>
+  <si>
+    <t>4205.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аида» для эспрессо с декором;фарфор;80мл;коричнев.</t>
+  </si>
+  <si>
+    <t>03130829</t>
+  </si>
+  <si>
+    <t>0490 7356</t>
+  </si>
+  <si>
+    <t>4628.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аида» для эспрессо с декором ;фарфор;80мл;бирюз.</t>
+  </si>
+  <si>
+    <t>03130830</t>
+  </si>
+  <si>
+    <t>0490 7353</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Террес де Ревес»;керамика;100мл;D=60,H=51мм;серый,голуб.</t>
+  </si>
+  <si>
+    <t>03130904</t>
+  </si>
+  <si>
+    <t>B5117303A</t>
+  </si>
+  <si>
+    <t>Terres de Reves</t>
+  </si>
+  <si>
+    <t>8848.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Террес де Ревес»;керамика;100мл;D=60,H=51мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03130905</t>
+  </si>
+  <si>
+    <t>B5117303B</t>
+  </si>
+  <si>
+    <t>6867.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Террес де Ревес»;керамика;100мл;D=60,H=51мм;синий,коричнев.</t>
+  </si>
+  <si>
+    <t>03130906</t>
+  </si>
+  <si>
+    <t>B5117303C</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Оникс»;керамика;100мл;D=120,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>03130913</t>
+  </si>
+  <si>
+    <t>Оникс</t>
+  </si>
+  <si>
+    <t>17995.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Везувиус Амбер»;фарфор;85мл;D=65,H=45,L=85мм;амбер</t>
+  </si>
+  <si>
+    <t>03130914</t>
+  </si>
+  <si>
+    <t>1202 0190</t>
+  </si>
+  <si>
+    <t>Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>5113.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пас-парту» без ручки;фарфор;135мл;D=70,H=57мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03130916</t>
+  </si>
+  <si>
+    <t>B6219113GZ</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>3820.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пас-парту»;фарфор;135мл;D=70,H=57мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03130918</t>
+  </si>
+  <si>
+    <t>B6219115</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пас-парту»;фарфор;135мл;D=70,H=57мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03130920</t>
+  </si>
+  <si>
+    <t>B6219115GZ</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пас-парту»;фарфор;135мл;D=70,H=57мм;белый</t>
+  </si>
+  <si>
+    <t>03130921</t>
+  </si>
+  <si>
+    <t>B6219115G</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Малахит»;фарфор;80мл;D=60,H=47мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03130922</t>
+  </si>
+  <si>
+    <t>ФРФ88805438</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>978.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Малахит»;фарфор;80мл;D=60,H=47мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03130923</t>
+  </si>
+  <si>
+    <t>ФРФ88806338</t>
+  </si>
+  <si>
+    <t>1656.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Чакоул Дэппл»;фарфор;85мл;белый,черный</t>
+  </si>
+  <si>
+    <t>03130924</t>
+  </si>
+  <si>
+    <t>1756 X0023</t>
+  </si>
+  <si>
+    <t>Charcoal Dapple</t>
+  </si>
+  <si>
+    <t>6522.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Урбан»;фарфор;85мл;D=65,H=50мм;тем.сер.</t>
+  </si>
+  <si>
+    <t>03130925</t>
+  </si>
+  <si>
+    <t>1208 0190</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Кофейная пара;фарфор;80мл</t>
+  </si>
+  <si>
+    <t>03130933</t>
+  </si>
+  <si>
+    <t>ФРФ88806333</t>
+  </si>
+  <si>
+    <t>Tramontano</t>
+  </si>
+  <si>
+    <t>1525.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Пунто Верде»;фарфор;80мл</t>
+  </si>
+  <si>
+    <t>03130934</t>
+  </si>
+  <si>
+    <t>ФРФ88806352</t>
+  </si>
+  <si>
+    <t>Punto Verde</t>
+  </si>
+  <si>
+    <t>1910.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пион»;фарфор;100мл;D=65,H=62мм;розов.</t>
+  </si>
+  <si>
+    <t>03130938</t>
+  </si>
+  <si>
+    <t>ZA0011-2.5-p</t>
+  </si>
+  <si>
+    <t>Peony</t>
+  </si>
+  <si>
+    <t>2275.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Ирис»;фарфор;100мл;D=65,H=62мм;голуб.</t>
+  </si>
+  <si>
+    <t>03130939</t>
+  </si>
+  <si>
+    <t>ZA0011-2.5-a</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>2366.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нара»;керамика;100мл;бежев.,охра</t>
+  </si>
+  <si>
+    <t>03130944</t>
+  </si>
+  <si>
+    <t>01 5401 016150</t>
+  </si>
+  <si>
+    <t>Nara</t>
+  </si>
+  <si>
+    <t>7208.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нара»;керамика;100мл;бежев.,граф.</t>
+  </si>
+  <si>
+    <t>03130945</t>
+  </si>
+  <si>
+    <t>01 5401 016151</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нара» для эспрессо рифленая;керамика;100мл;черный,тем.син.</t>
+  </si>
+  <si>
+    <t>03130946</t>
+  </si>
+  <si>
+    <t>01 5451 021090</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нара» для эспрессо рифленая;керамика;100мл;бежев.,охра</t>
+  </si>
+  <si>
+    <t>03130947</t>
+  </si>
+  <si>
+    <t>01 5451 016150</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нара» для эспрессо рифленая;керамика;100мл;бежев.,граф.</t>
+  </si>
+  <si>
+    <t>03130948</t>
+  </si>
+  <si>
+    <t>01 5451 016151</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нара»;керамика;100мл;черный,тем.син.</t>
+  </si>
+  <si>
+    <t>03130949</t>
+  </si>
+  <si>
+    <t>01 5401 021090</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Агава»;фарфор;100мл;D=65,H=62мм;матовый,зелен.</t>
+  </si>
+  <si>
+    <t>03130952</t>
+  </si>
+  <si>
+    <t>ZA0011-2.5-m</t>
+  </si>
+  <si>
+    <t>Agave</t>
+  </si>
+  <si>
+    <t>Чашка кофейная;фарфор;80мл;серый</t>
+  </si>
+  <si>
+    <t>03130954</t>
+  </si>
+  <si>
+    <t>10540-405201-14717</t>
+  </si>
+  <si>
+    <t>Junto Pearl Grey</t>
+  </si>
+  <si>
+    <t>7824.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03130956</t>
+  </si>
+  <si>
+    <t>11770-800001-34607</t>
+  </si>
+  <si>
+    <t>4821.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нектар»;фарфор;80мл;D=8,H=5см;айвори</t>
+  </si>
+  <si>
+    <t>03130959</t>
+  </si>
+  <si>
+    <t>L9603</t>
+  </si>
+  <si>
+    <t>Nectar</t>
+  </si>
+  <si>
+    <t>2114.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эгг»;фарфор;80мл;,H=55,L=85,B=65мм;желт.</t>
+  </si>
+  <si>
+    <t>03130961</t>
+  </si>
+  <si>
+    <t>C088-137BBC</t>
+  </si>
+  <si>
+    <t>Loveramics</t>
+  </si>
+  <si>
+    <t>Egg</t>
+  </si>
+  <si>
+    <t>5964.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эгг»;фарфор;80мл;,H=55,L=85,B=65мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130962</t>
+  </si>
+  <si>
+    <t>C088-138BBI</t>
+  </si>
+  <si>
+    <t>5824.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эгг»;фарфор;80мл;голуб.</t>
+  </si>
+  <si>
+    <t>03130963</t>
+  </si>
+  <si>
+    <t>C088-139BIB</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Тулип»;фарфор;80мл;мятный</t>
+  </si>
+  <si>
+    <t>03130967</t>
+  </si>
+  <si>
+    <t>C087-51BMT</t>
+  </si>
+  <si>
+    <t>Tulip</t>
+  </si>
+  <si>
+    <t>4970.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Тулип»;фарфор;80мл;,H=60,L=85,B=65мм;голуб.</t>
+  </si>
+  <si>
+    <t>03130968</t>
+  </si>
+  <si>
+    <t>C087-53BBL</t>
+  </si>
+  <si>
+    <t>5299.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бонд»;фарфор;80мл;коричнев.</t>
+  </si>
+  <si>
+    <t>03130969</t>
+  </si>
+  <si>
+    <t>C098-32BBR</t>
+  </si>
+  <si>
+    <t>Bond</t>
+  </si>
+  <si>
+    <t>7049.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бонд»;фарфор;80мл;мятный</t>
+  </si>
+  <si>
+    <t>03130970</t>
+  </si>
+  <si>
+    <t>C098-42BMT</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бонд»;фарфор;80мл;D=60,H=65мм;голуб.</t>
+  </si>
+  <si>
+    <t>03130971</t>
+  </si>
+  <si>
+    <t>C098-44BBL</t>
+  </si>
+  <si>
+    <t>7322.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная;фарфор;90мл;черный</t>
+  </si>
+  <si>
+    <t>03130973</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Black Ceres</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Революшн Гранит»;фарфор;85мл;D=7см;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03130977</t>
+  </si>
+  <si>
+    <t>1775 X0023</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Революшн Сэндстоун»;фарфор;85мл;D=7см;бежев.</t>
+  </si>
+  <si>
+    <t>03130978</t>
+  </si>
+  <si>
+    <t>1776 X0023</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Революшн Блюстоун»;фарфор;85мл;синий</t>
+  </si>
+  <si>
+    <t>03130988</t>
+  </si>
+  <si>
+    <t>1777 X0023</t>
+  </si>
+  <si>
+    <t>Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>3696.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Революшн Джейд»;фарфор;85мл;D=65мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130989</t>
+  </si>
+  <si>
+    <t>1778 X0023</t>
+  </si>
+  <si>
+    <t>Revolution Jade</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Пунто Бьянка»;фарфор;80мл;,H=47,B=60мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03130990</t>
+  </si>
+  <si>
+    <t>ФРФ88806351</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пунто Бьянка»;фарфор;80мл;,H=47,B=60мм;бежев.,черный</t>
+  </si>
+  <si>
+    <t>03130991</t>
+  </si>
+  <si>
+    <t>ФРФ88805451</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Мак»;фарфор;100мл;D=65,H=62мм;медный</t>
+  </si>
+  <si>
+    <t>03130998</t>
+  </si>
+  <si>
+    <t>ZA0011-2.5-d</t>
+  </si>
+  <si>
+    <t>Poppy</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Распберри»;фарфор;85мл;D=65,H=50,L=85мм;розов.</t>
+  </si>
+  <si>
+    <t>03131001</t>
+  </si>
+  <si>
+    <t>1210 0190</t>
+  </si>
+  <si>
+    <t>Craft Raspberry</t>
+  </si>
+  <si>
+    <t>5414.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бэйс»;фарфор;100мл;D=60,H=45мм;белый,глянц.</t>
+  </si>
+  <si>
+    <t>03131002</t>
+  </si>
+  <si>
+    <t>B9219728H</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>8571.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Спайдер»;керамика;150мл;белый</t>
+  </si>
+  <si>
+    <t>03131003</t>
+  </si>
+  <si>
+    <t>Спайдер</t>
+  </si>
+  <si>
+    <t>10872.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Революшн Блюстоун» блюдце 03024459;фарфор;85мл;D=65мм;бежев.,синий</t>
+  </si>
+  <si>
+    <t>03131004</t>
+  </si>
+  <si>
+    <t>1780 X0023</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>7978.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Везувиус Бернт Эмералд»;фарфор;85мл;D=65мм;бежев.,зелен.</t>
+  </si>
+  <si>
+    <t>03131005</t>
+  </si>
+  <si>
+    <t>1783 X0023</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Революшн Джейд» блюдце 03024461;фарфор;85мл;D=65мм;зелен.</t>
+  </si>
+  <si>
+    <t>03131008</t>
+  </si>
+  <si>
+    <t>1781 X0023</t>
+  </si>
+  <si>
+    <t>5637.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Везувиус Роуз Кварц»;фарфор;85мл;D=65мм;бежев.,бежев.</t>
+  </si>
+  <si>
+    <t>03131009</t>
+  </si>
+  <si>
+    <t>1785 X0023</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Rose Quartz</t>
+  </si>
+  <si>
+    <t>4736.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Революшн Гранит» блюдце 03024762;фарфор;85мл;бежев.,коричнев.</t>
+  </si>
+  <si>
+    <t>03131012</t>
+  </si>
+  <si>
+    <t>1779 X0023</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Granite</t>
+  </si>
+  <si>
+    <t>5745.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Везувиус Ляпис»;фарфор;85мл;D=65мм;синий,голуб.</t>
+  </si>
+  <si>
+    <t>03131013</t>
+  </si>
+  <si>
+    <t>1782 X0023</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Аврора Везувиус Амбер»;фарфор;85мл;D=65мм;бежев.,амбер</t>
+  </si>
+  <si>
+    <t>03131014</t>
+  </si>
+  <si>
+    <t>1784 X0023</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Дэрас Голд»;фарфор;80мл;D=65/115,H=45мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03131021</t>
+  </si>
+  <si>
+    <t>LDER034OR150008</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Deras Gold</t>
+  </si>
+  <si>
+    <t>10480.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Онирос»;фарфор;100мл;D=9,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03131022</t>
+  </si>
+  <si>
+    <t>LONR014AV151010</t>
+  </si>
+  <si>
+    <t>Oniros</t>
+  </si>
+  <si>
+    <t>2534.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Маррон Реативо»;фарфор;80мл;D=60,H=47мм;коричнев.,кремов.</t>
+  </si>
+  <si>
+    <t>03131023</t>
+  </si>
+  <si>
+    <t>ФРФ88805473</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эрбосо Реативо»;фарфор;80мл;D=60,H=47мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03131024</t>
+  </si>
+  <si>
+    <t>ФРФ88805475</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пати»;фарфор;80мл;D=60,H=47мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03131026</t>
+  </si>
+  <si>
+    <t>ФРФ88805493</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Млечный Путь»;фарфор;80мл;D=98/60,H=47мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03131029</t>
+  </si>
+  <si>
+    <t>ФРФ88806353</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Кейрвейр»;стекло;90мл;D=87,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03131220</t>
+  </si>
+  <si>
+    <t>Careware</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Крафт Эппл»;фарфор;85мл;D=65,H=50,L=85мм;желто-зел.</t>
+  </si>
+  <si>
+    <t>03131227</t>
+  </si>
+  <si>
+    <t>1211 0190</t>
+  </si>
+  <si>
+    <t>Craft Apple</t>
+  </si>
+  <si>
+    <t>5321.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Нанокрем Блэк» для эспрессо;фарфор;100мл;D=65,H=55мм;черный</t>
+  </si>
+  <si>
+    <t>03131228</t>
+  </si>
+  <si>
+    <t>LM01KF850R04</t>
+  </si>
+  <si>
+    <t>Nanocream Black</t>
+  </si>
+  <si>
+    <t>1633.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Бейс»;фарфор;100мл;D=60,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03131230</t>
+  </si>
+  <si>
+    <t>B9219728</t>
+  </si>
+  <si>
+    <t>11897.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Галлоуэй»;керамика;120мл;D=73,H=57мм;черный</t>
+  </si>
+  <si>
+    <t>03131233</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Galloway</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Жасмин»;фарфор;90мл;D=9,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03131234</t>
+  </si>
+  <si>
+    <t>JA015090000</t>
+  </si>
+  <si>
+    <t>Jasmin</t>
+  </si>
+  <si>
     <t>1862.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
-[...3482 lines deleted...]
-    <t>1964.00₸</t>
+    <t>Чашка кофейная «Опера Аида»;фарфор;105мл;белый,синий</t>
+  </si>
+  <si>
+    <t>03131235</t>
+  </si>
+  <si>
+    <t>OP315118276</t>
+  </si>
+  <si>
+    <t>Opera Aida</t>
+  </si>
+  <si>
+    <t>8432.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пьюрити»;эко-кост. фарф.;220мл;D=75,H=67мм;белый</t>
+  </si>
+  <si>
+    <t>03131240</t>
+  </si>
+  <si>
+    <t>69 5122</t>
+  </si>
+  <si>
+    <t>8316.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;80мл;D=66/40,H=55,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>03131246</t>
+  </si>
+  <si>
+    <t>11.21.1/white</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>Pour Amour</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;80мл;D=66/40,H=55,L=90мм;желт.,белый</t>
+  </si>
+  <si>
+    <t>03131247</t>
+  </si>
+  <si>
+    <t>11.21.1.1/yellow</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;80мл;D=66/40,H=55,L=90мм;кораллов.,белый</t>
+  </si>
+  <si>
+    <t>03131248</t>
+  </si>
+  <si>
+    <t>11.21.1.1/coral</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;200мл;D=97/50,H=60,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03131249</t>
+  </si>
+  <si>
+    <t>11.22.1/white</t>
+  </si>
+  <si>
+    <t>4020.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;200мл;D=97/50,H=60,L=125мм;желт.,белый</t>
+  </si>
+  <si>
+    <t>03131250</t>
+  </si>
+  <si>
+    <t>11.22.1.1/yellow</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;200мл;D=97/50,H=60,L=125мм;кораллов.,белый</t>
+  </si>
+  <si>
+    <t>03131251</t>
+  </si>
+  <si>
+    <t>11.22.1.1/coral</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;300мл;D=110/60,H=65,L=140мм;белый</t>
+  </si>
+  <si>
+    <t>03131252</t>
+  </si>
+  <si>
+    <t>11.23.1/white</t>
+  </si>
+  <si>
+    <t>4982.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;300мл;D=110/60,H=65,L=140мм;желт.,белый</t>
+  </si>
+  <si>
+    <t>03131253</t>
+  </si>
+  <si>
+    <t>11.23.1.1/yellow</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Пур-Амор»;фарфор;300мл;D=110/60,H=65,L=140мм;кораллов.,белый</t>
+  </si>
+  <si>
+    <t>03131254</t>
+  </si>
+  <si>
+    <t>11.23.1.1/coral</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эстиа»;фарфор;80мл;,H=45,L=95,B=75мм;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03131262</t>
+  </si>
+  <si>
+    <t>LEST019RG151008</t>
+  </si>
+  <si>
+    <t>Estia</t>
+  </si>
+  <si>
+    <t>4328.00₸</t>
+  </si>
+  <si>
+    <t>Кофейная пара «Фобос»;керамика;80мл;D=100,H=45мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03131264</t>
+  </si>
+  <si>
+    <t>LPHO019MA150008</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>10850.00₸</t>
   </si>
   <si>
     <t>49 шт.</t>
   </si>
   <si>
-    <t>Чашка кофейная «Пати»;фарфор;80мл;D=60,H=47мм;серый,синий</t>
-[...250 lines deleted...]
-  <si>
     <t>Кофейная пара «Фобос»;керамика;80мл;D=100,H=45мм;черный</t>
   </si>
   <si>
     <t>03131266</t>
   </si>
   <si>
     <t>LPHO019NB150008</t>
   </si>
   <si>
     <t>Чашка кофейная «Эггшелл»;фарфор;80мл;D=50,H=55мм;белый</t>
   </si>
   <si>
     <t>03131268</t>
   </si>
   <si>
     <t>A26971</t>
   </si>
   <si>
     <t>Eggshell</t>
   </si>
   <si>
     <t>1540.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Полар»;фарфор;80мл;D=45,H=70мм;белый</t>
@@ -3920,51 +3929,51 @@
   <si>
     <t>1603.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Экселенси»;фарфор;160мл;D=72,H=82мм;белый</t>
   </si>
   <si>
     <t>03131277</t>
   </si>
   <si>
     <t>EXL0818</t>
   </si>
   <si>
     <t>Excellency</t>
   </si>
   <si>
     <t>3496.00₸</t>
   </si>
   <si>
     <t>03131278</t>
   </si>
   <si>
     <t>C9300617</t>
   </si>
   <si>
-    <t>2884.00₸</t>
+    <t>2961.00₸</t>
   </si>
   <si>
     <t>03131279</t>
   </si>
   <si>
     <t>C9300619</t>
   </si>
   <si>
     <t>3290.00₸</t>
   </si>
   <si>
     <t>03131280</t>
   </si>
   <si>
     <t>C9300621</t>
   </si>
   <si>
     <t>03131281</t>
   </si>
   <si>
     <t>C9300623</t>
   </si>
   <si>
     <t>3808.00₸</t>
   </si>
@@ -3983,53 +3992,50 @@
   <si>
     <t>C9300627</t>
   </si>
   <si>
     <t>4116.00₸</t>
   </si>
   <si>
     <t>03131284</t>
   </si>
   <si>
     <t>C9300629</t>
   </si>
   <si>
     <t>5453.00₸</t>
   </si>
   <si>
     <t>03131285</t>
   </si>
   <si>
     <t>C9300631</t>
   </si>
   <si>
     <t>5859.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>03131286</t>
   </si>
   <si>
     <t>C9300633</t>
   </si>
   <si>
     <t>Чашка кофейная «Крим»;фарфор;90мл;D=65,H=50,L=87мм;бежев.</t>
   </si>
   <si>
     <t>03131288</t>
   </si>
   <si>
     <t>VLC80KH-KR/VLC01KF</t>
   </si>
   <si>
     <t>Rinart</t>
   </si>
   <si>
     <t>Cream</t>
   </si>
   <si>
     <t>2018.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Крим Пера»;фарфор;90мл;D=65,H=59,L=83мм;белый</t>
@@ -4133,53 +4139,50 @@
   <si>
     <t>Чашка кофейная «Белая» Практик;фарфор;165мл;D=78/109,H=58мм;белый</t>
   </si>
   <si>
     <t>03131301</t>
   </si>
   <si>
     <t>Чашка кофейная «Белая» Классик;фарфор;80мл;D=71/93,H=43мм;белый</t>
   </si>
   <si>
     <t>03131304</t>
   </si>
   <si>
     <t>1271.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Белая» Классик;фарфор;165мл;D=92/119,H=49мм;белый</t>
   </si>
   <si>
     <t>03131305</t>
   </si>
   <si>
     <t>1818.00₸</t>
   </si>
   <si>
-    <t>33 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Чашка кофейная «Белая» Мокко;фарфор;75мл;D=62/80,H=60мм;белый</t>
   </si>
   <si>
     <t>03131308</t>
   </si>
   <si>
     <t>ИЧ Ф 24.75</t>
   </si>
   <si>
     <t>963.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Белая» Мокко;фарфор;165мл;D=85/55,H=70мм;белый</t>
   </si>
   <si>
     <t>03131309</t>
   </si>
   <si>
     <t>ИЧФ 24.165</t>
   </si>
   <si>
     <t>1771.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Белая» Мокко;фарфор;250мл;D=100/120,H=72мм;белый</t>
@@ -4259,65 +4262,65 @@
   <si>
     <t>03131337</t>
   </si>
   <si>
     <t>AZ017337420</t>
   </si>
   <si>
     <t>7161.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Флорентиус»;фарфор;100мл;,H=5,L=7,B=9см;белый,оранжев.</t>
   </si>
   <si>
     <t>03131340</t>
   </si>
   <si>
     <t>LFLO032AC151010</t>
   </si>
   <si>
     <t>Florentius</t>
   </si>
   <si>
     <t>7392.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Чашка кофейная «Флорентиус»;фарфор;100мл;,H=5,L=7,B=9см;белый,синий</t>
   </si>
   <si>
     <t>03131342</t>
   </si>
   <si>
     <t>LFLO032BL151010</t>
   </si>
   <si>
     <t>7700.00₸</t>
   </si>
   <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
     <t>Чашка кофейная «Алина»;фарфор;85мл;D=61/39,H=45мм;белый</t>
   </si>
   <si>
     <t>03131345</t>
   </si>
   <si>
     <t>9119 C1255</t>
   </si>
   <si>
     <t>Alina</t>
   </si>
   <si>
     <t>6676.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Алина»;фарфор;85мл;D=66/38,H=46мм;белый</t>
   </si>
   <si>
     <t>03131347</t>
   </si>
   <si>
     <t>9119 C1258</t>
   </si>
   <si>
     <t>Чашка кофейная «Афродита»;фарфор;100мл;D=6,H=5,L=8см;белый,золотой</t>
@@ -4436,50 +4439,53 @@
   <si>
     <t>Чашка кофейная «Эклипс»;фарфор;100мл;D=65,H=50мм;черный</t>
   </si>
   <si>
     <t>03143027</t>
   </si>
   <si>
     <t>67376A40</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>Eclipse</t>
   </si>
   <si>
     <t>Чашка кофейная «Эклипс»;фарфор;100мл;D=65,H=50мм;кремов.</t>
   </si>
   <si>
     <t>03143031</t>
   </si>
   <si>
     <t>67376B40</t>
   </si>
   <si>
+    <t>3003.00₸</t>
+  </si>
+  <si>
     <t>Чашка кофейная «Меркури»;фарфор;100мл;D=62,H=50мм;белый</t>
   </si>
   <si>
     <t>09101131</t>
   </si>
   <si>
     <t>Merkury</t>
   </si>
   <si>
     <t>632.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Фист»;керамика;250мл;D=75,H=75мм;белый,синий</t>
   </si>
   <si>
     <t>03137899</t>
   </si>
   <si>
     <t>B8921018B</t>
   </si>
   <si>
     <t>Feast</t>
   </si>
   <si>
     <t>9518.00₸</t>
@@ -4643,50 +4649,53 @@
   <si>
     <t>Royal Charm</t>
   </si>
   <si>
     <t>Wave</t>
   </si>
   <si>
     <t>2380.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Сейко»;фарфор;100мл;D=65/45,H=50мм;серый</t>
   </si>
   <si>
     <t>03131361</t>
   </si>
   <si>
     <t>A27859W1384</t>
   </si>
   <si>
     <t>Seiko</t>
   </si>
   <si>
     <t>2247.00₸</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
     <t>Чашка кофейная «Вейв»;фарфор;220мл;D=90/80,H=58,L=110мм;белый</t>
   </si>
   <si>
     <t>03131354</t>
   </si>
   <si>
     <t>ZH036-Y212C</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;300мл;D=110/155,H=65,L=135мм;серый</t>
   </si>
   <si>
     <t>03131316</t>
   </si>
   <si>
     <t>300-64BTP/65BTP</t>
   </si>
   <si>
     <t>19306.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Вейв»;фарфор;140мл;D=70/60,H=57,L=95мм;черный</t>
   </si>
   <si>
     <t>03131356</t>
@@ -4814,74 +4823,74 @@
   <si>
     <t>03131353</t>
   </si>
   <si>
     <t>ZH037-Y212C</t>
   </si>
   <si>
     <t>2331.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Париж»;фарфор;80мл;D=60,H=55мм;белый,коричнев.</t>
   </si>
   <si>
     <t>03137908</t>
   </si>
   <si>
     <t>LN01KF</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>2210.00₸</t>
   </si>
   <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
     <t>Кофейная пара «Блю Реативо»;фарфор;80мл;D=98/60,H=47мм;синий</t>
   </si>
   <si>
     <t>03130107</t>
   </si>
   <si>
     <t>ФРФ88806372</t>
   </si>
   <si>
     <t>Чашка кофейная «Баршайн» для эспрессо ;стекло;185мл;D=93,5,H=80мм;прозр.</t>
   </si>
   <si>
     <t>03130291</t>
   </si>
   <si>
     <t>Barshine</t>
   </si>
   <si>
     <t>2595.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Чашка кофейная «Баршайн» для эспрессо ;стекло;89мл;D=76,5,H=65мм;прозр.</t>
   </si>
   <si>
     <t>03130471</t>
   </si>
   <si>
     <t>2241.00₸</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;150мл;D=90/145,H=50,L=110мм;красный</t>
   </si>
   <si>
     <t>03131035</t>
   </si>
   <si>
     <t>C088-59BRE/C088-28BRE</t>
   </si>
   <si>
     <t>12684.00₸</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;300мл;D=110/155,H=65,L=135мм;киноварь</t>
   </si>
   <si>
     <t>03131049</t>
@@ -4916,50 +4925,53 @@
   <si>
     <t>Чашка кофейная «Хатч»;150мл;зелен.,белый</t>
   </si>
   <si>
     <t>03130299</t>
   </si>
   <si>
     <t>C098-158BSG</t>
   </si>
   <si>
     <t>Hutch</t>
   </si>
   <si>
     <t>7924.00₸</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;200мл;D=95/145,H=55,L=115мм;лазурн.</t>
   </si>
   <si>
     <t>03131045</t>
   </si>
   <si>
     <t>C088-125BIB/C088-153BIB</t>
   </si>
   <si>
+    <t>19159.00₸</t>
+  </si>
+  <si>
     <t>Чашка кофейная «Хатч»;150мл;желт.,белый</t>
   </si>
   <si>
     <t>03130293</t>
   </si>
   <si>
     <t>C098-156BYE</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;300мл;D=110/155,H=65,L=135мм;голуб.</t>
   </si>
   <si>
     <t>03131082</t>
   </si>
   <si>
     <t>C088-163BGA/188BGA</t>
   </si>
   <si>
     <t>15624.00₸</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;250мл;D=95/145,H=55,L=115мм;тем.син.</t>
   </si>
   <si>
     <t>03131067</t>
@@ -4976,50 +4988,53 @@
   <si>
     <t>03131040</t>
   </si>
   <si>
     <t>C088-128BBE/149BBE</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;250мл;D=95/145,H=55,L=115мм;желт.</t>
   </si>
   <si>
     <t>03131063</t>
   </si>
   <si>
     <t>C088-97BYE/C088-12BYE</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;300мл;D=110/155,H=65,L=135мм;малинов.</t>
   </si>
   <si>
     <t>03131090</t>
   </si>
   <si>
     <t>300-107BBE/142BBE</t>
   </si>
   <si>
+    <t>20825.00₸</t>
+  </si>
+  <si>
     <t>Чашка кофейная «Хатч»;80мл;красный,белый</t>
   </si>
   <si>
     <t>03130124</t>
   </si>
   <si>
     <t>C098-162BRE</t>
   </si>
   <si>
     <t>7154.00₸</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;250мл;D=95/145,H=55,L=115мм;малинов.</t>
   </si>
   <si>
     <t>03131075</t>
   </si>
   <si>
     <t>C088-114BBE/C088-142BBE</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;200мл;D=95/145,H=55,L=115мм;тем.син.</t>
   </si>
   <si>
     <t>03131053</t>
@@ -5285,50 +5300,53 @@
   <si>
     <t>03131087</t>
   </si>
   <si>
     <t>300-07BDE/08BDE</t>
   </si>
   <si>
     <t>Чашка кофейная «Хатч»;80мл;оранжев.,белый</t>
   </si>
   <si>
     <t>03130126</t>
   </si>
   <si>
     <t>C098-163BOR</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;250мл;D=95/145,H=55,L=115мм;красный</t>
   </si>
   <si>
     <t>03131065</t>
   </si>
   <si>
     <t>C088-96BRE/C088-10BRE</t>
   </si>
   <si>
+    <t>17500.00₸</t>
+  </si>
+  <si>
     <t>Кофейная пара «Эгг»;фарфор;250мл;D=95/145,H=55,L=115мм;салатов.</t>
   </si>
   <si>
     <t>03131069</t>
   </si>
   <si>
     <t>C088-117BBI/C088-145BBI</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;200мл;D=95/145,H=55,L=115мм;малинов.</t>
   </si>
   <si>
     <t>03131058</t>
   </si>
   <si>
     <t>C088-121BBE/C088-149BBE</t>
   </si>
   <si>
     <t>Кофейная пара «Эгг»;фарфор;300мл;D=110/155,H=65,L=135мм;белый</t>
   </si>
   <si>
     <t>03131077</t>
   </si>
   <si>
     <t>300-01BWH/02BWH</t>
@@ -5762,62 +5780,56 @@
   <si>
     <t>03130146</t>
   </si>
   <si>
     <t>1260.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Пастораль»;фарфор;70мл;серый</t>
   </si>
   <si>
     <t>03130147</t>
   </si>
   <si>
     <t>Чашка кофейная «Пастораль»;фарфор;70мл;оранжев.</t>
   </si>
   <si>
     <t>03130148</t>
   </si>
   <si>
     <t>Чашка кофейная «Пастораль»;фарфор;250мл;зелен.</t>
   </si>
   <si>
     <t>03130149</t>
   </si>
   <si>
-    <t>23 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Чашка кофейная «Пастораль»;фарфор;250мл;серый</t>
   </si>
   <si>
     <t>03130150</t>
   </si>
   <si>
-    <t>46 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Чашка кофейная «Морелла»;фарфор;85мл;белый</t>
   </si>
   <si>
     <t>03131512</t>
   </si>
   <si>
     <t>9120 C1305</t>
   </si>
   <si>
     <t>Morella</t>
   </si>
   <si>
     <t>6376.00₸</t>
   </si>
   <si>
     <t>03131511</t>
   </si>
   <si>
     <t>9120 C1306</t>
   </si>
   <si>
     <t>Чашка кофейная;фарфор;D=68,H=48,L=90мм;белый</t>
   </si>
   <si>
     <t>03130157</t>
@@ -5886,50 +5898,101 @@
     <t>9100.00₸</t>
   </si>
   <si>
     <t>Чашка кофейная «Брюверс Свит»;фарфор;150мл;D=7,H=7см;черный,белый</t>
   </si>
   <si>
     <t>03130167</t>
   </si>
   <si>
     <t>C099-99BIK</t>
   </si>
   <si>
     <t>Чашка кофейная «Гармония»;фарфор;100мл;,H=5,L=9,B=7см;белый</t>
   </si>
   <si>
     <t>03131379</t>
   </si>
   <si>
     <t>LHAR000BI151010</t>
   </si>
   <si>
     <t>Harmoniae</t>
   </si>
   <si>
     <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Алберго»;фарфор;80мл;D=60,H=55мм;красный</t>
+  </si>
+  <si>
+    <t>03131386</t>
+  </si>
+  <si>
+    <t>AL015110798</t>
+  </si>
+  <si>
+    <t>3472.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Алберго»;фарфор;80мл;D=60,H=55мм;черный</t>
+  </si>
+  <si>
+    <t>03131387</t>
+  </si>
+  <si>
+    <t>AL015118099</t>
+  </si>
+  <si>
+    <t>3304.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Силк» для эспрессо;фарфор;80мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03131388</t>
+  </si>
+  <si>
+    <t>SAB15080000</t>
+  </si>
+  <si>
+    <t>Silk</t>
+  </si>
+  <si>
+    <t>6321.00₸</t>
+  </si>
+  <si>
+    <t>Чашка кофейная «Эттитьюд» для эспрессо;фарфор;80мл;D=65,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03131390</t>
+  </si>
+  <si>
+    <t>AT015080000</t>
+  </si>
+  <si>
+    <t>Attitude</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -5944,51 +6007,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113A98-424E-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F25A-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDA9F-E3D2-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F25F-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA0-E3D2-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA1-E3D2-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8EB5A59-EA57-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8EB5A58-EA57-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4035FF-E4E0-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B108-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A53B81-9B58-11EE-BC36-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4754561B-E4E0-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7532938F-E3D8-11EF-BC57-00505692E04913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E6327C-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773A05-E3D8-11EF-BC57-00505692E04915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B58D-00EB-11EF-BC46-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FE91-E3D8-11EF-BC57-00505692E04917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D26FE-00EB-11EF-BC46-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773DA5-E3D8-11EF-BC57-00505692E04919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F1-424F-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F2-424F-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066AED-4250-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAF2E-E3D8-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AB028-E3D8-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594183C8-E4E0-11EF-BC53-00505692E2D025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7454F033-F94B-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75328F3D-E3D8-11EF-BC57-00505692E04927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EACEC-E569-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C83E-E3D2-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4046A4-E4E0-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C83F-E3D2-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81571572-E3D8-11EF-BC57-00505692E04932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8157165A-E3D8-11EF-BC57-00505692E04933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA3-E3D2-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA2-E3D2-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773AED-E3D8-11EF-BC57-00505692E04936.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773BD5-E3D8-11EF-BC57-00505692E04937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773E9F-E3D8-11EF-BC57-00505692E04938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAD5E-E3D8-11EF-BC57-00505692E04939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762AA75-E3D8-11EF-BC57-00505692E04940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A7CF-E3D8-11EF-BC57-00505692E04941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A99F-E3D8-11EF-BC57-00505692E04942.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5735-424C-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A6E7-E3D8-11EF-BC57-00505692E04944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAC88-E3D8-11EF-BC57-00505692E04945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFB7-424C-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFB9-424C-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FCC1-E3D8-11EF-BC57-00505692E04948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594176AE-E4E0-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753290FB-E3D8-11EF-BC57-00505692E04950.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0BB-424C-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534B20F6-E4E0-11EF-BC53-00505692E2D052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D4C88CD-E4E0-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C9E9BF0-E4E0-11EF-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D4CA381-E4E0-11EF-BC53-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41593FE8-E4E0-11EF-BC53-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FDA9-E3D8-11EF-BC57-00505692E04957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D4C9603-E4E0-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA27-424C-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AB0FE-E3D8-11EF-BC57-00505692E04960.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594169C0-E4E0-11EF-BC53-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAE34-E3D8-11EF-BC57-00505692E04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D035793-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B09A9-89E0-11EE-BC13-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9D-424D-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2EA0-424D-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F9-E3D2-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F7-E3D2-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F8-E3D2-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F5-E3D2-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581FA-E3D2-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F6-E3D2-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697FC87-21B8-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47544693-E4E0-11EF-BC53-00505692E2D074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753292A7-E3D8-11EF-BC57-00505692E04975.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D84-424E-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57262270-E4E0-11EF-BC53-00505692E2D077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EAC04-E569-11EF-BC53-00505692E2D078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD7C-4252-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF1C-E3D3-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED80-4254-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED81-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75329489-E3D8-11EF-BC57-00505692E04983.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081780-424D-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A8B7-E3D8-11EF-BC57-00505692E04985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D27B0-00EB-11EF-BC46-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4754384F-E4E0-11EF-BC53-00505692E2D087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373EA-424E-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D3-424E-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D4-424E-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111608A-424E-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA5-E3D2-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/815712BA-E3D8-11EF-BC57-00505692E04993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/815711E4-E3D8-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C841-E3D2-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C8-424E-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C840-E3D2-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9D0-424F-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D762BB1A-9B58-11EE-BC36-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C844-E3D2-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773CCF-E3D8-11EF-BC57-00505692E049101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41594FA6-E4E0-11EF-BC53-00505692E2D0102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450E0692-E4E0-11EF-BC53-00505692E2D0103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6532411C-E4E0-11EF-BC53-00505692E2D0104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753291D1-E3D8-11EF-BC57-00505692E049105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81571478-E3D8-11EF-BC57-00505692E049106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3A832A-E4E0-11EF-BC53-00505692E2D0107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3A73F3-E4E0-11EF-BC53-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653227C9-E4E0-11EF-BC53-00505692E2D0109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65323535-E4E0-11EF-BC53-00505692E2D0110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786309-21B8-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3B3-4250-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C4-4250-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EBEF-21B8-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859ECA1-21B8-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A5FF-E3D8-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9FC1BC-E4E0-11EF-BC53-00505692E2D0117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697F8A3-21B8-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81571390-E3D8-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50D74D6A-E4E0-11EF-BC53-00505692E2D0120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68DD3AB6-E4E0-11EF-BC53-00505692E2D0121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50D75D04-E4E0-11EF-BC53-00505692E2D0122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534B1210-E4E0-11EF-BC53-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/415932C4-E4E0-11EF-BC53-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75329013-E3D8-11EF-BC57-00505692E049125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B0A-4251-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B0D-4251-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D265E-00EB-11EF-BC46-00505692C447128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62D58D06-E4E0-11EF-BC53-00505692E2D0129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62D59B38-E4E0-11EF-BC53-00505692E2D0130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716F6-4251-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B0-4252-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874B2-4252-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D534-4252-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F4-E3D2-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C4C-F160-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFD6-4253-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB05-4253-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0D-4253-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E1E-4253-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDA9C-E3D2-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5012-4253-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49764B34-28C2-11EA-BBCA-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A437-424E-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2EDFFC2-F161-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10BC0A8B-E569-11EF-BC53-00505692E2D0146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EAB0A-E569-11EF-BC53-00505692E2D0147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F37-4253-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F38-4253-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1361-4253-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C887-4253-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75B-8149-11E9-BBBA-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CE9-4254-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48CF-4254-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48D1-4254-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD097-4254-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4628016D-21B9-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED7D-4254-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE08-4254-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91B-4254-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE17E-4254-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37DF0C39-814C-11E9-BBBA-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1CF20-21B8-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FCB1722-180F-11EA-BBC6-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60801D70-21B8-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B34B5-21B8-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3415-21B8-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF92-4254-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF93-4254-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514AE-4254-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC0EA048-8149-11E9-BBBA-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA4-E3D2-11EB-BBF2-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2AC343F-4254-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A71-5268-11EA-BBCE-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08B6387F-814B-11E9-BBBA-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B002-814C-11E9-BBBA-005056921CC4176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B004-814C-11E9-BBBA-005056921CC4177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B005-814C-11E9-BBBA-005056921CC4178.gif"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60802002-21B8-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2E29A-1DC1-11EA-BBC7-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8860-12C1-11EA-BBC6-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8861-12C1-11EA-BBC6-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8862-12C1-11EA-BBC6-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8863-12C1-11EA-BBC6-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8864-12C1-11EA-BBC6-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4628020D-21B9-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8866-12C1-11EA-BBC6-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75B6-12C1-11EA-BBC6-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462802AD-21B9-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F744-2666-11EA-BBCA-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7454F032-F94B-11EB-BBF2-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D1E8-21B8-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EEE-D8EE-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D288-21B8-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C43C-21B8-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C58E-21B8-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A181-21B8-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B89F7D-21B8-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A02F-21B8-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A0E1-21B8-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C7-4254-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C8-4254-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C9-4254-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75B7-12C1-11EA-BBC6-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1CFD2-21B8-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2E29C-1DC1-11EA-BBC7-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A538DF92-F160-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C3E-1DC1-11EA-BBC7-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C3F-1DC1-11EA-BBC7-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F45E87C-FB16-11E9-BBC6-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246454A5-A6E7-11E9-BBC0-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3223-21B8-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697FA95-21B8-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79B240BE-48FA-11EA-BBCE-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF0-48FA-11EA-BBCE-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A221-21B8-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF2-48FA-11EA-BBCE-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF3-48FA-11EA-BBCE-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60801E10-21B8-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F747-2666-11EA-BBCA-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232345F-21B8-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79599-E3D2-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1211D47A-D1AC-11EB-BBF2-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE57F-21B8-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE4DF-21B8-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE6BF-21B8-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE783-21B8-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE823-21B8-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE987-21B8-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D124-21B8-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B382047-34B8-11EB-BBDF-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B382048-34B8-11EB-BBDF-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA88758E-53FA-11EA-BBCE-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786629-21B8-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547864E9-21B8-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547866C9-21B8-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786589-21B8-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCFF580F-8872-11EE-BC13-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3183-21B8-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60802166-21B8-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/608022CA-21B8-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06AC5E4C-0D95-11EC-BBF2-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C25C-21B8-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C4EE-21B8-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D328-21B8-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C2FC-21B8-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D3C8-21B8-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C39C-21B8-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C62E-21B8-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB2E8-21B9-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3375-21B8-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/608020B4-21B8-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EDF3-21B8-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2842496-FBB1-11ED-BC09-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D688309-21BA-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71895CDF-C5EA-11EB-BBF1-005056926DAF256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60802218-21B8-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD06D630-1E4B-11EC-BBF2-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C8C90B4-7258-11EC-BBF7-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1CE80-21B8-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697FBE7-21B8-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B32D5-21B8-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275616C5-59BE-11ED-BC00-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371C2697-9509-11ED-BC04-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5478681B-21B8-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786769-21B8-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D3975E0-9509-11ED-BC04-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B30D1-21B8-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B301F-21B8-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D396E0B-9509-11ED-BC04-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B2F6D-21B8-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B2EBB-21B8-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250F4F-053C-11EE-BC09-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F92510B3-053C-11EE-BC09-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250FEF-053C-11EE-BC09-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA701655-42A0-11F0-BC50-00505692C447276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EBD3-1353-11EE-BC09-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EDFC-1353-11EE-BC09-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273D1082-1431-11EE-BC09-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D33A8-8825-11EF-BC4E-00505692C447280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D324B-8825-11EF-BC4E-00505692C447281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D314F-8825-11EF-BC4E-00505692C447282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830D831-8825-11EF-BC4E-00505692C447283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830D749-8825-11EF-BC4E-00505692C447284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D38C2-8825-11EF-BC4E-00505692C447285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D3672-8825-11EF-BC4E-00505692C447286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D358A-8825-11EF-BC4E-00505692C447287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D34A2-8825-11EF-BC4E-00505692C447288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F50BF2E-4BF6-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F50B522-4BF6-11EE-BC0D-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13380E53-C510-11EE-BC41-00505692492F291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133812EF-C510-11EE-BC41-00505692492F292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10909D2D-C510-11EE-BC41-00505692492F293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004793C0-83CC-11EE-BC11-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004795FC-83CC-11EE-BC11-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0047955C-83CC-11EE-BC11-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEC11-5F02-11EE-BC0E-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEECF3-5F02-11EE-BC0E-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84113-5F02-11EE-BC0E-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD841B3-5F02-11EE-BC0E-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEDEE-5F02-11EE-BC0E-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84061-5F02-11EE-BC0E-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEF290-5F02-11EE-BC0E-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA97A3-AEC9-11EE-BC40-00505692492F304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8CA65B-AEC8-11EE-BC40-00505692492F305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440B99-AFD1-11EE-BC40-00505692492F306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D87C2-BB9E-11EE-BC41-00505692492F307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884D18A7-1296-11EF-BC42-00505692492F308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163B5818-4049-11EF-BC47-00505692492F309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10431B30-4049-11EF-BC47-00505692492F310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F8668DE-E50C-11EE-BC3E-0050569297EB311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F866753-E50C-11EE-BC3E-0050569297EB312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D77392F-E3D8-11EF-BC57-00505692E049313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8703-424F-11E8-A155-00259035BB67314.gif"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F361ED-21B8-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697F955-21B8-11EE-BC0D-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C1BC-21B8-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D084-21B8-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ECBF94C-294C-11EC-BBF4-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3435-560F-11EC-BBF6-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3436-560F-11EC-BBF6-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EE93-21B8-11EE-BC0D-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EF33-21B8-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F2-E3D2-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34A02-510E-11EF-BC57-00505692E049325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6BB8-510E-11EF-BC57-00505692E049326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34B20-510E-11EF-BC57-00505692E049327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6A88-510E-11EF-BC57-00505692E049328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34CF0-510E-11EF-BC57-00505692E049329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34DD8-510E-11EF-BC57-00505692E049330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34C08-510E-11EF-BC57-00505692E049331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6CA0-510E-11EF-BC57-00505692E049332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB69A0-510E-11EF-BC57-00505692E049333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34EC0-510E-11EF-BC57-00505692E049334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FC7035-EAEE-11EF-BC4E-00505692C447335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCF04D15-8DD6-11F0-BC57-00505692E2D0336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9A6C4-5CD3-11F0-BC49-0050569297EB337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA431550-8DD6-11F0-BC57-00505692E2D0338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CCA39-D74B-11EF-BC53-00505692E2D0339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA432328-8DD6-11F0-BC57-00505692E2D0340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2899EFF2-5CD3-11F0-BC49-0050569297EB341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDDDE-D74B-11EF-BC53-00505692E2D0342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCF05AEE-8DD6-11F0-BC57-00505692E2D0343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7E3FDE0-8DD6-11F0-BC57-00505692E2D0344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C6F8546-D74B-11EF-BC53-00505692E2D0345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA52B496-D74B-11EF-BC53-00505692E2D0346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70766F8E-D74B-11EF-BC53-00505692E2D0347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B779B834-D74B-11EF-BC53-00505692E2D0348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B037AA6A-5295-11F0-BC52-00505692C447349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA433268-8DD6-11F0-BC57-00505692E2D0350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1083081D-6895-11F0-BC54-00505692C447351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6138B469-9874-11EF-BC4E-00505692C447352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF247E71-D74B-11EF-BC53-00505692E2D0353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7672D87A-D74B-11EF-BC53-00505692E2D0354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B457C7EB-D74B-11EF-BC53-00505692E2D0355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CCB21-D74B-11EF-BC53-00505692E2D0356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A184C210-D74A-11EF-BC53-00505692E2D0357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D4817-D74B-11EF-BC53-00505692E2D0358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A184C2E6-D74A-11EF-BC53-00505692E2D0359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C6F862E-D74B-11EF-BC53-00505692E2D0360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E87BBC2-D74B-11EF-BC53-00505692E2D0361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9285217-D74B-11EF-BC53-00505692E2D0362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A79F0085-D74B-11EF-BC53-00505692E2D0363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70767076-D74B-11EF-BC53-00505692E2D0364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC99606-D74A-11EF-BC53-00505692E2D0365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B5447C8-D74B-11EF-BC53-00505692E2D0366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5DCDAF-D74B-11EF-BC53-00505692E2D0367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51C54C6-D74B-11EF-BC53-00505692E2D0368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5768662A-D74B-11EF-BC53-00505692E2D0369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92846C1-D74B-11EF-BC53-00505692E2D0370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D49E9-D74B-11EF-BC53-00505692E2D0371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B6BFB80-D74A-11EF-BC53-00505692E2D0372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282DCCD-D74B-11EF-BC53-00505692E2D0373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD1D45AD-D74B-11EF-BC53-00505692E2D0374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5087373D-D74B-11EF-BC53-00505692E2D0375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B54455B-D74B-11EF-BC53-00505692E2D0376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D9CEC92-D74B-11EF-BC53-00505692E2D0377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17051D5-D74B-11EF-BC53-00505692E2D0378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88084914-D74A-11EF-BC53-00505692E2D0379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5DC8FB-D74B-11EF-BC53-00505692E2D0380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5DC759-D74B-11EF-BC53-00505692E2D0381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA52AF01-D74B-11EF-BC53-00505692E2D0382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1704FBC-D74B-11EF-BC53-00505692E2D0383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51C4FAC-D74B-11EF-BC53-00505692E2D0384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50873825-D74B-11EF-BC53-00505692E2D0385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7672D950-D74B-11EF-BC53-00505692E2D0386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3308746-D74B-11EF-BC53-00505692E2D0387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81E0B604-D74A-11EF-BC53-00505692E2D0388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B6BFA97-D74A-11EF-BC53-00505692E2D0389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDCF6-D74B-11EF-BC53-00505692E2D0390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD1D44B2-D74B-11EF-BC53-00505692E2D0391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282DBC1-D74B-11EF-BC53-00505692E2D0392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF2488FD-D74B-11EF-BC53-00505692E2D0393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D9CEBAA-D74B-11EF-BC53-00505692E2D0394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CC951-D74B-11EF-BC53-00505692E2D0395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8808483D-D74A-11EF-BC53-00505692E2D0396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17050EC-D74B-11EF-BC53-00505692E2D0397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94BE92E1-D74B-11EF-BC53-00505692E2D0398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D432D-D74B-11EF-BC53-00505692E2D0399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/888A18AE-D74B-11EF-BC53-00505692E2D0400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5768678E-D74B-11EF-BC53-00505692E2D0401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508739A4-D74B-11EF-BC53-00505692E2D0402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A79F0270-D74B-11EF-BC53-00505692E2D0403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D9CEA33-D74B-11EF-BC53-00505692E2D0404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64442EB2-D74B-11EF-BC53-00505692E2D0405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95053CAC-D74A-11EF-BC53-00505692E2D0406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/888A23B7-D74B-11EF-BC53-00505692E2D0407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/888A263D-D74B-11EF-BC53-00505692E2D0408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81E0B6F5-D74A-11EF-BC53-00505692E2D0409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282DDF1-D74B-11EF-BC53-00505692E2D0410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3308629-D74B-11EF-BC53-00505692E2D0411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDFD8-D74B-11EF-BC53-00505692E2D0412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD1D46CE-D74B-11EF-BC53-00505692E2D0413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282E293-D74B-11EF-BC53-00505692E2D0414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64442DDC-D74B-11EF-BC53-00505692E2D0415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94BE91F9-D74B-11EF-BC53-00505692E2D0416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95053BB2-D74A-11EF-BC53-00505692E2D0417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D4AD1-D74B-11EF-BC53-00505692E2D0418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B779B33B-D74B-11EF-BC53-00505692E2D0419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81E0B52E-D74A-11EF-BC53-00505692E2D0420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B5448E6-D74B-11EF-BC53-00505692E2D0421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E87BCBC-D74B-11EF-BC53-00505692E2D0422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B5446B6-D74B-11EF-BC53-00505692E2D0423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CCC2C-D74B-11EF-BC53-00505692E2D0424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D33084F2-D74B-11EF-BC53-00505692E2D0425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDECF-D74B-11EF-BC53-00505692E2D0426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7672D7A3-D74B-11EF-BC53-00505692E2D0427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95053AB8-D74A-11EF-BC53-00505692E2D0428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC998B2-D74A-11EF-BC53-00505692E2D0429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E46666BB-D74B-11EF-BC53-00505692E2D0430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70767158-D74B-11EF-BC53-00505692E2D0431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC996F4-D74A-11EF-BC53-00505692E2D0432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E87BA80-D74B-11EF-BC53-00505692E2D0433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5768689A-D74B-11EF-BC53-00505692E2D0434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64442CE1-D74B-11EF-BC53-00505692E2D0435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A79F015B-D74B-11EF-BC53-00505692E2D0436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94BE90C9-D74B-11EF-BC53-00505692E2D0437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC997CA-D74A-11EF-BC53-00505692E2D0438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD74D349-EAEE-11EF-BC4E-00505692C447439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94762C3-FC6E-11EF-BC53-00505692E2D0440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94761B7-FC6E-11EF-BC53-00505692E2D0441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B947639A-FC6E-11EF-BC53-00505692E2D0442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9474611-FC6E-11EF-BC53-00505692E2D0443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A58D-7E14-11F0-BC4C-00505692492F444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A651-7E14-11F0-BC4C-00505692492F445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42A6D051-7EDB-11F0-BC56-00505692C447446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F428BA-7EDB-11F0-BC56-00505692C447447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F42990-7EDB-11F0-BC56-00505692C447448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42A6BF1A-7EDB-11F0-BC56-00505692C447449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42A6C777-7EDB-11F0-BC56-00505692C447450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74A15270-8967-11F0-BC4B-0050569297EB451.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113A98-424E-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F25A-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDA9F-E3D2-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F25F-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA0-E3D2-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA1-E3D2-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8EB5A59-EA57-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8EB5A58-EA57-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4035FF-E4E0-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B108-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A53B81-9B58-11EE-BC36-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4754561B-E4E0-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7532938F-E3D8-11EF-BC57-00505692E04913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E6327C-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773A05-E3D8-11EF-BC57-00505692E04915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF91B58D-00EB-11EF-BC46-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FE91-E3D8-11EF-BC57-00505692E04917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D26FE-00EB-11EF-BC46-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773DA5-E3D8-11EF-BC57-00505692E04919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F1-424F-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F2-424F-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066AED-4250-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAF2E-E3D8-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AB028-E3D8-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594183C8-E4E0-11EF-BC53-00505692E2D025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7454F033-F94B-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75328F3D-E3D8-11EF-BC57-00505692E04927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EACEC-E569-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C83E-E3D2-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A4046A4-E4E0-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C83F-E3D2-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81571572-E3D8-11EF-BC57-00505692E04932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8157165A-E3D8-11EF-BC57-00505692E04933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA3-E3D2-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA2-E3D2-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773AED-E3D8-11EF-BC57-00505692E04936.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773BD5-E3D8-11EF-BC57-00505692E04937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773E9F-E3D8-11EF-BC57-00505692E04938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAD5E-E3D8-11EF-BC57-00505692E04939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762AA75-E3D8-11EF-BC57-00505692E04940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A7CF-E3D8-11EF-BC57-00505692E04941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A99F-E3D8-11EF-BC57-00505692E04942.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326E5735-424C-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A6E7-E3D8-11EF-BC57-00505692E04944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAC88-E3D8-11EF-BC57-00505692E04945.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFB7-424C-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DFB9-424C-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FCC1-E3D8-11EF-BC57-00505692E04948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594176AE-E4E0-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753290FB-E3D8-11EF-BC57-00505692E04950.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0BB-424C-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534B20F6-E4E0-11EF-BC53-00505692E2D052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D4C88CD-E4E0-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C9E9BF0-E4E0-11EF-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D4CA381-E4E0-11EF-BC53-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41593FE8-E4E0-11EF-BC53-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9378FDA9-E3D8-11EF-BC57-00505692E04957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D4C9603-E4E0-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA27-424C-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AB0FE-E3D8-11EF-BC57-00505692E04960.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594169C0-E4E0-11EF-BC53-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B2AAE34-E3D8-11EF-BC57-00505692E04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D035793-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B09A9-89E0-11EE-BC13-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9D-424D-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2EA0-424D-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F9-E3D2-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F7-E3D2-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F8-E3D2-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F5-E3D2-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581FA-E3D2-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F6-E3D2-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697FC87-21B8-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47544693-E4E0-11EF-BC53-00505692E2D074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753292A7-E3D8-11EF-BC57-00505692E04975.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D84-424E-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57262270-E4E0-11EF-BC53-00505692E2D077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EAC04-E569-11EF-BC53-00505692E2D078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD7C-4252-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF1C-E3D3-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED80-4254-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED81-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75329489-E3D8-11EF-BC57-00505692E04983.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081780-424D-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A8B7-E3D8-11EF-BC57-00505692E04985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D27B0-00EB-11EF-BC46-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4754384F-E4E0-11EF-BC53-00505692E2D087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373EA-424E-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D3-424E-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D4-424E-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111608A-424E-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA5-E3D2-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/815712BA-E3D8-11EF-BC57-00505692E04993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/815711E4-E3D8-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C841-E3D2-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C8-424E-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C840-E3D2-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9D0-424F-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D762BB1A-9B58-11EE-BC36-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40D6C844-E3D2-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D773CCF-E3D8-11EF-BC57-00505692E049101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41594FA6-E4E0-11EF-BC53-00505692E2D0102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450E0692-E4E0-11EF-BC53-00505692E2D0103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6532411C-E4E0-11EF-BC53-00505692E2D0104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753291D1-E3D8-11EF-BC57-00505692E049105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81571478-E3D8-11EF-BC57-00505692E049106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3A832A-E4E0-11EF-BC53-00505692E2D0107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3A73F3-E4E0-11EF-BC53-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653227C9-E4E0-11EF-BC53-00505692E2D0109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65323535-E4E0-11EF-BC53-00505692E2D0110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786309-21B8-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3B3-4250-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C4-4250-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EBEF-21B8-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859ECA1-21B8-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762A5FF-E3D8-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9FC1BC-E4E0-11EF-BC53-00505692E2D0117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697F8A3-21B8-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81571390-E3D8-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50D74D6A-E4E0-11EF-BC53-00505692E2D0120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68DD3AB6-E4E0-11EF-BC53-00505692E2D0121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50D75D04-E4E0-11EF-BC53-00505692E2D0122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534B1210-E4E0-11EF-BC53-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/415932C4-E4E0-11EF-BC53-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75329013-E3D8-11EF-BC57-00505692E049125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B0A-4251-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B0D-4251-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D265E-00EB-11EF-BC46-00505692C447128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62D58D06-E4E0-11EF-BC53-00505692E2D0129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62D59B38-E4E0-11EF-BC53-00505692E2D0130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716F6-4251-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B0-4252-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874B2-4252-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D534-4252-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F4-E3D2-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C4C-F160-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFD6-4253-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB05-4253-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0D-4253-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8775E1E-4253-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDA9C-E3D2-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5012-4253-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49764B34-28C2-11EA-BBCA-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A437-424E-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2EDFFC2-F161-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10BC0A8B-E569-11EF-BC53-00505692E2D0146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A9EAB0A-E569-11EF-BC53-00505692E2D0147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F37-4253-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE7F8F38-4253-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1361-4253-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C887-4253-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75B-8149-11E9-BBBA-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CE9-4254-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48CF-4254-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48D1-4254-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD097-4254-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4628016D-21B9-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED7D-4254-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE08-4254-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91B-4254-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE17E-4254-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37DF0C39-814C-11E9-BBBA-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1CF20-21B8-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FCB1722-180F-11EA-BBC6-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60801D70-21B8-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B34B5-21B8-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3415-21B8-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF92-4254-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF93-4254-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514AE-4254-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC0EA048-8149-11E9-BBBA-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343EDAA4-E3D2-11EB-BBF2-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2AC343F-4254-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A71-5268-11EA-BBCE-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08B6387F-814B-11E9-BBBA-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B002-814C-11E9-BBBA-005056921CC4176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B004-814C-11E9-BBBA-005056921CC4177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B005-814C-11E9-BBBA-005056921CC4178.gif"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60802002-21B8-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2E29A-1DC1-11EA-BBC7-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8860-12C1-11EA-BBC6-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8861-12C1-11EA-BBC6-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8862-12C1-11EA-BBC6-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8863-12C1-11EA-BBC6-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8864-12C1-11EA-BBC6-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4628020D-21B9-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DA8866-12C1-11EA-BBC6-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75B6-12C1-11EA-BBC6-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462802AD-21B9-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F744-2666-11EA-BBCA-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7454F032-F94B-11EB-BBF2-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D1E8-21B8-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EEE-D8EE-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D288-21B8-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C43C-21B8-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C58E-21B8-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A181-21B8-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B89F7D-21B8-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A02F-21B8-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A0E1-21B8-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C7-4254-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C8-4254-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C9-4254-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75B7-12C1-11EA-BBC6-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1CFD2-21B8-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2E29C-1DC1-11EA-BBC7-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A538DF92-F160-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C3E-1DC1-11EA-BBC7-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEBE3C3F-1DC1-11EA-BBC7-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F45E87C-FB16-11E9-BBC6-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246454A5-A6E7-11E9-BBC0-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3223-21B8-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697FA95-21B8-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79B240BE-48FA-11EA-BBCE-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF0-48FA-11EA-BBCE-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78B8A221-21B8-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF2-48FA-11EA-BBCE-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF3-48FA-11EA-BBCE-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60801E10-21B8-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F747-2666-11EA-BBCA-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232345F-21B8-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79599-E3D2-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1211D47A-D1AC-11EB-BBF2-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE57F-21B8-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE4DF-21B8-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE6BF-21B8-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE823-21B8-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6CE987-21B8-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D124-21B8-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B382047-34B8-11EB-BBDF-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B382048-34B8-11EB-BBDF-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA88758E-53FA-11EA-BBCE-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786629-21B8-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547864E9-21B8-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547866C9-21B8-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786589-21B8-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCFF580F-8872-11EE-BC13-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3183-21B8-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60802166-21B8-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/608022CA-21B8-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06AC5E4C-0D95-11EC-BBF2-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C25C-21B8-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C4EE-21B8-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D328-21B8-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C2FC-21B8-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D3C8-21B8-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C39C-21B8-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C62E-21B8-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB2E8-21B9-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B3375-21B8-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/608020B4-21B8-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EDF3-21B8-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2842496-FBB1-11ED-BC09-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D688309-21BA-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71895CDF-C5EA-11EB-BBF1-005056926DAF255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60802218-21B8-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD06D630-1E4B-11EC-BBF2-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C8C90B4-7258-11EC-BBF7-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1CE80-21B8-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697FBE7-21B8-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B32D5-21B8-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275616C5-59BE-11ED-BC00-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371C2697-9509-11ED-BC04-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5478681B-21B8-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54786769-21B8-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D3975E0-9509-11ED-BC04-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B30D1-21B8-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B301F-21B8-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D396E0B-9509-11ED-BC04-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B2F6D-21B8-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A7B2EBB-21B8-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250F4F-053C-11EE-BC09-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F92510B3-053C-11EE-BC09-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250FEF-053C-11EE-BC09-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA701655-42A0-11F0-BC50-00505692C447275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EBD3-1353-11EE-BC09-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EDFC-1353-11EE-BC09-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273D1082-1431-11EE-BC09-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D33A8-8825-11EF-BC4E-00505692C447279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D324B-8825-11EF-BC4E-00505692C447280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D314F-8825-11EF-BC4E-00505692C447281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830D831-8825-11EF-BC4E-00505692C447282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E830D749-8825-11EF-BC4E-00505692C447283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D38C2-8825-11EF-BC4E-00505692C447284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D3672-8825-11EF-BC4E-00505692C447285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D358A-8825-11EF-BC4E-00505692C447286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E21D34A2-8825-11EF-BC4E-00505692C447287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F50BF2E-4BF6-11EE-BC0D-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F50B522-4BF6-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13380E53-C510-11EE-BC41-00505692492F290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133812EF-C510-11EE-BC41-00505692492F291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10909D2D-C510-11EE-BC41-00505692492F292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004793C0-83CC-11EE-BC11-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004795FC-83CC-11EE-BC11-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0047955C-83CC-11EE-BC11-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEC11-5F02-11EE-BC0E-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEECF3-5F02-11EE-BC0E-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84113-5F02-11EE-BC0E-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD841B3-5F02-11EE-BC0E-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEDEE-5F02-11EE-BC0E-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD84061-5F02-11EE-BC0E-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEF290-5F02-11EE-BC0E-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA97A3-AEC9-11EE-BC40-00505692492F303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B8CA65B-AEC8-11EE-BC40-00505692492F304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440B99-AFD1-11EE-BC40-00505692492F305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D87C2-BB9E-11EE-BC41-00505692492F306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884D18A7-1296-11EF-BC42-00505692492F307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163B5818-4049-11EF-BC47-00505692492F308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10431B30-4049-11EF-BC47-00505692492F309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F8668DE-E50C-11EE-BC3E-0050569297EB310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F866753-E50C-11EE-BC3E-0050569297EB311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D77392F-E3D8-11EF-BC57-00505692E049312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8703-424F-11E8-A155-00259035BB67313.gif"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F361ED-21B8-11EE-BC0D-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697F955-21B8-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72B4C1BC-21B8-11EE-BC0D-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB1D084-21B8-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ECBF94C-294C-11EC-BBF4-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3435-560F-11EC-BBF6-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3436-560F-11EC-BBF6-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EE93-21B8-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859EF33-21B8-11EE-BC0D-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A6581F2-E3D2-11EB-BBF2-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34A02-510E-11EF-BC57-00505692E049324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6BB8-510E-11EF-BC57-00505692E049325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34B20-510E-11EF-BC57-00505692E049326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6A88-510E-11EF-BC57-00505692E049327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34CF0-510E-11EF-BC57-00505692E049328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34DD8-510E-11EF-BC57-00505692E049329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34C08-510E-11EF-BC57-00505692E049330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6CA0-510E-11EF-BC57-00505692E049331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB69A0-510E-11EF-BC57-00505692E049332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71D34EC0-510E-11EF-BC57-00505692E049333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2FC7035-EAEE-11EF-BC4E-00505692C447334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCF04D15-8DD6-11F0-BC57-00505692E2D0335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9A6C4-5CD3-11F0-BC49-0050569297EB336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA431550-8DD6-11F0-BC57-00505692E2D0337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CCA39-D74B-11EF-BC53-00505692E2D0338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA432328-8DD6-11F0-BC57-00505692E2D0339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2899EFF2-5CD3-11F0-BC49-0050569297EB340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDDDE-D74B-11EF-BC53-00505692E2D0341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCF05AEE-8DD6-11F0-BC57-00505692E2D0342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7E3FDE0-8DD6-11F0-BC57-00505692E2D0343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C6F8546-D74B-11EF-BC53-00505692E2D0344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA52B496-D74B-11EF-BC53-00505692E2D0345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70766F8E-D74B-11EF-BC53-00505692E2D0346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B779B834-D74B-11EF-BC53-00505692E2D0347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B037AA6A-5295-11F0-BC52-00505692C447348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA433268-8DD6-11F0-BC57-00505692E2D0349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1083081D-6895-11F0-BC54-00505692C447350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6138B469-9874-11EF-BC4E-00505692C447351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF247E71-D74B-11EF-BC53-00505692E2D0352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7672D87A-D74B-11EF-BC53-00505692E2D0353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B457C7EB-D74B-11EF-BC53-00505692E2D0354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CCB21-D74B-11EF-BC53-00505692E2D0355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A184C210-D74A-11EF-BC53-00505692E2D0356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D4817-D74B-11EF-BC53-00505692E2D0357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A184C2E6-D74A-11EF-BC53-00505692E2D0358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C6F862E-D74B-11EF-BC53-00505692E2D0359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E87BBC2-D74B-11EF-BC53-00505692E2D0360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9285217-D74B-11EF-BC53-00505692E2D0361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A79F0085-D74B-11EF-BC53-00505692E2D0362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70767076-D74B-11EF-BC53-00505692E2D0363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC99606-D74A-11EF-BC53-00505692E2D0364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B5447C8-D74B-11EF-BC53-00505692E2D0365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5DCDAF-D74B-11EF-BC53-00505692E2D0366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51C54C6-D74B-11EF-BC53-00505692E2D0367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5768662A-D74B-11EF-BC53-00505692E2D0368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92846C1-D74B-11EF-BC53-00505692E2D0369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D49E9-D74B-11EF-BC53-00505692E2D0370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B6BFB80-D74A-11EF-BC53-00505692E2D0371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282DCCD-D74B-11EF-BC53-00505692E2D0372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD1D45AD-D74B-11EF-BC53-00505692E2D0373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5087373D-D74B-11EF-BC53-00505692E2D0374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B54455B-D74B-11EF-BC53-00505692E2D0375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D9CEC92-D74B-11EF-BC53-00505692E2D0376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17051D5-D74B-11EF-BC53-00505692E2D0377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88084914-D74A-11EF-BC53-00505692E2D0378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5DC8FB-D74B-11EF-BC53-00505692E2D0379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5DC759-D74B-11EF-BC53-00505692E2D0380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA52AF01-D74B-11EF-BC53-00505692E2D0381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1704FBC-D74B-11EF-BC53-00505692E2D0382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E51C4FAC-D74B-11EF-BC53-00505692E2D0383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50873825-D74B-11EF-BC53-00505692E2D0384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7672D950-D74B-11EF-BC53-00505692E2D0385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3308746-D74B-11EF-BC53-00505692E2D0386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81E0B604-D74A-11EF-BC53-00505692E2D0387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B6BFA97-D74A-11EF-BC53-00505692E2D0388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDCF6-D74B-11EF-BC53-00505692E2D0389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD1D44B2-D74B-11EF-BC53-00505692E2D0390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282DBC1-D74B-11EF-BC53-00505692E2D0391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF2488FD-D74B-11EF-BC53-00505692E2D0392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D9CEBAA-D74B-11EF-BC53-00505692E2D0393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CC951-D74B-11EF-BC53-00505692E2D0394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8808483D-D74A-11EF-BC53-00505692E2D0395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17050EC-D74B-11EF-BC53-00505692E2D0396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94BE92E1-D74B-11EF-BC53-00505692E2D0397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D432D-D74B-11EF-BC53-00505692E2D0398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/888A18AE-D74B-11EF-BC53-00505692E2D0399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5768678E-D74B-11EF-BC53-00505692E2D0400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508739A4-D74B-11EF-BC53-00505692E2D0401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A79F0270-D74B-11EF-BC53-00505692E2D0402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D9CEA33-D74B-11EF-BC53-00505692E2D0403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64442EB2-D74B-11EF-BC53-00505692E2D0404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95053CAC-D74A-11EF-BC53-00505692E2D0405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/888A23B7-D74B-11EF-BC53-00505692E2D0406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/888A263D-D74B-11EF-BC53-00505692E2D0407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81E0B6F5-D74A-11EF-BC53-00505692E2D0408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282DDF1-D74B-11EF-BC53-00505692E2D0409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3308629-D74B-11EF-BC53-00505692E2D0410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDFD8-D74B-11EF-BC53-00505692E2D0411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD1D46CE-D74B-11EF-BC53-00505692E2D0412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8282E293-D74B-11EF-BC53-00505692E2D0413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64442DDC-D74B-11EF-BC53-00505692E2D0414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94BE91F9-D74B-11EF-BC53-00505692E2D0415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95053BB2-D74A-11EF-BC53-00505692E2D0416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C04D4AD1-D74B-11EF-BC53-00505692E2D0417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B779B33B-D74B-11EF-BC53-00505692E2D0418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81E0B52E-D74A-11EF-BC53-00505692E2D0419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B5448E6-D74B-11EF-BC53-00505692E2D0420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E87BCBC-D74B-11EF-BC53-00505692E2D0421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B5446B6-D74B-11EF-BC53-00505692E2D0422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A7CCC2C-D74B-11EF-BC53-00505692E2D0423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D33084F2-D74B-11EF-BC53-00505692E2D0424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6FEDECF-D74B-11EF-BC53-00505692E2D0425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7672D7A3-D74B-11EF-BC53-00505692E2D0426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95053AB8-D74A-11EF-BC53-00505692E2D0427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC998B2-D74A-11EF-BC53-00505692E2D0428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E46666BB-D74B-11EF-BC53-00505692E2D0429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70767158-D74B-11EF-BC53-00505692E2D0430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC996F4-D74A-11EF-BC53-00505692E2D0431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E87BA80-D74B-11EF-BC53-00505692E2D0432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5768689A-D74B-11EF-BC53-00505692E2D0433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64442CE1-D74B-11EF-BC53-00505692E2D0434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A79F015B-D74B-11EF-BC53-00505692E2D0435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94BE90C9-D74B-11EF-BC53-00505692E2D0436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC997CA-D74A-11EF-BC53-00505692E2D0437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD74D349-EAEE-11EF-BC4E-00505692C447438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94762C3-FC6E-11EF-BC53-00505692E2D0439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94761B7-FC6E-11EF-BC53-00505692E2D0440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B947639A-FC6E-11EF-BC53-00505692E2D0441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9474611-FC6E-11EF-BC53-00505692E2D0442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65935789-C7D9-11F0-BC5A-00505692E2D0443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659355EF-C7D9-11F0-BC5A-00505692E2D0444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F9B69E3-C7D9-11F0-BC5A-00505692E2D0445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F9B6AA7-C7D9-11F0-BC5A-00505692E2D0446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659358A7-C7D9-11F0-BC5A-00505692E2D0447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659356B3-C7D9-11F0-BC5A-00505692E2D0448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A58D-7E14-11F0-BC4C-00505692492F449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A651-7E14-11F0-BC4C-00505692492F450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42A6D051-7EDB-11F0-BC56-00505692C447451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F428BA-7EDB-11F0-BC56-00505692C447452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45F42990-7EDB-11F0-BC56-00505692C447453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42A6BF1A-7EDB-11F0-BC56-00505692C447454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42A6C777-7EDB-11F0-BC56-00505692C447455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74A15270-8967-11F0-BC4B-0050569297EB456.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -13183,51 +13246,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>248</xdr:row>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="242" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -15553,51 +15616,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="320" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:row>329</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="321" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -15943,81 +16006,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="333" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="334" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>345</xdr:row>
+      <xdr:row>346</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="335" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -16273,51 +16336,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="344" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>356</xdr:row>
+      <xdr:row>357</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="345" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -16483,51 +16546,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="351" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>364</xdr:row>
+      <xdr:row>366</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="352" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -19243,273 +19306,423 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="443" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>458</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="444" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId444"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>459</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="445" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>460</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="446" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId446"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>461</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="447" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>462</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="448" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId448"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>463</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="449" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>464</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="444" name="" descr=""/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445"/>
+        <xdr:cNvPr id="450" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId450"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>467</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="451" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>468</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="446" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId446"/>
+        <xdr:cNvPr id="452" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId452"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>469</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="447" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447"/>
+        <xdr:cNvPr id="453" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId453"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>470</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="448" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId448"/>
+        <xdr:cNvPr id="454" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId454"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>471</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="449" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449"/>
+        <xdr:cNvPr id="455" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>472</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="450" name="" descr=""/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451"/>
+        <xdr:cNvPr id="456" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId456"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -19768,62 +19981,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-prohotel-03130104/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130205/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130207/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130212/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130214/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130215/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-rocco-03130216/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-rocco-03130217/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130218/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-rocco-03130223/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-arcoroc-03130228/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130234/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130235/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130238/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130245/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130247/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130249/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130250/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130251/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130252/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130253/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130255/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130256/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130257/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130259/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-collage-03130276/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130277/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130278/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130304/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130305/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130306/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130309/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130310/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130311/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130312/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130314/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130315/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130318/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130332/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130334/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130338/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130341/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130342/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-viktoriya-otel-lubiana-03130343/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130347/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kutahya-03130348/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kutahya-03130349/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130352/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130354/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130356/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130358/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130362/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130364/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130365/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130367/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130369/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130375/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130376/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130382/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130385/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130387/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130390/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03130395/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130397/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130407/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130408/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130424/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130425/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130428/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130429/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130431/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130432/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130437/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130438/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130439/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130440/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130442/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130448/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130451/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-pasabahce-03130459/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130464/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130465/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130501/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130502/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130503/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130504/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130510/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130511/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130513/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130514/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130515/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130516/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130517/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130518/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130520/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130521/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130522/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130523/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130524/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130526/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130527/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130529/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130531/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130532/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130533/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130534/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130535/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130536/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130537/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130538/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130540/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130541/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130542/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-s-dekorom-espresso-ancap-03130546/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-s-dekorom-kapuchino-ancap-03130547/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130548/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130549/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130550/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130551/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130552/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130554/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130555/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130556/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130557/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130558/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-ancap-03130559/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-ancap-03130562/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130567/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130568/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130569/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130570/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130576/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130577/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130578/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130582/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130587/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130588/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130589/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130590/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130595/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130597/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130598/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-suisse-langenthal-03130599/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-03130604/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-luigi-03130609/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130624/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130625/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130635/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130636/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-prohotel-03130642/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dobrushskiy-farforovyy-zavod-03130643/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-neut-03130645/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130647/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03130648/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03130649/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130650/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130652/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130653/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130655/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-revol-03130660/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130664/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dvoynye-stenki-prohotel-03130686/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130688/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-prohotel-03130690/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-revol-03130696/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-revol-03130697/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-revol-03130698/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130703/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130704/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130705/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-libbey-03130711/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-suisse-langenthal-03130721/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130730/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130731/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130744/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130756/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130758/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130759/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130766/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130768/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130770/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130771/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130772/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130773/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130774/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130775/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130776/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130777/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130778/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dymov-03130809/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dymov-03130810/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dobrushskiy-farforovyy-zavod-03130812/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dobrushskiy-farforovyy-zavod-03130815/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130822/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130823/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130824/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130825/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130826/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130827/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130828/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130829/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130830/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130904/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130905/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130906/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dymov-03130913/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130914/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130916/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130918/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130920/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130921/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130922/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130923/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130924/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130925/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130933/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130934/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130938/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130939/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130944/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130945/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-riflenaya-bauscher-03130946/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-riflenaya-bauscher-03130947/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-riflenaya-bauscher-03130948/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130949/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130952/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130954/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130956/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130959/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130961/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130962/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130963/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130965/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130967/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130968/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130969/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130970/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130971/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-fine-2-dine-03130973/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130977/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130978/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130988/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130989/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130990/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130991/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130998/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131001/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03131002/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-dymov-03131003/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131004/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131005/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131008/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131009/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131012/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131013/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131014/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-le-coq-03131021/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131022/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131023/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131024/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131026/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03131029/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03131220/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131227/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-kutahya-03131228/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03131230/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-cosy-and-trendy-03131233/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131234/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131235/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03131240/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131246/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131247/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131248/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131249/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131250/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131251/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131252/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131253/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131254/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131262/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131264/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131266/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131268/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131271/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131274/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03131277/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131278/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131279/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131280/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131281/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131282/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131283/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131284/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131285/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131286/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rinart-03131288/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rinart-03131289/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131290/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131291/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131292/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131297/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131298/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131299/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131300/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131301/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131304/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131305/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131308/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131309/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131310/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-le-coq-03131323/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-william-edwards-03131326/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-william-edwards-03131329/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131335/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131337/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131340/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131342/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131345/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131347/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03140409/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03140687/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03141633/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-cosy-and-trendy-03141910/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03142307/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03142314/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03142315/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03142331/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03142332/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03143018/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-paderno-03143027/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-paderno-03143031/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-09101131/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137899/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137900/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137895/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137901/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137896/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137897/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137893/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137902/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137898/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137894/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131321/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131338/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131349/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bonna-03137891/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131355/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131361/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131354/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131316/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131356/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131362/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131331/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131352/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131357/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131332/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-loveramics-03131317/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131333/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131334/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131315/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131360/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131353/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03137908/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130107/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130291/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130471/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131035/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131049/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131056/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131086/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130299/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131045/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130293/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131082/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131067/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131040/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131063/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131090/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130124/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131075/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131053/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131030/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131095/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131036/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131050/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130294/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131083/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131042/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131098/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131068/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131091/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131064/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130125/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131057/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131059/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131054/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131072/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131031/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131096/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131080/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131037/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130122/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130295/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131047/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131043/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131051/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131033/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131092/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131087/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130126/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131065/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131069/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131058/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131077/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131099/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131097/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131060/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131093/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131088/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130296/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131076/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131041/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130127/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131052/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131038/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131044/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131034/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131078/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131084/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131070/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130297/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131048/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131055/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130128/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131061/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131073/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131066/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131085/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131039/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131046/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131081/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130292/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130298/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131032/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131079/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131074/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131094/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131089/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131062/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131071/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130123/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-pordamsa-03041887/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130142/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130140/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130139/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130141/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130151/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130146/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130147/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130148/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130149/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130150/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131512/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131511/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130157/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131382/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130168/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130166/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130169/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130170/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130167/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131379/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-prohotel-03130104/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130205/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130207/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130212/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130214/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130215/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-rocco-03130216/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-rocco-03130217/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130218/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-rocco-03130223/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-arcoroc-03130228/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130234/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130235/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130238/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130245/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130247/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130249/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130250/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130251/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130252/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130253/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130255/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130256/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130257/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130259/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-collage-03130276/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130277/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130278/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130304/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130305/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130306/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130309/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130310/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130311/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130312/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130314/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130315/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130318/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130332/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130334/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130338/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130341/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130342/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-viktoriya-otel-lubiana-03130343/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130347/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kutahya-03130348/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kutahya-03130349/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130352/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130354/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130356/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130358/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130362/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130364/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130365/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130367/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130369/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130375/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130376/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130382/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130385/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130387/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130390/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03130395/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130397/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130407/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130408/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130424/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130425/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130428/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130429/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130431/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130432/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130437/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130438/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130439/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130440/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130442/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130448/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130451/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-pasabahce-03130459/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130464/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130465/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130501/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130502/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130503/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130504/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130510/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130511/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130513/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130514/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130515/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130516/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130517/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130518/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130520/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130521/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130522/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130523/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130524/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03130526/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130527/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130529/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130531/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130532/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130533/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130534/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130535/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130536/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130537/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130538/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130540/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130541/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130542/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-s-dekorom-espresso-ancap-03130546/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-s-dekorom-kapuchino-ancap-03130547/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03130548/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130549/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130550/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130551/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130552/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130554/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130555/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130556/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130557/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130558/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-ancap-03130559/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-ancap-03130562/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130567/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130568/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130569/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130570/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130576/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130577/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130578/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130582/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130587/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130588/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130589/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130590/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130595/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130597/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03130598/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-suisse-langenthal-03130599/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-03130604/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-par-kofeynyh-bormioli-luigi-03130609/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130624/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-kunstwerk-03130625/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130635/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130636/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-prohotel-03130642/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dobrushskiy-farforovyy-zavod-03130643/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-neut-03130645/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130647/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03130648/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03130649/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130650/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130652/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-serax-03130653/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-ancap-03130655/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-revol-03130660/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130664/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dvoynye-stenki-prohotel-03130686/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130688/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-prohotel-03130690/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-revol-03130696/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-revol-03130697/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-revol-03130698/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130703/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130704/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130705/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-libbey-03130711/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-suisse-langenthal-03130721/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130730/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130731/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130744/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130756/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130758/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03130759/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130766/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130768/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130770/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130771/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130772/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130773/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130774/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130775/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130776/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130777/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130778/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dymov-03130809/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dymov-03130810/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dobrushskiy-farforovyy-zavod-03130812/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dobrushskiy-farforovyy-zavod-03130815/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130822/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130823/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130824/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130825/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130826/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130827/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130828/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130829/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-s-dekorom-lubiana-03130830/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130904/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130905/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130906/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-dymov-03130913/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130914/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130916/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130918/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130920/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03130921/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130922/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130923/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130924/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130925/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130933/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130934/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130938/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130939/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130944/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130945/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-riflenaya-bauscher-03130946/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-riflenaya-bauscher-03130947/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-riflenaya-bauscher-03130948/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03130949/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130952/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130954/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rosenthal-03130956/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-chef-and-sommelier-03130959/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130961/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130962/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130963/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130967/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130968/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130969/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130970/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130971/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-fine-2-dine-03130973/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130977/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130978/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130988/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03130989/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-borisovskaya-keramika-03130990/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03130991/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130998/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131001/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03131002/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-dymov-03131003/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131004/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131005/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131008/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131009/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131012/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131013/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131014/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-kofeynaya-le-coq-03131021/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131022/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131023/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131024/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131026/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03131029/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03131220/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131227/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dlya-espresso-kutahya-03131228/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03131230/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-cosy-and-trendy-03131233/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131234/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131235/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bauscher-03131240/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131246/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131247/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131248/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131249/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131250/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131251/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131252/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131253/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131254/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131262/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131264/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131266/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131268/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131271/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131274/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-g-benedikt-karlovy-vary-03131277/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131278/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131279/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131280/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131281/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131282/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131283/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131284/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131285/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-doppio-03131286/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rinart-03131288/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-rinart-03131289/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131290/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131291/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131292/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131297/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131298/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131299/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131300/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131301/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131304/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131305/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131308/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131309/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bashkirskii-farfor-03131310/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-le-coq-03131323/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-william-edwards-03131326/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-william-edwards-03131329/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131335/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131337/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131340/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131342/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131345/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131347/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-03140409/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-arcoroc-03140687/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03141633/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-cosy-and-trendy-03141910/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03142307/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03142314/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03142315/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03142331/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lilien-austria-03142332/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03143018/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-paderno-03143027/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-paderno-03143031/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-lubiana-09101131/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137899/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137900/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137895/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137901/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137896/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137897/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137893/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137902/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137898/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-serax-03137894/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131321/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131338/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-borisovskaya-keramika-03131349/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bonna-03137891/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131355/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131361/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131354/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131316/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131356/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131362/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131331/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131352/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131357/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131332/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-loveramics-03131317/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131333/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131334/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131315/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131360/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-03131353/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03137908/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-borisovskaya-keramika-03130107/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130291/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-bormioli-rocco-03130471/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131035/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131049/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131056/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131086/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130299/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131045/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130293/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131082/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131067/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131040/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131063/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131090/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130124/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131075/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131053/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131030/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131095/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131036/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131050/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130294/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131083/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131042/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131098/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131068/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131091/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131064/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130125/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131057/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131059/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131054/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131072/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131031/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131096/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131080/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131037/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130122/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130295/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131047/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131043/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131051/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131033/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131092/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131087/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130126/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131065/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131069/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131058/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131077/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131099/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131097/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131060/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131093/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131088/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130296/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131076/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131041/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130127/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131052/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131038/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131044/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131034/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131078/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131084/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131070/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130297/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131048/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131055/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130128/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131061/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131073/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131066/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131085/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131039/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131046/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131081/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130292/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130298/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131032/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131079/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131074/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131094/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131089/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131062/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-loveramics-03131071/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130123/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofeynaya-para-pordamsa-03041887/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130142/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130140/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130139/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03130141/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130151/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130146/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130147/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130148/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130149/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130150/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131512/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131511/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03130157/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-kunstwerk-03131382/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130168/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130166/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130169/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130170/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-loveramics-03130167/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-le-coq-03131379/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131386/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131387/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131388/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-tognana-03131390/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L474"/>
+  <dimension ref="A1:L477"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I474" sqref="I474"/>
+      <selection activeCell="I477" sqref="I477"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -20236,255 +20449,255 @@
         <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="L13" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L14" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>109</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>57</v>
       </c>
@@ -20724,4871 +20937,4871 @@
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>150</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>151</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L29" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D30" s="0">
         <v>2522</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F30" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L30" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="F31" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="F31" s="0" t="s">
+      <c r="G31" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="G31" s="0" t="s">
+      <c r="H31" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D32" s="0">
         <v>2525</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L32" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="E33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="0" t="s">
+      <c r="G33" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>152</v>
+        <v>44</v>
       </c>
       <c r="L33" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="E34" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>178</v>
-      </c>
-[...13 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>180</v>
+        <v>34</v>
       </c>
       <c r="L34" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D35" s="0">
         <v>1701</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D36" s="0">
         <v>1700</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>152</v>
+        <v>34</v>
       </c>
       <c r="L36" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="E37" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="G37" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>194</v>
-      </c>
-[...16 lines deleted...]
-        <v>196</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L38" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="G39" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>199</v>
-      </c>
-[...13 lines deleted...]
-        <v>201</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="L39" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="E40" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="F40" s="0" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="E41" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="G41" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="E41" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="0" t="s">
+      <c r="H41" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D42" s="0">
         <v>2770</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L42" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="G44" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>225</v>
-      </c>
-[...13 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D45" s="0">
         <v>2870</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L45" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>235</v>
+        <v>30</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="E47" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="F47" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="G47" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="E47" s="0" t="s">
+      <c r="H47" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>239</v>
-      </c>
-[...10 lines deleted...]
-        <v>242</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="G48" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>243</v>
-      </c>
-[...19 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="G49" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>248</v>
-      </c>
-[...16 lines deleted...]
-        <v>251</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="G50" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>257</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>235</v>
+        <v>255</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L53" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="L57" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="G58" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>292</v>
-      </c>
-[...16 lines deleted...]
-        <v>295</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="E60" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F60" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="G60" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>300</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D61" s="0">
         <v>1880</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="L62" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="E64" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="F64" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="G64" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="E64" s="0" t="s">
+      <c r="H64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>321</v>
-      </c>
-[...10 lines deleted...]
-        <v>324</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>325</v>
+        <v>75</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="E65" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>326</v>
-      </c>
-[...19 lines deleted...]
-        <v>330</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>121</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>358</v>
+        <v>34</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L73" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="G74" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="H74" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>368</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>381</v>
+        <v>248</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L78" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>353</v>
+        <v>389</v>
       </c>
       <c r="L79" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="D80" s="0">
         <v>2470</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="G81" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="H81" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>400</v>
-      </c>
-[...16 lines deleted...]
-        <v>405</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L84" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>331</v>
+        <v>423</v>
       </c>
       <c r="L86" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L92" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>44</v>
+        <v>451</v>
       </c>
       <c r="L93" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="E94" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="F94" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="G94" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>456</v>
-      </c>
-[...16 lines deleted...]
-        <v>459</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>460</v>
-      </c>
-[...19 lines deleted...]
-        <v>463</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L95" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="D96" s="0">
         <v>1980</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="F97" s="0" t="s">
         <v>468</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="G97" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" s="1" t="s">
         <v>469</v>
-      </c>
-[...16 lines deleted...]
-        <v>472</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>105</v>
+        <v>470</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>473</v>
-      </c>
-[...4 lines deleted...]
-        <v>475</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>44</v>
+        <v>476</v>
       </c>
       <c r="L98" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>478</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="L99" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>490</v>
       </c>
-      <c r="D101" s="0" t="s">
+      <c r="E101" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F101" s="0" t="s">
         <v>491</v>
       </c>
-      <c r="E101" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G101" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>44</v>
+        <v>327</v>
       </c>
       <c r="L101" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>493</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>109</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>497</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>502</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L104" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>506</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="L105" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>513</v>
       </c>
-      <c r="D106" s="0" t="s">
+      <c r="E106" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F106" s="0" t="s">
         <v>514</v>
       </c>
-      <c r="E106" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F106" s="0" t="s">
+      <c r="G106" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H106" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I106" s="1" t="s">
         <v>515</v>
-      </c>
-[...7 lines deleted...]
-        <v>516</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>517</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L107" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>521</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="L108" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>526</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L109" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>539</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>549</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="D115" s="0">
         <v>27705</v>
       </c>
       <c r="E115" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="F115" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="F115" s="0" t="s">
+      <c r="G115" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>556</v>
-      </c>
-[...7 lines deleted...]
-        <v>557</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="D116" s="0">
         <v>30075</v>
       </c>
       <c r="E116" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="F116" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="F116" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G116" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>562</v>
       </c>
-      <c r="D117" s="0" t="s">
+      <c r="E117" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="F117" s="0" t="s">
         <v>563</v>
       </c>
-      <c r="E117" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F117" s="0" t="s">
+      <c r="G117" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>564</v>
-      </c>
-[...7 lines deleted...]
-        <v>565</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="D118" s="0" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>140</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L118" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>570</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="D119" s="0" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="D120" s="0" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="D121" s="0" t="s">
         <v>579</v>
       </c>
-      <c r="D121" s="0" t="s">
+      <c r="E121" s="0" t="s">
         <v>580</v>
       </c>
-      <c r="E121" s="0" t="s">
+      <c r="F121" s="0" t="s">
         <v>581</v>
       </c>
-      <c r="F121" s="0" t="s">
+      <c r="G121" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>582</v>
-      </c>
-[...7 lines deleted...]
-        <v>583</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>584</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>585</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>586</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>587</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>588</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>589</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>590</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>591</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>592</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>593</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>111</v>
+        <v>594</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>592</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D127" s="0">
         <v>30314</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D128" s="0">
         <v>15808</v>
       </c>
       <c r="E128" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="F128" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="F128" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L130" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L131" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="L136" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="L139" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D141" s="0">
         <v>17122</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L142" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L143" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>358</v>
+        <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="E145" s="0"/>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="0">
         <v>64</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D149" s="0">
         <v>14693</v>
       </c>
       <c r="E149" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="F149" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="F149" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G149" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D150" s="0">
         <v>32848</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D151" s="0"/>
       <c r="E151" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L152" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D153" s="0">
         <v>1501800</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L153" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="L155" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="L156" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>331</v>
+        <v>111</v>
       </c>
       <c r="L157" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D160" s="0">
         <v>32017</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D161" s="0">
         <v>616081</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L162" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>776</v>
+        <v>594</v>
       </c>
       <c r="L164" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
         <v>777</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>778</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>779</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>780</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
         <v>781</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>782</v>
       </c>
       <c r="D166" s="0">
         <v>654628</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>783</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
         <v>784</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>785</v>
       </c>
       <c r="D167" s="0">
         <v>654627</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>783</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>786</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="0"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>787</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>788</v>
       </c>
       <c r="D168" s="0">
         <v>654629</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>783</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
         <v>789</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>790</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>791</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>792</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
         <v>793</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>794</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>795</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>792</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>796</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
         <v>797</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>798</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>799</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>792</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>800</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
         <v>801</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>802</v>
       </c>
       <c r="D172" s="0">
         <v>927450</v>
@@ -25606,837 +25819,837 @@
         <v>17</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>806</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
         <v>807</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>808</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>809</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>810</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>811</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>235</v>
+        <v>30</v>
       </c>
       <c r="L173" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>812</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>813</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>814</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>815</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>816</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L174" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
         <v>817</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>818</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>819</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>820</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L175" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
         <v>821</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>822</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>823</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>824</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L176" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
         <v>825</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>826</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>827</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>828</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>829</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L177" s="0"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
         <v>830</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>831</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>832</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>828</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>829</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L178" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
         <v>833</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>834</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>835</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>828</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>836</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L179" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
         <v>837</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>838</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>839</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F180" s="0" t="s">
         <v>841</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>842</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="L180" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
         <v>843</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>844</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>845</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>846</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>848</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="0"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="B182" s="0" t="s">
         <v>849</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>850</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>851</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>852</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>853</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="0"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="B183" s="0" t="s">
         <v>854</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>855</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>856</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>852</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>857</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L183" s="0"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
         <v>858</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>859</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>860</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>861</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>133</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L184" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
         <v>862</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>863</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>864</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>865</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L185" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
         <v>866</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>867</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>868</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>869</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>870</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L186" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
         <v>871</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>872</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>873</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>874</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>870</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>290</v>
+        <v>451</v>
       </c>
       <c r="L187" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
         <v>875</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>876</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>877</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>878</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L188" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
         <v>879</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>880</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>881</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>882</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>883</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L189" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
         <v>884</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>885</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>886</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>887</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>888</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L190" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
         <v>889</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>890</v>
       </c>
       <c r="D191" s="0">
         <v>265408</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>891</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>892</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>893</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
         <v>894</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>895</v>
       </c>
       <c r="D192" s="0">
         <v>287408</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>891</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>892</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>893</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
         <v>896</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>897</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>898</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F193" s="0" t="s">
         <v>899</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>900</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
         <v>901</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>902</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>903</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>904</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L194" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
         <v>905</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>906</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>907</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>908</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>909</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
         <v>910</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>911</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>912</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>913</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>914</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
         <v>915</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>916</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>917</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>918</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>57</v>
       </c>
@@ -26508,9253 +26721,9351 @@
         <v>17</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>928</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
         <v>929</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>930</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>931</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>932</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>933</v>
       </c>
       <c r="L200" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
         <v>934</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>935</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>936</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>937</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="L201" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
         <v>938</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>939</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>940</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>941</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
         <v>942</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>943</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>944</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>44</v>
+        <v>653</v>
       </c>
       <c r="L203" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
         <v>945</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>946</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>947</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F204" s="0" t="s">
         <v>948</v>
       </c>
       <c r="G204" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>949</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L204" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
         <v>950</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>951</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>952</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>948</v>
       </c>
       <c r="G205" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>953</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L205" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
         <v>954</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>955</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>956</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F206" s="0" t="s">
         <v>948</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>953</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="L206" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
         <v>957</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>958</v>
       </c>
       <c r="D207" s="0">
         <v>265436</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>891</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>959</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>960</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
         <v>961</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>962</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>963</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>964</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>965</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>511</v>
+        <v>966</v>
       </c>
       <c r="L208" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="0"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="0"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="0"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="B213" s="0" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="0"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="B214" s="0" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L214" s="0"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>741</v>
+        <v>996</v>
       </c>
       <c r="L215" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L216" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="B217" s="0" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="0"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="B218" s="0" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="0"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L219" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L220" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L221" s="0"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E222" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="F222" s="0" t="s">
         <v>1024</v>
       </c>
-      <c r="C222" s="0" t="s">
+      <c r="G222" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="H222" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I222" s="1" t="s">
         <v>1025</v>
-      </c>
-[...16 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L222" s="0"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="0"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="0"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L225" s="0"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L226" s="0"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="G227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L227" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L228" s="0"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L229" s="0"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L230" s="0"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E232" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F232" s="0" t="s">
         <v>1063</v>
-      </c>
-[...10 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L233" s="0"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>1061</v>
+        <v>1075</v>
       </c>
       <c r="G234" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L234" s="0"/>
+      <c r="L234" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="C235" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E235" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F235" s="0" t="s">
         <v>1075</v>
-      </c>
-[...7 lines deleted...]
-        <v>1077</v>
       </c>
       <c r="G235" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L235" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="G236" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L236" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L236" s="0"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="D237" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E237" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F237" s="0" t="s">
         <v>1084</v>
-      </c>
-[...4 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="G237" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L237" s="0"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L238" s="0"/>
+      <c r="L238" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>1094</v>
+      </c>
+      <c r="D239" s="0">
+        <v>604615</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>1060</v>
+        <v>1095</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>16</v>
+        <v>847</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1093</v>
+        <v>128</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L239" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L239" s="0"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>604615</v>
+        <v>1098</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>1099</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>1096</v>
+        <v>55</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>847</v>
+        <v>57</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>128</v>
+        <v>800</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L240" s="0"/>
+        <v>30</v>
+      </c>
+      <c r="L240" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="E241" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="G241" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>800</v>
+        <v>1105</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>235</v>
+        <v>482</v>
       </c>
       <c r="L241" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="E242" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>358</v>
+        <v>19</v>
       </c>
       <c r="L242" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>19</v>
+        <v>1116</v>
       </c>
       <c r="L243" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>55</v>
+        <v>840</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="G244" s="0" t="s">
-        <v>57</v>
+        <v>399</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1116</v>
+        <v>870</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>325</v>
+        <v>19</v>
       </c>
       <c r="L244" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="E245" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F245" s="0" t="s">
         <v>1120</v>
       </c>
       <c r="G245" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>870</v>
+        <v>842</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L245" s="0">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>840</v>
+        <v>115</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>404</v>
+        <v>16</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>842</v>
+        <v>1015</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>121</v>
       </c>
       <c r="L246" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="G247" s="0" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1013</v>
+        <v>1132</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="L247" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>55</v>
+        <v>404</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>57</v>
+        <v>847</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L248" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
-      <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>1135</v>
+        <v>1139</v>
+      </c>
+      <c r="D249" s="0">
+        <v>287400</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>409</v>
+        <v>891</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>847</v>
+        <v>399</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L249" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L249" s="0"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
+      <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1139</v>
-[...2 lines deleted...]
-        <v>287400</v>
+        <v>1143</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>1144</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>891</v>
+        <v>55</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>404</v>
+        <v>57</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L250" s="0"/>
+      <c r="L250" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>1145</v>
+        <v>927</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>927</v>
+        <v>918</v>
       </c>
       <c r="G252" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L252" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>918</v>
+        <v>1157</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="L253" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L254" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>1162</v>
+        <v>923</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I255" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>19</v>
+        <v>482</v>
       </c>
       <c r="L255" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>923</v>
+        <v>1170</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I256" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>358</v>
+        <v>19</v>
       </c>
       <c r="L256" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>55</v>
+        <v>1174</v>
       </c>
       <c r="F257" s="0" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>57</v>
+        <v>210</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L257" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="E258" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="F258" s="0" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L258" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L258" s="0"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>1174</v>
+        <v>840</v>
       </c>
       <c r="F259" s="0" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>212</v>
+        <v>399</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L259" s="0"/>
+        <v>309</v>
+      </c>
+      <c r="L259" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="E260" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F260" s="0" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>312</v>
+        <v>1192</v>
       </c>
       <c r="L260" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="L261" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="E262" s="0" t="s">
         <v>840</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>1196</v>
+        <v>841</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1186</v>
+        <v>870</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L262" s="0">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1198</v>
-[...2 lines deleted...]
-        <v>1199</v>
+        <v>1202</v>
+      </c>
+      <c r="D263" s="0">
+        <v>4.05824</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>840</v>
+        <v>37</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>841</v>
+        <v>1203</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>404</v>
+        <v>39</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>870</v>
+        <v>1204</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L263" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1201</v>
-[...2 lines deleted...]
-        <v>4.05824</v>
+        <v>1206</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>1207</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>34</v>
+        <v>1210</v>
       </c>
       <c r="L264" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>55</v>
+        <v>236</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>57</v>
+        <v>238</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>1209</v>
+        <v>19</v>
       </c>
       <c r="L265" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>239</v>
+        <v>404</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>1213</v>
+        <v>1136</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>241</v>
+        <v>847</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>19</v>
+        <v>255</v>
       </c>
       <c r="L266" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1216</v>
-[...2 lines deleted...]
-        <v>1217</v>
+        <v>1221</v>
+      </c>
+      <c r="D267" s="0">
+        <v>3276007</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>409</v>
+        <v>1222</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1136</v>
+        <v>1223</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1218</v>
+        <v>169</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>263</v>
+        <v>44</v>
       </c>
       <c r="L267" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1220</v>
-[...2 lines deleted...]
-        <v>3276007</v>
+        <v>1225</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>1226</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>1221</v>
+        <v>203</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>847</v>
+        <v>16</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>170</v>
+        <v>1228</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="L268" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>29</v>
+        <v>1233</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L269" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>205</v>
+        <v>580</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>1230</v>
+        <v>637</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>212</v>
+        <v>367</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L270" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>581</v>
+        <v>1241</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>636</v>
+        <v>1242</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>372</v>
+        <v>399</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1235</v>
+        <v>321</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L271" s="0">
-        <v>6</v>
+        <v>60</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G272" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L272" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E273" s="0" t="s">
         <v>1241</v>
       </c>
-      <c r="C273" s="0" t="s">
+      <c r="F273" s="0" t="s">
         <v>1242</v>
       </c>
-      <c r="D273" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G273" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>19</v>
+        <v>470</v>
       </c>
       <c r="L273" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>324</v>
+        <v>1252</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="L274" s="0">
-        <v>60</v>
+        <v>36</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L275" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="C276" s="0" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E276" s="0" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G276" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="H276" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I276" s="1" t="s">
         <v>1252</v>
-      </c>
-[...16 lines deleted...]
-        <v>1250</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L276" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F277" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1250</v>
+        <v>1262</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L277" s="0">
-        <v>36</v>
+        <v>27</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L278" s="0">
         <v>27</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="C279" s="0" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D279" s="0" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E279" s="0" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F279" s="0" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G279" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="H279" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I279" s="1" t="s">
         <v>1262</v>
-      </c>
-[...16 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="0">
         <v>27</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>1239</v>
+        <v>1174</v>
       </c>
       <c r="F280" s="0" t="s">
-        <v>1240</v>
+        <v>1272</v>
       </c>
       <c r="G280" s="0" t="s">
-        <v>404</v>
+        <v>210</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1260</v>
+        <v>1273</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="L280" s="0">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="E281" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>44</v>
+        <v>1279</v>
       </c>
       <c r="L281" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="E282" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="F282" s="0" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>44</v>
+        <v>1116</v>
       </c>
       <c r="L282" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>1174</v>
+        <v>115</v>
       </c>
       <c r="F283" s="0" t="s">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>212</v>
+        <v>16</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="L283" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="E284" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>1283</v>
+        <v>1291</v>
       </c>
       <c r="G284" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1284</v>
+        <v>116</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L284" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="E285" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="G285" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>116</v>
+        <v>1296</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>353</v>
+        <v>34</v>
       </c>
       <c r="L285" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>115</v>
+        <v>163</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>16</v>
+        <v>165</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L286" s="0"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1294</v>
+        <v>1238</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>164</v>
+        <v>1241</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>1297</v>
+        <v>1242</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>166</v>
+        <v>16</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L287" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="L287" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F288" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G288" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="L288" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E289" s="0" t="s">
         <v>1241</v>
       </c>
-      <c r="C289" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F289" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G289" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L289" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F290" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G290" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="L290" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G291" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>235</v>
+        <v>75</v>
       </c>
       <c r="L291" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F292" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G292" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L292" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G293" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L293" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G294" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>325</v>
+        <v>464</v>
       </c>
       <c r="L294" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F295" s="0" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="G295" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>1322</v>
+        <v>34</v>
       </c>
       <c r="L295" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1264</v>
+        <v>1327</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>1239</v>
+        <v>1330</v>
       </c>
       <c r="F296" s="0" t="s">
-        <v>1240</v>
+        <v>1331</v>
       </c>
       <c r="G296" s="0" t="s">
-        <v>16</v>
+        <v>238</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>19</v>
+        <v>349</v>
       </c>
       <c r="L296" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1325</v>
+        <v>1333</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1326</v>
+        <v>1334</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1327</v>
+        <v>1335</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>353</v>
+        <v>121</v>
       </c>
       <c r="L297" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>1328</v>
+        <v>115</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>241</v>
+        <v>16</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>121</v>
+        <v>349</v>
       </c>
       <c r="L298" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="E299" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="G299" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>353</v>
+        <v>34</v>
       </c>
       <c r="L299" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F300" s="0" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="G300" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>353</v>
+        <v>309</v>
       </c>
       <c r="L300" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>115</v>
+        <v>1353</v>
       </c>
       <c r="F301" s="0" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>16</v>
+        <v>399</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>121</v>
+        <v>44</v>
       </c>
       <c r="L301" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>44</v>
+        <v>249</v>
       </c>
       <c r="L302" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D303" s="0" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E303" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F303" s="0" t="s">
         <v>1354</v>
       </c>
-      <c r="C303" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G303" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1357</v>
+        <v>888</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="L303" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-        <v>1360</v>
+        <v>1364</v>
+      </c>
+      <c r="D304" s="0">
+        <v>240390</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F304" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>888</v>
+        <v>1365</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>152</v>
+        <v>34</v>
       </c>
       <c r="L304" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="D305" s="0">
-        <v>240390</v>
+        <v>2403165</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F305" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G305" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1363</v>
+        <v>990</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L305" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="D306" s="0">
-        <v>2403165</v>
+        <v>243380</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F306" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G306" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>989</v>
+        <v>1370</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L306" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="D307" s="0">
-        <v>243380</v>
+        <v>2433165</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L307" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1370</v>
-[...2 lines deleted...]
-        <v>2433165</v>
+        <v>1375</v>
+      </c>
+      <c r="D308" s="0" t="s">
+        <v>1376</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F308" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G308" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>1372</v>
+        <v>44</v>
       </c>
       <c r="L308" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F309" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L309" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F310" s="0" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G310" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1380</v>
+        <v>1332</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>19</v>
+        <v>620</v>
       </c>
       <c r="L310" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>1351</v>
+        <v>1174</v>
       </c>
       <c r="F311" s="0" t="s">
-        <v>1352</v>
+        <v>1388</v>
       </c>
       <c r="G311" s="0" t="s">
-        <v>404</v>
+        <v>16</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1330</v>
+        <v>1389</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="L311" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>1174</v>
+        <v>1393</v>
       </c>
       <c r="F312" s="0" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="G312" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L312" s="0"/>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="F313" s="0" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="G313" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L313" s="0"/>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>1392</v>
+        <v>203</v>
       </c>
       <c r="F314" s="0" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="G314" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L314" s="0"/>
+      <c r="L314" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F315" s="0" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="G315" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L315" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>205</v>
+        <v>1174</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="G316" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>19</v>
+        <v>327</v>
       </c>
       <c r="L316" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="L317" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>1174</v>
+        <v>55</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1412</v>
+        <v>1423</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>111</v>
+        <v>34</v>
       </c>
       <c r="L318" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
       <c r="E319" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F319" s="0" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="G319" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>34</v>
+        <v>653</v>
       </c>
       <c r="L319" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="F320" s="0" t="s">
-        <v>1422</v>
+        <v>89</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>34</v>
+        <v>423</v>
       </c>
       <c r="L320" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="F321" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L321" s="0"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>22</v>
+        <v>1174</v>
       </c>
       <c r="F322" s="0" t="s">
-        <v>82</v>
+        <v>1180</v>
       </c>
       <c r="G322" s="0" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L322" s="0"/>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-        <v>1437</v>
+        <v>1441</v>
+      </c>
+      <c r="D323" s="0">
+        <v>2161918</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>1174</v>
+        <v>1222</v>
       </c>
       <c r="F323" s="0" t="s">
-        <v>1180</v>
+        <v>1442</v>
       </c>
       <c r="G323" s="0" t="s">
-        <v>212</v>
+        <v>847</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1438</v>
+        <v>547</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L323" s="0"/>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1440</v>
-[...2 lines deleted...]
-        <v>2161918</v>
+        <v>1444</v>
+      </c>
+      <c r="D324" s="0" t="s">
+        <v>1445</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>1221</v>
+        <v>55</v>
       </c>
       <c r="F324" s="0" t="s">
-        <v>1441</v>
+        <v>1145</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>847</v>
+        <v>57</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>548</v>
+        <v>74</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L324" s="0"/>
+      <c r="L324" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>55</v>
+        <v>1062</v>
       </c>
       <c r="F325" s="0" t="s">
-        <v>1145</v>
+        <v>1084</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>74</v>
+        <v>1449</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>19</v>
+        <v>1210</v>
       </c>
       <c r="L325" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F326" s="0" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="G326" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>1209</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L326" s="0"/>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>1060</v>
+        <v>318</v>
       </c>
       <c r="F327" s="0" t="s">
-        <v>1085</v>
+        <v>1457</v>
       </c>
       <c r="G327" s="0" t="s">
-        <v>16</v>
+        <v>320</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1452</v>
+        <v>588</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L327" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="L327" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="F328" s="0" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="G328" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>588</v>
+        <v>1461</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L328" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
-      <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>321</v>
+        <v>404</v>
       </c>
       <c r="F329" s="0" t="s">
-        <v>1456</v>
+        <v>970</v>
       </c>
       <c r="G329" s="0" t="s">
-        <v>323</v>
+        <v>847</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L329" s="0"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
+      <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>409</v>
+        <v>1469</v>
       </c>
       <c r="F330" s="0" t="s">
-        <v>969</v>
+        <v>1470</v>
       </c>
       <c r="G330" s="0" t="s">
-        <v>847</v>
+        <v>210</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1464</v>
+        <v>1191</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L330" s="0"/>
+      <c r="L330" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="F331" s="0" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1191</v>
+        <v>1474</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L331" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1471</v>
-[...2 lines deleted...]
-        <v>1472</v>
+        <v>1476</v>
+      </c>
+      <c r="D332" s="0">
+        <v>770</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>1468</v>
+        <v>88</v>
       </c>
       <c r="F332" s="0" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="G332" s="0" t="s">
-        <v>212</v>
+        <v>90</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1191</v>
+        <v>1478</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L332" s="0">
-        <v>4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1474</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>1480</v>
+      </c>
+      <c r="D333" s="0" t="s">
+        <v>1481</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>87</v>
+        <v>404</v>
       </c>
       <c r="F333" s="0" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="G333" s="0" t="s">
-        <v>89</v>
+        <v>847</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L333" s="0">
-        <v>36</v>
+        <v>4</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G334" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L334" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L334" s="0"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C335" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D335" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E335" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="F335" s="0" t="s">
         <v>1482</v>
-      </c>
-[...10 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="G335" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L335" s="0"/>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F336" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G336" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L336" s="0"/>
+      <c r="L336" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F337" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G337" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L337" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L337" s="0"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G338" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L338" s="0"/>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F339" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G339" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L339" s="0"/>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G340" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L340" s="0"/>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G341" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1485</v>
+        <v>1495</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L341" s="0"/>
+      <c r="L341" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F342" s="0" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="G342" s="0" t="s">
         <v>847</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L342" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L342" s="0"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
-      <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1509</v>
+        <v>1514</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>409</v>
+        <v>55</v>
       </c>
       <c r="F343" s="0" t="s">
-        <v>1480</v>
+        <v>1517</v>
       </c>
       <c r="G343" s="0" t="s">
-        <v>847</v>
+        <v>57</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1489</v>
+        <v>1518</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L343" s="0"/>
+      <c r="L343" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="B344" s="0" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1513</v>
+        <v>1520</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>55</v>
+        <v>1174</v>
       </c>
       <c r="F344" s="0" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="G344" s="0" t="s">
-        <v>57</v>
+        <v>210</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L344" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
+      <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>1174</v>
+        <v>840</v>
       </c>
       <c r="F345" s="0" t="s">
-        <v>1520</v>
+        <v>861</v>
       </c>
       <c r="G345" s="0" t="s">
-        <v>212</v>
+        <v>399</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1521</v>
+        <v>1191</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L345" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
-      <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1524</v>
+        <v>1529</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>840</v>
+        <v>1530</v>
       </c>
       <c r="F346" s="0" t="s">
-        <v>861</v>
+        <v>1531</v>
       </c>
       <c r="G346" s="0" t="s">
-        <v>404</v>
+        <v>238</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1191</v>
+        <v>1532</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L346" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L346" s="0"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
+      <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
       <c r="G347" s="0" t="s">
-        <v>241</v>
+        <v>16</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L347" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="L347" s="0">
+        <v>72</v>
+      </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>1534</v>
+        <v>115</v>
       </c>
       <c r="F348" s="0" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="G348" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>34</v>
+        <v>1544</v>
       </c>
       <c r="L348" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C349" s="0" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D349" s="0" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E349" s="0" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F349" s="0" t="s">
         <v>1537</v>
-      </c>
-[...10 lines deleted...]
-        <v>1540</v>
       </c>
       <c r="G349" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1541</v>
+        <v>780</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="L349" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>1534</v>
+        <v>1062</v>
       </c>
       <c r="F350" s="0" t="s">
-        <v>1535</v>
+        <v>1063</v>
       </c>
       <c r="G350" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>780</v>
+        <v>1551</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L350" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>1060</v>
+        <v>1536</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>1061</v>
+        <v>1537</v>
       </c>
       <c r="G351" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H351" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1548</v>
+        <v>1555</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L351" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1549</v>
+        <v>1556</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1551</v>
+        <v>1558</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>1534</v>
+        <v>115</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="G352" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1552</v>
+        <v>1559</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="L352" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>115</v>
+        <v>1062</v>
       </c>
       <c r="F353" s="0" t="s">
-        <v>1540</v>
+        <v>1063</v>
       </c>
       <c r="G353" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L353" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1559</v>
+        <v>1566</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>1060</v>
+        <v>1536</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>1061</v>
+        <v>1537</v>
       </c>
       <c r="G354" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1560</v>
+        <v>1567</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L354" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1562</v>
+        <v>1569</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1563</v>
+        <v>1570</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="G355" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L355" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1565</v>
+        <v>1572</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1566</v>
+        <v>1573</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>1567</v>
+        <v>1574</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>1534</v>
+        <v>1062</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>1535</v>
+        <v>1063</v>
       </c>
       <c r="G356" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H356" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1568</v>
+        <v>1575</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L356" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
-      <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1570</v>
+        <v>1577</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1571</v>
+        <v>1578</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F357" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G357" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L357" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
+      <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F358" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G358" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1576</v>
+        <v>1563</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L358" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F359" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G359" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1560</v>
+        <v>1575</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L359" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F360" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G360" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1572</v>
+        <v>1589</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L360" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1583</v>
+        <v>1590</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1585</v>
+        <v>1592</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>1060</v>
+        <v>115</v>
       </c>
       <c r="F361" s="0" t="s">
-        <v>1061</v>
+        <v>1542</v>
       </c>
       <c r="G361" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1586</v>
+        <v>820</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="L361" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>115</v>
+        <v>1536</v>
       </c>
       <c r="F362" s="0" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="G362" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>820</v>
+        <v>1596</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
-        <v>353</v>
+        <v>34</v>
       </c>
       <c r="L362" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1591</v>
+        <v>1598</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>1534</v>
+        <v>115</v>
       </c>
       <c r="F363" s="0" t="s">
-        <v>1535</v>
+        <v>1600</v>
       </c>
       <c r="G363" s="0" t="s">
-        <v>16</v>
+        <v>238</v>
       </c>
       <c r="H363" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>34</v>
+        <v>1602</v>
       </c>
       <c r="L363" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1595</v>
+        <v>1604</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>1596</v>
+        <v>1605</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="F364" s="0"/>
       <c r="G364" s="0" t="s">
-        <v>241</v>
+        <v>399</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1598</v>
+        <v>314</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L364" s="0"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
-      <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1600</v>
-[...2 lines deleted...]
-        <v>1601</v>
+        <v>1607</v>
+      </c>
+      <c r="D365" s="0">
+        <v>10000005008</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="F365" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F365" s="0" t="s">
+        <v>1608</v>
+      </c>
       <c r="G365" s="0" t="s">
-        <v>404</v>
+        <v>210</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>317</v>
+        <v>1609</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L365" s="0"/>
+      <c r="L365" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="B366" s="0" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="D366" s="0">
-        <v>10000005008</v>
+        <v>10000005006</v>
       </c>
       <c r="E366" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F366" s="0" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="G366" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>1606</v>
+        <v>19</v>
       </c>
       <c r="L366" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
+      <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1608</v>
-[...2 lines deleted...]
-        <v>10000005006</v>
+        <v>1614</v>
+      </c>
+      <c r="D367" s="0" t="s">
+        <v>1615</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>37</v>
+        <v>1062</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1604</v>
+        <v>1063</v>
       </c>
       <c r="G367" s="0" t="s">
-        <v>212</v>
+        <v>16</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
-        <v>1606</v>
+        <v>19</v>
       </c>
       <c r="L367" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F368" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G368" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H368" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L368" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F369" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G369" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H369" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L369" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F370" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G370" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1617</v>
+        <v>1627</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L370" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F371" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G371" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L371" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F372" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G372" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L372" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="C373" s="0" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D373" s="0" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E373" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F373" s="0" t="s">
         <v>1631</v>
-      </c>
-[...7 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="G373" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1617</v>
+        <v>1632</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L373" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F374" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G374" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1629</v>
+        <v>1643</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L374" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1637</v>
+        <v>1645</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F375" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G375" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L375" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F376" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G376" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1643</v>
+        <v>1616</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L376" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1644</v>
+        <v>1651</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F377" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G377" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1613</v>
+        <v>1647</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L377" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G378" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1643</v>
+        <v>1657</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L378" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1651</v>
+        <v>1659</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F379" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G379" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H379" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1624</v>
+        <v>1661</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L379" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1653</v>
+        <v>1662</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1654</v>
+        <v>1663</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1655</v>
+        <v>1664</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F380" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G380" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1656</v>
+        <v>1647</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L380" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1657</v>
+        <v>1665</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1658</v>
+        <v>1666</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1659</v>
+        <v>1667</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F381" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G381" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1643</v>
+        <v>1620</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L381" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1660</v>
+        <v>1668</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>1662</v>
+        <v>1670</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F382" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G382" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L382" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1664</v>
+        <v>1672</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F383" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G383" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1613</v>
+        <v>1674</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L383" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1667</v>
+        <v>1676</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F384" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G384" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H384" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1669</v>
+        <v>1616</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L384" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F385" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G385" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L385" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F386" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G386" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1617</v>
+        <v>1632</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L386" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F387" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G387" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1629</v>
+        <v>1643</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L387" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1680</v>
+        <v>1688</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F388" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G388" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1639</v>
+        <v>1620</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L388" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1683</v>
+        <v>1691</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F389" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G389" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1617</v>
+        <v>1674</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L389" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1685</v>
+        <v>1693</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1686</v>
+        <v>1694</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>1687</v>
+        <v>1695</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F390" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G390" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1669</v>
+        <v>1647</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L390" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1688</v>
+        <v>1696</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1689</v>
+        <v>1697</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>1690</v>
+        <v>1698</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F391" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G391" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1643</v>
+        <v>1674</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L391" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1691</v>
+        <v>1699</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1692</v>
+        <v>1700</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1693</v>
+        <v>1701</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F392" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G392" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1669</v>
+        <v>1647</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L392" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1694</v>
+        <v>1702</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1696</v>
+        <v>1704</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G393" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L393" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G394" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1656</v>
+        <v>1708</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L394" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
-        <v>1700</v>
+        <v>1709</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1701</v>
+        <v>1710</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>1702</v>
+        <v>1711</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F395" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G395" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H395" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1703</v>
+        <v>1647</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L395" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F396" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G396" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1643</v>
+        <v>1620</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L396" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1708</v>
+        <v>1716</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1709</v>
+        <v>1717</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G397" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1617</v>
+        <v>1647</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L397" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1710</v>
+        <v>1718</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G398" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1643</v>
+        <v>1616</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L398" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G399" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>1613</v>
+        <v>1674</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L399" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F400" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G400" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1669</v>
+        <v>1727</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L400" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1720</v>
+        <v>1729</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F401" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G401" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H401" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1722</v>
+        <v>1616</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L401" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F402" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G402" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H402" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1613</v>
+        <v>1661</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L402" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F403" s="0" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G403" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H403" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1656</v>
+        <v>1632</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L403" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1730</v>
+        <v>1738</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F404" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G404" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1629</v>
+        <v>1620</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L404" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="E405" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F405" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G405" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H405" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L405" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1735</v>
+        <v>1640</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1736</v>
+        <v>1743</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>1737</v>
+        <v>1744</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F406" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G406" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1617</v>
+        <v>1745</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L406" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1636</v>
+        <v>1746</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1738</v>
+        <v>1747</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>1739</v>
+        <v>1748</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F407" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G407" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1740</v>
+        <v>1616</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L407" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G408" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H408" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1613</v>
+        <v>1674</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L408" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1745</v>
+        <v>1753</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>1746</v>
+        <v>1754</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F409" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G409" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1669</v>
+        <v>1627</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L409" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
       <c r="D410" s="0" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F410" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G410" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1624</v>
+        <v>1661</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L410" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F411" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G411" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1656</v>
+        <v>1761</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L411" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F412" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G412" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L412" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F413" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G413" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1643</v>
+        <v>1620</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L413" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F414" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G414" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1617</v>
+        <v>1627</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L414" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F415" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G415" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1624</v>
+        <v>1674</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L415" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F416" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G416" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L416" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F417" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G417" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1669</v>
+        <v>1647</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L417" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1772</v>
+        <v>1781</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F418" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G418" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>1643</v>
+        <v>1674</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L418" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G419" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1669</v>
+        <v>1627</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L419" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1777</v>
+        <v>1786</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1778</v>
+        <v>1787</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G420" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L420" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F421" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G421" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H421" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1629</v>
+        <v>1792</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L421" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1784</v>
+        <v>1793</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F422" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G422" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H422" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1786</v>
+        <v>1745</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L422" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F423" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G423" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1740</v>
+        <v>1661</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L423" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F424" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G424" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1656</v>
+        <v>1745</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L424" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F425" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G425" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1740</v>
+        <v>1616</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L425" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1797</v>
+        <v>1806</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F426" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G426" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L426" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F427" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G427" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L427" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1803</v>
+        <v>1812</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F428" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G428" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H428" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1613</v>
+        <v>1627</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L428" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
-        <v>1804</v>
+        <v>1813</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F429" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G429" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H429" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L429" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1807</v>
+        <v>1816</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F430" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G430" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H430" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1624</v>
+        <v>1647</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L430" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1811</v>
+        <v>1820</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F431" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G431" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H431" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1643</v>
+        <v>1632</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L431" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1814</v>
+        <v>1823</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1815</v>
+        <v>1824</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F432" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G432" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H432" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1629</v>
+        <v>1620</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L432" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1816</v>
+        <v>1825</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1817</v>
+        <v>1826</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1818</v>
+        <v>1827</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F433" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G433" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H433" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L433" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1819</v>
+        <v>1828</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1820</v>
+        <v>1829</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1821</v>
+        <v>1830</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F434" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G434" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H434" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1617</v>
+        <v>1661</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L434" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1823</v>
+        <v>1832</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>1824</v>
+        <v>1833</v>
       </c>
       <c r="E435" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F435" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G435" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1656</v>
+        <v>1647</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L435" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F436" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G436" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H436" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L436" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1828</v>
+        <v>1837</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
       <c r="E437" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F437" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G437" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H437" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L437" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1832</v>
+        <v>1841</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1833</v>
+        <v>1842</v>
       </c>
       <c r="E438" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G438" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H438" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1643</v>
+        <v>1627</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L438" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F439" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G439" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H439" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>1624</v>
+        <v>1616</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L439" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1837</v>
+        <v>1846</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1838</v>
+        <v>1847</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1839</v>
+        <v>1848</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F440" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G440" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H440" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L440" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1840</v>
+        <v>1849</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F441" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G441" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H441" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1617</v>
+        <v>1727</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L441" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1845</v>
+        <v>1854</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F442" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G442" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H442" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1722</v>
+        <v>1632</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L442" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1846</v>
+        <v>1855</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1847</v>
+        <v>1856</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G443" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L443" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1849</v>
+        <v>1858</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1850</v>
+        <v>1859</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1851</v>
+        <v>1860</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F444" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G444" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1629</v>
+        <v>1616</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L444" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1852</v>
+        <v>1861</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1854</v>
+        <v>1863</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G445" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1613</v>
+        <v>1627</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L445" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1855</v>
+        <v>1864</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1856</v>
+        <v>1865</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1857</v>
+        <v>1866</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F446" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G446" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H446" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1624</v>
+        <v>1661</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L446" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1858</v>
+        <v>1867</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1859</v>
+        <v>1868</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>1860</v>
+        <v>1869</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F447" s="0" t="s">
-        <v>1628</v>
+        <v>1063</v>
       </c>
       <c r="G447" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H447" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1656</v>
+        <v>1647</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L447" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1861</v>
+        <v>1870</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1862</v>
+        <v>1871</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>1863</v>
+        <v>1872</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F448" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G448" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H448" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1643</v>
+        <v>1674</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L448" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1864</v>
+        <v>1873</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1865</v>
+        <v>1874</v>
       </c>
       <c r="D449" s="0" t="s">
-        <v>1866</v>
+        <v>1875</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F449" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G449" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H449" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1669</v>
+        <v>1876</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L449" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1867</v>
+        <v>1877</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1868</v>
+        <v>1878</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>1869</v>
+        <v>1879</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F450" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G450" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H450" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1870</v>
+        <v>1647</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L450" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1871</v>
+        <v>1880</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1872</v>
+        <v>1881</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1873</v>
+        <v>1882</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F451" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G451" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H451" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L451" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1874</v>
+        <v>1883</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1875</v>
+        <v>1884</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>1876</v>
+        <v>1885</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F452" s="0" t="s">
-        <v>1061</v>
+        <v>1631</v>
       </c>
       <c r="G452" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H452" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L452" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1877</v>
+        <v>1886</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1878</v>
+        <v>1887</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1879</v>
+        <v>1888</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>1060</v>
+        <v>1889</v>
       </c>
       <c r="F453" s="0" t="s">
-        <v>1628</v>
+        <v>1890</v>
       </c>
       <c r="G453" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H453" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1656</v>
+        <v>1891</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L453" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1880</v>
+        <v>1892</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1881</v>
+        <v>1893</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>1883</v>
+        <v>1174</v>
       </c>
       <c r="F454" s="0" t="s">
-        <v>1884</v>
+        <v>1895</v>
       </c>
       <c r="G454" s="0" t="s">
-        <v>39</v>
+        <v>1896</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L454" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1887</v>
+        <v>1899</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1888</v>
+        <v>1900</v>
       </c>
       <c r="E455" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="F455" s="0" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="G455" s="0" t="s">
-        <v>1890</v>
+        <v>1896</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1891</v>
+        <v>1897</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
-        <v>483</v>
+        <v>75</v>
       </c>
       <c r="L455" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1892</v>
+        <v>1901</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1893</v>
+        <v>1902</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1894</v>
+        <v>1903</v>
       </c>
       <c r="E456" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="G456" s="0" t="s">
-        <v>1890</v>
+        <v>1896</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1891</v>
+        <v>1904</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="L456" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1895</v>
+        <v>1905</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1896</v>
+        <v>1906</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1897</v>
+        <v>1907</v>
       </c>
       <c r="E457" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="G457" s="0" t="s">
-        <v>1890</v>
+        <v>1896</v>
       </c>
       <c r="H457" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1898</v>
+        <v>1897</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L457" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1899</v>
+        <v>1908</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1900</v>
-[...3 lines deleted...]
-      </c>
+        <v>1909</v>
+      </c>
+      <c r="D458" s="0"/>
       <c r="E458" s="0" t="s">
-        <v>1174</v>
+        <v>115</v>
       </c>
       <c r="F458" s="0" t="s">
-        <v>1889</v>
+        <v>1910</v>
       </c>
       <c r="G458" s="0" t="s">
-        <v>1890</v>
+        <v>16</v>
       </c>
       <c r="H458" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1891</v>
+        <v>1911</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
-        <v>19</v>
+        <v>121</v>
       </c>
       <c r="L458" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
+      <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1902</v>
+        <v>1912</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1903</v>
+        <v>1913</v>
       </c>
       <c r="D459" s="0"/>
       <c r="E459" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F459" s="0" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="G459" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H459" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
         <v>121</v>
       </c>
       <c r="L459" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
+      <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1906</v>
+        <v>1915</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1907</v>
+        <v>1916</v>
       </c>
       <c r="D460" s="0"/>
       <c r="E460" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F460" s="0" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="G460" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H460" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
-        <v>353</v>
+        <v>121</v>
       </c>
       <c r="L460" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
+      <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="D461" s="0"/>
       <c r="E461" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F461" s="0" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="G461" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H461" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
-        <v>353</v>
+        <v>121</v>
       </c>
       <c r="L461" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
+      <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="D462" s="0"/>
       <c r="E462" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F462" s="0" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="G462" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H462" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
-        <v>353</v>
+        <v>121</v>
       </c>
       <c r="L462" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
+      <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="D463" s="0"/>
       <c r="E463" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F463" s="0" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="G463" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H463" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
-        <v>1915</v>
+        <v>121</v>
       </c>
       <c r="L463" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
+      <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1917</v>
-[...1 lines deleted...]
-      <c r="D464" s="0"/>
+        <v>1924</v>
+      </c>
+      <c r="D464" s="0" t="s">
+        <v>1925</v>
+      </c>
       <c r="E464" s="0" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="F464" s="0" t="s">
-        <v>1904</v>
+        <v>1926</v>
       </c>
       <c r="G464" s="0" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H464" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>1905</v>
+        <v>1927</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
-        <v>1918</v>
+        <v>44</v>
       </c>
       <c r="L464" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="E465" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F465" s="0" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="G465" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H465" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L465" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
-      <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1919</v>
+        <v>1930</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1924</v>
+        <v>1931</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="F466" s="0"/>
       <c r="G466" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H466" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>1923</v>
+        <v>1933</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L466" s="0"/>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="B467" s="0" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="E467" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F467" s="0"/>
       <c r="G467" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H467" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L467" s="0"/>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
+      <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1932</v>
+        <v>1940</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="F468" s="0"/>
+        <v>1062</v>
+      </c>
+      <c r="F468" s="0" t="s">
+        <v>1941</v>
+      </c>
       <c r="G468" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H468" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1933</v>
+        <v>1418</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L468" s="0"/>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F469" s="0" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="G469" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H469" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I469" s="1" t="s">
         <v>1418</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L469" s="0"/>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1939</v>
+        <v>1946</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1940</v>
+        <v>1947</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F470" s="0" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="G470" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H470" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I470" s="1" t="s">
         <v>1418</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L470" s="0"/>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1941</v>
+        <v>1948</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1942</v>
+        <v>1949</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1943</v>
+        <v>1950</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F471" s="0" t="s">
-        <v>1937</v>
+        <v>1951</v>
       </c>
       <c r="G471" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H471" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1418</v>
+        <v>1952</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L471" s="0"/>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F472" s="0" t="s">
-        <v>1947</v>
+        <v>1941</v>
       </c>
       <c r="G472" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H472" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1948</v>
+        <v>1418</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L472" s="0"/>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
-        <v>1949</v>
+        <v>1956</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1950</v>
+        <v>1957</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1951</v>
+        <v>1958</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>1060</v>
+        <v>1174</v>
       </c>
       <c r="F473" s="0" t="s">
-        <v>1937</v>
+        <v>1959</v>
       </c>
       <c r="G473" s="0" t="s">
-        <v>16</v>
+        <v>1896</v>
       </c>
       <c r="H473" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>1418</v>
+        <v>1960</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L473" s="0"/>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
-      <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1954</v>
+        <v>1963</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>1174</v>
+        <v>203</v>
       </c>
       <c r="F474" s="0" t="s">
-        <v>1955</v>
+        <v>247</v>
       </c>
       <c r="G474" s="0" t="s">
-        <v>1890</v>
+        <v>16</v>
       </c>
       <c r="H474" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L474" s="0"/>
+    </row>
+    <row r="475" spans="1:12" customHeight="1" ht="80">
+      <c r="B475" s="0" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C475" s="0" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D475" s="0" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E475" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F475" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="G475" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H475" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I475" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J475" s="0"/>
+      <c r="K475" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L475" s="0"/>
+    </row>
+    <row r="476" spans="1:12" customHeight="1" ht="80">
+      <c r="B476" s="0" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C476" s="0" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D476" s="0" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E476" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F476" s="0" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G476" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H476" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I476" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="J476" s="0"/>
+      <c r="K476" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L476" s="0"/>
+    </row>
+    <row r="477" spans="1:12" customHeight="1" ht="80">
+      <c r="B477" s="0" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C477" s="0" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D477" s="0" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E477" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F477" s="0" t="s">
+        <v>1977</v>
+      </c>
+      <c r="G477" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="H477" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I477" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="J477" s="0"/>
+      <c r="K477" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L477" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -36188,50 +36499,53 @@
     <hyperlink ref="B450" r:id="rId_hyperlink_449"/>
     <hyperlink ref="B451" r:id="rId_hyperlink_450"/>
     <hyperlink ref="B452" r:id="rId_hyperlink_451"/>
     <hyperlink ref="B453" r:id="rId_hyperlink_452"/>
     <hyperlink ref="B454" r:id="rId_hyperlink_453"/>
     <hyperlink ref="B455" r:id="rId_hyperlink_454"/>
     <hyperlink ref="B456" r:id="rId_hyperlink_455"/>
     <hyperlink ref="B457" r:id="rId_hyperlink_456"/>
     <hyperlink ref="B458" r:id="rId_hyperlink_457"/>
     <hyperlink ref="B459" r:id="rId_hyperlink_458"/>
     <hyperlink ref="B460" r:id="rId_hyperlink_459"/>
     <hyperlink ref="B461" r:id="rId_hyperlink_460"/>
     <hyperlink ref="B462" r:id="rId_hyperlink_461"/>
     <hyperlink ref="B463" r:id="rId_hyperlink_462"/>
     <hyperlink ref="B464" r:id="rId_hyperlink_463"/>
     <hyperlink ref="B465" r:id="rId_hyperlink_464"/>
     <hyperlink ref="B466" r:id="rId_hyperlink_465"/>
     <hyperlink ref="B467" r:id="rId_hyperlink_466"/>
     <hyperlink ref="B468" r:id="rId_hyperlink_467"/>
     <hyperlink ref="B469" r:id="rId_hyperlink_468"/>
     <hyperlink ref="B470" r:id="rId_hyperlink_469"/>
     <hyperlink ref="B471" r:id="rId_hyperlink_470"/>
     <hyperlink ref="B472" r:id="rId_hyperlink_471"/>
     <hyperlink ref="B473" r:id="rId_hyperlink_472"/>
     <hyperlink ref="B474" r:id="rId_hyperlink_473"/>
+    <hyperlink ref="B475" r:id="rId_hyperlink_474"/>
+    <hyperlink ref="B476" r:id="rId_hyperlink_475"/>
+    <hyperlink ref="B477" r:id="rId_hyperlink_476"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>