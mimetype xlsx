--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2482">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2496">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -197,6899 +197,6839 @@
   <si>
     <t>5283.00₸</t>
   </si>
   <si>
     <t>Чашка чайная «Мелодия»;фарфор;170мл;D=71,H=63,B=99мм;белый</t>
   </si>
   <si>
     <t>03130353</t>
   </si>
   <si>
     <t>MEL0217</t>
   </si>
   <si>
     <t>G. Benedikt Karlovy Vary</t>
   </si>
   <si>
     <t>Melodie</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>2203.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пепперкорн»;фарфор;170мл;D=75,H=58мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03130363</t>
+  </si>
+  <si>
+    <t>1542 A230</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Паприка»;фарфор;170мл;D=75/45,H=58мм;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03130366</t>
+  </si>
+  <si>
+    <t>1540 A230</t>
+  </si>
+  <si>
+    <t>Paprika Nat</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чино»;фарфор;170мл;D=75/39,H=60мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03130368</t>
+  </si>
+  <si>
+    <t>1106 0230</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>Чайная пара;сталь нерж.;250мл;D=90,H=90,B=145мм;металлич.</t>
+  </si>
+  <si>
+    <t>03130403</t>
+  </si>
+  <si>
+    <t>Casalinghi</t>
+  </si>
+  <si>
+    <t>22261.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;160мл;D=75/50,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03130423</t>
+  </si>
+  <si>
+    <t>A0492</t>
+  </si>
+  <si>
+    <t>896.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;190мл;D=79/53,H=60,L=101мм;белый</t>
+  </si>
+  <si>
+    <t>03130426</t>
+  </si>
+  <si>
+    <t>A0490</t>
+  </si>
+  <si>
+    <t>1057.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;180мл;D=78,H=73,L=107мм;белый</t>
+  </si>
+  <si>
+    <t>03130430</t>
+  </si>
+  <si>
+    <t>A5832</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лагуна»;фарфор;170мл;D=75/46,H=60мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03130449</t>
+  </si>
+  <si>
+    <t>1315 0230</t>
+  </si>
+  <si>
+    <t>Laguna</t>
+  </si>
+  <si>
+    <t>4713.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Серфис»;керамика;230мл;D=95,H=67мм;зелен.</t>
+  </si>
+  <si>
+    <t>03130462</t>
+  </si>
+  <si>
+    <t>B5116223A</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>18347.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Серфис»;керамика;230мл;D=93/157,H=67мм;сизый</t>
+  </si>
+  <si>
+    <t>03130463</t>
+  </si>
+  <si>
+    <t>B5116223B</t>
+  </si>
+  <si>
+    <t>17003.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;195мл;D=83/49,H=70,L=103мм;белый</t>
+  </si>
+  <si>
+    <t>03130506</t>
+  </si>
+  <si>
+    <t>A6476</t>
+  </si>
+  <si>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;200мл;D=85/54,H=50,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03130507</t>
+  </si>
+  <si>
+    <t>A4177</t>
+  </si>
+  <si>
+    <t>1372.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;170мл;D=80/44,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03130512</t>
+  </si>
+  <si>
+    <t>1101 0184</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>4151.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Феннель»;фарфор;170мл;D=75,H=58мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03130530</t>
+  </si>
+  <si>
+    <t>1541 A230</t>
+  </si>
+  <si>
+    <t>Fennel</t>
+  </si>
+  <si>
+    <t>3643.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бистро»;фарфор;200мл;D=81мм;белый</t>
+  </si>
+  <si>
+    <t>03130560</t>
+  </si>
+  <si>
+    <t>Ancap</t>
+  </si>
+  <si>
+    <t>Bistrot</t>
+  </si>
+  <si>
+    <t>2680.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Стоун»;фарфор;260мл;D=102,H=60мм;синий,коричнев.</t>
+  </si>
+  <si>
+    <t>03130681</t>
+  </si>
+  <si>
+    <t>A2348W621</t>
+  </si>
+  <si>
+    <t>Stone</t>
+  </si>
+  <si>
+    <t>2506.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Френч Классик»;фарфор;200мл;D=15,5см;белый</t>
+  </si>
+  <si>
+    <t>03130707</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>FrenchClassi</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>6338.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нами»;фарфор;180мл;D=7,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03130720</t>
+  </si>
+  <si>
+    <t>NAM0619</t>
+  </si>
+  <si>
+    <t>Suisse Langenthal</t>
+  </si>
+  <si>
+    <t>Nami</t>
+  </si>
+  <si>
+    <t>5906.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Сапфир»;керамика;240мл;D=85,H=80мм;черный</t>
+  </si>
+  <si>
+    <t>03130725</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Sapphire</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>19035.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Плато»;керамика;190мл;D=80,H=62мм;сине-серый,белый</t>
+  </si>
+  <si>
+    <t>03130726</t>
+  </si>
+  <si>
+    <t>9580553M</t>
+  </si>
+  <si>
+    <t>Plato</t>
+  </si>
+  <si>
+    <t>4282.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Карбон»;фарфор;350мл;D=95,H=75мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03130769</t>
+  </si>
+  <si>
+    <t>ФРФ88808711</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Carbone</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1525.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «ЭфСэКа»;бетон;50мл;D=6,H=3см;серый</t>
+  </si>
+  <si>
+    <t>03130804</t>
+  </si>
+  <si>
+    <t>B4916507</t>
+  </si>
+  <si>
+    <t>FCK</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>18411.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террес де Ревес»;керамика;190мл;D=80,H=51мм;серый,голуб.</t>
+  </si>
+  <si>
+    <t>03130901</t>
+  </si>
+  <si>
+    <t>B5117302A</t>
+  </si>
+  <si>
+    <t>Terres de Reves</t>
+  </si>
+  <si>
+    <t>13720.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террес де Ревес»;керамика;190мл;D=80,H=51мм;синий,коричнев.</t>
+  </si>
+  <si>
+    <t>03130902</t>
+  </si>
+  <si>
+    <t>B5117302B</t>
+  </si>
+  <si>
+    <t>11578.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террес де Ревес»;керамика;190мл;D=80,H=51мм;коричнев.,синий</t>
+  </si>
+  <si>
+    <t>03130903</t>
+  </si>
+  <si>
+    <t>B5117302C</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пас-парту»;фарфор;200мл;D=85,H=61мм;белый,матовый</t>
+  </si>
+  <si>
+    <t>03130915</t>
+  </si>
+  <si>
+    <t>B6219114</t>
+  </si>
+  <si>
+    <t>Passe-partout</t>
+  </si>
+  <si>
+    <t>5799.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пас-парту»;фарфор;200мл;D=85,H=61мм;белый</t>
+  </si>
+  <si>
+    <t>03130917</t>
+  </si>
+  <si>
+    <t>B6219114G</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пас-парту»;фарфор;200мл;D=85,H=61мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03130919</t>
+  </si>
+  <si>
+    <t>B6219114GZ</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Трамонтано»;фарфор;300мл;D=95,H=70,L=125мм;голуб.,синий</t>
+  </si>
+  <si>
+    <t>03130930</t>
+  </si>
+  <si>
+    <t>ФРФ88808733</t>
+  </si>
+  <si>
+    <t>Tramontano</t>
+  </si>
+  <si>
+    <t>1433.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Верде»;фарфор;350мл;,H=75,L=95мм;зелен.,черный</t>
+  </si>
+  <si>
+    <t>03130931</t>
+  </si>
+  <si>
+    <t>ФРФ88808752</t>
+  </si>
+  <si>
+    <t>Punto Verde</t>
+  </si>
+  <si>
+    <t>3034.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пион»;фарфор;350мл;D=90/61,H=80мм;розов.</t>
+  </si>
+  <si>
+    <t>03130936</t>
+  </si>
+  <si>
+    <t>ZA0136-4-p</t>
+  </si>
+  <si>
+    <t>Peony</t>
+  </si>
+  <si>
+    <t>4739.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пион»;фарфор;200мл;D=82/47,H=70мм;розов.</t>
+  </si>
+  <si>
+    <t>03130937</t>
+  </si>
+  <si>
+    <t>ZA0013-3-p</t>
+  </si>
+  <si>
+    <t>2604.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Ирис»;фарфор;200мл;D=82/46,H=70мм;голуб.</t>
+  </si>
+  <si>
+    <t>03130940</t>
+  </si>
+  <si>
+    <t>ZA0013-3-a</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>3045.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Ирис»;фарфор;350мл;D=9,H=8см;голуб.</t>
+  </si>
+  <si>
+    <t>03130941</t>
+  </si>
+  <si>
+    <t>ZA0136-4-a</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мак»;фарфор;350мл;D=9/6,H=8см;медный</t>
+  </si>
+  <si>
+    <t>03130942</t>
+  </si>
+  <si>
+    <t>ZA0136-4-d</t>
+  </si>
+  <si>
+    <t>Poppy</t>
+  </si>
+  <si>
+    <t>4543.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Агава»;фарфор;350мл;D=9,H=8см;серый,зелен.</t>
+  </si>
+  <si>
+    <t>03130950</t>
+  </si>
+  <si>
+    <t>ZA0136-4-m</t>
+  </si>
+  <si>
+    <t>Agave</t>
+  </si>
+  <si>
+    <t>5026.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Агава»;фарфор;200мл;D=82,H=70мм;серый,зелен.</t>
+  </si>
+  <si>
+    <t>03130951</t>
+  </si>
+  <si>
+    <t>ZA0013-3-m</t>
+  </si>
+  <si>
+    <t>2821.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Плато»;фарфор;190мл;D=80,H=62мм;черный,белый</t>
+  </si>
+  <si>
+    <t>03130979</t>
+  </si>
+  <si>
+    <t>3442.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Квантана»;фарфор;220мл;D=80,H=67мм;синий,коричнев.</t>
+  </si>
+  <si>
+    <t>03130980</t>
+  </si>
+  <si>
+    <t>Quintana</t>
+  </si>
+  <si>
+    <t>4705.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Квантана»;фарфор;220мл;D=80,H=67мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03130981</t>
+  </si>
+  <si>
+    <t>03130982</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Бьянка»;фарфор;350мл;,H=75,B=95мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03130995</t>
+  </si>
+  <si>
+    <t>ФРФ88808751</t>
+  </si>
+  <si>
+    <t>Punto Bianca</t>
+  </si>
+  <si>
+    <t>3042.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бэйс»;фарфор;300мл;D=80,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03131016</t>
+  </si>
+  <si>
+    <t>B9219729H</t>
+  </si>
+  <si>
+    <t>Base</t>
+  </si>
+  <si>
+    <t>16517.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная;фарфор;250мл;D=80/63,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03131245</t>
+  </si>
+  <si>
+    <t>1101 0157old</t>
+  </si>
+  <si>
+    <t>2187.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пьюрити»;эко-кост. фарф.;190мл;D=75,H=59мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03131258</t>
+  </si>
+  <si>
+    <t>69 5119</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>8024.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эстиа»;фарфор;240мл;D=105,H=65,L=135мм;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03131263</t>
+  </si>
+  <si>
+    <t>LEST019RG154024</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Estia</t>
+  </si>
+  <si>
+    <t>6368.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Чайная пара «Фобос»;керамика;230мл;D=120,H=65мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03131265</t>
+  </si>
+  <si>
+    <t>LPHO019MA153023</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>15085.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Фобос»;керамика;230мл;D=120,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>03131267</t>
+  </si>
+  <si>
+    <t>LPHO019NB153023</t>
+  </si>
+  <si>
+    <t>11843.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эггшелл»;фарфор;200мл;D=68/47,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03131269</t>
+  </si>
+  <si>
+    <t>A26611</t>
+  </si>
+  <si>
+    <t>Eggshell</t>
+  </si>
+  <si>
+    <t>2128.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эггшелл»;фарфор;360мл;D=77/55,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03131270</t>
+  </si>
+  <si>
+    <t>A26973</t>
+  </si>
+  <si>
+    <t>2436.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Полар»;фарфор;200мл;D=88/62,H=54мм;белый</t>
+  </si>
+  <si>
+    <t>03131272</t>
+  </si>
+  <si>
+    <t>A21444</t>
+  </si>
+  <si>
+    <t>Polar</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Полар»;фарфор;360мл;D=108/75,H=66мм;белый</t>
+  </si>
+  <si>
+    <t>03131273</t>
+  </si>
+  <si>
+    <t>A26958</t>
+  </si>
+  <si>
+    <t>2037.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Милк»;фарфор;250мл;D=95/46,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03131275</t>
+  </si>
+  <si>
+    <t>A26198</t>
+  </si>
+  <si>
+    <t>2100.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Милк»;фарфор;360мл;D=114/55,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03131276</t>
+  </si>
+  <si>
+    <t>A26962</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Норд»;стекло;270мл;D=90,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>03131287</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>Nord</t>
+  </si>
+  <si>
+    <t>609.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мезень» Практик Кони;фарфор;250мл;D=90/119,H=63мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03131293</t>
+  </si>
+  <si>
+    <t>2403250.Д1302:06</t>
+  </si>
+  <si>
+    <t>Башкирский фарфор</t>
+  </si>
+  <si>
+    <t>Мезень</t>
+  </si>
+  <si>
+    <t>4382.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мезень» Классик Лебеди;фарфор;250мл;D=105/133,H=57мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03131294</t>
+  </si>
+  <si>
+    <t>2433250.Д1302:07</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Акварель» Браво;фарфор;200мл;D=85/110,H=67мм;бежев.</t>
+  </si>
+  <si>
+    <t>03131295</t>
+  </si>
+  <si>
+    <t>ИЧШ 30.200.А.Б</t>
+  </si>
+  <si>
+    <t>Акварель</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Акварель» Браво;фарфор;250мл;D=97/120,H=70мм;розов.</t>
+  </si>
+  <si>
+    <t>03131296</t>
+  </si>
+  <si>
+    <t>ИЧШ 30.250.А.Р</t>
+  </si>
+  <si>
+    <t>3134.00₸</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Чашка чайная «Пепперкорн»;фарфор;170мл;D=75,H=58мм;коричнев.,бежев.</t>
-[...164 lines deleted...]
-    <t>4151.00₸</t>
+    <t>Чашка чайная «Белая» Практик;фарфор;200мл;D=85/113,H=61мм;белый</t>
+  </si>
+  <si>
+    <t>03131302</t>
+  </si>
+  <si>
+    <t>Белая</t>
+  </si>
+  <si>
+    <t>2103.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Белая» Практик;фарфор;250мл;D=90/119,H=63мм;белый</t>
+  </si>
+  <si>
+    <t>03131303</t>
+  </si>
+  <si>
+    <t>2395.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Чашка чайная «Феннель»;фарфор;170мл;D=75,H=58мм;зелен.,бежев.</t>
-[...110 lines deleted...]
-    <t>4282.00₸</t>
+    <t>Чашка чайная «Белая» Классик;фарфор;210мл;D=102/129,H=51мм;белый</t>
+  </si>
+  <si>
+    <t>03131306</t>
+  </si>
+  <si>
+    <t>2018.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Белая» Классик;фарфор;250мл;D=105/133,H=57мм;белый</t>
+  </si>
+  <si>
+    <t>03131307</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Белая» Восточный;фарфор;250мл;D=95/115,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03131311</t>
+  </si>
+  <si>
+    <t>ИЧШ 22.250</t>
+  </si>
+  <si>
+    <t>1664.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Белая» Принц;фарфор;190мл;D=85/115,H=51мм;белый</t>
+  </si>
+  <si>
+    <t>03131312</t>
+  </si>
+  <si>
+    <t>ИЧШ 03.190</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Интэнсити Барил»;стекло;250мл;D=75,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03131313</t>
+  </si>
+  <si>
+    <t>Q3634</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Intensity Baril</t>
+  </si>
+  <si>
+    <t>2940.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крим»;фарфор;176мл;D=83,H=62мм;белый</t>
+  </si>
+  <si>
+    <t>03131314</t>
+  </si>
+  <si>
+    <t>VLC01CF-KR</t>
+  </si>
+  <si>
+    <t>Rinart</t>
+  </si>
+  <si>
+    <t>Cream</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Беништ Голд» на ножке;кост.фарф.;220мл;,H=70,L=121,B=89мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03131325</t>
+  </si>
+  <si>
+    <t>82107AND0106</t>
+  </si>
+  <si>
+    <t>William Edwards</t>
+  </si>
+  <si>
+    <t>Burnished Gold</t>
+  </si>
+  <si>
+    <t>36911.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Беништ Голд»;кост.фарф.;260мл;,H=60,L=127,B=101мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03131327</t>
+  </si>
+  <si>
+    <t>82107AND0411A</t>
+  </si>
+  <si>
+    <t>33117.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рид» на ножке;кост.фарф.;220мл;,H=70,L=121,B=89мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03131328</t>
+  </si>
+  <si>
+    <t>82108AND0106</t>
+  </si>
+  <si>
+    <t>Reed</t>
+  </si>
+  <si>
+    <t>39844.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рид»;кост.фарф.;260мл;D=6,H=6см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03131330</t>
+  </si>
+  <si>
+    <t>82108AND0411A</t>
+  </si>
+  <si>
+    <t>37345.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фачетта Блю»;фарфор;210мл;D=87,H=62,L=110мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03131336</t>
+  </si>
+  <si>
+    <t>AZ016197420</t>
+  </si>
+  <si>
+    <t>Fascetta Blu</t>
+  </si>
+  <si>
+    <t>5866.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Флорентиус»;фарфор;200мл;D=9,H=7,L=11см;белый,оранжев.</t>
+  </si>
+  <si>
+    <t>03131341</t>
+  </si>
+  <si>
+    <t>LFLO032AC154020</t>
+  </si>
+  <si>
+    <t>Florentius</t>
+  </si>
+  <si>
+    <t>10318.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Флорентиус»;фарфор;200мл;D=9,H=7,L=11см;белый,синий</t>
+  </si>
+  <si>
+    <t>03131343</t>
+  </si>
+  <si>
+    <t>LFLO032BL154020</t>
+  </si>
+  <si>
+    <t>10780.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алина»;фарфор;212,5мл;D=80/44,H=66мм;белый</t>
+  </si>
+  <si>
+    <t>03131344</t>
+  </si>
+  <si>
+    <t>9119 C1250</t>
+  </si>
+  <si>
+    <t>Alina</t>
+  </si>
+  <si>
+    <t>7208.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алина»;фарфор;227,5мл;D=89/45,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03131346</t>
+  </si>
+  <si>
+    <t>9119 C1251</t>
+  </si>
+  <si>
+    <t>9479.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бейзик»;стекло;238мл;D=91,H=64мм;прозр.</t>
+  </si>
+  <si>
+    <t>03131348</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>1202.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эмпайлэбл»;стекло;250мл;D=9,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140103</t>
+  </si>
+  <si>
+    <t>V9495</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Empilable</t>
+  </si>
+  <si>
+    <t>3276.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эмпайлэбл»;стекло;200мл;D=78,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140104</t>
+  </si>
+  <si>
+    <t>H7795</t>
+  </si>
+  <si>
+    <t>1918.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Вайт»;фарфор;455мл;D=120/45,H=85мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03140105</t>
+  </si>
+  <si>
+    <t>1155 0150</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>15408.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Вайт»;фарфор;340мл;D=100/43,H=70мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03140106</t>
+  </si>
+  <si>
+    <t>1155 0152</t>
+  </si>
+  <si>
+    <t>11358.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Вайт»;фарфор;228мл;D=90/45,H=60мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03140107</t>
+  </si>
+  <si>
+    <t>1155 0189</t>
+  </si>
+  <si>
+    <t>7354.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Вайт»;фарфор;285мл;D=90/46,H=65мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03140108</t>
+  </si>
+  <si>
+    <t>1155 0188</t>
+  </si>
+  <si>
+    <t>10827.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Вайт»;фарфор;200мл;D=80/44,H=60мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03140109</t>
+  </si>
+  <si>
+    <t>1155 0217</t>
+  </si>
+  <si>
+    <t>8070.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рио Пинк»;фарфор;200мл;D=8,H=6см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03140115</t>
+  </si>
+  <si>
+    <t>1532 0217</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>5737.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джейд»;кост.фарф.;200мл;D=73,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140128</t>
+  </si>
+  <si>
+    <t>61040-800001-14742</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>4405.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рафинез»;фарфор;400мл;айвори</t>
+  </si>
+  <si>
+    <t>03140132</t>
+  </si>
+  <si>
+    <t>20 5290</t>
+  </si>
+  <si>
+    <t>Raffinesse</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Димэнжн»;фарфор;250мл;D=78,H=81мм;белый</t>
+  </si>
+  <si>
+    <t>03140133</t>
+  </si>
+  <si>
+    <t>90 5375</t>
+  </si>
+  <si>
+    <t>Dimension</t>
+  </si>
+  <si>
+    <t>3951.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Энджой»;фарфор;250мл;D=95,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140137</t>
+  </si>
+  <si>
+    <t>92 5175</t>
+  </si>
+  <si>
+    <t>Enjoy</t>
+  </si>
+  <si>
+    <t>7308.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Гламур»;стекло;200мл;D=89,H=69мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140140</t>
+  </si>
+  <si>
+    <t>Гламур</t>
+  </si>
+  <si>
+    <t>362.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Грация»;стекло;250мл;D=84,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140141</t>
+  </si>
+  <si>
+    <t>Грация</t>
+  </si>
+  <si>
+    <t>424.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная;пластик;320мл;синий</t>
+  </si>
+  <si>
+    <t>03140142</t>
+  </si>
+  <si>
+    <t>К-305</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>247.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Это Рома»;фарфор;190мл;D=80,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03140143</t>
+  </si>
+  <si>
+    <t>0305</t>
+  </si>
+  <si>
+    <t>Eto Roma</t>
+  </si>
+  <si>
+    <t>2141.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Ресторан»;стекло;220мл;D=75,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140201</t>
+  </si>
+  <si>
+    <t>Restaurant</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рисепшн»;стекло;250мл;D=85,H=65,L=115мм;слон.кость,серый</t>
+  </si>
+  <si>
+    <t>03140206</t>
+  </si>
+  <si>
+    <t>Reception</t>
+  </si>
+  <si>
+    <t>2152.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Ресторан»;стекло;250мл;D=85,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140207</t>
+  </si>
+  <si>
+    <t>X1987</t>
+  </si>
+  <si>
+    <t>2345.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Ресторан»;стекло;190мл;D=77,H=73мм;белый</t>
+  </si>
+  <si>
+    <t>03140208</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рисепшн»;стекло;190мл;D=75,H=63мм;айвори,серый</t>
+  </si>
+  <si>
+    <t>03140209</t>
+  </si>
+  <si>
+    <t>1470.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса мастед»;фарфор;228мл;D=90/44,H=60мм;горчич.</t>
+  </si>
+  <si>
+    <t>03140210</t>
+  </si>
+  <si>
+    <t>1121 0189</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>7454.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Перформа»;стекло;220мл;D=85,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03140215</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Performa</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Перформа»;стекло;250мл;D=9,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140216</t>
+  </si>
+  <si>
+    <t>1556.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Эбро» набор[6шт];стекло;250мл;,H=85,L=460,B=160мм;белый</t>
+  </si>
+  <si>
+    <t>03140217</t>
+  </si>
+  <si>
+    <t>402837SBC021990</t>
+  </si>
+  <si>
+    <t>Ebro</t>
+  </si>
+  <si>
+    <t>25611.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Трианон»;стекло;280мл;D=90,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03140227</t>
+  </si>
+  <si>
+    <t>D6922</t>
+  </si>
+  <si>
+    <t>Trianon</t>
+  </si>
+  <si>
+    <t>1897.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Квадрато Блэк» набор[6шт];стекло;220мл;D=80,H=85,L=145,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>03140246</t>
+  </si>
+  <si>
+    <t>E8848</t>
+  </si>
+  <si>
+    <t>Quadrato Black</t>
+  </si>
+  <si>
+    <t>11641.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;300мл;D=100,H=86,L=131мм;белый</t>
+  </si>
+  <si>
+    <t>03140297</t>
+  </si>
+  <si>
+    <t>9001 C632</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;170мл;D=8,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140298</t>
+  </si>
+  <si>
+    <t>9001 C184</t>
+  </si>
+  <si>
+    <t>2973.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса мастед»;фарфор;340мл;D=100/44,H=70мм;горчич.</t>
+  </si>
+  <si>
+    <t>03140299</t>
+  </si>
+  <si>
+    <t>1121 0152</t>
+  </si>
+  <si>
+    <t>11420.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Акапулько»;фарфор;250мл;D=90,H=60,B=61мм;белый</t>
+  </si>
+  <si>
+    <t>03140300</t>
+  </si>
+  <si>
+    <t>AC016220000</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>6684.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Чашка чайная «Карбон»;фарфор;350мл;D=95,H=75мм;черный,матовый</t>
-[...65 lines deleted...]
-    <t>11578.00₸</t>
+    <t>Чайная пара «Гранат»;фарфор;275мл;D=91,H=75,L=150мм;белый</t>
+  </si>
+  <si>
+    <t>03140301</t>
+  </si>
+  <si>
+    <t>01482</t>
+  </si>
+  <si>
+    <t>Дулево</t>
+  </si>
+  <si>
+    <t>Гранат</t>
+  </si>
+  <si>
+    <t>1956.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Прага»;фарфор;190мл;D=80,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140305</t>
+  </si>
+  <si>
+    <t>PRA0219</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>2472.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Прага»;фарфор;250мл;D=85,H=64мм;белый</t>
+  </si>
+  <si>
+    <t>03140307</t>
+  </si>
+  <si>
+    <t>PRA0225</t>
+  </si>
+  <si>
+    <t>2749.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;170мл;D=75/40,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140310</t>
+  </si>
+  <si>
+    <t>1101 0157</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кашуб-хел»;фарфор;200мл;D=85,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03140311</t>
+  </si>
+  <si>
+    <t>0601</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>1972.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кашуб-хел»;фарфор;250мл;D=9,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140312</t>
+  </si>
+  <si>
+    <t>0606</t>
+  </si>
+  <si>
+    <t>2426.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Америка»;фарфор;190мл;D=8,H=6,B=8см;белый</t>
+  </si>
+  <si>
+    <t>03140314</t>
+  </si>
+  <si>
+    <t>0106</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Паула»;фарфор;200мл;D=9,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140318</t>
+  </si>
+  <si>
+    <t>Paula</t>
+  </si>
+  <si>
+    <t>2488.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аркадия»;фарфор;220мл;D=9,H=6,B=12см;белый</t>
+  </si>
+  <si>
+    <t>03140320</t>
+  </si>
+  <si>
+    <t>0501</t>
+  </si>
+  <si>
+    <t>3227.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Америка»;фарфор;200мл;D=10,H=6,B=10см;белый</t>
+  </si>
+  <si>
+    <t>03140324</t>
+  </si>
+  <si>
+    <t>0101</t>
+  </si>
+  <si>
+    <t>2010.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Прага»;фарфор;330мл;D=10,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140330</t>
+  </si>
+  <si>
+    <t>PRA0233</t>
+  </si>
+  <si>
+    <t>3681.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Акапулько»;фарфор;185мл;D=80,H=60,B=61мм;белый</t>
+  </si>
+  <si>
+    <t>03140331</t>
+  </si>
+  <si>
+    <t>AC015180000</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Портофино»;фарфор;250мл;D=9,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140345</t>
+  </si>
+  <si>
+    <t>PF016220000</t>
+  </si>
+  <si>
+    <t>4753.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «В.Виена»;фарфор;205мл;D=86,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140346</t>
+  </si>
+  <si>
+    <t>VW016240000</t>
+  </si>
+  <si>
+    <t>6969.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Виктория»;фарфор;200мл;D=72,H=70,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140348</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>2480.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алберго»;фарфор;200мл;D=87,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03140349</t>
+  </si>
+  <si>
+    <t>AL016190000</t>
+  </si>
+  <si>
+    <t>Albergo</t>
+  </si>
+  <si>
+    <t>4690.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «В.Виена»;фарфор;235мл;D=9,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03140350</t>
+  </si>
+  <si>
+    <t>VW016220000</t>
+  </si>
+  <si>
+    <t>5558.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Виктория-отель»;фарфор;190мл;D=80,H=60,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140352</t>
+  </si>
+  <si>
+    <t>Victoria-hot</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мелодия»;фарфор;190мл;D=75,H=65,B=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140358</t>
+  </si>
+  <si>
+    <t>MEL0219</t>
+  </si>
+  <si>
+    <t>2819.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мелодия»;фарфор;230мл;D=85,H=60,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140359</t>
+  </si>
+  <si>
+    <t>MEL0223</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чино»;фарфор;340мл;D=10,H=7см;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03140360</t>
+  </si>
+  <si>
+    <t>1106 0152</t>
+  </si>
+  <si>
+    <t>5768.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чино»;фарфор;227мл;D=9,H=6,L=12см;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03140361</t>
+  </si>
+  <si>
+    <t>1106 0189</t>
+  </si>
+  <si>
+    <t>4890.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фиренза ред»;фарфор;340мл;D=11,H=9,L=14см;красный,белый</t>
+  </si>
+  <si>
+    <t>03140367</t>
+  </si>
+  <si>
+    <t>9023 C639</t>
+  </si>
+  <si>
+    <t>Firenza Red</t>
+  </si>
+  <si>
+    <t>11035.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фиренза ред»;фарфор;227мл;D=85,H=80,L=120мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03140368</t>
+  </si>
+  <si>
+    <t>9023 C638</t>
+  </si>
+  <si>
+    <t>8225.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Шиир Зинг»;фарфор;228мл;D=85,H=85мм;разноцветн.,белый</t>
+  </si>
+  <si>
+    <t>03140371</t>
+  </si>
+  <si>
+    <t>9321 C638</t>
+  </si>
+  <si>
+    <t>Zing</t>
+  </si>
+  <si>
+    <t>14630.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;340мл;D=90/44,H=90мм;белый</t>
+  </si>
+  <si>
+    <t>03140375</t>
+  </si>
+  <si>
+    <t>9001 C639</t>
+  </si>
+  <si>
+    <t>10857.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;228мл;D=85/45,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03140376</t>
+  </si>
+  <si>
+    <t>9001 C638</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пепперкорн»;фарфор;225мл;D=8,H=6,L=11см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140377</t>
+  </si>
+  <si>
+    <t>1542 A217</t>
+  </si>
+  <si>
+    <t>4397.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аркадия»;фарфор;180мл;D=75,H=65,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140381</t>
+  </si>
+  <si>
+    <t>0504</t>
+  </si>
+  <si>
+    <t>3142.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Виктория»;фарфор;280мл;D=108,H=55,L=120мм;белый</t>
+  </si>
+  <si>
+    <t>03140382</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пепперкорн»;фарфор;185мл;D=82,H=60,L=115мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140384</t>
+  </si>
+  <si>
+    <t>1542 A184</t>
+  </si>
+  <si>
+    <t>Peppercorn</t>
+  </si>
+  <si>
+    <t>3461.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Паприка»;фарфор;225мл;D=8,H=6см;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140386</t>
+  </si>
+  <si>
+    <t>1540 A217</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Паприка»;фарфор;455мл;D=12,H=8см;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140387</t>
+  </si>
+  <si>
+    <t>1540 A150</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Паприка»;фарфор;227мл;D=9,H=6,L=12см;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140389</t>
+  </si>
+  <si>
+    <t>1540 A189</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Паприка»;фарфор;185мл;D=82,H=60,L=115мм;оранжев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140390</t>
+  </si>
+  <si>
+    <t>1540 A184</t>
+  </si>
+  <si>
+    <t>4490.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чино»;фарфор;225мл;D=8,H=6,L=11см;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03140391</t>
+  </si>
+  <si>
+    <t>1106 0217</t>
+  </si>
+  <si>
+    <t>4215.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Зен»;фарфор;227мл;D=80,H=65,L=120мм;белый,оранжев.</t>
+  </si>
+  <si>
+    <t>03140392</t>
+  </si>
+  <si>
+    <t>9401 C638</t>
+  </si>
+  <si>
+    <t>Zen</t>
+  </si>
+  <si>
+    <t>7137.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара;220мл</t>
+  </si>
+  <si>
+    <t>03140395</t>
+  </si>
+  <si>
+    <t>фк 107</t>
+  </si>
+  <si>
+    <t>985.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пепперкорн»;фарфор;228мл;D=9,H=6см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140398</t>
+  </si>
+  <si>
+    <t>1542 A189</t>
+  </si>
+  <si>
+    <t>4120.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аркадия»;фарфор;210мл;D=75,H=85,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140400</t>
+  </si>
+  <si>
+    <t>0503</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса мастед»;фарфор;200мл;D=80/46,H=60мм;горчич.</t>
+  </si>
+  <si>
+    <t>03140411</t>
+  </si>
+  <si>
+    <t>1121 0217</t>
+  </si>
+  <si>
+    <t>5213.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Паула»;фарфор;280мл;D=9,H=9см;белый</t>
+  </si>
+  <si>
+    <t>03140412</t>
+  </si>
+  <si>
+    <t>2726.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бола»;фарфор;280мл;D=105,H=70,L=130мм;белый</t>
+  </si>
+  <si>
+    <t>03140413</t>
+  </si>
+  <si>
+    <t>Bola</t>
+  </si>
+  <si>
+    <t>3435.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса Мокка»;фарфор;340мл;D=10,H=7см;тем.корич.</t>
+  </si>
+  <si>
+    <t>03140415</t>
+  </si>
+  <si>
+    <t>1123 0152</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса Мокка»;фарфор;228мл;D=90/44,H=60мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03140416</t>
+  </si>
+  <si>
+    <t>1123 0189</t>
+  </si>
+  <si>
+    <t>7554.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса Мокка»;фарфор;200мл;D=80/46,H=60мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03140417</t>
+  </si>
+  <si>
+    <t>1123 0217</t>
+  </si>
+  <si>
+    <t>5629.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеза Вит»;фарфор;200мл;D=8,H=6см;бежев.</t>
+  </si>
+  <si>
+    <t>03140418</t>
+  </si>
+  <si>
+    <t>1120 0217</t>
+  </si>
+  <si>
+    <t>4374.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса вит»;фарфор;340мл;D=100,H=70,L=128мм;бежев.</t>
+  </si>
+  <si>
+    <t>03140419</t>
+  </si>
+  <si>
+    <t>1120 0152</t>
+  </si>
+  <si>
+    <t>5795.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса Вит»;фарфор;228мл;D=90/44,H=60мм;бежев.</t>
+  </si>
+  <si>
+    <t>03140420</t>
+  </si>
+  <si>
+    <t>1120 0189</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса Олива»;фарфор;200мл;D=80/46,H=60мм;олив.</t>
+  </si>
+  <si>
+    <t>03140422</t>
+  </si>
+  <si>
+    <t>1122 0217</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса Олива»;фарфор;340мл;D=100/44,H=70мм;олив.</t>
+  </si>
+  <si>
+    <t>03140423</t>
+  </si>
+  <si>
+    <t>1122 0152</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Террамеса Олива»;фарфор;228мл;D=90/44,H=60мм;олив.</t>
+  </si>
+  <si>
+    <t>03140424</t>
+  </si>
+  <si>
+    <t>1122 0189</t>
+  </si>
+  <si>
+    <t>8016.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Спайро»;фарфор;213мл;D=80,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140432</t>
+  </si>
+  <si>
+    <t>9032 C986</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Спайро»;фарфор;228мл;D=90/45,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03140433</t>
+  </si>
+  <si>
+    <t>9032 C987</t>
+  </si>
+  <si>
+    <t>8563.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Спайро»;фарфор;340мл;D=100/45,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140434</t>
+  </si>
+  <si>
+    <t>9032 C994</t>
+  </si>
+  <si>
+    <t>11281.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блэк Лайн»;фарфор;200мл;D=8,H=6см;белый,черный</t>
+  </si>
+  <si>
+    <t>03140435</t>
+  </si>
+  <si>
+    <t>1135 0217</t>
+  </si>
+  <si>
+    <t>Black Line</t>
+  </si>
+  <si>
+    <t>3881.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;340мл;D=100/43,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140436</t>
+  </si>
+  <si>
+    <t>9001 C152</t>
+  </si>
+  <si>
+    <t>8725.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;228мл;D=90/45,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03140437</t>
+  </si>
+  <si>
+    <t>9001 C189</t>
+  </si>
+  <si>
+    <t>7115.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рио Грин»;фарфор;340мл;D=10,H=7см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03140439</t>
+  </si>
+  <si>
+    <t>1529 0152</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Афродита»;фарфор;190мл;D=80,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03140441</t>
+  </si>
+  <si>
+    <t>2606-white</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;340мл;D=100,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03140449</t>
+  </si>
+  <si>
+    <t>9001 C174</t>
+  </si>
+  <si>
+    <t>9533.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;228мл;D=90/46,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03140450</t>
+  </si>
+  <si>
+    <t>9001 C173</t>
+  </si>
+  <si>
+    <t>7739.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Антуанетт»;фарфор;340мл;D=10,H=7см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03140481</t>
+  </si>
+  <si>
+    <t>9019 C152</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>13930.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Антуанетт»;фарфор;213мл;D=75,H=70мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03140482</t>
+  </si>
+  <si>
+    <t>9019 C331</t>
+  </si>
+  <si>
+    <t>13114.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;250мл;D=85/55,H=60,L=120мм;белый</t>
+  </si>
+  <si>
+    <t>03140487</t>
+  </si>
+  <si>
+    <t>A15812</t>
+  </si>
+  <si>
+    <t>1582.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;200мл;D=85/54,H=55,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140488</t>
+  </si>
+  <si>
+    <t>A10376</t>
+  </si>
+  <si>
+    <t>1400.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Увертюра»;фарфор;210мл;D=85,H=63мм;белый</t>
+  </si>
+  <si>
+    <t>03140490</t>
+  </si>
+  <si>
+    <t>OV016210000</t>
+  </si>
+  <si>
+    <t>Ouvertur</t>
   </si>
   <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Чашка чайная «Террес де Ревес»;керамика;190мл;D=80,H=51мм;коричнев.,синий</t>
-[...5 lines deleted...]
-    <t>B5117302C</t>
+    <t>Чашка чайная «Рио Пинк»;фарфор;340мл;D=10,H=7см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03140499</t>
+  </si>
+  <si>
+    <t>1532 0152</t>
+  </si>
+  <si>
+    <t>7677.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Классик»;фарфор;200мл;D=85,H=55,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140504</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>2672.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;200мл;D=80/44,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03140508</t>
+  </si>
+  <si>
+    <t>1101 0217</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нестор»;фарфор;190мл;,H=55,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140510</t>
+  </si>
+  <si>
+    <t>Nestor</t>
+  </si>
+  <si>
+    <t>1818.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Айвори»;фарфор;170мл;D=8,H=6см;айвори</t>
+  </si>
+  <si>
+    <t>03140513</t>
+  </si>
+  <si>
+    <t>1500 A184</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алберго»;фарфор;340мл;D=109,H=68,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140516</t>
+  </si>
+  <si>
+    <t>AL017270000</t>
+  </si>
+  <si>
+    <t>6592.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;213мл;D=75/44,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140518</t>
+  </si>
+  <si>
+    <t>9001 C331</t>
+  </si>
+  <si>
+    <t>6176.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Органикс»;фарфор;285мл;D=100,H=73мм;белый</t>
+  </si>
+  <si>
+    <t>03140528</t>
+  </si>
+  <si>
+    <t>9002 C652</t>
+  </si>
+  <si>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>5583.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Жансан»;фарфор;260мл;D=76,H=78мм;белый</t>
+  </si>
+  <si>
+    <t>03140531</t>
+  </si>
+  <si>
+    <t>S0528</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Ginseng</t>
+  </si>
+  <si>
+    <t>8680.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Атлантис»;фарфор;180мл;D=85,H=68,B=85мм;белый</t>
+  </si>
+  <si>
+    <t>03140538</t>
+  </si>
+  <si>
+    <t>ATL0618</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Атлантис»;фарфор;220мл;D=100,H=58,B=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140539</t>
+  </si>
+  <si>
+    <t>ATL0622</t>
+  </si>
+  <si>
+    <t>5152.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эсс Класс»;фарфор;150мл;D=78,H=60,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140542</t>
+  </si>
+  <si>
+    <t>ESD0220</t>
+  </si>
+  <si>
+    <t>Ess Klasse</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эвита»;фарфор;250мл;D=85,H=70,L=105,B=85мм;белый</t>
+  </si>
+  <si>
+    <t>03140543</t>
+  </si>
+  <si>
+    <t>EVI0225</t>
+  </si>
+  <si>
+    <t>Evita</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Визувио»;фарфор;215мл;D=88,H=72,B=72мм;белый</t>
+  </si>
+  <si>
+    <t>03140547</t>
+  </si>
+  <si>
+    <t>VS016200000</t>
+  </si>
+  <si>
+    <t>Vesuvio</t>
+  </si>
+  <si>
+    <t>4443.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;340мл;D=100/44,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140551</t>
+  </si>
+  <si>
+    <t>1101 0152</t>
+  </si>
+  <si>
+    <t>5891.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Трианон»;стекло;220мл;D=85,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140552</t>
+  </si>
+  <si>
+    <t>D6921</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Афродита»;фарфор;190мл;D=80,H=55мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03140553</t>
+  </si>
+  <si>
+    <t>2606-gold</t>
+  </si>
+  <si>
+    <t>3997.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;228мл;D=90/44,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03140560</t>
+  </si>
+  <si>
+    <t>1101 0189</t>
+  </si>
+  <si>
+    <t>4536.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;280мл;D=105/65,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03140565</t>
+  </si>
+  <si>
+    <t>1101 0546</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;170мл;D=85/43,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140566</t>
+  </si>
+  <si>
+    <t>1101 0547</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нестор»;фарфор;250мл;,H=6,L=12см;белый</t>
+  </si>
+  <si>
+    <t>03140575</t>
+  </si>
+  <si>
+    <t>1898.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Сквэа» набор[6шт];фарфор;200мл;D=165,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03140578</t>
+  </si>
+  <si>
+    <t>SQ1120(6)</t>
+  </si>
+  <si>
+    <t>Square</t>
+  </si>
+  <si>
+    <t>27350.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;210мл;D=95/55,H=53,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03140581</t>
+  </si>
+  <si>
+    <t>A4184</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара;стекло;180мл;D=90/136,H=66мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140583</t>
+  </si>
+  <si>
+    <t>97948/b</t>
+  </si>
+  <si>
+    <t>1246.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;250мл;D=99/50,H=52,L=120мм;белый</t>
+  </si>
+  <si>
+    <t>03140584</t>
+  </si>
+  <si>
+    <t>A2348</t>
+  </si>
+  <si>
+    <t>1302.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;280мл;D=109/54,H=60,L=130мм;белый</t>
+  </si>
+  <si>
+    <t>03140585</t>
+  </si>
+  <si>
+    <t>A2744</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;455мл;D=120/44,H=85мм;белый</t>
+  </si>
+  <si>
+    <t>03140587</t>
+  </si>
+  <si>
+    <t>1101 0150</t>
+  </si>
+  <si>
+    <t>7077.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;200мл;D=90,H=75,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03140596</t>
+  </si>
+  <si>
+    <t>A6711</t>
+  </si>
+  <si>
+    <t>1267.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;фарфор;200мл;D=83/45,H=62,L=108мм;белый</t>
+  </si>
+  <si>
+    <t>03140598</t>
+  </si>
+  <si>
+    <t>A1943</t>
+  </si>
+  <si>
+    <t>987.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Америка»;фарфор;220мл;D=83,H=63,B=83мм;белый</t>
+  </si>
+  <si>
+    <t>03140603</t>
+  </si>
+  <si>
+    <t>0105</t>
+  </si>
+  <si>
+    <t>2418.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Зи-Деаринг»;фарфор;220мл;D=80,H=67мм;белый</t>
+  </si>
+  <si>
+    <t>03140604</t>
+  </si>
+  <si>
+    <t>G3745</t>
+  </si>
+  <si>
+    <t>Z-Daring</t>
+  </si>
+  <si>
+    <t>1806.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Это»;фарфор;190мл;D=92,H=65,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03140605</t>
+  </si>
+  <si>
+    <t>Eto</t>
+  </si>
+  <si>
+    <t>2934.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Олеа»;фарфор;260мл;D=80,H=83,L=102мм;белый</t>
+  </si>
+  <si>
+    <t>03140606</t>
+  </si>
+  <si>
+    <t>S2528</t>
+  </si>
+  <si>
+    <t>Olea</t>
+  </si>
+  <si>
+    <t>МАЛАЙЗИЯ</t>
+  </si>
+  <si>
+    <t>4417.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кларет»;фарфор;170мл;D=80,H=55мм;айвори,бордо</t>
+  </si>
+  <si>
+    <t>03140611</t>
+  </si>
+  <si>
+    <t>1503 A184</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>3335.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кларет»;фарфор;340мл;D=10,H=7см;айвори,бордо</t>
+  </si>
+  <si>
+    <t>03140612</t>
+  </si>
+  <si>
+    <t>1503 A152</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Максим»;фарфор;190мл;D=75,H=70,B=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140625</t>
+  </si>
+  <si>
+    <t>MAX0619</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>2049.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Максим»;фарфор;250мл;D=76,H=80,B=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140626</t>
+  </si>
+  <si>
+    <t>MAX0625</t>
+  </si>
+  <si>
+    <t>2911.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Максим»;фарфор;250мл;D=84,H=75,B=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140627</t>
+  </si>
+  <si>
+    <t>MAX0225</t>
+  </si>
+  <si>
+    <t>2495.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Антуанетт»;фарфор;228мл;D=9,H=6,L=12см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03140629</t>
+  </si>
+  <si>
+    <t>9019 C338</t>
+  </si>
+  <si>
+    <t>15062.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кларет»;фарфор;228мл;D=9,H=6см;айвори,бордо</t>
+  </si>
+  <si>
+    <t>03140633</t>
+  </si>
+  <si>
+    <t>1503 A189</t>
+  </si>
+  <si>
+    <t>4520.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Сохо»;керамика;230мл;D=9,H=6см;коричнев.</t>
+  </si>
+  <si>
+    <t>03140635</t>
+  </si>
+  <si>
+    <t>S10-113-19</t>
+  </si>
+  <si>
+    <t>Soho</t>
+  </si>
+  <si>
+    <t>922.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Сатиник»;фарфор;180мл;D=78,H=55,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140638</t>
+  </si>
+  <si>
+    <t>S0437</t>
+  </si>
+  <si>
+    <t>Satinique</t>
+  </si>
+  <si>
+    <t>8239.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Сатиник»;фарфор;270мл;D=88,H=65,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140639</t>
+  </si>
+  <si>
+    <t>S0438</t>
+  </si>
+  <si>
+    <t>13139.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Жансан»;фарфор;180мл;D=77,H=58мм;белый</t>
+  </si>
+  <si>
+    <t>03140640</t>
+  </si>
+  <si>
+    <t>S0537</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Антуанетт»;фарфор;228мл;D=9,H=6см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03140644</t>
+  </si>
+  <si>
+    <t>9019 C189</t>
+  </si>
+  <si>
+    <t>8162.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;200мл;D=85/45,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03140645</t>
+  </si>
+  <si>
+    <t>1101 0216</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кунстверк»;керамика;150мл;D=6,H=8см;зелен.</t>
+  </si>
+  <si>
+    <t>03140647</t>
+  </si>
+  <si>
+    <t>G028-Green</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Антуанетт»;фарфор;170мл;D=70,H=65мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03140648</t>
+  </si>
+  <si>
+    <t>9019 C332</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Феннель»;фарфор;170мл;D=82,H=60мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03140651</t>
+  </si>
+  <si>
+    <t>1541 A184</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Грин»;фарфор;228мл;D=90/45,H=60мм;зелен.</t>
+  </si>
+  <si>
+    <t>03140662</t>
+  </si>
+  <si>
+    <t>1131 0189</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>7185.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Грин»;фарфор;200мл;D=80/44,H=60мм;зелен.,коричный</t>
+  </si>
+  <si>
+    <t>03140663</t>
+  </si>
+  <si>
+    <t>1131 0217</t>
+  </si>
+  <si>
+    <t>7970.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Блю»;фарфор;285мл;D=90/46,H=65мм;синий,коричный</t>
+  </si>
+  <si>
+    <t>03140666</t>
+  </si>
+  <si>
+    <t>1130 0188</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>11235.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Блю»;фарфор;200мл;D=8,H=6см;синий,коричный</t>
+  </si>
+  <si>
+    <t>03140667</t>
+  </si>
+  <si>
+    <t>1130 0217</t>
+  </si>
+  <si>
+    <t>9364.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Блю»;фарфор;340мл;D=100/43,H=70мм;синий</t>
+  </si>
+  <si>
+    <t>03140668</t>
+  </si>
+  <si>
+    <t>1130 0152</t>
+  </si>
+  <si>
+    <t>10588.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Грин»;фарфор;285мл;D=90/46,H=65мм;зелен.,коричный</t>
+  </si>
+  <si>
+    <t>03140670</t>
+  </si>
+  <si>
+    <t>1131 0188</t>
+  </si>
+  <si>
+    <t>8848.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт грин»;фарфор;340мл;D=100/43,H=70мм;зелен.</t>
+  </si>
+  <si>
+    <t>03140671</t>
+  </si>
+  <si>
+    <t>1131 0152</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Браун»;фарфор;285мл;D=90/46,H=65мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140673</t>
+  </si>
+  <si>
+    <t>1132 0188</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Блю»;фарфор;455мл;D=120/45,H=85мм;синий,коричный</t>
+  </si>
+  <si>
+    <t>03140675</t>
+  </si>
+  <si>
+    <t>1130 0150</t>
+  </si>
+  <si>
+    <t>15801.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Блю»;фарфор;228мл;D=90/45,H=60мм;синий,коричнев.</t>
+  </si>
+  <si>
+    <t>03140678</t>
+  </si>
+  <si>
+    <t>1130 0189</t>
+  </si>
+  <si>
+    <t>7254.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Грин»;фарфор;455мл;D=120/45,H=85мм;зелен.,коричный</t>
+  </si>
+  <si>
+    <t>03140679</t>
+  </si>
+  <si>
+    <t>1131 0150</t>
+  </si>
+  <si>
+    <t>14892.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Браун»;фарфор;200мл;D=80/44,H=60мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140680</t>
+  </si>
+  <si>
+    <t>1132 0217</t>
+  </si>
+  <si>
+    <t>9317.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Браун»;фарфор;228мл;D=90/52,H=60мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03140681</t>
+  </si>
+  <si>
+    <t>1132 0189</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Проотель»;сосна;170мл;D=70,H=69мм;черный</t>
+  </si>
+  <si>
+    <t>03140682</t>
+  </si>
+  <si>
+    <t>19-0088</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>1589.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Дорота»;фарфор;430мл;D=113,H=68,L=140мм;белый</t>
+  </si>
+  <si>
+    <t>03140685</t>
+  </si>
+  <si>
+    <t>Dorota</t>
+  </si>
+  <si>
+    <t>4097.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Симплисити»;фарфор;285мл;D=90/45,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03140686</t>
+  </si>
+  <si>
+    <t>1101 0188</t>
+  </si>
+  <si>
+    <t>5313.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;200мл;D=80/67,H=60,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>03140689</t>
+  </si>
+  <si>
+    <t>P7061009/9904002</t>
+  </si>
+  <si>
+    <t>1904.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;225мл;D=9,H=7,B=15см;белый</t>
+  </si>
+  <si>
+    <t>03140690</t>
+  </si>
+  <si>
+    <t>P7060309/9900128</t>
+  </si>
+  <si>
+    <t>3017.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;250мл;D=95,H=69,B=155мм;белый</t>
+  </si>
+  <si>
+    <t>03140691</t>
+  </si>
+  <si>
+    <t>P7061010/9904088</t>
+  </si>
+  <si>
+    <t>2751.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;170мл;D=70/44,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140695</t>
+  </si>
+  <si>
+    <t>9001 C332</t>
+  </si>
+  <si>
+    <t>7046.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рио Блю»;фарфор;340мл;D=100/43,H=70мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140699</t>
+  </si>
+  <si>
+    <t>1531 0152</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>10788.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эмбасси вайт»;фарфор;250мл;D=85,H=72,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03140707</t>
+  </si>
+  <si>
+    <t>S0129</t>
+  </si>
+  <si>
+    <t>Embassy White</t>
+  </si>
+  <si>
+    <t>4263.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рио Грин»;фарфор;228мл;D=9,H=6см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03140711</t>
+  </si>
+  <si>
+    <t>1529 0189</t>
+  </si>
+  <si>
+    <t>4590.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рио Йеллоу»;фарфор;228мл;D=9,H=6см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03140712</t>
+  </si>
+  <si>
+    <t>1530 0189</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рио Блю»;фарфор;228мл;D=9,H=6см;белый,синий</t>
+  </si>
+  <si>
+    <t>03140713</t>
+  </si>
+  <si>
+    <t>1531 0189</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Портофино»;фарфор;375мл;D=87,H=111мм;белый</t>
+  </si>
+  <si>
+    <t>03140717</t>
+  </si>
+  <si>
+    <t>PF017360000</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Оптик»;фарфор;340мл;D=10,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03140718</t>
+  </si>
+  <si>
+    <t>9118 C1014</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>6199.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Оптик»;фарфор;228мл;D=94,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140719</t>
+  </si>
+  <si>
+    <t>9118 C1015</t>
+  </si>
+  <si>
+    <t>4967.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Оптик»;фарфор;180мл;D=80,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140720</t>
+  </si>
+  <si>
+    <t>9118 C1016</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Оптик»;фарфор;213мл;D=80,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140721</t>
+  </si>
+  <si>
+    <t>9118 C1020</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Оптик»;фарфор;170мл;D=70,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03140722</t>
+  </si>
+  <si>
+    <t>9118 C1021</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лайк»;фарфор;200мл;D=8,H=8,L=11см;белый</t>
+  </si>
+  <si>
+    <t>03140731</t>
+  </si>
+  <si>
+    <t>0661</t>
+  </si>
+  <si>
+    <t>Like</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кантри»;фарфор;190мл;D=8,H=6см;зелен.</t>
+  </si>
+  <si>
+    <t>03140734</t>
+  </si>
+  <si>
+    <t>TRY0219</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>3196.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кантри»;фарфор;250мл;D=85,H=60мм;зелен.</t>
+  </si>
+  <si>
+    <t>03140735</t>
+  </si>
+  <si>
+    <t>TRY0225</t>
+  </si>
+  <si>
+    <t>3481.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Терракота»;фарфор;285мл;D=90/46,H=65мм;терракот,коричный</t>
+  </si>
+  <si>
+    <t>03140746</t>
+  </si>
+  <si>
+    <t>1133 0188</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>6076.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Терракота»;фарфор;200мл;D=80/44,H=60мм;терракот,коричный</t>
+  </si>
+  <si>
+    <t>03140747</t>
+  </si>
+  <si>
+    <t>1133 0217</t>
+  </si>
+  <si>
+    <t>8555.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Терракота»;фарфор;340мл;D=10,H=7,L=13см;терракот</t>
+  </si>
+  <si>
+    <t>03140749</t>
+  </si>
+  <si>
+    <t>1133 0152</t>
+  </si>
+  <si>
+    <t>5240.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Терракота»;фарфор;228мл;D=90/45,H=60мм;терракот,коричнев.</t>
+  </si>
+  <si>
+    <t>03140750</t>
+  </si>
+  <si>
+    <t>1133 0189</t>
+  </si>
+  <si>
+    <t>7801.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Грей»;фарфор;285мл;D=90,H=65мм;серый,коричный</t>
+  </si>
+  <si>
+    <t>03140751</t>
+  </si>
+  <si>
+    <t>1154 0188</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>5175.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Грэй»;фарфор;200мл;D=8,H=6см;серый</t>
+  </si>
+  <si>
+    <t>03140752</t>
+  </si>
+  <si>
+    <t>1154 0217</t>
+  </si>
+  <si>
+    <t>4420.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт»;фарфор;340мл;D=10,H=7,L=13см;серый</t>
+  </si>
+  <si>
+    <t>03140754</t>
+  </si>
+  <si>
+    <t>1154 0152</t>
+  </si>
+  <si>
+    <t>5094.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Грэй»;фарфор;228мл;D=9,H=6см;серый</t>
+  </si>
+  <si>
+    <t>03140755</t>
+  </si>
+  <si>
+    <t>1154 0189</t>
+  </si>
+  <si>
+    <t>4613.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Арома»;стекло;220мл;D=77,H=88мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140756</t>
+  </si>
+  <si>
+    <t>C1511</t>
+  </si>
+  <si>
+    <t>Aroma</t>
+  </si>
+  <si>
+    <t>1575.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Опшенс»;фарфор;260мл;D=105,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140759</t>
+  </si>
+  <si>
+    <t>71 5176</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>9987.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Опшенс»;фарфор;180мл;D=72,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140760</t>
+  </si>
+  <si>
+    <t>71 5317</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Карат»;фарфор;180мл;D=79,H=57,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140762</t>
+  </si>
+  <si>
+    <t>25 5118</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Карат»;фарфор;220мл;D=80,H=67,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>03140763</t>
+  </si>
+  <si>
+    <t>25 5122</t>
+  </si>
+  <si>
+    <t>7731.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Карат»;фарфор;280мл;D=86,H=70,L=105мм;белый</t>
+  </si>
+  <si>
+    <t>03140764</t>
+  </si>
+  <si>
+    <t>25 5128</t>
+  </si>
+  <si>
+    <t>6445.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Моцарт»;фарфор;180мл;D=90,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03140765</t>
+  </si>
+  <si>
+    <t>57 5168</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>7200.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Моцарт»;фарфор;260мл;D=85,H=76мм;белый</t>
+  </si>
+  <si>
+    <t>03140766</t>
+  </si>
+  <si>
+    <t>57 5375</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Моцарт»;фарфор;180мл;D=76,H=83мм;белый</t>
+  </si>
+  <si>
+    <t>03140767</t>
+  </si>
+  <si>
+    <t>57 5318</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Моцарт»;фарфор;180мл;D=82,H=53мм;белый</t>
+  </si>
+  <si>
+    <t>03140768</t>
+  </si>
+  <si>
+    <t>57 5118</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Штутгарт»;фарфор;180мл;D=90,H=48мм;белый</t>
+  </si>
+  <si>
+    <t>03140770</t>
+  </si>
+  <si>
+    <t>55 5168</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>3804.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Штутгарт»;фарфор;210мл;D=9,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03140771</t>
+  </si>
+  <si>
+    <t>55 5171</t>
+  </si>
+  <si>
+    <t>6330.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Штутгарт»;фарфор;250мл;D=93,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03140772</t>
+  </si>
+  <si>
+    <t>55 5175</t>
+  </si>
+  <si>
+    <t>5437.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Штутгарт»;фарфор;180мл;D=82,H=53мм;белый</t>
+  </si>
+  <si>
+    <t>03140773</t>
+  </si>
+  <si>
+    <t>55 5118</t>
+  </si>
+  <si>
+    <t>5306.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Штутгарт»;фарфор;180мл;белый</t>
+  </si>
+  <si>
+    <t>03140774</t>
+  </si>
+  <si>
+    <t>55 5318</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Торино»;фарфор;213мл;D=82мм;белый</t>
+  </si>
+  <si>
+    <t>03140784</t>
+  </si>
+  <si>
+    <t>9007 C027</t>
+  </si>
+  <si>
+    <t>Torino White</t>
+  </si>
+  <si>
+    <t>4289.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Торино»;фарфор;228мл;D=95,H=66мм;белый</t>
+  </si>
+  <si>
+    <t>03140785</t>
+  </si>
+  <si>
+    <t>9007 C029</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Штутгарт»;фарфор;260мл;D=88,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03140795</t>
+  </si>
+  <si>
+    <t>55 5325</t>
+  </si>
+  <si>
+    <t>7477.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рафинез»;фарфор;280мл;D=107,H=60,L=133мм;айвори</t>
+  </si>
+  <si>
+    <t>03140797</t>
+  </si>
+  <si>
+    <t>20 5178</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пикадилли»;фарфор;170мл</t>
+  </si>
+  <si>
+    <t>03140810</t>
+  </si>
+  <si>
+    <t>8103BC132</t>
+  </si>
+  <si>
+    <t>Royal Crown Derby</t>
+  </si>
+  <si>
+    <t>Piccadilly</t>
+  </si>
+  <si>
+    <t>22741.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Вестминстер»;фарфор;170мл;D=80,H=65,L=105мм</t>
+  </si>
+  <si>
+    <t>03140812</t>
+  </si>
+  <si>
+    <t>8105BC132</t>
+  </si>
+  <si>
+    <t>Westminster</t>
+  </si>
+  <si>
+    <t>23878.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Монако Вайт»;фарфор;228мл;D=85,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03140814</t>
+  </si>
+  <si>
+    <t>9001 C338</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пьюрити»;эко-кост. фарф.;190мл;D=85,H=54мм;белый</t>
+  </si>
+  <si>
+    <t>03140836</t>
+  </si>
+  <si>
+    <t>69 5169</t>
+  </si>
+  <si>
+    <t>9510.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пьюрити»;эко-кост. фарф.;220мл;D=85,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03140837</t>
+  </si>
+  <si>
+    <t>69 5172</t>
+  </si>
+  <si>
+    <t>9910.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пьюрити»;эко-кост. фарф.;350мл;D=107,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140839</t>
+  </si>
+  <si>
+    <t>69 5185</t>
+  </si>
+  <si>
+    <t>14538.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пьюрити»;эко-кост. фарф.;240мл;D=105,H=48,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03140840</t>
+  </si>
+  <si>
+    <t>69 5174</t>
+  </si>
+  <si>
+    <t>12220.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нью Граффити»;фарфор;230мл;D=95мм</t>
+  </si>
+  <si>
+    <t>03140845</t>
+  </si>
+  <si>
+    <t>NG01623</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>2373.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пьюрити»;эко-кост. фарф.;260мл;D=90,H=67мм;белый</t>
+  </si>
+  <si>
+    <t>03140846</t>
+  </si>
+  <si>
+    <t>69 5176</t>
+  </si>
+  <si>
+    <t>12028.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Диалог»;фарфор;220мл;D=78,H=69мм;белый</t>
+  </si>
+  <si>
+    <t>03140851</t>
+  </si>
+  <si>
+    <t>80 5122</t>
+  </si>
+  <si>
+    <t>Dialog</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лив»;фарфор;350мл;D=105/44,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03140852</t>
+  </si>
+  <si>
+    <t>1340 X0019</t>
+  </si>
+  <si>
+    <t>Liv</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Голубка»;фарфор;220мл;D=80/137,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03140860</t>
+  </si>
+  <si>
+    <t>7С0183</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Голубка</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>2241.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лив»;фарфор;228мл;D=90,H=67мм;белый</t>
+  </si>
+  <si>
+    <t>03140898</t>
+  </si>
+  <si>
+    <t>1340 X0021</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мэш вайт»;фарфор;220мл;белый</t>
+  </si>
+  <si>
+    <t>03140933</t>
+  </si>
+  <si>
+    <t>11770-800001-14642</t>
+  </si>
+  <si>
+    <t>Mesh White</t>
+  </si>
+  <si>
+    <t>5475.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Коллаж»;фарфор;135мл;D=77/130мм;белый</t>
+  </si>
+  <si>
+    <t>03140934</t>
+  </si>
+  <si>
+    <t>фк190</t>
+  </si>
+  <si>
+    <t>Collage</t>
+  </si>
+  <si>
+    <t>588.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Коллаж»;фарфор;200мл;D=82/140мм;белый</t>
+  </si>
+  <si>
+    <t>03140935</t>
+  </si>
+  <si>
+    <t>фк191</t>
+  </si>
+  <si>
+    <t>714.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Коллаж»;фарфор;150мл;D=77/130мм;белый</t>
+  </si>
+  <si>
+    <t>03140936</t>
+  </si>
+  <si>
+    <t>фк193</t>
+  </si>
+  <si>
+    <t>1113.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Коллаж»;фарфор;175мл;D=83/150,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03140937</t>
+  </si>
+  <si>
+    <t>фк194</t>
+  </si>
+  <si>
+    <t>1820.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Чайная пара «Коллаж»;фарфор;250мл;белый</t>
+  </si>
+  <si>
+    <t>03140938</t>
+  </si>
+  <si>
+    <t>фк195</t>
+  </si>
+  <si>
+    <t>952.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;455мл;D=120/43,H=85мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140941</t>
+  </si>
+  <si>
+    <t>1710 0150</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>9779.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;340мл;D=100/44,H=70мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140942</t>
+  </si>
+  <si>
+    <t>1710 0152</t>
+  </si>
+  <si>
+    <t>9279.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;228мл;D=90/44,H=60мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140943</t>
+  </si>
+  <si>
+    <t>1710 0189</t>
+  </si>
+  <si>
+    <t>7400.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю дэппл»;фарфор;225мл;D=82,H=60,L=110мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140944</t>
+  </si>
+  <si>
+    <t>1710 0217</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;170мл;D=75/44,H=60мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03140946</t>
+  </si>
+  <si>
+    <t>1710 0230</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Опшенс»;фарфор;440мл;D=120,H=77мм;белый</t>
+  </si>
+  <si>
+    <t>03140954</t>
+  </si>
+  <si>
+    <t>71 5190</t>
+  </si>
+  <si>
+    <t>9587.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лагуна»;фарфор;200мл;D=8,H=6см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03140958</t>
+  </si>
+  <si>
+    <t>1315 0217</t>
+  </si>
+  <si>
+    <t>5652.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;200мл;D=88/140,H=70,L=115мм;белый</t>
+  </si>
+  <si>
+    <t>03140969</t>
+  </si>
+  <si>
+    <t>P7060308/9904102</t>
+  </si>
+  <si>
+    <t>1883.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;350мл;D=100/155,H=80,L=155мм;белый</t>
+  </si>
+  <si>
+    <t>03140972</t>
+  </si>
+  <si>
+    <t>P7060311/9902223</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;200мл;D=85/137,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03140973</t>
+  </si>
+  <si>
+    <t>P7060409/99004134</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;250мл;D=90/167мм;белый</t>
+  </si>
+  <si>
+    <t>03140974</t>
+  </si>
+  <si>
+    <t>P7060509/9904135</t>
+  </si>
+  <si>
+    <t>2660.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Америка»;фарфор;350мл;D=115/58,H=70,B=140мм;белый</t>
+  </si>
+  <si>
+    <t>03140976</t>
+  </si>
+  <si>
+    <t>0107</t>
+  </si>
+  <si>
+    <t>2341.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Аква»;стекло;215мл;D=88/130,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>03140977</t>
+  </si>
+  <si>
+    <t>95040/b</t>
+  </si>
+  <si>
+    <t>Aqua</t>
+  </si>
+  <si>
+    <t>1365.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кунстверк»;фарфор;150мл;D=13см;белый</t>
+  </si>
+  <si>
+    <t>03140985</t>
+  </si>
+  <si>
+    <t>P7061008/9902222</t>
+  </si>
+  <si>
+    <t>1295.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Верона»;фарфор;360мл;белый</t>
+  </si>
+  <si>
+    <t>03140989</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Рэд»;фарфор;200мл;D=80/44,H=60мм;красный</t>
+  </si>
+  <si>
+    <t>03140992</t>
+  </si>
+  <si>
+    <t>1134 0217</t>
+  </si>
+  <si>
+    <t>Craft Red</t>
+  </si>
+  <si>
+    <t>5860.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лив»;фарфор;170мл;D=83,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03140997</t>
+  </si>
+  <si>
+    <t>1340 X0022</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Меш Аква»;фарфор;290мл;D=94,H=72мм;голуб.</t>
+  </si>
+  <si>
+    <t>03141005</t>
+  </si>
+  <si>
+    <t>11770-405152-14772</t>
+  </si>
+  <si>
+    <t>Mesh Agua</t>
+  </si>
+  <si>
+    <t>7161.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рафинез»;фарфор;220мл;D=76,H=93мм;айвори</t>
+  </si>
+  <si>
+    <t>03141006</t>
+  </si>
+  <si>
+    <t>20 5272</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Проотель» двойные стенки;термост.стекло;150мл;D=104,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141022</t>
+  </si>
+  <si>
+    <t>DC030-150ML</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Проотель» двойные стенки;термост.стекло;300мл;D=103,H=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141023</t>
+  </si>
+  <si>
+    <t>DC030</t>
+  </si>
+  <si>
+    <t>5229.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лайфстиль»;фарфор;220мл;D=95,H=55мм;песочн.</t>
+  </si>
+  <si>
+    <t>03141042</t>
+  </si>
+  <si>
+    <t>LSN0222</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>4952.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;350мл;D=105/44,H=82мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141054</t>
+  </si>
+  <si>
+    <t>1710 X0019</t>
+  </si>
+  <si>
+    <t>9933.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Опера»;фарфор;230мл;D=93,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03141108</t>
+  </si>
+  <si>
+    <t>OP316240000</t>
+  </si>
+  <si>
+    <t>Opera</t>
+  </si>
+  <si>
+    <t>БАНГЛАДЕШ</t>
+  </si>
+  <si>
+    <t>9117.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Тюльпан»;фарфор;250мл;D=87,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03141118</t>
+  </si>
+  <si>
+    <t>7C0177</t>
+  </si>
+  <si>
+    <t>Тюльпан</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Экспресс»;фарфор;220мл;D=75/143,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03141119</t>
+  </si>
+  <si>
+    <t>6С1628</t>
+  </si>
+  <si>
+    <t>Экспресс</t>
+  </si>
+  <si>
+    <t>2380.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кирмаш»;фарфор;250мл;D=85/150,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03141120</t>
+  </si>
+  <si>
+    <t>7С0181</t>
+  </si>
+  <si>
+    <t>2295.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «В.Виена Шарм»;фарфор;205мл;D=85,H=65мм;серый</t>
+  </si>
+  <si>
+    <t>03141121</t>
+  </si>
+  <si>
+    <t>VW016240772</t>
+  </si>
+  <si>
+    <t>Wienna Charm</t>
+  </si>
+  <si>
+    <t>8132.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «В.Виена Шарм»;фарфор;205мл;D=85,H=65мм;розов.</t>
+  </si>
+  <si>
+    <t>03141122</t>
+  </si>
+  <si>
+    <t>VW016240792</t>
+  </si>
+  <si>
+    <t>9595.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «В.Виена Шарм»;фарфор;205мл;D=86,H=65мм;зелен.</t>
+  </si>
+  <si>
+    <t>03141123</t>
+  </si>
+  <si>
+    <t>VW016240841</t>
+  </si>
+  <si>
+    <t>7824.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;285мл;D=98/44,H=79мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141124</t>
+  </si>
+  <si>
+    <t>1710 X0020</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;228мл;D=90/44,H=72мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141125</t>
+  </si>
+  <si>
+    <t>1710 X0021</t>
+  </si>
+  <si>
+    <t>7685.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блю Дэппл»;фарфор;170мл;D=83мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141130</t>
+  </si>
+  <si>
+    <t>1710 X0022</t>
+  </si>
+  <si>
+    <t>6807.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Инфинити»;фарфор;230мл;D=84,H=87мм;белый</t>
+  </si>
+  <si>
+    <t>03141132</t>
+  </si>
+  <si>
+    <t>FR016230000</t>
+  </si>
+  <si>
+    <t>Infinity</t>
+  </si>
+  <si>
+    <t>3626.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Интэнсити»;зеникс;190мл;D=77,H=58мм;белый</t>
+  </si>
+  <si>
+    <t>03141133</t>
+  </si>
+  <si>
+    <t>H9982</t>
+  </si>
+  <si>
+    <t>Intensity</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Тюльпан»;фарфор;250мл;D=85/145,H=65мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03141134</t>
+  </si>
+  <si>
+    <t>7С0262</t>
+  </si>
+  <si>
+    <t>2888.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Браун Дэппл»;фарфор;350мл;D=104/44,H=83мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141138</t>
+  </si>
+  <si>
+    <t>1714 X0019</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>11104.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Браун Дэппл»;фарфор;285мл;D=97/44,H=78мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141139</t>
+  </si>
+  <si>
+    <t>1714 X0020</t>
+  </si>
+  <si>
+    <t>10942.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Браун Дэппл»;фарфор;228мл;D=90/44,H=72мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141140</t>
+  </si>
+  <si>
+    <t>1714 X0021</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Браун Дэппл»;фарфор;200мл;D=8,H=6см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141141</t>
+  </si>
+  <si>
+    <t>1714 0217</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Виллоу»;фарфор;213мл;D=78/43,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03141147</t>
+  </si>
+  <si>
+    <t>9117 C1200</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Виллоу»;фарфор;228мл;D=85/65,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03141148</t>
+  </si>
+  <si>
+    <t>9117 C1201</t>
+  </si>
+  <si>
+    <t>8432.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Браун Дэппл»;фарфор;170мл;D=80/44,H=67мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141149</t>
+  </si>
+  <si>
+    <t>1714 X0022</t>
+  </si>
+  <si>
+    <t>7777.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Френч Классик»;фарфор;350мл;D=195,H=83мм;белый</t>
+  </si>
+  <si>
+    <t>03141151</t>
+  </si>
+  <si>
+    <t>8755.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лагуна Роуз»;керамика;230мл;D=85,H=60мм;розов.,тем.корич.</t>
+  </si>
+  <si>
+    <t>03141159</t>
+  </si>
+  <si>
+    <t>Laguna Rose</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Проотель»;термост.стекло;300мл;D=15см</t>
+  </si>
+  <si>
+    <t>03141160</t>
+  </si>
+  <si>
+    <t>CD030</t>
+  </si>
+  <si>
+    <t>4942.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Проотель»;термост.стекло;250мл;D=130,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141161</t>
+  </si>
+  <si>
+    <t>DC092</t>
+  </si>
+  <si>
+    <t>7420.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нами»;фарфор;300мл;D=93,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03141168</t>
+  </si>
+  <si>
+    <t>NAM0630</t>
+  </si>
+  <si>
+    <t>6646.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пастораль»;фарфор;190мл;D=85/53,H=55мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03141171</t>
+  </si>
+  <si>
+    <t>P7139609-C-SH113</t>
+  </si>
+  <si>
+    <t>Pastoral</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пастораль»;фарфор;190мл;D=85/55,H=55мм;зелен.</t>
+  </si>
+  <si>
+    <t>03141172</t>
+  </si>
+  <si>
+    <t>P7139609-C-SH115</t>
+  </si>
+  <si>
+    <t>1855.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пастораль»;фарфор;190мл;D=85/55,H=55мм;серый</t>
+  </si>
+  <si>
+    <t>03141173</t>
+  </si>
+  <si>
+    <t>P7139609-C-SH116</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лагуна Блю-Грэй»;керамика;230мл;D=85,H=60мм;серо-голуб.</t>
+  </si>
+  <si>
+    <t>03141175</t>
+  </si>
+  <si>
+    <t>Laguna Blue-Grey</t>
+  </si>
+  <si>
+    <t>6399.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лагуна Верде»;керамика;230мл;D=85,H=60мм;тем.зелен.,коричнев.</t>
+  </si>
+  <si>
+    <t>03141176</t>
+  </si>
+  <si>
+    <t>Laguna Verde</t>
+  </si>
+  <si>
+    <t>6461.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Лагуна Виола»;керамика;230мл;D=85,H=60мм;фиолет.,фиолет.</t>
+  </si>
+  <si>
+    <t>03141177</t>
+  </si>
+  <si>
+    <t>0146647</t>
+  </si>
+  <si>
+    <t>Laguna Viola</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Антуанетт»;керамика;220мл;D=75,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03141183</t>
+  </si>
+  <si>
+    <t>3242.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Браун Дэппл»;фарфор;228мл;D=9,H=6см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141198</t>
+  </si>
+  <si>
+    <t>1714 0189</t>
+  </si>
+  <si>
+    <t>7377.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Экспресс-Восток»;фарфор;220мл;D=143,H=65мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141207</t>
+  </si>
+  <si>
+    <t>8С1048</t>
+  </si>
+  <si>
+    <t>Экспресс-Восток</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Синий крафт»;керамика;250мл;D=9,H=6см;голуб.</t>
+  </si>
+  <si>
+    <t>03141219</t>
+  </si>
+  <si>
+    <t>КРФ00012589</t>
+  </si>
+  <si>
+    <t>Синий Крафт</t>
+  </si>
+  <si>
+    <t>2849.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара;стекло;215мл;D=82,H=72мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141225</t>
+  </si>
+  <si>
+    <t>95307/b</t>
+  </si>
+  <si>
+    <t>1281.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Колорс»;фарфор;250мл;серый</t>
+  </si>
+  <si>
+    <t>03141234</t>
+  </si>
+  <si>
+    <t>KL116150832</t>
+  </si>
+  <si>
+    <t>Kolors</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Колорс»;фарфор;250мл;синий</t>
+  </si>
+  <si>
+    <t>03141235</t>
+  </si>
+  <si>
+    <t>KL116150846</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Колорс»;фарфор;250мл;D=8,H=8см;зелен.</t>
+  </si>
+  <si>
+    <t>03141236</t>
+  </si>
+  <si>
+    <t>KL116150847</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Колорс»;фарфор;250мл;голуб.</t>
+  </si>
+  <si>
+    <t>03141237</t>
+  </si>
+  <si>
+    <t>KL116150854</t>
+  </si>
+  <si>
+    <t>Чайная пара «Карбон»;фарфор;200мл;черный</t>
+  </si>
+  <si>
+    <t>03141245</t>
+  </si>
+  <si>
+    <t>ФРФ88802311</t>
+  </si>
+  <si>
+    <t>Малахит</t>
+  </si>
+  <si>
+    <t>3173.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Блюстоун»;фарфор;228мл;D=90,H=72мм;синий,белый</t>
+  </si>
+  <si>
+    <t>03141267</t>
+  </si>
+  <si>
+    <t>1777 X0021</t>
+  </si>
+  <si>
+    <t>Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>5706.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Джейд»;фарфор;228мл;D=90,H=72мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03141268</t>
+  </si>
+  <si>
+    <t>1778 X0021</t>
+  </si>
+  <si>
+    <t>Revolution Jade</t>
+  </si>
+  <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Блюстоун»;фарфор;350мл;D=10,5,H=10,5см;синий,белый</t>
+  </si>
+  <si>
+    <t>03141269</t>
+  </si>
+  <si>
+    <t>1777 X0019</t>
+  </si>
+  <si>
+    <t>7523.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джейд»;кост.фарф.;220мл;D=10см;белый</t>
+  </si>
+  <si>
+    <t>03141279</t>
+  </si>
+  <si>
+    <t>61040-800001-14642</t>
+  </si>
+  <si>
+    <t>8994.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Тайм»;фарфор;200мл;D=79,H=93мм;белый</t>
+  </si>
+  <si>
+    <t>03141281</t>
+  </si>
+  <si>
+    <t>TIM0220</t>
+  </si>
+  <si>
+    <t>Time</t>
+  </si>
+  <si>
+    <t>2218.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Шоколад»;фарфор;200мл;D=8,H=6см;шоколад.</t>
+  </si>
+  <si>
+    <t>03141321</t>
+  </si>
+  <si>
+    <t>ФРФ88800237</t>
+  </si>
+  <si>
+    <t>Шоколад</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Проотель» двойные стенки;термост.стекло;200мл;D=90,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141323</t>
+  </si>
+  <si>
+    <t>CD030/1</t>
+  </si>
+  <si>
+    <t>2716.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Оникс»;керамика;200мл;D=150,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>03141334</t>
+  </si>
+  <si>
+    <t>Dymov</t>
+  </si>
+  <si>
+    <t>Оникс</t>
+  </si>
+  <si>
+    <t>16956.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Млечный путь»;фарфор;300мл;D=80,H=105мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03141336</t>
+  </si>
+  <si>
+    <t>ФРФ88806553</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Млечный путь»;фарфор;200мл;D=64,H=62мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03141337</t>
+  </si>
+  <si>
+    <t>ФРФ88800253</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Везувиус Амбер»;фарфор;228мл;D=90/44,H=60мм;амбер,белый</t>
+  </si>
+  <si>
+    <t>03141338</t>
+  </si>
+  <si>
+    <t>1202 0189</t>
+  </si>
+  <si>
+    <t>Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>6884.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Везувиус Ляпис»;фарфор;228мл;D=90/45,H=60мм;лазурн.,белый</t>
+  </si>
+  <si>
+    <t>03141339</t>
+  </si>
+  <si>
+    <t>1201 0189</t>
+  </si>
+  <si>
+    <t>Vesuvius Lapis</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Везувиус Амбер»;фарфор;340мл;D=101/44,H=65мм;амбер</t>
+  </si>
+  <si>
+    <t>03141340</t>
+  </si>
+  <si>
+    <t>1202 0152</t>
+  </si>
+  <si>
+    <t>10642.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Везувиус Ляпис»;фарфор;340мл;синий</t>
+  </si>
+  <si>
+    <t>03141341</t>
+  </si>
+  <si>
+    <t>1201 0152</t>
+  </si>
+  <si>
+    <t>8986.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Форест»;фарфор;220мл;белый</t>
+  </si>
+  <si>
+    <t>03141342</t>
+  </si>
+  <si>
+    <t>8С1467</t>
+  </si>
+  <si>
+    <t>Форест</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Малахит»;фарфор;300мл;D=80,H=105мм;малахит.,черный</t>
+  </si>
+  <si>
+    <t>03141344</t>
+  </si>
+  <si>
+    <t>ФРФ88806538</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Малахит»;фарфор;350мл;D=95,H=75мм;малахит.,черный</t>
+  </si>
+  <si>
+    <t>03141345</t>
+  </si>
+  <si>
+    <t>ФРФ88808738</t>
+  </si>
+  <si>
+    <t>1471.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Малахит»;фарфор;200мл;D=80,H=65мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03141346</t>
+  </si>
+  <si>
+    <t>ФРФ88800238</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Малахит»;фарфор;200мл;D=155,H=65мм;черный,зелен.</t>
+  </si>
+  <si>
+    <t>03141347</t>
+  </si>
+  <si>
+    <t>ФРФ88802338</t>
+  </si>
+  <si>
+    <t>1710.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Урбан Смоук»;фарфор;228мл;D=9,H=6см;серый</t>
+  </si>
+  <si>
+    <t>03141348</t>
+  </si>
+  <si>
+    <t>1208 0189</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь оранжевый»;фарфор;200мл;D=15,5см;оранжев.,черный</t>
+  </si>
+  <si>
+    <t>03141349</t>
+  </si>
+  <si>
+    <t>ФРФ88802359</t>
+  </si>
+  <si>
+    <t>Млечный путь оранжевый</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь красный»;фарфор;200мл;D=15,5см;красный,черный</t>
+  </si>
+  <si>
+    <t>03141350</t>
+  </si>
+  <si>
+    <t>ФРФ88802360</t>
+  </si>
+  <si>
+    <t>Млечный путь красный</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь бирюза»;фарфор;200мл;D=15,5см;бирюз.,черный</t>
+  </si>
+  <si>
+    <t>03141351</t>
+  </si>
+  <si>
+    <t>ФРФ88802361</t>
+  </si>
+  <si>
+    <t>Млечный путь бирюза</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь терракот»;фарфор;200мл;см;терракот,черный</t>
+  </si>
+  <si>
+    <t>03141352</t>
+  </si>
+  <si>
+    <t>ФРФ88802362</t>
+  </si>
+  <si>
+    <t>Млечный путь терракот</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь салатовый»;фарфор;200мл;D=15,5см;салатов.,черный</t>
+  </si>
+  <si>
+    <t>03141353</t>
+  </si>
+  <si>
+    <t>ФРФ88802363</t>
+  </si>
+  <si>
+    <t>Млечный путь салатовый</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь голубой»;фарфор;200мл;D=15,5/17см;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03141354</t>
+  </si>
+  <si>
+    <t>ФРФ88802364</t>
+  </si>
+  <si>
+    <t>Млечный путь голубой</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь изумрудный»;фарфор;200мл;D=15,5см;изумруд.,черный</t>
+  </si>
+  <si>
+    <t>03141355</t>
+  </si>
+  <si>
+    <t>ФРФ88802365</t>
+  </si>
+  <si>
+    <t>Млечный путь изумрудный</t>
+  </si>
+  <si>
+    <t>Чайная пара «Капучино»;фарфор;280мл;D=85/140,H=73,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03141356</t>
+  </si>
+  <si>
+    <t>9С1142</t>
+  </si>
+  <si>
+    <t>Капучино</t>
+  </si>
+  <si>
+    <t>2441.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Кармин»;керамика;200мл;D=15см;красный,черный</t>
+  </si>
+  <si>
+    <t>03141367</t>
+  </si>
+  <si>
+    <t>Кармин</t>
+  </si>
+  <si>
+    <t>9217.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Оникс» коническая;керамика;200мл;D=7/16,H=9см;черный</t>
+  </si>
+  <si>
+    <t>03141368</t>
+  </si>
+  <si>
+    <t>17256.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Чайная пара «День и ночь»;керамика;150мл;D=15,H=7см;белый,черный</t>
+  </si>
+  <si>
+    <t>03141369</t>
+  </si>
+  <si>
+    <t>День и ночь</t>
+  </si>
+  <si>
+    <t>13475.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «День и ночь» коническая;керамика;200мл;D=155,H=90мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141370</t>
+  </si>
+  <si>
+    <t>9564.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Трамонтано»;фарфор;200мл;D=80,H=65,L=105мм;малахит.</t>
+  </si>
+  <si>
+    <t>03141374</t>
+  </si>
+  <si>
+    <t>ФРФ88800233</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Верде»;фарфор;200мл;зелен.,коричнев.</t>
+  </si>
+  <si>
+    <t>03141375</t>
+  </si>
+  <si>
+    <t>ФРФ88800252</t>
+  </si>
+  <si>
+    <t>Чашка чайная;фарфор;200мл;D=80,H=65мм;черный,голуб.</t>
+  </si>
+  <si>
+    <t>03141376</t>
+  </si>
+  <si>
+    <t>ФРФ88800246</t>
+  </si>
+  <si>
+    <t>Mars</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Скандинавия»;керамика;250мл;D=15см;голуб.</t>
+  </si>
+  <si>
+    <t>03141383</t>
+  </si>
+  <si>
+    <t>СНД00013083</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>3927.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Радуга»;керамика;250мл;D=65,H=110мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>03141384</t>
+  </si>
+  <si>
+    <t>РАД00003452</t>
+  </si>
+  <si>
+    <t>Радуга</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пингвин»;фарфор;275мл;D=90,H=76мм;белый</t>
+  </si>
+  <si>
+    <t>03141387</t>
+  </si>
+  <si>
+    <t>6С0126</t>
+  </si>
+  <si>
+    <t>Пингвин</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джунто Вайт»;фарфор;230мл;D=80,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03141389</t>
+  </si>
+  <si>
+    <t>10540-800001-14742</t>
+  </si>
+  <si>
+    <t>Junto White</t>
+  </si>
+  <si>
+    <t>7431.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джунто Вайт»;фарфор;240мл;белый</t>
+  </si>
+  <si>
+    <t>03141390</t>
+  </si>
+  <si>
+    <t>10540-800001-14642</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джунто Бронз»;керамика;230мл;D=80,H=75мм;коричнев.,красный</t>
+  </si>
+  <si>
+    <t>03141391</t>
+  </si>
+  <si>
+    <t>21540-405252-64742</t>
+  </si>
+  <si>
+    <t>Junto Bronze</t>
+  </si>
+  <si>
+    <t>6561.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джунтл Пирл Грей»;фарфор;280мл;перламутр.</t>
+  </si>
+  <si>
+    <t>03141392</t>
+  </si>
+  <si>
+    <t>10540-405201-14772</t>
+  </si>
+  <si>
+    <t>Junto Pearl Grey</t>
+  </si>
+  <si>
+    <t>9325.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мэш Вайт»;фарфор;290мл;белый</t>
+  </si>
+  <si>
+    <t>03141393</t>
+  </si>
+  <si>
+    <t>11770-800001-14772</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мэш Вайт»;фарфор;440мл;белый</t>
+  </si>
+  <si>
+    <t>03141395</t>
+  </si>
+  <si>
+    <t>11770-800001-14852</t>
+  </si>
+  <si>
+    <t>7908.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мэш Колорс Крим»;фарфор;220мл;бежев.</t>
+  </si>
+  <si>
+    <t>03141396</t>
+  </si>
+  <si>
+    <t>11770-405153-14642</t>
+  </si>
+  <si>
+    <t>Mesh Colours Cream</t>
+  </si>
+  <si>
+    <t>6954.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эпсилон» с металлическим подстаканником;стекло;320мл;D=93,H=112мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141401</t>
+  </si>
+  <si>
+    <t>Ypsilon</t>
+  </si>
+  <si>
+    <t>2703.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фестон»;керамика;350мл;D=9,H=10см;белый</t>
+  </si>
+  <si>
+    <t>03141421</t>
+  </si>
+  <si>
+    <t>Feston</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Лакрица»;фарфор;228мл;D=90/45,H=60мм;</t>
+  </si>
+  <si>
+    <t>03141427</t>
+  </si>
+  <si>
+    <t>1209 0189</t>
+  </si>
+  <si>
+    <t>Craft Liquorice</t>
+  </si>
+  <si>
+    <t>Чайная пара «Тирамису»;керамика;200мл;D=9см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03141428</t>
+  </si>
+  <si>
+    <t>ТИР00005601</t>
+  </si>
+  <si>
+    <t>Тирамису</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Тирамису»;керамика;250мл;D=15см;белый,черный</t>
+  </si>
+  <si>
+    <t>03141429</t>
+  </si>
+  <si>
+    <t>ТИР00005605</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Скандинавия»;керамика;200мл;D=8,H=7см;голуб.,коричнев.</t>
+  </si>
+  <si>
+    <t>03141437</t>
+  </si>
+  <si>
+    <t>СНД00009820</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Скандинавия»;керамика;250мл;D=110,H=65мм;голуб.,коричнев.</t>
+  </si>
+  <si>
+    <t>03141454</t>
+  </si>
+  <si>
+    <t>СНД00009819</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пинки»;керамика;200мл;D=83,H=68мм;серый</t>
+  </si>
+  <si>
+    <t>03141455</t>
+  </si>
+  <si>
+    <t>ПИН00011612</t>
+  </si>
+  <si>
+    <t>Пинки</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пинки»;керамика;250мл;D=108,H=68мм;серый</t>
+  </si>
+  <si>
+    <t>03141456</t>
+  </si>
+  <si>
+    <t>ПИН00011615</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Маренго»;керамика;200мл;D=83,H=68мм;маренго</t>
+  </si>
+  <si>
+    <t>03141457</t>
+  </si>
+  <si>
+    <t>МАР00011601</t>
+  </si>
+  <si>
+    <t>Маренго</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Маренго»;керамика;250мл;маренго</t>
+  </si>
+  <si>
+    <t>03141458</t>
+  </si>
+  <si>
+    <t>МАР00011604</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Карбон»;фарфор;300мл;D=80,H=105мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03141470</t>
+  </si>
+  <si>
+    <t>ФРФ88806511</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Карбон»;фарфор;200мл;D=80,H=65мм;черный,матовый</t>
+  </si>
+  <si>
+    <t>03141471</t>
+  </si>
+  <si>
+    <t>ФРФ88800211</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Чашка чайная «Пас-парту»;фарфор;200мл;D=85,H=61мм;белый,матовый</t>
-[...425 lines deleted...]
-    <t>4128.00₸</t>
+    <t>Чашка чайная «Экспресс»;фарфор;220мл;D=80,H=67мм;белый</t>
+  </si>
+  <si>
+    <t>03141472</t>
+  </si>
+  <si>
+    <t>6С0140</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;250мл;,H=60,L=125,B=100мм;айвори</t>
+  </si>
+  <si>
+    <t>03141474</t>
+  </si>
+  <si>
+    <t>C088-112BIV</t>
+  </si>
+  <si>
+    <t>Loveramics</t>
+  </si>
+  <si>
+    <t>Egg</t>
+  </si>
+  <si>
+    <t>8743.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;200мл;,H=55,L=115,B=95мм;зелен.</t>
+  </si>
+  <si>
+    <t>03141477</t>
+  </si>
+  <si>
+    <t>C088-124BBI</t>
+  </si>
+  <si>
+    <t>6300.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;200мл;голуб.</t>
+  </si>
+  <si>
+    <t>03141478</t>
+  </si>
+  <si>
+    <t>C088-125BIB</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;150мл;персик.</t>
+  </si>
+  <si>
+    <t>03141479</t>
+  </si>
+  <si>
+    <t>C088-129BRO</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;150мл;желт.</t>
+  </si>
+  <si>
+    <t>03141480</t>
+  </si>
+  <si>
+    <t>C088-130BBC</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;250мл;синий</t>
+  </si>
+  <si>
+    <t>03141483</t>
+  </si>
+  <si>
+    <t>C088-95BDE</t>
+  </si>
+  <si>
+    <t>7448.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;300мл;терракот</t>
+  </si>
+  <si>
+    <t>03141489</t>
+  </si>
+  <si>
+    <t>C088-66BCA</t>
+  </si>
+  <si>
+    <t>8316.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;300мл;шоколад.</t>
+  </si>
+  <si>
+    <t>03141491</t>
+  </si>
+  <si>
+    <t>C088-70BGU</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бонд»;фарфор;150мл;,H=65,L=105,B=80мм;красный</t>
+  </si>
+  <si>
+    <t>03141492</t>
+  </si>
+  <si>
+    <t>C098-18BRE</t>
+  </si>
+  <si>
+    <t>Bond</t>
+  </si>
+  <si>
+    <t>12243.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;150мл;голуб.</t>
+  </si>
+  <si>
+    <t>03141495</t>
+  </si>
+  <si>
+    <t>C088-63BBL</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Сэндстоун»;фарфор;350мл;D=105/45,H=80мм;песочн.,бежев.</t>
+  </si>
+  <si>
+    <t>03141496</t>
+  </si>
+  <si>
+    <t>1776 X0019</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>11135.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Гранит»;фарфор;350мл;D=105/45,H=77мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141497</t>
+  </si>
+  <si>
+    <t>1775 X0019</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>10842.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «ЭфСэКа»;бетон;190мл;D=11,H=3см;серый</t>
+  </si>
+  <si>
+    <t>03141504</t>
+  </si>
+  <si>
+    <t>B4916509</t>
+  </si>
+  <si>
+    <t>21884.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Блэк  Сэриэс»;фарфор;190мл;D=105,H=70мм;черный</t>
+  </si>
+  <si>
+    <t>03141509</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Black Ceres</t>
+  </si>
+  <si>
+    <t>5406.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Сэндстоун»;фарфор;228мл;D=90/44,H=68мм;песочн.,бежев.</t>
+  </si>
+  <si>
+    <t>03141515</t>
+  </si>
+  <si>
+    <t>1776 X0021</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;280мл;D=108,H=66мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03141525</t>
+  </si>
+  <si>
+    <t>0450 7356</t>
+  </si>
+  <si>
+    <t>Aida</t>
+  </si>
+  <si>
+    <t>6114.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;280мл;D=108,H=66мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141527</t>
+  </si>
+  <si>
+    <t>0450 7354</t>
+  </si>
+  <si>
+    <t>7100.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;280мл;D=108,H=66мм;бирюз.</t>
+  </si>
+  <si>
+    <t>03141528</t>
+  </si>
+  <si>
+    <t>0450 7353</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Бьянка»;фарфор;200мл;D=80,H=65,L=105,B=80мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141531</t>
+  </si>
+  <si>
+    <t>ФРФ88800251</t>
+  </si>
+  <si>
+    <t>Чайная пара «Пунто Бьянка»;фарфор;200мл;,H=65,B=155мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141532</t>
+  </si>
+  <si>
+    <t>ФРФ88802351</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Проотель»;стекло;250мл;прозр.</t>
+  </si>
+  <si>
+    <t>03141539</t>
+  </si>
+  <si>
+    <t>DC092w/oS</t>
+  </si>
+  <si>
+    <t>2667.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эволюшнс Уайт»;стекло;220мл;D=108,H=62мм;белый</t>
+  </si>
+  <si>
+    <t>03141540</t>
+  </si>
+  <si>
+    <t>N9349</t>
+  </si>
+  <si>
+    <t>Evolutions White</t>
+  </si>
+  <si>
+    <t>Чайная пара «Млечный путь»;фарфор;200мл;D=155,H=65,L=80мм;черный,серый</t>
+  </si>
+  <si>
+    <t>03141542</t>
+  </si>
+  <si>
+    <t>ФРФ88802353</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Бьянка»;фарфор;300мл;D=80,H=105,B=85мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141543</t>
+  </si>
+  <si>
+    <t>ФРФ88806551</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Меш Аква»;фарфор;350мл;D=79,H=102мм;голуб.</t>
+  </si>
+  <si>
+    <t>03141546</t>
+  </si>
+  <si>
+    <t>11770-405152-15505</t>
+  </si>
+  <si>
+    <t>Mesh Aqua</t>
+  </si>
+  <si>
+    <t>11147.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Короне Челесте»;фарфор;240мл;D=9,H=6см;синий</t>
+  </si>
+  <si>
+    <t>03141549</t>
+  </si>
+  <si>
+    <t>фк0832</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>Corone Celeste</t>
+  </si>
+  <si>
+    <t>2786.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бид»;фарфор;200мл;D=80,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03141551</t>
+  </si>
+  <si>
+    <t>1403 X0133</t>
+  </si>
+  <si>
+    <t>Bead</t>
+  </si>
+  <si>
+    <t>9864.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Везувиус Ляпис»;фарфор;228мл;D=90/44,H=72мм;лазурн.,белый</t>
+  </si>
+  <si>
+    <t>03141554</t>
+  </si>
+  <si>
+    <t>1782 X0021</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Lapis</t>
+  </si>
+  <si>
+    <t>9048.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;180мл;D=88,H=60мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141556</t>
+  </si>
+  <si>
+    <t>0460 7354</t>
+  </si>
+  <si>
+    <t>6168.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;180мл;D=88,H=60мм;синий</t>
+  </si>
+  <si>
+    <t>03141557</t>
+  </si>
+  <si>
+    <t>0460 7355</t>
+  </si>
+  <si>
+    <t>8124.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;280мл;D=108,H=66мм;синий</t>
+  </si>
+  <si>
+    <t>03141558</t>
+  </si>
+  <si>
+    <t>0450 7355</t>
+  </si>
+  <si>
+    <t>9418.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;180мл;D=88,H=60мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03141559</t>
+  </si>
+  <si>
+    <t>0460 7356</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аида»;фарфор;180мл;D=88,H=60мм;бирюз.</t>
+  </si>
+  <si>
+    <t>03141560</t>
+  </si>
+  <si>
+    <t>0460 7353</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Чайная пара «Спайдер»;керамика;250мл;D=16см;белый</t>
+  </si>
+  <si>
+    <t>03141561</t>
+  </si>
+  <si>
+    <t>Спайдер</t>
+  </si>
+  <si>
+    <t>12544.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Лаванда» набор[6шт];фарфор;250мл;D=15см;белый</t>
+  </si>
+  <si>
+    <t>03141562</t>
+  </si>
+  <si>
+    <t>9С2988</t>
+  </si>
+  <si>
+    <t>10511.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Распберри»;фарфор;228мл;D=90/45,H=60мм;розов.</t>
+  </si>
+  <si>
+    <t>03141563</t>
+  </si>
+  <si>
+    <t>1210 0189</t>
+  </si>
+  <si>
+    <t>Craft Raspberry</t>
+  </si>
+  <si>
+    <t>Чайная пара «Спайдер»;керамика;200мл;D=15см;белый</t>
+  </si>
+  <si>
+    <t>03141565</t>
+  </si>
+  <si>
+    <t>11395.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Ташкент»;стекло;290мл;D=98,H=76мм;прозр.</t>
+  </si>
+  <si>
+    <t>03141567</t>
+  </si>
+  <si>
+    <t>96806/b</t>
+  </si>
+  <si>
+    <t>Tashkent</t>
+  </si>
+  <si>
+    <t>1526.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Революшн Блюстоун»;фарфор;228мл;D=90/44,H=70мм;синий,бежев.</t>
+  </si>
+  <si>
+    <t>03141570</t>
+  </si>
+  <si>
+    <t>1780 X0021</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Революшн Гранит»;фарфор;350мл;D=10,5см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141571</t>
+  </si>
+  <si>
+    <t>1779 X0019</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Granite</t>
+  </si>
+  <si>
+    <t>9148.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Революшн Гранит»;фарфор;228мл;D=90/44,H=70мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141572</t>
+  </si>
+  <si>
+    <t>1779 X0021</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Революшн Джейд»;фарфор;350мл;D=10,5см;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03141573</t>
+  </si>
+  <si>
+    <t>1781 X0019</t>
+  </si>
+  <si>
+    <t>Aurora Revolution Jade</t>
+  </si>
+  <si>
+    <t>8571.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Везувиус Амбер»;фарфор;350мл;D=10,5см;бежев.,амбер</t>
+  </si>
+  <si>
+    <t>03141575</t>
+  </si>
+  <si>
+    <t>1784 X0019</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Везувиус Амбер»;фарфор;228мл;D=90,H=72мм;бежев.,амбер</t>
+  </si>
+  <si>
+    <t>03141576</t>
+  </si>
+  <si>
+    <t>1784 X0021</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Везувиус Роуз Кварц»;фарфор;350мл;D=10,5см;бежев.,розов.</t>
+  </si>
+  <si>
+    <t>03141577</t>
+  </si>
+  <si>
+    <t>1785 X0019</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Rose Quartz</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Везувиус Роуз Кварц»;фарфор;228мл;D=90/44,H=70мм;бежев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141578</t>
+  </si>
+  <si>
+    <t>1785 X0021</t>
+  </si>
+  <si>
+    <t>6299.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Везувиус Бернт Эмералд»;фарфор;228мл;D=90/44,H=70мм;изумруд.</t>
+  </si>
+  <si>
+    <t>03141579</t>
+  </si>
+  <si>
+    <t>1783 x0021</t>
+  </si>
+  <si>
+    <t>Aurora Vesuvius Burnt Emerald</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Везувиус Бернт Эмералд»;фарфор;350мл;D=105/44,H=83мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03141583</t>
+  </si>
+  <si>
+    <t>1783 X0019</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аврора Революшн Блюстоун»;фарфор;350мл;D=105/45,H=83мм;синий,бежев.</t>
+  </si>
+  <si>
+    <t>03141584</t>
+  </si>
+  <si>
+    <t>1780 X0019</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Моцарт»;фарфор;200мл;D=90,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03141611</t>
+  </si>
+  <si>
+    <t>57 5168 511803</t>
+  </si>
+  <si>
+    <t>15724.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эг»;фарфор;300мл;мятный</t>
+  </si>
+  <si>
+    <t>03141613</t>
+  </si>
+  <si>
+    <t>C088-15BMT</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джаспер»;фарфор;120мл;мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03141614</t>
+  </si>
+  <si>
+    <t>T8601577/C</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Джаспер»;фарфор;200мл;мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03141615</t>
+  </si>
+  <si>
+    <t>T8601546/C</t>
+  </si>
+  <si>
+    <t>3416.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кейрвейр»;стекло;219мл;D=108,75,H=59,5мм;белый</t>
+  </si>
+  <si>
+    <t>03141618</t>
+  </si>
+  <si>
+    <t>405832MTZ021990</t>
+  </si>
+  <si>
+    <t>Careware</t>
+  </si>
+  <si>
+    <t>1571.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Кейрвейр»;стекло;280мл;D=90,H=64,5,L=117мм;белый</t>
+  </si>
+  <si>
+    <t>03141619</t>
+  </si>
+  <si>
+    <t>405842MTZ021990</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Даймонд»;кост.фарф.;200мл;D=6,H=6см;золотой,белый</t>
+  </si>
+  <si>
+    <t>03141621</t>
+  </si>
+  <si>
+    <t>82115AND0110</t>
+  </si>
+  <si>
+    <t>Diamond</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>38131.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Надежда»;фарфор;250мл;D=106/150,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03141622</t>
+  </si>
+  <si>
+    <t>7С1435</t>
+  </si>
+  <si>
+    <t>Надежда</t>
+  </si>
+  <si>
+    <t>5167.00₸</t>
+  </si>
+  <si>
+    <t>03141628</t>
+  </si>
+  <si>
+    <t>6С1628/2сорт</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Дэрас Голд»;фарфор;200мл;D=120/140,H=65мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03141632</t>
+  </si>
+  <si>
+    <t>LDER034OR153020</t>
+  </si>
+  <si>
+    <t>Deras Gold</t>
+  </si>
+  <si>
+    <t>13260.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Бьянка»;фарфор;350мл;D=95,H=75мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141635</t>
+  </si>
+  <si>
+    <t>ФРФ88812651</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Бьянка»;фарфор;300мл;D=11,H=7см;белый,черный</t>
+  </si>
+  <si>
+    <t>03141636</t>
+  </si>
+  <si>
+    <t>ФРФ88813151</t>
+  </si>
+  <si>
+    <t>3504.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Маррон Реативо»;фарфор;200мл;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141637</t>
+  </si>
+  <si>
+    <t>ФРФ88800273</t>
+  </si>
+  <si>
+    <t>Marrone Reattivo</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Маррон Реативо»;фарфор;300мл;D=80,H=105мм;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>03141639</t>
+  </si>
+  <si>
+    <t>ФРФ88806573</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эрбосо Реативо»;фарфор;200мл;D=80,H=65,L=105мм;бирюз.,бежев.</t>
+  </si>
+  <si>
+    <t>03141640</t>
+  </si>
+  <si>
+    <t>ФРФ88800275</t>
+  </si>
+  <si>
+    <t>Erboso Reattivo</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пунто Верде»;фарфор;300мл;D=11,H=7см;зелен.,коричнев.</t>
+  </si>
+  <si>
+    <t>03141643</t>
+  </si>
+  <si>
+    <t>ФРФ88813152</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пати»;фарфор;200мл;серый,синий</t>
+  </si>
+  <si>
+    <t>03141645</t>
+  </si>
+  <si>
+    <t>ФРФ88800293</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Пати»;фарфор;300мл;D=80,H=105мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03141647</t>
+  </si>
+  <si>
+    <t>ФРФ88806593</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Млечный путь красный»;фарфор;200мл;D=80,H=65мм;красный,черный</t>
+  </si>
+  <si>
+    <t>03141648</t>
+  </si>
+  <si>
+    <t>ФРФ88800260</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Млечный путь салатовый»;фарфор;200мл;D=80,H=65мм;салатов.,черный</t>
+  </si>
+  <si>
+    <t>03141649</t>
+  </si>
+  <si>
+    <t>ФРФ88800263</t>
+  </si>
+  <si>
+    <t>2411.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чакоул Дэппл»;фарфор;285мл;D=95/44,H=77мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141721</t>
+  </si>
+  <si>
+    <t>1756 X0020</t>
+  </si>
+  <si>
+    <t>Charcoal Dapple</t>
+  </si>
+  <si>
+    <t>9741.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чакоул Дэппл»;фарфор;350мл;D=105/44,H=80мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141723</t>
+  </si>
+  <si>
+    <t>1756 X0019</t>
+  </si>
+  <si>
+    <t>10911.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чакоул Дэппл»;фарфор;228мл;D=90/44,H=70мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141724</t>
+  </si>
+  <si>
+    <t>1756 X0021</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Чакоул Дэппл»;фарфор;170мл;D=83/44,H=65мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03141725</t>
+  </si>
+  <si>
+    <t>1756 X0022</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Голубка»;фарфор;200мл;D=75/45,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03141728</t>
+  </si>
+  <si>
+    <t>6С0148</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Рио Блю»;фарфор;170мл;D=75,H=60мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03141737</t>
+  </si>
+  <si>
+    <t>1531 0230</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Джейд»;фарфор;350мл;D=105,H=83мм;зелен.,бежев.</t>
+  </si>
+  <si>
+    <t>03141748</t>
+  </si>
+  <si>
+    <t>1778 X0019</t>
+  </si>
+  <si>
+    <t>8886.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бид Акцент»;фарфор;350мл;D=95/91,H=74,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03141752</t>
+  </si>
+  <si>
+    <t>1403 X0130</t>
+  </si>
+  <si>
+    <t>Bead Accent</t>
+  </si>
+  <si>
+    <t>12775.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Бид Акцент»;фарфор;228мл;D=82,H=67,L=114мм;белый</t>
+  </si>
+  <si>
+    <t>03141753</t>
+  </si>
+  <si>
+    <t>1403 X0131</t>
+  </si>
+  <si>
+    <t>10103.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Венеция отель»;фарфор;220мл;D=85/155,H=62мм;белый,бирюз.</t>
+  </si>
+  <si>
+    <t>03141757</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>VENEZIA HOTEL</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Сейдж»;фарфор;170мл;D=62/40,H=77мм;зелен.,бронз.</t>
+  </si>
+  <si>
+    <t>03141762</t>
+  </si>
+  <si>
+    <t>HL374560</t>
+  </si>
+  <si>
+    <t>Sage</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;150мл;красный</t>
+  </si>
+  <si>
+    <t>03141847</t>
+  </si>
+  <si>
+    <t>C088-59BRE</t>
+  </si>
+  <si>
+    <t>9296.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эгг»;фарфор;150мл;розов.</t>
+  </si>
+  <si>
+    <t>03141848</t>
+  </si>
+  <si>
+    <t>C088-128BBE</t>
+  </si>
+  <si>
+    <t>10577.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Крафт Эппл»;фарфор;228мл;D=90/45,H=60мм;желто-зел.</t>
+  </si>
+  <si>
+    <t>03141904</t>
+  </si>
+  <si>
+    <t>1211 0189</t>
+  </si>
+  <si>
+    <t>Craft Apple</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нанокрем Блю»;фарфор;220мл;D=90,H=64мм;голуб.</t>
+  </si>
+  <si>
+    <t>03141906</t>
+  </si>
+  <si>
+    <t>ATLM01CF802R01</t>
+  </si>
+  <si>
+    <t>Kutahya</t>
+  </si>
+  <si>
+    <t>Nanocream Blue</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нанокрем Бейж»;фарфор;220мл;D=90,H=64мм;бежев.</t>
+  </si>
+  <si>
+    <t>03141907</t>
+  </si>
+  <si>
+    <t>ATLM01CF802R08</t>
+  </si>
+  <si>
+    <t>Nanocream Beige</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Нанокрем Блэк»;фарфор;220мл;D=90,H=64мм;черный</t>
+  </si>
+  <si>
+    <t>03141908</t>
+  </si>
+  <si>
+    <t>LM01CF850R04</t>
+  </si>
+  <si>
+    <t>Nanocream Black</t>
   </si>
   <si>
     <t>28 шт.</t>
   </si>
   <si>
-    <t>Чашка чайная «Акварель» Браво;фарфор;200мл;D=85/110,H=67мм;бежев.</t>
-[...1787 lines deleted...]
-    <t>D6921</t>
+    <t>Чашка чайная «Стоун»;фарфор;170мл;D=90,H=50,B=101мм;серый</t>
+  </si>
+  <si>
+    <t>03141909</t>
+  </si>
+  <si>
+    <t>3935.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Долмен»;фарфор;250мл;D=80,H=75,L=110мм;белый</t>
+  </si>
+  <si>
+    <t>03141911</t>
+  </si>
+  <si>
+    <t>Dolmen</t>
+  </si>
+  <si>
+    <t>4744.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Мэтр»;фарфор;350мл;D=117,H=66мм;белый</t>
+  </si>
+  <si>
+    <t>03141913</t>
+  </si>
+  <si>
+    <t>70 5285</t>
+  </si>
+  <si>
+    <t>Maitre</t>
+  </si>
+  <si>
+    <t>8247.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Жасмин»;фарфор;200мл;D=11,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03142334</t>
+  </si>
+  <si>
+    <t>JA016200000</t>
+  </si>
+  <si>
+    <t>Jasmin</t>
+  </si>
+  <si>
+    <t>3171.00₸</t>
+  </si>
+  <si>
+    <t>Чайная пара «Афрос»;кост.фарф.;250мл;D=40,H=55,L=90,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03143127</t>
+  </si>
+  <si>
+    <t>LAPH028BI153025</t>
+  </si>
+  <si>
+    <t>Aphros</t>
+  </si>
+  <si>
+    <t>12432.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Аркадия»;фарфор;190мл;D=86,H=60,B=116мм;белый</t>
+  </si>
+  <si>
+    <t>09101123</t>
+  </si>
+  <si>
+    <t>0506</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фист»;керамика;330мл;D=85,H=105мм;желт.</t>
+  </si>
+  <si>
+    <t>03137907</t>
+  </si>
+  <si>
+    <t>B8921019E</t>
+  </si>
+  <si>
+    <t>Feast</t>
+  </si>
+  <si>
+    <t>11289.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фист»;керамика;330мл;D=85,H=105мм;синий,белый</t>
+  </si>
+  <si>
+    <t>03137903</t>
+  </si>
+  <si>
+    <t>B8921019A</t>
+  </si>
+  <si>
+    <t>11882.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фист»;керамика;330мл;D=85,H=105мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03137904</t>
+  </si>
+  <si>
+    <t>B8921019B</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фист»;керамика;330мл;D=85,H=105мм;лазурн.,красный</t>
+  </si>
+  <si>
+    <t>03137905</t>
+  </si>
+  <si>
+    <t>B8921019C</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Фист»;керамика;330мл;D=85,H=105мм;розов.</t>
+  </si>
+  <si>
+    <t>03137906</t>
+  </si>
+  <si>
+    <t>B8921019D</t>
+  </si>
+  <si>
+    <t>Чашка чайная;фарфор;420мл;D=105,H=80,L=140мм;белый</t>
+  </si>
+  <si>
+    <t>03142051</t>
+  </si>
+  <si>
+    <t>IR617425730</t>
+  </si>
+  <si>
+    <t>2826.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Геометрикос»;фарфор;200мл;D=90,H=65,L=90,B=115мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03131339</t>
+  </si>
+  <si>
+    <t>LGEO041RO154020</t>
+  </si>
+  <si>
+    <t>Geometricos</t>
+  </si>
+  <si>
+    <t>8855.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Акварель» Браво;фарфор;250мл;D=97/120,H=70мм;голуб.</t>
+  </si>
+  <si>
+    <t>03131320</t>
+  </si>
+  <si>
+    <t>ИЧШ 30.250.А.С – Г</t>
+  </si>
+  <si>
+    <t>4182.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Спринг» (блюдце  62, 67);фарфор;230мл;D=93,H=69мм;белый</t>
+  </si>
+  <si>
+    <t>03137892</t>
+  </si>
+  <si>
+    <t>B68398</t>
+  </si>
+  <si>
+    <t>Bonna</t>
+  </si>
+  <si>
+    <t>Spring</t>
+  </si>
+  <si>
+    <t>0.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Акварель» Браво;фарфор;250мл;D=97/120,H=70мм;бежев.</t>
+  </si>
+  <si>
+    <t>03131318</t>
+  </si>
+  <si>
+    <t>ИЧШ 30.250.А.Б</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Революшн Эдж Джейд»;фарфор;350мл;D=10,5,H=83мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03131324</t>
+  </si>
+  <si>
+    <t>1793 X0019</t>
+  </si>
+  <si>
+    <t>Revolution Edge Jade</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Акварель» Браво;фарфор;250мл;D=97/120,H=70мм;свет.-сер.</t>
+  </si>
+  <si>
+    <t>03131319</t>
+  </si>
+  <si>
+    <t>ИЧШ 30.250.А.С - С</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эйфория»;фарфор;220мл;D=95/55,H=60,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>03131367</t>
+  </si>
+  <si>
+    <t>17740#/03131367</t>
+  </si>
+  <si>
+    <t>Euphoria</t>
   </si>
   <si>
     <t>1498.00₸</t>
   </si>
   <si>
-    <t>Чашка чайная «Афродита»;фарфор;190мл;D=80,H=55мм;белый,золотой</t>
-[...4246 lines deleted...]
-  <si>
     <t>Чашка чайная «Эйфория»;фарфор;220мл;D=95/55,H=60,L=125мм;бежев.,зелен.</t>
   </si>
   <si>
     <t>03131366</t>
   </si>
   <si>
     <t>17740F-XG/03131366</t>
   </si>
   <si>
     <t>1771.00₸</t>
   </si>
   <si>
     <t>Чашка чайная «Фиори»;фарфор;220мл;слон.кость,синий</t>
   </si>
   <si>
     <t>03131368</t>
   </si>
   <si>
     <t>11705F03540-XB/03131368</t>
   </si>
   <si>
     <t>Fiori</t>
   </si>
   <si>
     <t>2338.00₸</t>
@@ -7136,53 +7076,50 @@
   <si>
     <t>Чашка чайная «Астера»;керамика;450мл;D=120,H=70,L=165мм;коричнев.</t>
   </si>
   <si>
     <t>03143138</t>
   </si>
   <si>
     <t>Astera</t>
   </si>
   <si>
     <t>6599.00₸</t>
   </si>
   <si>
     <t>Чашка чайная «Мауна»;керамика;380мл;D=135/108,H=70мм;белый,синий</t>
   </si>
   <si>
     <t>03143137</t>
   </si>
   <si>
     <t>Mauna</t>
   </si>
   <si>
     <t>11312.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Чашка чайная «Баршайн»;стекло;250мл;D=102,5,H=85мм;прозр.</t>
   </si>
   <si>
     <t>03130108</t>
   </si>
   <si>
     <t>Barshine</t>
   </si>
   <si>
     <t>2711.00₸</t>
   </si>
   <si>
     <t>Чашка чайная «Белая» Браво;фарфор;250мл;D=97/120,H=70мм;белый</t>
   </si>
   <si>
     <t>03131924</t>
   </si>
   <si>
     <t>ИЧШ 30.250</t>
   </si>
   <si>
     <t>Чайная пара «Лесовичок» детская;фарфор;250мл;белый</t>
   </si>
   <si>
     <t>03143485</t>
@@ -7461,50 +7398,155 @@
     <t>03141661</t>
   </si>
   <si>
     <t>СК-CW011</t>
   </si>
   <si>
     <t>Боярышник</t>
   </si>
   <si>
     <t>9102.00₸</t>
   </si>
   <si>
     <t>Чашка чайная «Гармония»;фарфор;200мл;,H=7,L=11,B=9см;белый,золотой</t>
   </si>
   <si>
     <t>03131370</t>
   </si>
   <si>
     <t>LHAR007BI154020</t>
   </si>
   <si>
     <t>Harmoniae</t>
   </si>
   <si>
     <t>6584.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Млечный путь голубой»;фарфор;200мл;D=80,H=65мм;голуб.,черный</t>
+  </si>
+  <si>
+    <t>03130171</t>
+  </si>
+  <si>
+    <t>ФРФ88800264</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Верона Q0046»;фарфор;250мл;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03131384</t>
+  </si>
+  <si>
+    <t>VER08251.Q0046</t>
+  </si>
+  <si>
+    <t>Verona Q0046</t>
+  </si>
+  <si>
+    <t>9733.00₸</t>
+  </si>
+  <si>
+    <t>03131385</t>
+  </si>
+  <si>
+    <t>ИЧШ 30.250.А.Г</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алберго»;фарфор;200мл;D=88,H=60мм;красный</t>
+  </si>
+  <si>
+    <t>03142068</t>
+  </si>
+  <si>
+    <t>AL016190798</t>
+  </si>
+  <si>
+    <t>5299.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алберго»;фарфор;340мл;D=110,H=65мм;красный</t>
+  </si>
+  <si>
+    <t>03142069</t>
+  </si>
+  <si>
+    <t>AL017270798</t>
+  </si>
+  <si>
+    <t>7119.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алберго»;фарфор;200мл;D=88,H=60мм;черный</t>
+  </si>
+  <si>
+    <t>03142070</t>
+  </si>
+  <si>
+    <t>AL016198099</t>
+  </si>
+  <si>
+    <t>5040.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Алберго»;фарфор;340мл;D=110,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>03142071</t>
+  </si>
+  <si>
+    <t>AL017278099</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Силк»;фарфор;240мл;D=90,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03131389</t>
+  </si>
+  <si>
+    <t>SAB16240000</t>
+  </si>
+  <si>
+    <t>Silk</t>
+  </si>
+  <si>
+    <t>6489.00₸</t>
+  </si>
+  <si>
+    <t>Чашка чайная «Эттитьюд»;фарфор;220мл;D=90,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03131391</t>
+  </si>
+  <si>
+    <t>AT016100000</t>
+  </si>
+  <si>
+    <t>Attitude</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -7519,51 +7561,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E6B3836-9E34-11ED-BC04-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFAC3E82-E4DF-11EF-BC53-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9B49EED-E4DF-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B617EBA-E4E0-11EF-BC53-00505692E2D04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFAC5BF4-E4DF-11EF-BC53-00505692E2D05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE52CC-E3D8-11EF-BC57-00505692E0496.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9AA305-E4E0-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED4697-424C-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05A50A8C-E4E0-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B9825-21B7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC83698E-F161-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82239-E3D2-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82237-E3D2-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82238-E3D2-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B206-4252-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED7E-4254-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED7F-4254-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82236-E3D2-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82234-E3D2-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AD39-E3D8-11EF-BC57-00505692E04920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3BBC4EA-E4DF-11EF-BC53-00505692E2D021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B0B-4251-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/115C495D-814C-11E9-BBBA-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE16F-4254-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA12-E3D2-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B996C-5A44-11EA-BBCE-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2C374DC-8149-11E9-BBBA-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65B82B-21B7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C4-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC48D4-21B8-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4974-21B8-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C42-F160-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2E29D-1DC1-11EA-BBC7-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C41-F160-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75B9-12C1-11EA-BBC6-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75BA-12C1-11EA-BBC6-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35E97-21B8-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A61D892A-1BDB-11EA-BBC6-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FB29-21B8-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401FBA5-21B8-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A61D892F-1BDB-11EA-BBC6-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F745-2666-11EA-BBCA-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F746-2666-11EA-BBCA-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B9972-5A44-11EA-BBCE-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B9973-5A44-11EA-BBCE-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B9974-5A44-11EA-BBCE-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6946AD62-5A44-11EA-BBCE-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F40D5-3157-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8D7A58A-0D94-11EC-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF355B-EB96-11ED-BC09-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A97B32-DC9C-11ED-BC07-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250D5D-053C-11EE-BC09-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250EAF-053C-11EE-BC09-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250E0F-053C-11EE-BC09-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9428320D-1353-11EE-BC09-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63A4ECE-42A0-11F0-BC50-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29ED25-1353-11EE-BC09-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EC85-1353-11EE-BC09-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EF60-1353-11EE-BC09-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EEAE-1353-11EE-BC09-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F50C100-4BF6-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FA29C0-40E1-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FA240E-40E1-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6BEBBF6-8872-11EE-BC13-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0BD5041-8872-11EE-BC13-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E01C62-5F02-11EE-BC0E-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E0179C-5F02-11EE-BC0E-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEAD1-5F02-11EE-BC0E-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E02074-5F02-11EE-BC0E-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEB71-5F02-11EE-BC0E-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E016EA-5F02-11EE-BC0E-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508E0A47-6850-11EE-BC0F-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10F95CBE-74E2-11EE-BC0F-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3575686D-AEC8-11EE-BC40-00505692492F74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35756784-AEC8-11EE-BC40-00505692492F75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440AF9-AFD1-11EE-BC40-00505692492F76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1344094B-AFD1-11EE-BC40-00505692492F77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D8710-BB9E-11EE-BC41-00505692492F78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10431A36-4049-11EF-BC47-00505692492F79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1043189A-4049-11EF-BC47-00505692492F80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F8665DA-E50C-11EE-BC3E-0050569297EB81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F86642B-E50C-11EE-BC3E-0050569297EB82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B64CDFD-D0A7-11EE-BC41-00505692492F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB15B-4251-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB15C-4251-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237E51CC-E4E0-11EF-BC53-00505692E2D086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237E5FDA-E4E0-11EF-BC53-00505692E2D087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/278948E4-E4E0-11EF-BC53-00505692E2D088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237E6DEE-E4E0-11EF-BC53-00505692E2D089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2977068B-E4E0-11EF-BC53-00505692E2D090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4C23-21B8-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DD7-E3D2-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F4D7548-AEC8-11EE-BC40-00505692492F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424345D-4252-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD75-4252-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DD8-E3D2-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59E4-4252-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFE0-4253-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391C27-E3D8-11EF-BC57-00505692E04999.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83ACAE92-2A36-11EF-BC56-00505692E049100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F267-424B-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F268-424B-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F269-424B-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F26A-424B-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4B66-21B8-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA0F-E3D2-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147C7595-E3D2-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB4C8-21B9-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D11-424B-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD79-424C-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62E6327A-424C-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E8222F-E3D2-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD76-424D-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9B48277-E4DF-11EF-BC53-00505692E2D0114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79593-E3D2-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7454F031-F94B-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFAC4C90-E4DF-11EF-BC53-00505692E2D0117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F270-424B-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EDF-424B-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF47A-E63A-11EF-BC4E-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF392-E63A-11EF-BC4E-00505692C447121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9ADD1-E63A-11EF-BC4E-00505692C447122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA11-E3D2-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79590-E3D2-11EB-BBF2-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9ACE9-E63A-11EF-BC4E-00505692C447125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DD-424C-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39C279-E3D8-11EF-BC57-00505692E049127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AE21-E3D8-11EF-BC57-00505692E049128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE51E4-E3D8-11EF-BC57-00505692E049129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5D06-E3D8-11EF-BC57-00505692E049130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39C1A3-E3D8-11EF-BC57-00505692E049131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5EE8-E3D8-11EF-BC57-00505692E049132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82B0D9-E3D8-11EF-BC57-00505692E049133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178F3B57-E4E0-11EF-BC53-00505692E2D0134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178F2B08-E4E0-11EF-BC53-00505692E2D0135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC67B3-424C-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC67B4-424C-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0B9-424C-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0BA-424C-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B9785-21B7-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E50DF-E4E0-11EF-BC53-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1196D301-E4E0-11EF-BC53-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED4696-424C-11E8-A155-00259035BB67143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39BEFD-E3D8-11EF-BC57-00505692E049144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5C1E-E3D8-11EF-BC57-00505692E049145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED469B-424C-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46A8-424C-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46AB-424C-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46AD-424C-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46AE-424C-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5710-E63A-11EF-BC4E-00505692C447151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA057F-424C-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044650-424C-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7108EE18-EA55-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9B492D7-E4DF-11EF-BC53-00505692E2D0155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA10-E3D2-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DDE-E3D2-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4A14-21B8-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3BBD190-E4DF-11EF-BC53-00505692E2D0159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7C66221-E4DF-11EF-BC53-00505692E2D0160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894C04-E3D8-11EF-BC57-00505692E049161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CD1-424E-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CD2-424E-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CF0-424E-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CF1-424E-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CF9-424E-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894ECE-E3D8-11EF-BC57-00505692E049167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894DE6-E3D8-11EF-BC57-00505692E049168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894CFE-E3D8-11EF-BC57-00505692E049169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D81-424E-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA14-E3D2-11EB-BBF2-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1196C463-E4E0-11EF-BC53-00505692E2D0172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04055CF1-F94B-11EB-BBF2-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE54C0-E3D8-11EF-BC57-00505692E049174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1196B871-E4E0-11EF-BC53-00505692E2D0175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA16-E3D2-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FAEE868-E4E0-11EF-BC53-00505692E2D0177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39BFE5-E3D8-11EF-BC57-00505692E049178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F5-424F-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F7-424F-11E8-A155-00259035BB67180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391FA3-E3D8-11EF-BC57-00505692E049181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4B71-21B8-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AFF1-E3D8-11EF-BC57-00505692E049183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AC51-E3D8-11EF-BC57-00505692E049184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EAD8-424C-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB390-424C-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79592-E3D2-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178F1DA5-E4E0-11EF-BC53-00505692E2D0188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05A51906-E4E0-11EF-BC53-00505692E2D0189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9C2-424F-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B6171B9-E4E0-11EF-BC53-00505692E2D0191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F0442B-E4E0-11EF-BC53-00505692E2D0192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E17B2EE-E3D2-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC0CD7DF-89DF-11EE-BC13-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5DEE-E3D8-11EF-BC57-00505692E049195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/568950B0-E3D8-11EF-BC57-00505692E049196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9F-424D-11E8-A155-00259035BB67197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE53C6-E3D8-11EF-BC57-00505692E049198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AB69-E3D8-11EF-BC57-00505692E049199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6508177E-424D-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6508177F-424D-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4564-424D-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C456D-424D-11E8-A155-00259035BB67203.gif"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82232-E3D2-11EB-BBF2-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD50-424D-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6568C0-C8A7-11ED-BC05-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89064535-424D-11E8-A155-00259035BB67207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894FB6-E3D8-11EF-BC57-00505692E049208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82233-E3D2-11EB-BBF2-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82235-E3D2-11EB-BBF2-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39C0CD-E3D8-11EF-BC57-00505692E049211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD5-424E-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55AEF0F6-E63A-11EF-BC4E-00505692C447213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9D1-424F-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BC2-424E-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BF6-424E-11E8-A155-00259035BB67216.gif"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5C27-E63A-11EF-BC4E-00505692C447217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C15-424E-11E8-A155-00259035BB67218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5B51-E63A-11EF-BC4E-00505692C447219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF726-E63A-11EF-BC4E-00505692C447220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8EC-424F-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D63-424F-11E8-A155-00259035BB67222.gif"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D64-424F-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D81-424F-11E8-A155-00259035BB67224.gif"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF650-E63A-11EF-BC4E-00505692C447225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2D3-424F-11E8-A155-00259035BB67226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F65D-21B8-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF80E-E63A-11EF-BC4E-00505692C447228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710479-424F-11E8-A155-00259035BB67229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21CAA41F-E4E0-11EF-BC53-00505692E2D0230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF2AA-E63A-11EF-BC4E-00505692C447231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F6E5FCE-E4E0-11EF-BC53-00505692E2D0232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332A0C3F-E4E0-11EF-BC53-00505692E2D0233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F6E5154-E4E0-11EF-BC53-00505692E2D0234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AF09-E3D8-11EF-BC57-00505692E049235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D87AB5F-E4E0-11EF-BC53-00505692E2D0236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29771544-E4E0-11EF-BC53-00505692E2D0237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DD2-424F-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F6E6D9D-E4E0-11EF-BC53-00505692E2D0239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D879EA7-E4E0-11EF-BC53-00505692E2D0240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CBA517D-E4E0-11EF-BC53-00505692E2D0241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297722F9-E4E0-11EF-BC53-00505692E2D0242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAE7-424F-11E8-A155-00259035BB67243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DD6-E3D2-11EB-BBF2-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86F8-424F-11E8-A155-00259035BB67245.gif"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF17-E3D3-11EB-BBF2-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE29D500-E3D3-11EB-BBF2-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE29D4FF-E3D3-11EB-BBF2-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA19-E3D2-11EB-BBF2-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D200F-F94B-11EB-BBF2-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4039-4250-11E8-A155-00259035BB67251.gif"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04055CF2-F94B-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04055CEE-F94B-11EB-BBF2-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D2010-F94B-11EB-BBF2-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086806-4250-11E8-A155-00259035BB67255.gif"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408681E-4250-11E8-A155-00259035BB67256.gif"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408681F-4250-11E8-A155-00259035BB67257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC59A5-E63A-11EF-BC4E-00505692C447258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC58BC-E63A-11EF-BC4E-00505692C447259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5A7B-E63A-11EF-BC4E-00505692C447260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82231-E3D2-11EB-BBF2-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356688B0-E4E0-11EF-BC53-00505692E2D0262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35667A6A-E4E0-11EF-BC53-00505692E2D0263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE7D-4251-11E8-A155-00259035BB67264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D879009-E4E0-11EF-BC53-00505692E2D0265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6A4-4251-11E8-A155-00259035BB67266.gif"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6AC-4251-11E8-A155-00259035BB67267.gif"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9AB20F-E4E0-11EF-BC53-00505692E2D0268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6BE-4251-11E8-A155-00259035BB67269.gif"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F9A1-21B8-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6C2-4251-11E8-A155-00259035BB67271.gif"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6C3-4251-11E8-A155-00259035BB67272.gif"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396512-4251-11E8-A155-00259035BB67273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389523-4251-11E8-A155-00259035BB67274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389524-4251-11E8-A155-00259035BB67275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF57A-E63A-11EF-BC4E-00505692C447276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35666D7C-E4E0-11EF-BC53-00505692E2D0277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332A18C1-E4E0-11EF-BC53-00505692E2D0278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B9D43FD-E4E0-11EF-BC53-00505692E2D0279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AB595B4-E4E0-11EF-BC53-00505692E2D0280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E421D-E4E0-11EF-BC53-00505692E2D0281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B9D53A9-E4E0-11EF-BC53-00505692E2D0282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391EBB-E3D8-11EF-BC57-00505692E049283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDC59053-E4DF-11EF-BC53-00505692E2D0284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391CFD-E3D8-11EF-BC57-00505692E049285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3BBAB94-E4DF-11EF-BC53-00505692E2D0286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391DD3-E3D8-11EF-BC57-00505692E049287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFE1-4251-11E8-A155-00259035BB67288.gif"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2EFD-4251-11E8-A155-00259035BB67289.gif"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDC585A5-E4DF-11EF-BC53-00505692E2D0290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3FF-4251-11E8-A155-00259035BB67291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21B3-4251-11E8-A155-00259035BB67292.gif"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21BE-4251-11E8-A155-00259035BB67293.gif"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15991D42-E4E0-11EF-BC53-00505692E2D0294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B1-4252-11E8-A155-00259035BB67295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B2-4252-11E8-A155-00259035BB67296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B4-4252-11E8-A155-00259035BB67297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B5-4252-11E8-A155-00259035BB67298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874B3-4252-11E8-A155-00259035BB67299.gif"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354167-4252-11E8-A155-00259035BB67300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F4D774B-AEC8-11EE-BC40-00505692492F301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82230-E3D2-11EB-BBF2-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF18-E3D3-11EB-BBF2-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5275-4252-11E8-A155-00259035BB67304.gif"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D52A7-4252-11E8-A155-00259035BB67305.gif"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFD8-4253-11E8-A155-00259035BB67306.gif"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFC-4253-11E8-A155-00259035BB67307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFD-4253-11E8-A155-00259035BB67308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFF-4253-11E8-A155-00259035BB67309.gif"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066AD007-4253-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066AD008-4253-11E8-A155-00259035BB67311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB01-4253-11E8-A155-00259035BB67312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB02-4253-11E8-A155-00259035BB67313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB04-4253-11E8-A155-00259035BB67314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0A-4253-11E8-A155-00259035BB67315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD1-4253-11E8-A155-00259035BB67316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05A52673-E4E0-11EF-BC53-00505692E2D0317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB486-4253-11E8-A155-00259035BB67318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DD152E-E4E0-11EF-BC53-00505692E2D0319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A44DD083-E4E0-11EF-BC53-00505692E2D0320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DD243E-E4E0-11EF-BC53-00505692E2D0321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A44DE359-E4E0-11EF-BC53-00505692E2D0322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7108EE1A-EA55-11EB-BBF2-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF19-E3D3-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DD309C-E4E0-11EF-BC53-00505692E2D0325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63C-4253-11E8-A155-00259035BB67326.gif"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F79D-21B8-11EE-BC0D-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6A2-4253-11E8-A155-00259035BB67328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C741F-4253-11E8-A155-00259035BB67329.gif"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1201E3E-0D94-11EC-BBF2-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418D9-4253-11E8-A155-00259035BB67331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418DA-4253-11E8-A155-00259035BB67332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B4896-4254-11E8-A155-00259035BB67333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AA7-4254-11E8-A155-00259035BB67334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D25AC-00EB-11EF-BC46-00505692C447335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8A4645C-1904-11F0-BC54-00505692E2D0336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C885-4253-11E8-A155-00259035BB67337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8A467F1-1904-11F0-BC54-00505692E2D0338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8C-4254-11E8-A155-00259035BB67339.gif"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8D-4254-11E8-A155-00259035BB67340.gif"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8E-4254-11E8-A155-00259035BB67341.gif"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DDF-E3D2-11EB-BBF2-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DE0-E3D2-11EB-BBF2-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA7958F-E3D2-11EB-BBF2-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F982C-4254-11E8-A155-00259035BB67345.gif"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC8-4254-11E8-A155-00259035BB67346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FC-4254-11E8-A155-00259035BB67347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AC-4254-11E8-A155-00259035BB67348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AD-4254-11E8-A155-00259035BB67349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AE-4254-11E8-A155-00259035BB67350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AF-4254-11E8-A155-00259035BB67351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865370-4254-11E8-A155-00259035BB67352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865371-4254-11E8-A155-00259035BB67353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0E7-4254-11E8-A155-00259035BB67354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE174-4254-11E8-A155-00259035BB67355.gif"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C65-4254-11E8-A155-00259035BB67356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C89-4254-11E8-A155-00259035BB67357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C8B-4254-11E8-A155-00259035BB67358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071A3-4254-11E8-A155-00259035BB67359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC251D-4254-11E8-A155-00259035BB67360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC251E-4254-11E8-A155-00259035BB67361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC251F-4254-11E8-A155-00259035BB67362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2C374D8-8149-11E9-BBBA-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A60F002-FAD2-11EF-BC57-00505692E049364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2C374DA-8149-11E9-BBBA-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6946AD6D-5A44-11EA-BBCE-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F1042-21B8-11EE-BC0D-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFF65E77-814B-11E9-BBBA-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8D9E41-814C-11E9-BBBA-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE29D4FD-E3D3-11EB-BBF2-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B006-814C-11E9-BBBA-005056921CC4371.gif"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B007-814C-11E9-BBBA-005056921CC4372.gif"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B008-814C-11E9-BBBA-005056921CC4373.gif"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00A-814C-11E9-BBBA-005056921CC4374.gif"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75BD-12C1-11EA-BBC6-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA79B3-21B8-11EE-BC0D-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD5095-21B8-11EE-BC0D-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA7913-21B8-11EE-BC0D-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8642DC6B-509F-11EC-BBF6-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B45A5C5-9EC6-11EB-BBF0-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EBA-814B-11E9-BBBA-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC2FDFF-814B-11E9-BBBA-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75BF-12C1-11EA-BBC6-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB4E1-21B8-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB593-21B8-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F0E50-21B8-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A06002B-21B8-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F0F90-21B8-11EE-BC0D-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F0EF0-21B8-11EE-BC0D-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3565EBBE-A6E7-11E9-BBC0-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EE8B44-933E-11E9-BBBB-005056921CC4391.gif"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241856C4-933E-11E9-BBBB-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75C0-12C1-11EA-BBC6-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FDAD-21B9-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B3E88C1-FAF6-11E9-BBC6-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FEED-21B9-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FE4D-21B9-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16A2709B-FAF6-11E9-BBC6-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75C3-12C1-11EA-BBC6-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75C4-12C1-11EA-BBC6-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4628002D-21B9-11EE-BC0D-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402B5000-21B9-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F877CA-12C1-11EA-BBC6-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F877CB-12C1-11EA-BBC6-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E751FE32-21B7-11EE-BC0D-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA7C2D87-180F-11EA-BBC6-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147C7594-E3D2-11EB-BBF2-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A68597-29B8-11EB-BBDD-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A68598-29B8-11EB-BBDD-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FC7B-21B8-11EE-BC0D-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FD51-21B8-11EE-BC0D-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6859B-29B8-11EB-BBDD-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6859D-29B8-11EB-BBDD-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB41D-21B8-11EE-BC0D-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AB2AA7D-EA55-11EB-BBF2-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89DF7B3B-814A-11E9-BBBA-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08B6387E-814B-11E9-BBBA-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402B50A0-21B9-11EE-BC0D-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2892A15A-814B-11E9-BBBA-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC6B-814B-11E9-BBBA-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC6C-814B-11E9-BBBA-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B568C8D-814C-11E9-BBBA-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA3FC9CB-814C-11E9-BBBA-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA3FC9CC-814C-11E9-BBBA-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C048C332-814C-11E9-BBBA-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB837-21B8-11EE-BC0D-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401FAF3-21B8-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12FFE3FB-C099-11EC-BBFA-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36B9629-21B7-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DBBF-21B7-11EE-BC0D-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DD23-21B7-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DF4B-21B7-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B956F-21B7-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36B93A9-21B7-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36B9105-21B7-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65BC8B-21B7-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F10E2-21B8-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DCF8A40-30CA-11EB-BBDF-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4EA3-21B8-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA77C1-21B8-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65B8CB-21B7-11EE-BC0D-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA887590-53FA-11EA-BBCE-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4F55-21B8-11EE-BC0D-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD0C8-21B8-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD22C-21B8-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD17A-21B8-11EE-BC0D-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35DE5-21B8-11EE-BC0D-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402B5152-21B9-11EE-BC0D-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147C7593-E3D2-11EB-BBF2-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875AA56E-F448-11EA-BBDB-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9434FD68-3631-11F0-BC55-00505692E2D0451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA7C33-21B8-11EE-BC0D-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB645-21B8-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401FA53-21B8-11EE-BC0D-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EE9-D8EE-11EB-BBF2-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315334-21B8-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD4F4-21B8-11EE-BC0D-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD2DE-21B8-11EE-BC0D-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F12F8-21B8-11EE-BC0D-005056921CC4459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD390-21B8-11EE-BC0D-005056921CC4460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD442-21B8-11EE-BC0D-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE863B33-FBB1-11ED-BC09-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F861-21B8-11EE-BC0D-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EA-81A0-11EB-BBEF-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C3151F4-21B8-11EE-BC0D-005056921CC4465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315014-21B8-11EE-BC0D-005056921CC4466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C3150B4-21B8-11EE-BC0D-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD594-21B8-11EE-BC0D-005056921CC4468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232331F-21B8-11EE-BC0D-005056921CC4469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423233BF-21B8-11EE-BC0D-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315486-21B8-11EE-BC0D-005056921CC4471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315526-21B8-11EE-BC0D-005056921CC4472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C3153E6-21B8-11EE-BC0D-005056921CC4473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232327F-21B8-11EE-BC0D-005056921CC4474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315154-21B8-11EE-BC0D-005056921CC4475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Uu-00054418_1476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B96D3-21B7-11EE-BC0D-005056921CC4477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FEC7-21B8-11EE-BC0D-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FE15-21B8-11EE-BC0D-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71895CDE-C5EA-11EB-BBF1-005056926DAF480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71895CDD-C5EA-11EB-BBF1-005056926DAF481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FF79-21B8-11EE-BC0D-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653DF12E-F13D-11EC-BBFA-005056921CC4483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D762BD9A-9B58-11EE-BC36-005056921CC4484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FF8D-21B9-11EE-BC0D-005056921CC4485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0BD4F65-8872-11EE-BC13-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA7B93-21B8-11EE-BC0D-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB785-21B8-11EE-BC0D-005056921CC4488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB6E5-21B8-11EE-BC0D-005056921CC4489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65BB4B-21B7-11EE-BC0D-005056921CC4490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F4035-3157-11EE-BC0D-005056921CC4491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35FE9-21B8-11EE-BC0D-005056921CC4492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35F49-21B8-11EE-BC0D-005056921CC4493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/307B4E7D-27A5-11F0-BC4F-00505692C447494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F4175-3157-11EE-BC0D-005056921CC4495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66CA184A-FB16-11E9-BBC6-005056921CC4496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D708E0A-FB16-11E9-BBC6-005056921CC4497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873A5D1E-FB16-11E9-BBC6-005056921CC4498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913D69A2-FB16-11E9-BBC6-005056921CC4499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B57E1C5-4CE8-11EA-BBCE-005056921CC4500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4E03-21B8-11EE-BC0D-005056921CC4501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4FF5-21B8-11EE-BC0D-005056921CC4502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EE8-D8EE-11EB-BBF2-005056921CC4503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C4B-F160-11EB-BBF2-005056921CC4504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4D58-21B8-11EE-BC0D-005056921CC4505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B94CF-21B7-11EE-BC0D-005056921CC4506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DEAB-21B7-11EE-BC0D-005056921CC4507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F6FD-21B8-11EE-BC0D-005056921CC4508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F3628D-21B8-11EE-BC0D-005056921CC4509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F3633F-21B8-11EE-BC0D-005056921CC4510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD06D631-1E4B-11EC-BBF2-005056921CC4511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4C18-21B8-11EE-BC0D-005056921CC4512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ED92E6-294C-11EC-BBF4-005056921CC4513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A47A5540-0683-11ED-BBFC-005056921CC4514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FBDB-21B8-11EE-BC0D-005056921CC4515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/478DDD0B-AEC8-11EE-BC40-00505692492F516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79591-E3D2-11EB-BBF2-005056921CC4517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB669E-510E-11EF-BC57-00505692E049518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65A60A57-510E-11EF-BC57-00505692E049519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6816-510E-11EF-BC57-00505692E049520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB65B6-510E-11EF-BC57-00505692E049521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB64CE-510E-11EF-BC57-00505692E049522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AF38BB7-6653-11EF-BC4D-00505692C447523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A02613D-8CCF-11EF-BC4E-00505692C447524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A026066-8CCF-11EF-BC4E-00505692C447525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7D5C170-E3C0-11EF-BC57-00505692E049526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D414BBC8-04DF-11F0-BC53-00505692E2D0527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108305BD-6895-11F0-BC54-00505692C447528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108306C9-6895-11F0-BC54-00505692C447529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E5CBD1-1917-11EF-BC3F-0050569297EB530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E5CB1F-1917-11EF-BC3F-0050569297EB531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6792621E-A74C-11EF-BC4E-00505692C447532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B566E726-FC6E-11EF-BC53-00505692E2D0533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B34D4394-FC6E-11EF-BC53-00505692E2D0534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD3875FC-FC6E-11EF-BC53-00505692E2D0535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B566E650-FC6E-11EF-BC53-00505692E2D0536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16814DCB-FE5F-11EF-BC4E-00505692C447537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC8F72A8-2796-11F0-BC58-00505692E049538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A4C9-7E14-11F0-BC4C-00505692492F539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A372-7E14-11F0-BC4C-00505692492F540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F425255E-731C-11F0-BC56-00505692E2D0541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F425346A-731C-11F0-BC56-00505692E2D0542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4251092-731C-11F0-BC56-00505692E2D0543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4251414-731C-11F0-BC56-00505692E2D0544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208E66C8-73BA-11F0-BC56-00505692E2D0545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2699B98C-73BA-11F0-BC56-00505692E2D0546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0EBDD52-88DE-11F0-BC57-00505692C447547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0647F72A-896B-11F0-BC4B-0050569297EB548.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E6B3836-9E34-11ED-BC04-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFAC3E82-E4DF-11EF-BC53-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9B49EED-E4DF-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B617EBA-E4E0-11EF-BC53-00505692E2D04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFAC5BF4-E4DF-11EF-BC53-00505692E2D05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE52CC-E3D8-11EF-BC57-00505692E0496.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9AA305-E4E0-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED4697-424C-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05A50A8C-E4E0-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B9825-21B7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC83698E-F161-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82239-E3D2-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82237-E3D2-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82238-E3D2-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B206-4252-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED7E-4254-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329BED7F-4254-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82236-E3D2-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82234-E3D2-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AD39-E3D8-11EF-BC57-00505692E04920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3BBC4EA-E4DF-11EF-BC53-00505692E2D021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B0B-4251-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/115C495D-814C-11E9-BBBA-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE16F-4254-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA12-E3D2-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B996C-5A44-11EA-BBCE-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2C374DC-8149-11E9-BBBA-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65B82B-21B7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071C4-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC48D4-21B8-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4974-21B8-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C42-F160-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2E29D-1DC1-11EA-BBC7-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C41-F160-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75B9-12C1-11EA-BBC6-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75BA-12C1-11EA-BBC6-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35E97-21B8-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A61D892A-1BDB-11EA-BBC6-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FB29-21B8-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401FBA5-21B8-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A61D892F-1BDB-11EA-BBC6-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F745-2666-11EA-BBCA-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F746-2666-11EA-BBCA-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B9972-5A44-11EA-BBCE-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B9973-5A44-11EA-BBCE-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630B9974-5A44-11EA-BBCE-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6946AD62-5A44-11EA-BBCE-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F40D5-3157-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8D7A58A-0D94-11EC-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF355B-EB96-11ED-BC09-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26A97B32-DC9C-11ED-BC07-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250D5D-053C-11EE-BC09-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250EAF-053C-11EE-BC09-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9250E0F-053C-11EE-BC09-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9428320D-1353-11EE-BC09-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63A4ECE-42A0-11F0-BC50-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29ED25-1353-11EE-BC09-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EC85-1353-11EE-BC09-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EF60-1353-11EE-BC09-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A29EEAE-1353-11EE-BC09-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F50C100-4BF6-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FA29C0-40E1-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FA240E-40E1-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6BEBBF6-8872-11EE-BC13-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0BD5041-8872-11EE-BC13-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E01C62-5F02-11EE-BC0E-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E0179C-5F02-11EE-BC0E-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEAD1-5F02-11EE-BC0E-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E02074-5F02-11EE-BC0E-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9DEEB71-5F02-11EE-BC0E-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3E016EA-5F02-11EE-BC0E-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508E0A47-6850-11EE-BC0F-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10F95CBE-74E2-11EE-BC0F-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3575686D-AEC8-11EE-BC40-00505692492F74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35756784-AEC8-11EE-BC40-00505692492F75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440AF9-AFD1-11EE-BC40-00505692492F76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1344094B-AFD1-11EE-BC40-00505692492F77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D8710-BB9E-11EE-BC41-00505692492F78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10431A36-4049-11EF-BC47-00505692492F79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1043189A-4049-11EF-BC47-00505692492F80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F8665DA-E50C-11EE-BC3E-0050569297EB81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F86642B-E50C-11EE-BC3E-0050569297EB82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B64CDFD-D0A7-11EE-BC41-00505692492F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB15B-4251-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB15C-4251-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237E51CC-E4E0-11EF-BC53-00505692E2D086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237E5FDA-E4E0-11EF-BC53-00505692E2D087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/278948E4-E4E0-11EF-BC53-00505692E2D088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237E6DEE-E4E0-11EF-BC53-00505692E2D089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2977068B-E4E0-11EF-BC53-00505692E2D090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4C23-21B8-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DD7-E3D2-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F4D7548-AEC8-11EE-BC40-00505692492F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424345D-4252-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD75-4252-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DD8-E3D2-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59E4-4252-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFE0-4253-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391C27-E3D8-11EF-BC57-00505692E04999.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83ACAE92-2A36-11EF-BC56-00505692E049100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F267-424B-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F268-424B-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F269-424B-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F26A-424B-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4B66-21B8-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA0F-E3D2-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147C7595-E3D2-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB4C8-21B9-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D11-424B-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD79-424C-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E8222F-E3D2-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD76-424D-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9B48277-E4DF-11EF-BC53-00505692E2D0113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79593-E3D2-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7454F031-F94B-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFAC4C90-E4DF-11EF-BC53-00505692E2D0116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3360F270-424B-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EDF-424B-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF47A-E63A-11EF-BC4E-00505692C447119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF392-E63A-11EF-BC4E-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9ADD1-E63A-11EF-BC4E-00505692C447121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA11-E3D2-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79590-E3D2-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9ACE9-E63A-11EF-BC4E-00505692C447124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DD-424C-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39C279-E3D8-11EF-BC57-00505692E049126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AE21-E3D8-11EF-BC57-00505692E049127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE51E4-E3D8-11EF-BC57-00505692E049128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5D06-E3D8-11EF-BC57-00505692E049129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39C1A3-E3D8-11EF-BC57-00505692E049130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5EE8-E3D8-11EF-BC57-00505692E049131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82B0D9-E3D8-11EF-BC57-00505692E049132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178F3B57-E4E0-11EF-BC53-00505692E2D0133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178F2B08-E4E0-11EF-BC53-00505692E2D0134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC67B3-424C-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC67B4-424C-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0B9-424C-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0BA-424C-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B9785-21B7-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E50DF-E4E0-11EF-BC53-00505692E2D0140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1196D301-E4E0-11EF-BC53-00505692E2D0141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED4696-424C-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39BEFD-E3D8-11EF-BC57-00505692E049143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5C1E-E3D8-11EF-BC57-00505692E049144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED469B-424C-11E8-A155-00259035BB67145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46A8-424C-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46AB-424C-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46AD-424C-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46AE-424C-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5710-E63A-11EF-BC4E-00505692C447150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86EA057F-424C-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044650-424C-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7108EE18-EA55-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9B492D7-E4DF-11EF-BC53-00505692E2D0154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA10-E3D2-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DDE-E3D2-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4A14-21B8-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3BBD190-E4DF-11EF-BC53-00505692E2D0158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7C66221-E4DF-11EF-BC53-00505692E2D0159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894C04-E3D8-11EF-BC57-00505692E049160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CD1-424E-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CD2-424E-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CF0-424E-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CF1-424E-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027CF9-424E-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894ECE-E3D8-11EF-BC57-00505692E049166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894DE6-E3D8-11EF-BC57-00505692E049167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894CFE-E3D8-11EF-BC57-00505692E049168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D81-424E-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA14-E3D2-11EB-BBF2-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1196C463-E4E0-11EF-BC53-00505692E2D0171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04055CF1-F94B-11EB-BBF2-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE54C0-E3D8-11EF-BC57-00505692E049173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1196B871-E4E0-11EF-BC53-00505692E2D0174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA16-E3D2-11EB-BBF2-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FAEE868-E4E0-11EF-BC53-00505692E2D0176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39BFE5-E3D8-11EF-BC57-00505692E049177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F5-424F-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2F7-424F-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391FA3-E3D8-11EF-BC57-00505692E049180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4B71-21B8-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AFF1-E3D8-11EF-BC57-00505692E049182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AC51-E3D8-11EF-BC57-00505692E049183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EAD8-424C-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB390-424C-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79592-E3D2-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178F1DA5-E4E0-11EF-BC53-00505692E2D0187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05A51906-E4E0-11EF-BC53-00505692E2D0188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9C2-424F-11E8-A155-00259035BB67189.gif"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B6171B9-E4E0-11EF-BC53-00505692E2D0190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F0442B-E4E0-11EF-BC53-00505692E2D0191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E17B2EE-E3D2-11EB-BBF2-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC0CD7DF-89DF-11EE-BC13-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627F5DEE-E3D8-11EF-BC57-00505692E049194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/568950B0-E3D8-11EF-BC57-00505692E049195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E9F-424D-11E8-A155-00259035BB67196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68FE53C6-E3D8-11EF-BC57-00505692E049197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AB69-E3D8-11EF-BC57-00505692E049198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6508177E-424D-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6508177F-424D-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4564-424D-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C456D-424D-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82232-E3D2-11EB-BBF2-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD50-424D-11E8-A155-00259035BB67204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6568C0-C8A7-11ED-BC05-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89064535-424D-11E8-A155-00259035BB67206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56894FB6-E3D8-11EF-BC57-00505692E049207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82233-E3D2-11EB-BBF2-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82235-E3D2-11EB-BBF2-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F39C0CD-E3D8-11EF-BC57-00505692E049210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD5-424E-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55AEF0F6-E63A-11EF-BC4E-00505692C447212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9D1-424F-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BC2-424E-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BF6-424E-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5C27-E63A-11EF-BC4E-00505692C447216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C15-424E-11E8-A155-00259035BB67217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5B51-E63A-11EF-BC4E-00505692C447218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF726-E63A-11EF-BC4E-00505692C447219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8EC-424F-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D63-424F-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D64-424F-11E8-A155-00259035BB67222.gif"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D81-424F-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF650-E63A-11EF-BC4E-00505692C447224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2D3-424F-11E8-A155-00259035BB67225.gif"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F65D-21B8-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF80E-E63A-11EF-BC4E-00505692C447227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710479-424F-11E8-A155-00259035BB67228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21CAA41F-E4E0-11EF-BC53-00505692E2D0229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF2AA-E63A-11EF-BC4E-00505692C447230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F6E5FCE-E4E0-11EF-BC53-00505692E2D0231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332A0C3F-E4E0-11EF-BC53-00505692E2D0232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F6E5154-E4E0-11EF-BC53-00505692E2D0233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C82AF09-E3D8-11EF-BC57-00505692E049234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D87AB5F-E4E0-11EF-BC53-00505692E2D0235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29771544-E4E0-11EF-BC53-00505692E2D0236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DD2-424F-11E8-A155-00259035BB67237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F6E6D9D-E4E0-11EF-BC53-00505692E2D0238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D879EA7-E4E0-11EF-BC53-00505692E2D0239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CBA517D-E4E0-11EF-BC53-00505692E2D0240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297722F9-E4E0-11EF-BC53-00505692E2D0241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAE7-424F-11E8-A155-00259035BB67242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DD6-E3D2-11EB-BBF2-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86F8-424F-11E8-A155-00259035BB67244.gif"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF17-E3D3-11EB-BBF2-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE29D500-E3D3-11EB-BBF2-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE29D4FF-E3D3-11EB-BBF2-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9BCA19-E3D2-11EB-BBF2-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D200F-F94B-11EB-BBF2-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4039-4250-11E8-A155-00259035BB67250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04055CF2-F94B-11EB-BBF2-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04055CEE-F94B-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A4D2010-F94B-11EB-BBF2-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086806-4250-11E8-A155-00259035BB67254.gif"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408681E-4250-11E8-A155-00259035BB67255.gif"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408681F-4250-11E8-A155-00259035BB67256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC59A5-E63A-11EF-BC4E-00505692C447257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC58BC-E63A-11EF-BC4E-00505692C447258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BEC5A7B-E63A-11EF-BC4E-00505692C447259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82231-E3D2-11EB-BBF2-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356688B0-E4E0-11EF-BC53-00505692E2D0261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35667A6A-E4E0-11EF-BC53-00505692E2D0262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE7D-4251-11E8-A155-00259035BB67263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D879009-E4E0-11EF-BC53-00505692E2D0264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6AC-4251-11E8-A155-00259035BB67265.gif"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A9AB20F-E4E0-11EF-BC53-00505692E2D0266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6BE-4251-11E8-A155-00259035BB67267.gif"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F9A1-21B8-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6C2-4251-11E8-A155-00259035BB67269.gif"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6C3-4251-11E8-A155-00259035BB67270.gif"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396512-4251-11E8-A155-00259035BB67271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389523-4251-11E8-A155-00259035BB67272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389524-4251-11E8-A155-00259035BB67273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61EBF57A-E63A-11EF-BC4E-00505692C447274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35666D7C-E4E0-11EF-BC53-00505692E2D0275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332A18C1-E4E0-11EF-BC53-00505692E2D0276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B9D43FD-E4E0-11EF-BC53-00505692E2D0277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AB595B4-E4E0-11EF-BC53-00505692E2D0278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E421D-E4E0-11EF-BC53-00505692E2D0279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B9D53A9-E4E0-11EF-BC53-00505692E2D0280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391EBB-E3D8-11EF-BC57-00505692E049281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDC59053-E4DF-11EF-BC53-00505692E2D0282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391CFD-E3D8-11EF-BC57-00505692E049283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3BBAB94-E4DF-11EF-BC53-00505692E2D0284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50391DD3-E3D8-11EF-BC57-00505692E049285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFE1-4251-11E8-A155-00259035BB67286.gif"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2EFD-4251-11E8-A155-00259035BB67287.gif"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDC585A5-E4DF-11EF-BC53-00505692E2D0288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3FF-4251-11E8-A155-00259035BB67289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21B3-4251-11E8-A155-00259035BB67290.gif"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21BE-4251-11E8-A155-00259035BB67291.gif"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15991D42-E4E0-11EF-BC53-00505692E2D0292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B1-4252-11E8-A155-00259035BB67293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B2-4252-11E8-A155-00259035BB67294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B4-4252-11E8-A155-00259035BB67295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463992B5-4252-11E8-A155-00259035BB67296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3874B3-4252-11E8-A155-00259035BB67297.gif"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354167-4252-11E8-A155-00259035BB67298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F4D774B-AEC8-11EE-BC40-00505692492F299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E82230-E3D2-11EB-BBF2-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF18-E3D3-11EB-BBF2-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5275-4252-11E8-A155-00259035BB67302.gif"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFD8-4253-11E8-A155-00259035BB67303.gif"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFC-4253-11E8-A155-00259035BB67304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFD-4253-11E8-A155-00259035BB67305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066ACFFF-4253-11E8-A155-00259035BB67306.gif"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066AD007-4253-11E8-A155-00259035BB67307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066AD008-4253-11E8-A155-00259035BB67308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB01-4253-11E8-A155-00259035BB67309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB02-4253-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB04-4253-11E8-A155-00259035BB67311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB0A-4253-11E8-A155-00259035BB67312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD1-4253-11E8-A155-00259035BB67313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05A52673-E4E0-11EF-BC53-00505692E2D0314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB486-4253-11E8-A155-00259035BB67315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DD152E-E4E0-11EF-BC53-00505692E2D0316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A44DD083-E4E0-11EF-BC53-00505692E2D0317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DD243E-E4E0-11EF-BC53-00505692E2D0318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A44DE359-E4E0-11EF-BC53-00505692E2D0319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7108EE1A-EA55-11EB-BBF2-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF19-E3D3-11EB-BBF2-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6DD309C-E4E0-11EF-BC53-00505692E2D0322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63C-4253-11E8-A155-00259035BB67323.gif"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F79D-21B8-11EE-BC0D-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6A2-4253-11E8-A155-00259035BB67325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C741F-4253-11E8-A155-00259035BB67326.gif"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1201E3E-0D94-11EC-BBF2-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418D9-4253-11E8-A155-00259035BB67328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D88418DA-4253-11E8-A155-00259035BB67329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B4896-4254-11E8-A155-00259035BB67330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268E4AA7-4254-11E8-A155-00259035BB67331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C98D25AC-00EB-11EF-BC46-00505692C447332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8A4645C-1904-11F0-BC54-00505692E2D0333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C885-4253-11E8-A155-00259035BB67334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8A467F1-1904-11F0-BC54-00505692E2D0335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8C-4254-11E8-A155-00259035BB67336.gif"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8D-4254-11E8-A155-00259035BB67337.gif"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8E-4254-11E8-A155-00259035BB67338.gif"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DDF-E3D2-11EB-BBF2-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27300DE0-E3D2-11EB-BBF2-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA7958F-E3D2-11EB-BBF2-005056921CC4341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F982C-4254-11E8-A155-00259035BB67342.gif"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC8-4254-11E8-A155-00259035BB67343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FC-4254-11E8-A155-00259035BB67344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AC-4254-11E8-A155-00259035BB67345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AD-4254-11E8-A155-00259035BB67346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AE-4254-11E8-A155-00259035BB67347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0AF-4254-11E8-A155-00259035BB67348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865370-4254-11E8-A155-00259035BB67349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74865371-4254-11E8-A155-00259035BB67350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0E7-4254-11E8-A155-00259035BB67351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE174-4254-11E8-A155-00259035BB67352.gif"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C65-4254-11E8-A155-00259035BB67353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C89-4254-11E8-A155-00259035BB67354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C8B-4254-11E8-A155-00259035BB67355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071A3-4254-11E8-A155-00259035BB67356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04CB2676-C7F4-11F0-BC5A-00505692E2D0357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04CB14E3-C7F4-11F0-BC5A-00505692E2D0358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED23076-C7F3-11F0-BC5A-00505692E2D0359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2C374D8-8149-11E9-BBBA-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A60F002-FAD2-11EF-BC57-00505692E049361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2C374DA-8149-11E9-BBBA-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6946AD6D-5A44-11EA-BBCE-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F1042-21B8-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFF65E77-814B-11E9-BBBA-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8D9E41-814C-11E9-BBBA-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE29D4FD-E3D3-11EB-BBF2-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B006-814C-11E9-BBBA-005056921CC4368.gif"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B007-814C-11E9-BBBA-005056921CC4369.gif"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B008-814C-11E9-BBBA-005056921CC4370.gif"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E694B00A-814C-11E9-BBBA-005056921CC4371.gif"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75BD-12C1-11EA-BBC6-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA79B3-21B8-11EE-BC0D-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD5095-21B8-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA7913-21B8-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8642DC6B-509F-11EC-BBF6-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B45A5C5-9EC6-11EB-BBF0-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EBA-814B-11E9-BBBA-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC2FDFF-814B-11E9-BBBA-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75BF-12C1-11EA-BBC6-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB4E1-21B8-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB593-21B8-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F0E50-21B8-11EE-BC0D-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A06002B-21B8-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F0F90-21B8-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F0EF0-21B8-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3565EBBE-A6E7-11E9-BBC0-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EE8B44-933E-11E9-BBBB-005056921CC4388.gif"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241856C4-933E-11E9-BBBB-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75C0-12C1-11EA-BBC6-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FDAD-21B9-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B3E88C1-FAF6-11E9-BBC6-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FEED-21B9-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FE4D-21B9-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16A2709B-FAF6-11E9-BBC6-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75C3-12C1-11EA-BBC6-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABEF75C4-12C1-11EA-BBC6-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4628002D-21B9-11EE-BC0D-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402B5000-21B9-11EE-BC0D-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F877CA-12C1-11EA-BBC6-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F877CB-12C1-11EA-BBC6-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E751FE32-21B7-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA7C2D87-180F-11EA-BBC6-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147C7594-E3D2-11EB-BBF2-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A68597-29B8-11EB-BBDD-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A68598-29B8-11EB-BBDD-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FC7B-21B8-11EE-BC0D-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FD51-21B8-11EE-BC0D-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6859B-29B8-11EB-BBDD-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33A6859D-29B8-11EB-BBDD-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB41D-21B8-11EE-BC0D-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AB2AA7D-EA55-11EB-BBF2-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89DF7B3B-814A-11E9-BBBA-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08B6387E-814B-11E9-BBBA-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402B50A0-21B9-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2892A15A-814B-11E9-BBBA-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC6C-814B-11E9-BBBA-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B568C8D-814C-11E9-BBBA-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA3FC9CB-814C-11E9-BBBA-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA3FC9CC-814C-11E9-BBBA-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C048C332-814C-11E9-BBBA-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB837-21B8-11EE-BC0D-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401FAF3-21B8-11EE-BC0D-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12FFE3FB-C099-11EC-BBFA-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36B9629-21B7-11EE-BC0D-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DBBF-21B7-11EE-BC0D-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DD23-21B7-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DF4B-21B7-11EE-BC0D-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B956F-21B7-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36B93A9-21B7-11EE-BC0D-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36B9105-21B7-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65BC8B-21B7-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F10E2-21B8-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DCF8A40-30CA-11EB-BBDF-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4EA3-21B8-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA77C1-21B8-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65B8CB-21B7-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA887590-53FA-11EA-BBCE-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4F55-21B8-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD0C8-21B8-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD22C-21B8-11EE-BC0D-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD17A-21B8-11EE-BC0D-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35DE5-21B8-11EE-BC0D-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402B5152-21B9-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147C7593-E3D2-11EB-BBF2-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875AA56E-F448-11EA-BBDB-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9434FD68-3631-11F0-BC55-00505692E2D0447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA7C33-21B8-11EE-BC0D-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB645-21B8-11EE-BC0D-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401FA53-21B8-11EE-BC0D-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EE9-D8EE-11EB-BBF2-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315334-21B8-11EE-BC0D-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD4F4-21B8-11EE-BC0D-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD2DE-21B8-11EE-BC0D-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301F12F8-21B8-11EE-BC0D-005056921CC4455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD390-21B8-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD442-21B8-11EE-BC0D-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE863B33-FBB1-11ED-BC09-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F861-21B8-11EE-BC0D-005056921CC4459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA1312EA-81A0-11EB-BBEF-005056921CC4460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C3151F4-21B8-11EE-BC0D-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315014-21B8-11EE-BC0D-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C3150B4-21B8-11EE-BC0D-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361CD594-21B8-11EE-BC0D-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232331F-21B8-11EE-BC0D-005056921CC4465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423233BF-21B8-11EE-BC0D-005056921CC4466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315486-21B8-11EE-BC0D-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315526-21B8-11EE-BC0D-005056921CC4468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C3153E6-21B8-11EE-BC0D-005056921CC4469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232327F-21B8-11EE-BC0D-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C315154-21B8-11EE-BC0D-005056921CC4471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Uu-00054418_1472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B96D3-21B7-11EE-BC0D-005056921CC4473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FEC7-21B8-11EE-BC0D-005056921CC4474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FE15-21B8-11EE-BC0D-005056921CC4475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71895CDE-C5EA-11EB-BBF1-005056926DAF476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71895CDD-C5EA-11EB-BBF1-005056926DAF477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FF79-21B8-11EE-BC0D-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653DF12E-F13D-11EC-BBFA-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D762BD9A-9B58-11EE-BC36-005056921CC4480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4627FF8D-21B9-11EE-BC0D-005056921CC4481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0BD4F65-8872-11EE-BC13-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EA7B93-21B8-11EE-BC0D-005056921CC4483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB785-21B8-11EE-BC0D-005056921CC4484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DECB6E5-21B8-11EE-BC0D-005056921CC4485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED65BB4B-21B7-11EE-BC0D-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F4035-3157-11EE-BC0D-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35FE9-21B8-11EE-BC0D-005056921CC4488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F35F49-21B8-11EE-BC0D-005056921CC4489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/307B4E7D-27A5-11F0-BC4F-00505692C447490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F4175-3157-11EE-BC0D-005056921CC4491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66CA184A-FB16-11E9-BBC6-005056921CC4492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D708E0A-FB16-11E9-BBC6-005056921CC4493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873A5D1E-FB16-11E9-BBC6-005056921CC4494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913D69A2-FB16-11E9-BBC6-005056921CC4495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B57E1C5-4CE8-11EA-BBCE-005056921CC4496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4E03-21B8-11EE-BC0D-005056921CC4497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDD4FF5-21B8-11EE-BC0D-005056921CC4498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EE8-D8EE-11EB-BBF2-005056921CC4499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F156C4B-F160-11EB-BBF2-005056921CC4500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4D58-21B8-11EE-BC0D-005056921CC4501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9B94CF-21B7-11EE-BC0D-005056921CC4502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F973DEAB-21B7-11EE-BC0D-005056921CC4503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401F6FD-21B8-11EE-BC0D-005056921CC4504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F3628D-21B8-11EE-BC0D-005056921CC4505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17F3633F-21B8-11EE-BC0D-005056921CC4506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD06D631-1E4B-11EC-BBF2-005056921CC4507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05BC4C18-21B8-11EE-BC0D-005056921CC4508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ED92E6-294C-11EC-BBF4-005056921CC4509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A47A5540-0683-11ED-BBFC-005056921CC4510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A05FBDB-21B8-11EE-BC0D-005056921CC4511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/478DDD0B-AEC8-11EE-BC40-00505692492F512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DA79591-E3D2-11EB-BBF2-005056921CC4513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB669E-510E-11EF-BC57-00505692E049514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65A60A57-510E-11EF-BC57-00505692E049515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB6816-510E-11EF-BC57-00505692E049516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB65B6-510E-11EF-BC57-00505692E049517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6BBB64CE-510E-11EF-BC57-00505692E049518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AF38BB7-6653-11EF-BC4D-00505692C447519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A02613D-8CCF-11EF-BC4E-00505692C447520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A026066-8CCF-11EF-BC4E-00505692C447521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7D5C170-E3C0-11EF-BC57-00505692E049522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D414BBC8-04DF-11F0-BC53-00505692E2D0523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108305BD-6895-11F0-BC54-00505692C447524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108306C9-6895-11F0-BC54-00505692C447525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E5CBD1-1917-11EF-BC3F-0050569297EB526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E5CB1F-1917-11EF-BC3F-0050569297EB527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6792621E-A74C-11EF-BC4E-00505692C447528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B566E726-FC6E-11EF-BC53-00505692E2D0529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B34D4394-FC6E-11EF-BC53-00505692E2D0530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD3875FC-FC6E-11EF-BC53-00505692E2D0531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B566E650-FC6E-11EF-BC53-00505692E2D0532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16814DCB-FE5F-11EF-BC4E-00505692C447533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC8F72A8-2796-11F0-BC58-00505692E049534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A4C9-7E14-11F0-BC4C-00505692492F535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D095A372-7E14-11F0-BC4C-00505692492F536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F425255E-731C-11F0-BC56-00505692E2D0537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F425346A-731C-11F0-BC56-00505692E2D0538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4251092-731C-11F0-BC56-00505692E2D0539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4251414-731C-11F0-BC56-00505692E2D0540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208E66C8-73BA-11F0-BC56-00505692E2D0541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2699B98C-73BA-11F0-BC56-00505692E2D0542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0EBDD52-88DE-11F0-BC57-00505692C447543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0647F72A-896B-11F0-BC4B-0050569297EB544.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -12058,51 +12100,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>153</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="152" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -14128,51 +14170,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="220" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>223</xdr:row>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="221" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -19108,111 +19150,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="386" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>395</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="387" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>391</xdr:row>
+      <xdr:row>396</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="388" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>392</xdr:row>
+      <xdr:row>397</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="389" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -19618,111 +19660,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="403" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>412</xdr:row>
+      <xdr:row>413</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="404" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>413</xdr:row>
+      <xdr:row>414</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="405" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>414</xdr:row>
+      <xdr:row>415</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="406" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -20188,141 +20230,141 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="422" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>432</xdr:row>
+      <xdr:row>433</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="423" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>433</xdr:row>
+      <xdr:row>434</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="424" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>434</xdr:row>
+      <xdr:row>435</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="425" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>435</xdr:row>
+      <xdr:row>436</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="426" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -21238,201 +21280,201 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="457" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId457"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>468</xdr:row>
+      <xdr:row>469</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="458" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId458"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>469</xdr:row>
+      <xdr:row>470</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="459" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>470</xdr:row>
+      <xdr:row>472</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="460" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>471</xdr:row>
+      <xdr:row>473</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="461" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId461"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>473</xdr:row>
+      <xdr:row>474</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="462" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId462"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>474</xdr:row>
+      <xdr:row>475</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="463" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -22528,141 +22570,141 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="500" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId500"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>513</xdr:row>
+      <xdr:row>514</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="501" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId501"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>514</xdr:row>
+      <xdr:row>515</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="502" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId502"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>515</xdr:row>
+      <xdr:row>516</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="503" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId503"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>516</xdr:row>
+      <xdr:row>517</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="504" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId504"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -23098,266 +23140,266 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="519" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId519"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>533</xdr:row>
+      <xdr:row>539</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="520" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId520"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>534</xdr:row>
+      <xdr:row>540</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="521" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId521"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>535</xdr:row>
+      <xdr:row>541</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="522" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId522"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>536</xdr:row>
+      <xdr:row>542</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="523" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId523"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>543</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="524" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId524"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>544</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="524" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId524"/>
+        <xdr:cNvPr id="525" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId525"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>545</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="525" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId525"/>
+        <xdr:cNvPr id="526" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId526"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>546</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="526" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="527" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId527"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>548</xdr:row>
@@ -23368,111 +23410,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="528" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId528"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>549</xdr:row>
+      <xdr:row>550</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="529" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId529"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>550</xdr:row>
+      <xdr:row>551</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="530" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId530"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>551</xdr:row>
+      <xdr:row>552</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="531" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId531"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -23488,261 +23530,261 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="532" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId532"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>554</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="533" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId533"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>555</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="533" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId533"/>
+        <xdr:cNvPr id="534" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId534"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>556</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="534" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId534"/>
+        <xdr:cNvPr id="535" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId535"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>557</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="535" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="536" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId536"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>559</xdr:row>
+      <xdr:row>566</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="537" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId537"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>560</xdr:row>
+      <xdr:row>567</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="538" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId538"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>561</xdr:row>
+      <xdr:row>568</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="539" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId539"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>562</xdr:row>
+      <xdr:row>569</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="540" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId540"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -23831,170 +23873,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>574</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="544" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId544"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId548"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -24253,62 +24175,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03034612/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130233/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130244/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03130313/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03130333/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03130335/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03130353/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130363/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130366/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130368/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-casalinghi-03130403/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130423/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130426/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130430/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130449/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-serax-03130462/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-serax-03130463/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130506/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130507/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130512/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130530/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-ancap-03130560/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130681/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-revol-03130707/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-suisse-langenthal-03130720/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130725/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130726/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130769/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130804/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130901/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130902/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130903/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130915/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130917/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130919/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130930/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130931/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130936/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130937/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130940/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130941/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130942/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130950/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130951/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130979/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130980/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130981/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130982/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130995/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03131016/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131245/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03131258/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131263/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131265/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131267/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131269/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131270/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131272/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131273/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131275/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131276/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-osz-03131287/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131293/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131294/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131295/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131296/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131302/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131303/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131306/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131307/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131311/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131312/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03131313/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rinart-03131314/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131325/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131327/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131328/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131330/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03131336/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131341/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131343/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131344/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131346/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-pasabahce-03131348/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-luminarc-03140103/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-luminarc-03140104/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140105/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140106/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140107/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140108/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140109/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140115/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03140128/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140132/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140133/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140137/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-osz-03140140/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-osz-03140141/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-ns-03140142/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140143/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140201/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-03140206/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140207/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140208/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140209/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140210/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03140215/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03140216/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-chaynyh-par-bormioli-rocco-03140217/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140227/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-arcoroc-03140246/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-03140251/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140297/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140298/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140299/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140300/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dulevo-03140301/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140305/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140307/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140310/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140311/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140312/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140314/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140318/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140320/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140324/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140330/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140331/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140345/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140346/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140348/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140349/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140350/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140352/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140358/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140359/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140360/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140361/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140367/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140368/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140371/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140375/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140376/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140377/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140381/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140382/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140384/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140386/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140387/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140389/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140390/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140391/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140392/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-03140395/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140398/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140400/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140411/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140412/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140413/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140415/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140416/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140417/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140418/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140419/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140420/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140422/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140423/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140424/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140432/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140433/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140434/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140435/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140436/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140437/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140439/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140441/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140449/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140450/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140481/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140482/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140487/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140488/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140490/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140499/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140504/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140508/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140510/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140513/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140516/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140518/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140528/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140531/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03140538/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03140539/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140542/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140543/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140547/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140551/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140552/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140553/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140560/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140565/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140566/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140575/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-tognana-03140578/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140581/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03140583/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140584/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140585/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140587/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140596/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140598/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140603/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140604/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140605/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140606/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140611/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140612/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140625/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140626/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140627/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140629/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140633/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-03140635/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140638/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140639/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140640/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140644/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140645/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140647/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140648/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140651/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140662/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140663/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140666/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140667/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140668/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140670/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140671/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140673/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140675/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140678/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140679/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140680/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140681/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-prohotel-03140682/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140685/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140686/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140689/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140690/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140691/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140695/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140699/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140707/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140711/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140712/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140713/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140717/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140718/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140719/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140720/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140721/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140722/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140731/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140734/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140735/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140746/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140747/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140748/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140749/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140750/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140751/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140752/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140754/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140755/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140756/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140759/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140760/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140762/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140763/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140764/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140765/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140766/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140767/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140768/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140770/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140771/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140772/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140773/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140774/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140784/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140785/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140795/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140797/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-royal-crown-derby-03140810/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-royal-crown-derby-03140812/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140814/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140836/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140837/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140839/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140840/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140845/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140846/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140851/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140852/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03140860/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140898/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-osz-03140899/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03140933/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140934/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140935/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140936/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-collage-03140937/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140938/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140941/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140942/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140943/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140944/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140946/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140954/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140958/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140969/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140972/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140973/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140974/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140976/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03140977/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140985/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-ancap-03140989/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140992/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140997/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141005/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03141006/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dvoynye-stenki-prohotel-03141022/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dvoynye-stenki-prohotel-03141023/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03141042/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141054/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141108/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141118/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141119/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141120/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141121/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141122/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141123/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141124/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141125/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141130/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141132/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03141133/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141134/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141138/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141139/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141140/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141141/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141147/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141148/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141149/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-revol-03141151/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141159/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-prohotel-03141160/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-prohotel-03141161/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-suisse-langenthal-03141168/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141171/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141172/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141173/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141175/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141176/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141177/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141183/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141198/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141207/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141219/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03141225/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141234/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141235/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141236/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141237/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141245/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141267/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141268/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141269/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141279/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-suisse-langenthal-03141281/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141321/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-prohotel-03141323/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dymov-03141334/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141336/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141337/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141338/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141339/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141340/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141341/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dobrushskiy-farforovyy-zavod-03141342/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141344/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141345/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141346/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-borisovskaya-keramika-03141347/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141348/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141349/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141350/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141351/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141352/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141353/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141354/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141355/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141356/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dymov-03141367/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-konicheskaya-dymov-03141368/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dymov-03141369/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-konicheskaya-dymov-03141370/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141374/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141375/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141376/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141383/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141384/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-dobrushskiy-farforovyy-zavod-03141387/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141389/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141390/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141391/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141392/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141393/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141395/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141396/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-s-metalpodstakan-bormioli-rocco-03141401/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141421/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141427/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141428/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141429/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141436/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141437/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141454/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141455/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141456/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141457/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141458/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141470/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141471/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-dobrushskiy-farforovyy-zavod-03141472/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141474/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141477/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141478/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141479/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141480/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141483/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141489/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141491/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141492/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141495/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141496/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141497/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03141504/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-fine-2-dine-03141509/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141515/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141525/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141527/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141528/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141531/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141532/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-prohotel-03141539/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03141540/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141542/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141543/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141546/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kl-03141549/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141551/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141554/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141556/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141557/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141558/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141559/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141560/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dymov-03141561/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-chaynyh-par-dobrushskiy-farforovyy-zavod-03141562/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141563/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dymov-03141565/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03141567/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141570/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141571/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141572/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141573/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141575/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141576/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141577/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141578/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141579/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141583/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141584/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03141611/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141613/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141614/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141615/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03141618/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03141619/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03141621/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141622/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dobrushskiy-farforovyy-zavod-03141628/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-le-coq-03141632/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141635/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141636/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141637/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141639/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141640/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141643/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141645/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141647/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141648/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141649/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141721/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141723/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141724/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141725/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-dobrushskiy-farforovyy-zavod-03141728/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141737/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141748/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141752/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141753/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-vista-alegre-03141757/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141762/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141847/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141848/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141904/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kutahya-03141906/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kutahya-03141907/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kutahya-03141908/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141909/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-cosy-and-trendy-03141911/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03141913/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142334/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-le-coq-03143127/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-09101123/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137907/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137903/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137904/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137905/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137906/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142051/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kulsan-03131241/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131339/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131320/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bonna-03137892/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131318/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131324/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131319/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131367/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131366/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131368/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131322/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03137909/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03142340/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03143138/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03143137/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131924/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dobrushskiy-farforovyy-zavod-03143485/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130135/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130136/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130137/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-kunstwerk-03140151/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130145/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131513/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131380/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130152/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130153/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130154/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130155/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130156/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131381/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131383/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130158/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130160/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130162/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130163/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130161/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130159/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130165/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130164/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dymov-03141661/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131370/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03034612/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130233/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130244/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03130313/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03130333/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03130335/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03130353/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130363/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130366/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130368/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-casalinghi-03130403/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130423/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130426/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130430/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130449/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-serax-03130462/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-serax-03130463/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130506/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130507/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130512/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03130530/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-ancap-03130560/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130681/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-revol-03130707/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-suisse-langenthal-03130720/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130725/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130726/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130769/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130804/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130901/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130902/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130903/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130915/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130917/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03130919/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130930/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130931/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130936/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130937/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130940/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130941/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130942/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130950/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130951/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130979/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130980/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130981/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03130982/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130995/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03131016/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131245/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03131258/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131263/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131265/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131267/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131269/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131270/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131272/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131273/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131275/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131276/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-osz-03131287/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131293/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131294/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131295/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131296/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131302/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131303/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131306/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131307/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131311/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131312/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03131313/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rinart-03131314/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131325/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131327/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131328/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03131330/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03131336/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131341/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131343/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131344/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131346/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-pasabahce-03131348/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-luminarc-03140103/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-luminarc-03140104/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140105/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140106/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140107/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140108/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140109/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140115/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03140128/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140132/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140133/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140137/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-osz-03140140/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-osz-03140141/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-ns-03140142/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140143/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140201/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-03140206/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140207/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140208/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140209/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140210/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03140215/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03140216/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-chaynyh-par-bormioli-rocco-03140217/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140227/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-arcoroc-03140246/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140297/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140298/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140299/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140300/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dulevo-03140301/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140305/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140307/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140310/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140311/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140312/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140314/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140318/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140320/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140324/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140330/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140331/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140345/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140346/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140348/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140349/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140350/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140352/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140358/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140359/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140360/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140361/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140367/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140368/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140371/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140375/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140376/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140377/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140381/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140382/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140384/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140386/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140387/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140389/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140390/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140391/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140392/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-03140395/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140398/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140400/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140411/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140412/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140413/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140415/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140416/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140417/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140418/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140419/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140420/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140422/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140423/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140424/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140432/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140433/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140434/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140435/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140436/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140437/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140439/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140441/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140449/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140450/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140481/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140482/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140487/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140488/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140490/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140499/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140504/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140508/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140510/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140513/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140516/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140518/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140528/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140531/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03140538/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03140539/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140542/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140543/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140547/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140551/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140552/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140553/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140560/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140565/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140566/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140575/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-tognana-03140578/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140581/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03140583/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140584/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140585/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140587/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140596/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140598/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140603/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140604/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140605/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140606/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140611/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140612/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140625/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140626/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140627/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140629/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140633/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-03140635/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140638/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140639/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140640/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140644/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140645/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03140647/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140648/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140651/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140662/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140663/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140666/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140667/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140668/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140670/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140671/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140673/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140675/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140678/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140679/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140680/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140681/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-prohotel-03140682/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140685/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140686/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140689/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140690/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140691/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140695/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140699/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-chef-and-sommelier-03140707/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140711/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140712/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140713/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140717/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140718/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140719/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140720/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140721/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140722/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140731/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140734/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03140735/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140746/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140747/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140749/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140750/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140751/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140752/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140754/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140755/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03140756/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140759/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140760/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140762/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140763/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140764/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140765/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140766/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140767/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140768/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140770/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140771/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140772/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140773/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140774/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140784/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140785/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140795/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140797/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-royal-crown-derby-03140810/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-royal-crown-derby-03140812/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140814/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140836/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140837/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140839/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140840/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03140845/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140846/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140851/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140852/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03140860/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140898/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03140933/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140934/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140935/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140936/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-collage-03140937/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-collage-03140938/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140941/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140942/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140943/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140944/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140946/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03140954/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140958/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140969/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140972/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140973/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140974/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03140976/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03140977/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-kunstwerk-03140985/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-ancap-03140989/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140992/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03140997/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141005/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03141006/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dvoynye-stenki-prohotel-03141022/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-dvoynye-stenki-prohotel-03141023/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lilien-austria-03141042/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141054/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141108/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141118/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141119/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141120/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141121/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141122/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141123/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141124/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141125/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141130/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141132/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03141133/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141134/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141138/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141139/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141140/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141141/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141147/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141148/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141149/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-revol-03141151/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141159/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-prohotel-03141160/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-prohotel-03141161/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-suisse-langenthal-03141168/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141171/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141172/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141173/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141175/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141176/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141177/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141183/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141198/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141207/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141219/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03141225/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141234/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141235/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141236/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03141237/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141245/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141267/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141268/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141269/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141279/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-suisse-langenthal-03141281/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141321/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-prohotel-03141323/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dymov-03141334/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141336/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141337/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141338/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141339/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141340/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141341/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dobrushskiy-farforovyy-zavod-03141342/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141344/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141345/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141346/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-borisovskaya-keramika-03141347/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141348/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141349/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141350/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141351/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141352/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141353/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141354/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141355/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141356/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dymov-03141367/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-konicheskaya-dymov-03141368/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dymov-03141369/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-konicheskaya-dymov-03141370/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141374/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141375/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141376/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141383/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141384/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-dobrushskiy-farforovyy-zavod-03141387/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141389/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141390/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141391/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141392/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141393/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141395/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141396/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-s-metalpodstakan-bormioli-rocco-03141401/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141421/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141427/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141428/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141429/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141437/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141454/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141455/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141456/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141457/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141458/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141470/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141471/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-dobrushskiy-farforovyy-zavod-03141472/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141474/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141477/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141478/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141479/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141480/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141483/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141489/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141491/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141492/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141495/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141496/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141497/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03141504/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-fine-2-dine-03141509/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141515/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141525/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141527/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141528/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141531/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141532/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-prohotel-03141539/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-arcoroc-03141540/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-borisovskaya-keramika-03141542/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141543/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-rosenthal-03141546/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kl-03141549/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141551/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141554/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141556/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141557/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141558/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141559/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-03141560/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dymov-03141561/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-chaynyh-par-dobrushskiy-farforovyy-zavod-03141562/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141563/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dymov-03141565/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-pasabahce-03141567/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141570/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141571/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141572/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141573/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141575/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141576/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141577/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141578/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141579/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141583/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141584/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03141611/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141613/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141614/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141615/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03141618/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03141619/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-william-edwards-03141621/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-dobrushskiy-farforovyy-zavod-03141622/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dobrushskiy-farforovyy-zavod-03141628/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/para-chaynaya-le-coq-03141632/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141635/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141636/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141637/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141639/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141640/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141643/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141645/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141647/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141648/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03141649/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141721/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141723/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141724/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141725/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-dobrushskiy-farforovyy-zavod-03141728/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141737/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141748/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141752/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141753/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-vista-alegre-03141757/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03141762/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141847/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-loveramics-03141848/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03141904/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kutahya-03141906/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kutahya-03141907/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kutahya-03141908/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03141909/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-cosy-and-trendy-03141911/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bauscher-03141913/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142334/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-le-coq-03143127/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-lubiana-09101123/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137907/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137903/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137904/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137905/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-serax-03137906/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142051/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131339/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131320/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bonna-03137892/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131318/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-steelite-03131324/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131319/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131367/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131366/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131368/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131322/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03137909/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kruzhka-kunstwerk-03142340/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03143138/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-cosy-and-trendy-03143137/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bormioli-rocco-03130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131924/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dobrushskiy-farforovyy-zavod-03143485/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130135/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130136/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130137/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-kunstwerk-03140151/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130145/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131513/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-kofeynaya-steelite-03131380/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130152/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130153/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130154/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130155/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03130156/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131381/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-kunstwerk-03131383/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130158/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130160/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130162/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130163/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130161/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130159/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130165/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130164/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynaya-para-dymov-03141661/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-le-coq-03131370/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-borisovskaya-keramika-03130171/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-g-benedikt-karlovy-vary-03131384/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-bashkirskii-farfor-03131385/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142068/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142069/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142070/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03142071/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03131389/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chashka-chaynaya-tognana-03131391/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L580"/>
+  <dimension ref="A1:L584"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I580" sqref="I580"/>
+      <selection activeCell="I584" sqref="I584"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -24519,51 +24441,51 @@
         <v>48</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>58</v>
       </c>
@@ -24991,18826 +24913,18944 @@
         <v>112</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="L21" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D23" s="0">
         <v>29847</v>
       </c>
       <c r="E23" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D25" s="0">
         <v>616074</v>
       </c>
       <c r="E25" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="F25" s="0" t="s">
+      <c r="G25" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="G25" s="0" t="s">
+      <c r="H25" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="D26" s="0" t="s">
+      <c r="E26" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="E26" s="0" t="s">
+      <c r="F26" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D27" s="0">
         <v>8642905</v>
       </c>
       <c r="E27" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="G27" s="0" t="s">
+      <c r="H27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="E28" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="0" t="s">
+      <c r="G28" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>156</v>
+        <v>28</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="G29" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="H29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F30" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>167</v>
-      </c>
-[...7 lines deleted...]
-        <v>169</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="L31" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>180</v>
+        <v>28</v>
       </c>
       <c r="L32" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>184</v>
+        <v>28</v>
       </c>
       <c r="L33" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F35" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>188</v>
-      </c>
-[...7 lines deleted...]
-        <v>193</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="E37" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="G37" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="E38" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="G38" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>208</v>
+        <v>28</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D46" s="0">
         <v>9580553</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="D47" s="0">
         <v>2936008</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="D48" s="0">
         <v>3948008</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="D49" s="0">
         <v>5950008</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E50" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="G50" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>264</v>
-      </c>
-[...19 lines deleted...]
-        <v>270</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="L54" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>20</v>
+        <v>290</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>20</v>
+        <v>290</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>309</v>
+        <v>20</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="D63" s="0">
         <v>2313</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>20</v>
+        <v>290</v>
       </c>
       <c r="L63" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>33</v>
+        <v>318</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F65" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>327</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="D68" s="0">
         <v>2403200</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="D69" s="0">
         <v>2403250</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F69" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="D70" s="0">
         <v>2433210</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="D71" s="0">
         <v>2433250</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>355</v>
+        <v>318</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>364</v>
+        <v>318</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>371</v>
-      </c>
-[...19 lines deleted...]
-        <v>377</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="L84" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="D85" s="0">
         <v>55161</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>117</v>
+        <v>318</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="E87" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="H87" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I87" s="1" t="s">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L87" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>348</v>
+        <v>435</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="L89" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="L90" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>348</v>
+        <v>318</v>
       </c>
       <c r="L91" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L92" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="E94" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="F94" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="G94" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>462</v>
-      </c>
-[...19 lines deleted...]
-        <v>467</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>407</v>
+        <v>28</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="D98" s="0">
         <v>1337</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="L98" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="D99" s="0">
         <v>1649</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L101" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="D102" s="0">
         <v>25269</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="D103" s="0">
         <v>75381</v>
       </c>
       <c r="E103" s="0"/>
       <c r="F103" s="0" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>309</v>
+        <v>508</v>
       </c>
       <c r="L104" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="D105" s="0">
         <v>22837</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>515</v>
+        <v>299</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L105" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="D106" s="0">
         <v>75790</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>524</v>
+        <v>329</v>
       </c>
       <c r="L107" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="D108" s="0">
         <v>405832</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="D109" s="0">
         <v>405842</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L109" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L111" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="E113" s="0"/>
+        <v>544</v>
+      </c>
+      <c r="E113" s="0" t="s">
+        <v>24</v>
+      </c>
       <c r="F113" s="0" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>137</v>
+        <v>26</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>556</v>
+        <v>517</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L115" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>522</v>
+        <v>558</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>33</v>
+        <v>560</v>
       </c>
       <c r="L116" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="E117" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>566</v>
-      </c>
-[...19 lines deleted...]
-        <v>570</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>156</v>
+        <v>28</v>
       </c>
       <c r="L117" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>571</v>
-      </c>
-[...19 lines deleted...]
-        <v>576</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>28</v>
+        <v>572</v>
       </c>
       <c r="L118" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>580</v>
+        <v>115</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>585</v>
+        <v>257</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L120" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>115</v>
+        <v>583</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>263</v>
+        <v>584</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L121" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L122" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>592</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>597</v>
+        <v>429</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>33</v>
+        <v>290</v>
       </c>
       <c r="L123" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>594</v>
+      </c>
+      <c r="D124" s="0">
+        <v>1702</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>603</v>
+        <v>20</v>
       </c>
       <c r="L124" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>1702</v>
+        <v>598</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>599</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>606</v>
+        <v>38</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L125" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>38</v>
+        <v>592</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L126" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>601</v>
+        <v>570</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L127" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>580</v>
+        <v>558</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>28</v>
+        <v>613</v>
       </c>
       <c r="L128" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>569</v>
+        <v>45</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>624</v>
+        <v>28</v>
       </c>
       <c r="L129" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L130" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>623</v>
+      </c>
+      <c r="D131" s="0">
+        <v>2706</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>51</v>
+        <v>624</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>117</v>
+        <v>318</v>
       </c>
       <c r="L131" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>2706</v>
+        <v>627</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>628</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>637</v>
+        <v>343</v>
       </c>
       <c r="L132" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>641</v>
+        <v>51</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L133" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>645</v>
+        <v>636</v>
+      </c>
+      <c r="D134" s="0">
+        <v>2806</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>51</v>
+        <v>637</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>33</v>
+        <v>560</v>
       </c>
       <c r="L134" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-        <v>2806</v>
+        <v>640</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>641</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>649</v>
+        <v>57</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>156</v>
+        <v>318</v>
       </c>
       <c r="L135" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>348</v>
+        <v>329</v>
       </c>
       <c r="L136" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L137" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>72</v>
+        <v>658</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L139" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L141" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>679</v>
+        <v>545</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L142" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L143" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F144" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L144" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>691</v>
+        <v>683</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F145" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>38</v>
+      </c>
       <c r="G145" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L145" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>693</v>
+        <v>685</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>695</v>
+        <v>686</v>
+      </c>
+      <c r="D146" s="0">
+        <v>2703</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>38</v>
+        <v>624</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>696</v>
+        <v>687</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L146" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>2703</v>
+        <v>689</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>690</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>635</v>
+        <v>691</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L147" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>703</v>
+        <v>68</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>704</v>
+        <v>680</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L148" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>705</v>
+        <v>696</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>706</v>
+        <v>697</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>707</v>
+        <v>698</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L149" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L151" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>72</v>
+        <v>715</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L153" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
-      <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>726</v>
-[...6 lines deleted...]
-      </c>
+        <v>719</v>
+      </c>
+      <c r="E154" s="0"/>
+      <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L154" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" customHeight="1" ht="80">
+      <c r="A155" s="0"/>
+      <c r="B155" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="E155" s="0" t="s">
         <v>24</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="F155" s="0"/>
+      <c r="F155" s="0" t="s">
+        <v>691</v>
+      </c>
       <c r="G155" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L155" s="0">
-        <v>5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>703</v>
+        <v>38</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L156" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>739</v>
+        <v>731</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>38</v>
+        <v>517</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>524</v>
+        <v>28</v>
       </c>
       <c r="L157" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>734</v>
+      </c>
+      <c r="D158" s="0">
+        <v>1790</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>522</v>
+        <v>595</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L158" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>745</v>
+        <v>736</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>746</v>
+        <v>737</v>
       </c>
       <c r="D159" s="0">
-        <v>1790</v>
+        <v>1007</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>606</v>
+        <v>738</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L159" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>741</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>742</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>750</v>
+        <v>517</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>751</v>
+        <v>456</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L160" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>461</v>
+        <v>746</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>28</v>
+        <v>747</v>
       </c>
       <c r="L161" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L162" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F163" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L163" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L164" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="F165" s="0"/>
+      <c r="F165" s="0" t="s">
+        <v>517</v>
+      </c>
       <c r="G165" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>770</v>
+        <v>518</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>771</v>
+        <v>763</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>772</v>
+        <v>764</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>773</v>
+        <v>765</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>523</v>
+        <v>766</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>774</v>
+        <v>28</v>
       </c>
       <c r="L166" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>775</v>
+        <v>767</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>776</v>
+        <v>768</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L167" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>779</v>
+        <v>771</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>780</v>
+        <v>772</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L168" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>522</v>
+        <v>25</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>786</v>
+        <v>32</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="L169" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>32</v>
+        <v>781</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L170" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>794</v>
+        <v>33</v>
       </c>
       <c r="L171" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>795</v>
+        <v>786</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>796</v>
+        <v>787</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>797</v>
+        <v>788</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>25</v>
+        <v>789</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>799</v>
+        <v>28</v>
       </c>
       <c r="L172" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>800</v>
+        <v>791</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>801</v>
+        <v>792</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>802</v>
+        <v>793</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>803</v>
+        <v>545</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>804</v>
+        <v>794</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L173" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>805</v>
+        <v>795</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>806</v>
+        <v>796</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>807</v>
+        <v>797</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>808</v>
+        <v>798</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="L174" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>809</v>
+        <v>799</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>810</v>
+        <v>800</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>556</v>
+        <v>802</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>812</v>
+        <v>803</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L175" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>816</v>
+        <v>807</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>817</v>
+        <v>808</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L176" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>820</v>
+        <v>811</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>821</v>
+        <v>545</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="L177" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>823</v>
+        <v>813</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>824</v>
+        <v>814</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>826</v>
+        <v>816</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
       <c r="L178" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>556</v>
+        <v>821</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L179" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>28</v>
+        <v>323</v>
       </c>
       <c r="L180" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>837</v>
+        <v>827</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>838</v>
+        <v>828</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>835</v>
+        <v>15</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>840</v>
+        <v>830</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>841</v>
+        <v>20</v>
       </c>
       <c r="L181" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>842</v>
+        <v>831</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>843</v>
+        <v>832</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>844</v>
+        <v>833</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>845</v>
+        <v>834</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L182" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>847</v>
+        <v>836</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>848</v>
+        <v>837</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>15</v>
+        <v>838</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>849</v>
+        <v>732</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>20</v>
+        <v>839</v>
       </c>
       <c r="L183" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>853</v>
+        <v>455</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>744</v>
+        <v>843</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>180</v>
+        <v>28</v>
       </c>
       <c r="L184" s="0">
-        <v>4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>845</v>
+      </c>
+      <c r="D185" s="0">
+        <v>2526</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>460</v>
+        <v>846</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L185" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>858</v>
+        <v>848</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>2526</v>
+        <v>849</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>850</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>860</v>
+        <v>115</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L186" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>853</v>
+      </c>
+      <c r="D187" s="0">
+        <v>1807</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>115</v>
+        <v>854</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L187" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>867</v>
-[...2 lines deleted...]
-        <v>1807</v>
+        <v>857</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>858</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>868</v>
+        <v>859</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>869</v>
+        <v>126</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L188" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>873</v>
+        <v>629</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>127</v>
+        <v>863</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>28</v>
+        <v>864</v>
       </c>
       <c r="L189" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>874</v>
+        <v>865</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>875</v>
+        <v>866</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>876</v>
+        <v>867</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>641</v>
+        <v>545</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>877</v>
+        <v>868</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>878</v>
+        <v>343</v>
       </c>
       <c r="L190" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>880</v>
+        <v>870</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>556</v>
+        <v>872</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>882</v>
+        <v>873</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L191" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>883</v>
+        <v>874</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>884</v>
+        <v>875</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>24</v>
+        <v>877</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L192" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>889</v>
+        <v>881</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>891</v>
+        <v>883</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>892</v>
+        <v>884</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>137</v>
+        <v>885</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>893</v>
+        <v>248</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L193" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>897</v>
+        <v>883</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>898</v>
+        <v>884</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>899</v>
+        <v>885</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>254</v>
+        <v>889</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>28</v>
+        <v>401</v>
       </c>
       <c r="L194" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>900</v>
+        <v>890</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>902</v>
+        <v>892</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>897</v>
+        <v>56</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>899</v>
+        <v>58</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>524</v>
+        <v>28</v>
       </c>
       <c r="L195" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>904</v>
+        <v>895</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>905</v>
+        <v>896</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>906</v>
+        <v>897</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>907</v>
+        <v>898</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>908</v>
+        <v>576</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L196" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>911</v>
+        <v>901</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>912</v>
+        <v>902</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>841</v>
+        <v>33</v>
       </c>
       <c r="L197" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>914</v>
+        <v>904</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>915</v>
+        <v>905</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>916</v>
+        <v>906</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>917</v>
+        <v>115</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L198" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>919</v>
+        <v>908</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>920</v>
+        <v>909</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>921</v>
+        <v>910</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>24</v>
+        <v>362</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>115</v>
+        <v>535</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>922</v>
+        <v>911</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L199" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>923</v>
+        <v>912</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>924</v>
+        <v>913</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>925</v>
+        <v>914</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>368</v>
+        <v>37</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>541</v>
+        <v>807</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>137</v>
+        <v>39</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>926</v>
+        <v>915</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
       <c r="L200" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>927</v>
+        <v>916</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>928</v>
+        <v>917</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>929</v>
+        <v>918</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>821</v>
+        <v>115</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>930</v>
+        <v>919</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L201" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>931</v>
+        <v>920</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>932</v>
+        <v>921</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>933</v>
+        <v>922</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>934</v>
+        <v>923</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L202" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>935</v>
+        <v>924</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>936</v>
+        <v>925</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>937</v>
+        <v>926</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>938</v>
+        <v>903</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L203" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>941</v>
+        <v>928</v>
+      </c>
+      <c r="D204" s="0">
+        <v>1801</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>115</v>
+        <v>854</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L204" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>942</v>
+        <v>930</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>1801</v>
+        <v>931</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>932</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>868</v>
+        <v>933</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L205" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>948</v>
+        <v>15</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L206" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>950</v>
+        <v>939</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L207" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>955</v>
+        <v>944</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="F208" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F208" s="0" t="s">
+        <v>15</v>
+      </c>
       <c r="G208" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>957</v>
+        <v>946</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L208" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>958</v>
+        <v>947</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>960</v>
+        <v>949</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>961</v>
+        <v>111</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L209" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>962</v>
+        <v>950</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>963</v>
+        <v>951</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>111</v>
+        <v>953</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L210" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>965</v>
+        <v>954</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>966</v>
+        <v>955</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>967</v>
+        <v>956</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>968</v>
+        <v>957</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L211" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>969</v>
+        <v>958</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>970</v>
+        <v>959</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>971</v>
+        <v>960</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>972</v>
+        <v>961</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L212" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>973</v>
+        <v>962</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>974</v>
+        <v>963</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>975</v>
+        <v>964</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>15</v>
+        <v>592</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>976</v>
+        <v>965</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L213" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>977</v>
+        <v>966</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>978</v>
+        <v>967</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>979</v>
+        <v>968</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>37</v>
+        <v>362</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>601</v>
+        <v>969</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>980</v>
+        <v>970</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>309</v>
+        <v>28</v>
       </c>
       <c r="L214" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>972</v>
+      </c>
+      <c r="D215" s="0">
+        <v>1907</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>368</v>
+        <v>37</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>984</v>
+        <v>973</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>985</v>
+        <v>974</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>28</v>
+        <v>975</v>
       </c>
       <c r="L215" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>986</v>
+        <v>976</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>1907</v>
+        <v>977</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>978</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>37</v>
+        <v>877</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
       <c r="G216" s="0" t="s">
-        <v>39</v>
+        <v>980</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>989</v>
+        <v>981</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>990</v>
+        <v>28</v>
       </c>
       <c r="L216" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>891</v>
+        <v>24</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>995</v>
+        <v>26</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L217" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>997</v>
+        <v>987</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>998</v>
+        <v>988</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>1000</v>
+        <v>985</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>1001</v>
+        <v>990</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L218" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>1002</v>
+        <v>991</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>1003</v>
+        <v>992</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>1004</v>
+        <v>993</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>1000</v>
+        <v>994</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>1005</v>
+        <v>995</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L219" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>1006</v>
+        <v>996</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>1007</v>
+        <v>997</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>1008</v>
+        <v>998</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>1009</v>
+        <v>994</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>1010</v>
+        <v>999</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L220" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>1009</v>
+        <v>994</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L221" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>1015</v>
+        <v>1004</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>1017</v>
+        <v>1006</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>1009</v>
+        <v>821</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>1018</v>
+        <v>1007</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L222" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>1019</v>
+        <v>1008</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>1020</v>
+        <v>1009</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>835</v>
+        <v>985</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>827</v>
+        <v>28</v>
       </c>
       <c r="L223" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
-      <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1014</v>
+      </c>
+      <c r="E224" s="0"/>
       <c r="F224" s="0" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>1026</v>
+        <v>1016</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L224" s="0">
-        <v>36</v>
+        <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
+      <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>1028</v>
+        <v>1018</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="E225" s="0"/>
+        <v>1019</v>
+      </c>
+      <c r="E225" s="0" t="s">
+        <v>877</v>
+      </c>
       <c r="F225" s="0" t="s">
-        <v>1030</v>
+        <v>1020</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>17</v>
+        <v>136</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>1031</v>
+        <v>1021</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L225" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>1032</v>
+        <v>1022</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>1033</v>
+        <v>1023</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>1034</v>
+        <v>1024</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>891</v>
+        <v>877</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>1035</v>
+        <v>1020</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>1036</v>
+        <v>1025</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L226" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>1037</v>
+        <v>1026</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>1038</v>
+        <v>1027</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>1039</v>
+        <v>1028</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>891</v>
+        <v>877</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>1035</v>
+        <v>878</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>137</v>
+        <v>1029</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>1040</v>
+        <v>1021</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L227" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>1041</v>
+        <v>1030</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>1042</v>
+        <v>1031</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>1043</v>
+        <v>1032</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>891</v>
+        <v>24</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>892</v>
+        <v>821</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>1044</v>
+        <v>26</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L228" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>1045</v>
+        <v>1034</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>1046</v>
+        <v>1035</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>1047</v>
+        <v>1036</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>835</v>
+        <v>115</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>1048</v>
+        <v>1037</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>28</v>
+        <v>1038</v>
       </c>
       <c r="L229" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>1052</v>
+        <v>957</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>1053</v>
+        <v>28</v>
       </c>
       <c r="L230" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>1054</v>
+        <v>1042</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>1056</v>
+        <v>1044</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>15</v>
+        <v>821</v>
       </c>
       <c r="G231" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>972</v>
+        <v>774</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L231" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>1057</v>
+        <v>1045</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>1058</v>
+        <v>1046</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>1059</v>
+        <v>1047</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>835</v>
+        <v>120</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>786</v>
+        <v>1048</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L232" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>1060</v>
+        <v>1049</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>121</v>
+        <v>1052</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>1063</v>
+        <v>1053</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L233" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1064</v>
+        <v>1054</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1065</v>
+        <v>1055</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>1066</v>
+        <v>1056</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>1067</v>
+        <v>1052</v>
       </c>
       <c r="G234" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="L234" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="E235" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>1067</v>
+        <v>1061</v>
       </c>
       <c r="G235" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>1072</v>
+        <v>1062</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L235" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>1074</v>
+        <v>1064</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>1075</v>
+        <v>1065</v>
       </c>
       <c r="E236" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>1076</v>
+        <v>1061</v>
       </c>
       <c r="G236" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L236" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="E237" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>1076</v>
+        <v>1061</v>
       </c>
       <c r="G237" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>117</v>
+        <v>318</v>
       </c>
       <c r="L237" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>1084</v>
+        <v>1073</v>
       </c>
       <c r="E238" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>1076</v>
+        <v>1052</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L238" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
       <c r="E239" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>1067</v>
+        <v>1052</v>
       </c>
       <c r="G239" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1089</v>
+        <v>1070</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L239" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1090</v>
+        <v>1078</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1091</v>
+        <v>1079</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>1092</v>
+        <v>1080</v>
       </c>
       <c r="E240" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>1067</v>
+        <v>1081</v>
       </c>
       <c r="G240" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1085</v>
+        <v>451</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L240" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1093</v>
+        <v>1082</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1094</v>
+        <v>1083</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="E241" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>1096</v>
+        <v>1061</v>
       </c>
       <c r="G241" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>456</v>
+        <v>1085</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>28</v>
+        <v>839</v>
       </c>
       <c r="L241" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1097</v>
+        <v>1086</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1098</v>
+        <v>1087</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1099</v>
+        <v>1088</v>
       </c>
       <c r="E242" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>1076</v>
+        <v>1061</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>355</v>
+        <v>318</v>
       </c>
       <c r="L242" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1101</v>
+        <v>1090</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1102</v>
+        <v>1091</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>1076</v>
+        <v>1052</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>117</v>
+        <v>318</v>
       </c>
       <c r="L243" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1107</v>
+        <v>1096</v>
       </c>
       <c r="E244" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>1067</v>
+        <v>1081</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1108</v>
+        <v>1097</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="L244" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1109</v>
+        <v>1098</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1110</v>
+        <v>1099</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1111</v>
+        <v>1100</v>
       </c>
       <c r="E245" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F245" s="0" t="s">
-        <v>1096</v>
+        <v>1081</v>
       </c>
       <c r="G245" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1112</v>
+        <v>443</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L245" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1113</v>
+        <v>1101</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1114</v>
+        <v>1102</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1115</v>
+        <v>1103</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>24</v>
+        <v>1104</v>
       </c>
       <c r="F246" s="0" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>448</v>
+        <v>1105</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L246" s="0">
-        <v>36</v>
+        <v>8</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-        <v>1118</v>
+        <v>1107</v>
+      </c>
+      <c r="D247" s="0">
+        <v>1901</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>1119</v>
+        <v>37</v>
       </c>
       <c r="F247" s="0" t="s">
-        <v>1119</v>
+        <v>1108</v>
       </c>
       <c r="G247" s="0" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1120</v>
+        <v>1109</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L247" s="0">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-        <v>1901</v>
+        <v>1111</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>1112</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1123</v>
+        <v>115</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1124</v>
+        <v>1113</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L248" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1125</v>
+        <v>1114</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1126</v>
+        <v>1115</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>1127</v>
+        <v>1116</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1128</v>
+        <v>1117</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>117</v>
+        <v>1118</v>
       </c>
       <c r="L249" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1129</v>
+        <v>1119</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1130</v>
+        <v>1120</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>1131</v>
+        <v>1121</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G250" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1132</v>
+        <v>1122</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L250" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1133</v>
+        <v>1123</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1134</v>
+        <v>1124</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1135</v>
+        <v>1125</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1136</v>
+        <v>1126</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>20</v>
+        <v>323</v>
       </c>
       <c r="L251" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1137</v>
+        <v>1127</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1138</v>
+        <v>1128</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1139</v>
+        <v>1129</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>15</v>
+        <v>545</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1140</v>
+        <v>1130</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>841</v>
+        <v>1131</v>
       </c>
       <c r="L252" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1141</v>
+        <v>1132</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1142</v>
+        <v>1133</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1143</v>
+        <v>1134</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>556</v>
+        <v>1135</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>1145</v>
+        <v>343</v>
       </c>
       <c r="L253" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1146</v>
+        <v>1137</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1147</v>
+        <v>1138</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1148</v>
+        <v>1139</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>24</v>
+        <v>877</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1149</v>
+        <v>1140</v>
       </c>
       <c r="G254" s="0" t="s">
-        <v>26</v>
+        <v>980</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L254" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1151</v>
+        <v>1142</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1152</v>
+        <v>1143</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1153</v>
+        <v>1144</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>891</v>
+        <v>24</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>1154</v>
+        <v>802</v>
       </c>
       <c r="G255" s="0" t="s">
-        <v>995</v>
+        <v>26</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1155</v>
+        <v>1145</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L255" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1156</v>
+        <v>1146</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1157</v>
+        <v>1147</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>816</v>
+        <v>1149</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1159</v>
+        <v>1145</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L256" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1160</v>
+        <v>1150</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1161</v>
+        <v>1151</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1162</v>
+        <v>1152</v>
       </c>
       <c r="E257" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F257" s="0" t="s">
-        <v>1163</v>
+        <v>1135</v>
       </c>
       <c r="G257" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1159</v>
+        <v>1145</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L257" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1164</v>
+        <v>1153</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1166</v>
+        <v>1155</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F258" s="0" t="s">
-        <v>1149</v>
+        <v>45</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L258" s="0">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1167</v>
+        <v>1157</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1168</v>
+        <v>1158</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1169</v>
+        <v>1159</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F259" s="0" t="s">
-        <v>45</v>
+        <v>1160</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1170</v>
+        <v>1161</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L259" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1171</v>
+        <v>1162</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1172</v>
+        <v>1163</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="E260" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F260" s="0" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="G260" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1175</v>
+        <v>1165</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L260" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1176</v>
+        <v>1166</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1177</v>
+        <v>1167</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>1178</v>
+        <v>1168</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="G261" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1179</v>
+        <v>27</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L261" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1180</v>
+        <v>1169</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>1182</v>
+        <v>1171</v>
       </c>
       <c r="E262" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="G262" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>27</v>
+        <v>608</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L262" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1183</v>
+        <v>1172</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1184</v>
+        <v>1173</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>1185</v>
+        <v>1174</v>
       </c>
       <c r="E263" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="G263" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>619</v>
+        <v>27</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L263" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1186</v>
+        <v>1175</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1187</v>
+        <v>1176</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>1188</v>
+        <v>1177</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>27</v>
+        <v>161</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L264" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1190</v>
+        <v>1180</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>163</v>
+        <v>1183</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L265" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1193</v>
+        <v>1184</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1194</v>
+        <v>1185</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1195</v>
+        <v>1186</v>
       </c>
       <c r="E266" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>1196</v>
+        <v>1182</v>
       </c>
       <c r="G266" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1197</v>
+        <v>1187</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>117</v>
+        <v>329</v>
       </c>
       <c r="L266" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1198</v>
+        <v>1188</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1199</v>
+        <v>1189</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>1200</v>
+        <v>1190</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1196</v>
+        <v>1191</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1201</v>
+        <v>1192</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L267" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1202</v>
+        <v>1193</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1203</v>
+        <v>1194</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>1204</v>
+        <v>1195</v>
       </c>
       <c r="E268" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1205</v>
+        <v>1191</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1206</v>
+        <v>1196</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L268" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1207</v>
+        <v>1197</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1208</v>
+        <v>1198</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>1209</v>
+        <v>1199</v>
       </c>
       <c r="E269" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1205</v>
+        <v>1191</v>
       </c>
       <c r="G269" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1210</v>
+        <v>1200</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L269" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1211</v>
+        <v>1201</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1212</v>
+        <v>1202</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1213</v>
+        <v>1203</v>
       </c>
       <c r="E270" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>1205</v>
+        <v>1191</v>
       </c>
       <c r="G270" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1214</v>
+        <v>1204</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L270" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1215</v>
+        <v>1205</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1216</v>
+        <v>1206</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1217</v>
+        <v>1207</v>
       </c>
       <c r="E271" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="G271" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1218</v>
+        <v>1209</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L271" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1219</v>
+        <v>1210</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1220</v>
+        <v>1211</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1221</v>
+        <v>1212</v>
       </c>
       <c r="E272" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="G272" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1222</v>
+        <v>1213</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>348</v>
+        <v>747</v>
       </c>
       <c r="L272" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1224</v>
+        <v>1215</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1225</v>
+        <v>1216</v>
       </c>
       <c r="E273" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>1226</v>
+        <v>1208</v>
       </c>
       <c r="G273" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L273" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1228</v>
+        <v>1218</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1230</v>
+        <v>1220</v>
       </c>
       <c r="E274" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1226</v>
+        <v>1208</v>
       </c>
       <c r="G274" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1231</v>
+        <v>1221</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>334</v>
+        <v>28</v>
       </c>
       <c r="L274" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1232</v>
+        <v>1222</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1233</v>
+        <v>1223</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1234</v>
+        <v>1224</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>24</v>
+        <v>362</v>
       </c>
       <c r="F275" s="0" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G275" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="H275" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I275" s="1" t="s">
         <v>1226</v>
-      </c>
-[...7 lines deleted...]
-        <v>1235</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L275" s="0">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1236</v>
+        <v>1227</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1237</v>
+        <v>1228</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1238</v>
+        <v>1229</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="F276" s="0" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L276" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>368</v>
+        <v>261</v>
       </c>
       <c r="F277" s="0" t="s">
-        <v>551</v>
+        <v>1230</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>137</v>
+        <v>263</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1243</v>
+        <v>188</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L277" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1244</v>
+        <v>1235</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1246</v>
+        <v>1237</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1248</v>
+        <v>224</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L278" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1249</v>
+        <v>1239</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1250</v>
+        <v>1240</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1251</v>
+        <v>1241</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F279" s="0" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="G279" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>193</v>
+        <v>1242</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>28</v>
+        <v>1243</v>
       </c>
       <c r="L279" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F280" s="0" t="s">
-        <v>1255</v>
+        <v>1238</v>
       </c>
       <c r="G280" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>230</v>
+        <v>1247</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L280" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F281" s="0" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1259</v>
+        <v>1252</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>1260</v>
+        <v>28</v>
       </c>
       <c r="L281" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1263</v>
+        <v>1255</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F282" s="0" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1264</v>
+        <v>1256</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L282" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1265</v>
+        <v>1257</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1266</v>
+        <v>1258</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1267</v>
+        <v>1259</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F283" s="0" t="s">
-        <v>1268</v>
+        <v>1251</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1269</v>
+        <v>1256</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L283" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1270</v>
+        <v>1260</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1271</v>
+        <v>1261</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1272</v>
+        <v>1262</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>1268</v>
+        <v>1251</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1273</v>
+        <v>1252</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>348</v>
+        <v>33</v>
       </c>
       <c r="L284" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1274</v>
+        <v>1263</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1275</v>
+        <v>1264</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1276</v>
+        <v>1265</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="G285" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L285" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1277</v>
+        <v>1268</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1278</v>
+        <v>1269</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1279</v>
+        <v>1270</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>180</v>
+        <v>28</v>
       </c>
       <c r="L286" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1282</v>
+        <v>1274</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>1283</v>
+        <v>1266</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1284</v>
+        <v>1275</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L287" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1285</v>
+        <v>1276</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1286</v>
+        <v>1277</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1287</v>
+        <v>1278</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F288" s="0" t="s">
-        <v>1283</v>
+        <v>1266</v>
       </c>
       <c r="G288" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1288</v>
+        <v>1279</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L288" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1289</v>
+        <v>1280</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1290</v>
+        <v>1281</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1291</v>
+        <v>1282</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F289" s="0" t="s">
-        <v>1283</v>
+        <v>1266</v>
       </c>
       <c r="G289" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1292</v>
+        <v>1267</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L289" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1293</v>
+        <v>1283</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1294</v>
+        <v>1284</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1295</v>
+        <v>1285</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>267</v>
+        <v>24</v>
       </c>
       <c r="F290" s="0" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="G290" s="0" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1296</v>
+        <v>1287</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L290" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1297</v>
+        <v>1288</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1298</v>
+        <v>1289</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1299</v>
+        <v>1290</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>267</v>
+        <v>24</v>
       </c>
       <c r="F291" s="0" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1284</v>
+        <v>52</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L291" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1300</v>
+        <v>1291</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1301</v>
+        <v>1292</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1302</v>
+        <v>1293</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="F292" s="0" t="s">
-        <v>1303</v>
+        <v>1266</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1304</v>
+        <v>1294</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L292" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1305</v>
+        <v>1295</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>1303</v>
+        <v>466</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>52</v>
+        <v>1070</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L293" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1308</v>
+        <v>1298</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1310</v>
+        <v>1300</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>267</v>
+        <v>1301</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>1283</v>
+        <v>1302</v>
       </c>
       <c r="G294" s="0" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1311</v>
+        <v>1303</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L294" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L294" s="0"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1312</v>
+        <v>1304</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1313</v>
+        <v>1305</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1314</v>
+        <v>1306</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>267</v>
+        <v>1301</v>
       </c>
       <c r="F295" s="0" t="s">
-        <v>471</v>
+        <v>1307</v>
       </c>
       <c r="G295" s="0" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1085</v>
+        <v>1308</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L295" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L295" s="0"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1315</v>
+        <v>1309</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1316</v>
+        <v>1310</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1317</v>
+        <v>1311</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>1318</v>
+        <v>24</v>
       </c>
       <c r="F296" s="0" t="s">
-        <v>1319</v>
+        <v>545</v>
       </c>
       <c r="G296" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1320</v>
+        <v>1247</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L296" s="0"/>
+        <v>1312</v>
+      </c>
+      <c r="L296" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1321</v>
+        <v>1313</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1322</v>
+        <v>1314</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1323</v>
+        <v>1315</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>1318</v>
+        <v>261</v>
       </c>
       <c r="F297" s="0" t="s">
-        <v>1324</v>
+        <v>262</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1325</v>
+        <v>1316</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L297" s="0"/>
+        <v>572</v>
+      </c>
+      <c r="L297" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1326</v>
+        <v>1317</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1327</v>
+        <v>1318</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1328</v>
+        <v>1319</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>556</v>
+        <v>262</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1264</v>
+        <v>1320</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>1329</v>
+        <v>1321</v>
       </c>
       <c r="L298" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1330</v>
+        <v>1322</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1331</v>
+        <v>1323</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1332</v>
+        <v>1324</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1333</v>
+        <v>1325</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L299" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1334</v>
+        <v>1326</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F300" s="0" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="G300" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>277</v>
+        <v>28</v>
       </c>
       <c r="L300" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1338</v>
+        <v>1330</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1339</v>
+        <v>1331</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1340</v>
+        <v>1332</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>267</v>
+        <v>44</v>
       </c>
       <c r="F301" s="0" t="s">
-        <v>268</v>
+        <v>1333</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1341</v>
+        <v>1334</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L301" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1344</v>
+        <v>1337</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L302" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1347</v>
+        <v>1340</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>1348</v>
+        <v>1341</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>44</v>
+        <v>261</v>
       </c>
       <c r="F303" s="0" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="G303" s="0" t="s">
-        <v>17</v>
+        <v>263</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>512</v>
+        <v>47</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L303" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1350</v>
+        <v>1343</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>267</v>
+        <v>24</v>
       </c>
       <c r="F304" s="0" t="s">
-        <v>268</v>
+        <v>1346</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1353</v>
+        <v>1347</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L304" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C305" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D305" s="0" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E305" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F305" s="0" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G305" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H305" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I305" s="1" t="s">
         <v>1354</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L305" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>1360</v>
+        <v>1357</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F306" s="0" t="s">
-        <v>1361</v>
+        <v>1346</v>
       </c>
       <c r="G306" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1362</v>
+        <v>707</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L306" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>1366</v>
+        <v>460</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>1367</v>
+        <v>1361</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>1368</v>
+        <v>263</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1369</v>
+        <v>1362</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>774</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L307" s="0"/>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1370</v>
+        <v>1363</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1371</v>
+        <v>1364</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>1366</v>
+      </c>
+      <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>719</v>
+        <v>1367</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L308" s="0">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1369</v>
+      </c>
+      <c r="D309" s="0" t="s">
+        <v>1370</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>1366</v>
+      </c>
+      <c r="F309" s="0"/>
       <c r="G309" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1376</v>
+        <v>1371</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L309" s="0">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>1366</v>
+      </c>
+      <c r="F310" s="0"/>
       <c r="G310" s="0" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1381</v>
+        <v>1375</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L310" s="0"/>
+      <c r="L310" s="0">
+        <v>72</v>
+      </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1382</v>
+        <v>1376</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1383</v>
+        <v>1377</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1384</v>
+        <v>1378</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>1385</v>
+        <v>1366</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1386</v>
+        <v>1379</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>28</v>
+        <v>1380</v>
       </c>
       <c r="L311" s="0">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1387</v>
+        <v>1381</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>1385</v>
+        <v>1366</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1390</v>
+        <v>1384</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L312" s="0">
-        <v>60</v>
+        <v>48</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1391</v>
+        <v>1385</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>1385</v>
-[...1 lines deleted...]
-      <c r="F313" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F313" s="0" t="s">
+        <v>1388</v>
+      </c>
       <c r="G313" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L313" s="0">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>1385</v>
-[...1 lines deleted...]
-      <c r="F314" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F314" s="0" t="s">
+        <v>1388</v>
+      </c>
       <c r="G314" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>1260</v>
+        <v>343</v>
       </c>
       <c r="L314" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1400</v>
+        <v>1395</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>1385</v>
-[...1 lines deleted...]
-      <c r="F315" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F315" s="0" t="s">
+        <v>1388</v>
+      </c>
       <c r="G315" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1402</v>
+        <v>1397</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>28</v>
+        <v>290</v>
       </c>
       <c r="L315" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="E316" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>1406</v>
+        <v>1388</v>
       </c>
       <c r="G316" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1407</v>
+        <v>889</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L316" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1409</v>
+        <v>1402</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1410</v>
+        <v>1403</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>1406</v>
+        <v>1388</v>
       </c>
       <c r="G317" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1411</v>
+        <v>188</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="L317" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1412</v>
+        <v>1404</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1413</v>
+        <v>1405</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1406</v>
+        <v>1230</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>309</v>
+        <v>28</v>
       </c>
       <c r="L318" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="E319" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F319" s="0" t="s">
-        <v>1406</v>
+        <v>92</v>
       </c>
       <c r="G319" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>903</v>
+        <v>1411</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L319" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1419</v>
+        <v>1412</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1421</v>
+        <v>1414</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F320" s="0" t="s">
-        <v>1406</v>
+        <v>15</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>193</v>
+        <v>1415</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="L320" s="0">
-        <v>36</v>
+        <v>4</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>267</v>
+        <v>15</v>
       </c>
       <c r="F321" s="0" t="s">
-        <v>1247</v>
+        <v>15</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1425</v>
+        <v>211</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L321" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1426</v>
+        <v>1419</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1428</v>
+        <v>1421</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F322" s="0" t="s">
-        <v>92</v>
+        <v>15</v>
       </c>
       <c r="G322" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1429</v>
+        <v>1117</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L322" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1430</v>
+        <v>1422</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1431</v>
+        <v>1423</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>1432</v>
+        <v>1424</v>
       </c>
       <c r="E323" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F323" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G323" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1433</v>
+        <v>1425</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L323" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1434</v>
+        <v>1426</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1435</v>
+        <v>1427</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1436</v>
+        <v>1428</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F324" s="0" t="s">
-        <v>15</v>
+        <v>592</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>217</v>
+        <v>1429</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L324" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1437</v>
+        <v>1430</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1438</v>
+        <v>1431</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1439</v>
+        <v>1432</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
       <c r="F325" s="0" t="s">
-        <v>15</v>
+        <v>1433</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1132</v>
+        <v>1434</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L325" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="E326" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F326" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G326" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L326" s="0">
-        <v>4</v>
+        <v>48</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>1440</v>
+      </c>
+      <c r="D327" s="0">
+        <v>20825</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
       <c r="F327" s="0" t="s">
-        <v>601</v>
+        <v>1441</v>
       </c>
       <c r="G327" s="0" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1447</v>
+        <v>1209</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L327" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1448</v>
+        <v>1442</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1450</v>
+        <v>1444</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>423</v>
+        <v>24</v>
       </c>
       <c r="F328" s="0" t="s">
-        <v>1451</v>
+        <v>1445</v>
       </c>
       <c r="G328" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>33</v>
+        <v>339</v>
       </c>
       <c r="L328" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1454</v>
+        <v>1448</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F329" s="0" t="s">
-        <v>15</v>
+        <v>1346</v>
       </c>
       <c r="G329" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L329" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1457</v>
+        <v>1451</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1458</v>
-[...2 lines deleted...]
-        <v>20825</v>
+        <v>1452</v>
+      </c>
+      <c r="D330" s="0" t="s">
+        <v>1453</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>125</v>
+        <v>460</v>
       </c>
       <c r="F330" s="0" t="s">
-        <v>1459</v>
+        <v>1454</v>
       </c>
       <c r="G330" s="0" t="s">
-        <v>46</v>
+        <v>263</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1227</v>
+        <v>1455</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L330" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1460</v>
+        <v>1456</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1462</v>
+        <v>1458</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="F331" s="0" t="s">
-        <v>1463</v>
+        <v>466</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
       <c r="L331" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>1468</v>
+        <v>1463</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="F332" s="0"/>
       <c r="G332" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1469</v>
+        <v>630</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L332" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1470</v>
+        <v>1464</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1471</v>
+        <v>1465</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1474</v>
+        <v>1467</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="L333" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1475</v>
+        <v>1468</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1476</v>
+        <v>1469</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1477</v>
+        <v>1470</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>267</v>
+        <v>883</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>471</v>
+        <v>1471</v>
       </c>
       <c r="G334" s="0" t="s">
-        <v>269</v>
+        <v>885</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>603</v>
+        <v>28</v>
       </c>
       <c r="L334" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1479</v>
+        <v>1473</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1480</v>
+        <v>1474</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="F335" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F335" s="0" t="s">
+        <v>1388</v>
+      </c>
       <c r="G335" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1482</v>
+        <v>1476</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L335" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1483</v>
+        <v>1477</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1485</v>
+        <v>1479</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="F336" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F336" s="0" t="s">
+        <v>1480</v>
+      </c>
       <c r="G336" s="0" t="s">
-        <v>17</v>
+        <v>1481</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L336" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C337" s="0" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D337" s="0" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E337" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F337" s="0" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G337" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H337" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I337" s="1" t="s">
         <v>1487</v>
-      </c>
-[...19 lines deleted...]
-        <v>1491</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="L337" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C338" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D338" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E338" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F338" s="0" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G338" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H338" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I338" s="1" t="s">
         <v>1492</v>
-      </c>
-[...19 lines deleted...]
-        <v>1495</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L338" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D339" s="0" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E339" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F339" s="0"/>
+      <c r="G339" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H339" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I339" s="1" t="s">
         <v>1496</v>
-      </c>
-[...19 lines deleted...]
-        <v>1501</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L339" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>1366</v>
+        <v>44</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="G340" s="0" t="s">
-        <v>1368</v>
+        <v>1481</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>1507</v>
+        <v>572</v>
       </c>
       <c r="L340" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1508</v>
+        <v>1502</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>1366</v>
+        <v>44</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>1511</v>
+        <v>1500</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>1368</v>
+        <v>1481</v>
       </c>
       <c r="H341" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L341" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1513</v>
+        <v>1506</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1514</v>
+        <v>1507</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>1366</v>
-[...1 lines deleted...]
-      <c r="F342" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F342" s="0" t="s">
+        <v>1500</v>
+      </c>
       <c r="G342" s="0" t="s">
-        <v>1368</v>
+        <v>1481</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1516</v>
+        <v>1509</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L342" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1517</v>
+        <v>1510</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1518</v>
+        <v>1511</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1519</v>
+        <v>1512</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F343" s="0" t="s">
-        <v>1520</v>
+        <v>1388</v>
       </c>
       <c r="G343" s="0" t="s">
-        <v>1500</v>
+        <v>26</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1521</v>
+        <v>812</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>208</v>
+        <v>318</v>
       </c>
       <c r="L343" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1523</v>
+        <v>1514</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F344" s="0" t="s">
-        <v>1520</v>
+        <v>1388</v>
       </c>
       <c r="G344" s="0" t="s">
-        <v>1500</v>
+        <v>26</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L344" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F345" s="0" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G345" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H345" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I345" s="1" t="s">
         <v>1520</v>
-      </c>
-[...7 lines deleted...]
-        <v>1529</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
       <c r="L345" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1532</v>
+        <v>1523</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F346" s="0" t="s">
-        <v>1406</v>
+        <v>1524</v>
       </c>
       <c r="G346" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>826</v>
+        <v>1525</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>1260</v>
+        <v>343</v>
       </c>
       <c r="L346" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1534</v>
+        <v>1527</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1535</v>
+        <v>1528</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>24</v>
+        <v>362</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>1406</v>
+        <v>1529</v>
       </c>
       <c r="G347" s="0" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1536</v>
+        <v>1530</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L347" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1537</v>
+        <v>1531</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1538</v>
+        <v>1532</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>24</v>
+        <v>1351</v>
       </c>
       <c r="F348" s="0" t="s">
-        <v>1406</v>
+        <v>1486</v>
       </c>
       <c r="G348" s="0" t="s">
-        <v>26</v>
+        <v>1353</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="L348" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1541</v>
+        <v>1535</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1542</v>
+        <v>1536</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1543</v>
+        <v>1537</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F349" s="0" t="s">
-        <v>1544</v>
+        <v>1538</v>
       </c>
       <c r="G349" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1545</v>
+        <v>1539</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>117</v>
+        <v>318</v>
       </c>
       <c r="L349" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1546</v>
+        <v>1540</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1547</v>
+        <v>1541</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1548</v>
+        <v>1542</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>368</v>
+        <v>24</v>
       </c>
       <c r="F350" s="0" t="s">
-        <v>1549</v>
+        <v>1538</v>
       </c>
       <c r="G350" s="0" t="s">
-        <v>137</v>
+        <v>26</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1550</v>
+        <v>1543</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L350" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1551</v>
+        <v>1544</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1552</v>
+        <v>1545</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1553</v>
+        <v>1546</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>1366</v>
+        <v>24</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>1505</v>
+        <v>1538</v>
       </c>
       <c r="G351" s="0" t="s">
-        <v>1368</v>
+        <v>26</v>
       </c>
       <c r="H351" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1554</v>
+        <v>264</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>841</v>
+        <v>343</v>
       </c>
       <c r="L351" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1555</v>
+        <v>1547</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1556</v>
+        <v>1548</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1557</v>
+        <v>1549</v>
       </c>
       <c r="E352" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>1558</v>
+        <v>1538</v>
       </c>
       <c r="G352" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1559</v>
+        <v>919</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L352" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1560</v>
+        <v>1550</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1561</v>
+        <v>1551</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1562</v>
+        <v>1552</v>
       </c>
       <c r="E353" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F353" s="0" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
       <c r="G353" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1563</v>
+        <v>1554</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>1564</v>
+        <v>33</v>
       </c>
       <c r="L353" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1565</v>
+        <v>1555</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1566</v>
+        <v>1556</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1567</v>
+        <v>1557</v>
       </c>
       <c r="E354" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
       <c r="G354" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>270</v>
+        <v>1558</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>117</v>
+        <v>290</v>
       </c>
       <c r="L354" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1568</v>
+        <v>1559</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1569</v>
+        <v>1560</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1570</v>
+        <v>1561</v>
       </c>
       <c r="E355" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>1558</v>
+        <v>1538</v>
       </c>
       <c r="G355" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>934</v>
+        <v>1562</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L355" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1571</v>
+        <v>1563</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1572</v>
-[...2 lines deleted...]
-        <v>1573</v>
+        <v>1564</v>
+      </c>
+      <c r="D356" s="0">
+        <v>616080</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>1574</v>
+        <v>135</v>
       </c>
       <c r="G356" s="0" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="H356" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1575</v>
+        <v>1565</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L356" s="0"/>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1576</v>
+        <v>1566</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1577</v>
-[...2 lines deleted...]
-        <v>1578</v>
+        <v>1567</v>
+      </c>
+      <c r="D357" s="0">
+        <v>1690519</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="F357" s="0" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="G357" s="0" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1579</v>
+        <v>1569</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L357" s="0"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1580</v>
+        <v>1570</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1581</v>
+        <v>1571</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1582</v>
+        <v>1572</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="F358" s="0"/>
       <c r="G358" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1583</v>
+        <v>1573</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L358" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1584</v>
+        <v>1574</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1585</v>
-[...2 lines deleted...]
-        <v>616080</v>
+        <v>1575</v>
+      </c>
+      <c r="D359" s="0" t="s">
+        <v>1576</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="F359" s="0"/>
       <c r="G359" s="0" t="s">
-        <v>137</v>
+        <v>17</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1586</v>
+        <v>1577</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L359" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L359" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1587</v>
+        <v>1578</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>1690519</v>
+        <v>1579</v>
+      </c>
+      <c r="D360" s="0" t="s">
+        <v>1580</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="F360" s="0" t="s">
-        <v>1589</v>
+        <v>142</v>
       </c>
       <c r="G360" s="0" t="s">
-        <v>149</v>
+        <v>58</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1590</v>
+        <v>1581</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L360" s="0"/>
+      <c r="L360" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1591</v>
+        <v>1582</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1592</v>
+        <v>1583</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="F361" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F361" s="0" t="s">
+        <v>1585</v>
+      </c>
       <c r="G361" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1594</v>
+        <v>1586</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L361" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1595</v>
+        <v>1587</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1596</v>
+        <v>1588</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>1597</v>
+        <v>1589</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="F362" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F362" s="0" t="s">
+        <v>1585</v>
+      </c>
       <c r="G362" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1598</v>
+        <v>1590</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L362" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1599</v>
+        <v>1591</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1600</v>
+        <v>1592</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1601</v>
+        <v>1593</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>142</v>
+        <v>15</v>
       </c>
       <c r="F363" s="0" t="s">
-        <v>143</v>
+        <v>1585</v>
       </c>
       <c r="G363" s="0" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H363" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1602</v>
+        <v>1590</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L363" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1603</v>
+        <v>1594</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1604</v>
-[...2 lines deleted...]
-        <v>1605</v>
+        <v>1595</v>
+      </c>
+      <c r="D364" s="0">
+        <v>5556326</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="F364" s="0" t="s">
-        <v>1606</v>
+        <v>1596</v>
       </c>
       <c r="G364" s="0" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1607</v>
+        <v>1597</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
-        <v>20</v>
+        <v>1598</v>
       </c>
       <c r="L364" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1608</v>
+        <v>1599</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1609</v>
-[...2 lines deleted...]
-        <v>1610</v>
+        <v>1600</v>
+      </c>
+      <c r="D365" s="0">
+        <v>9019035</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="F365" s="0" t="s">
-        <v>1606</v>
+        <v>1601</v>
       </c>
       <c r="G365" s="0" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1611</v>
+        <v>1602</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>20</v>
+        <v>1603</v>
       </c>
       <c r="L365" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1612</v>
+        <v>1604</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1613</v>
+        <v>1605</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>1614</v>
+        <v>1606</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="F366" s="0" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="G366" s="0" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1611</v>
+        <v>1569</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L366" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1616</v>
+        <v>1609</v>
       </c>
       <c r="D367" s="0">
-        <v>5556326</v>
+        <v>4672075</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1617</v>
+        <v>821</v>
       </c>
       <c r="G367" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1618</v>
+        <v>1610</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L367" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L367" s="0"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1619</v>
+        <v>1611</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1620</v>
-[...2 lines deleted...]
-        <v>9019035</v>
+        <v>1612</v>
+      </c>
+      <c r="D368" s="0" t="s">
+        <v>1613</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="F368" s="0" t="s">
-        <v>1621</v>
+        <v>1538</v>
       </c>
       <c r="G368" s="0" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="H368" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1622</v>
+        <v>1614</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L368" s="0">
-        <v>4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1623</v>
+        <v>1615</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1624</v>
+        <v>1616</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>1625</v>
+        <v>1617</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>147</v>
+        <v>1351</v>
       </c>
       <c r="F369" s="0" t="s">
-        <v>1626</v>
+        <v>1618</v>
       </c>
       <c r="G369" s="0" t="s">
-        <v>149</v>
+        <v>1353</v>
       </c>
       <c r="H369" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1590</v>
+        <v>1619</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L369" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1627</v>
+        <v>1620</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1628</v>
-[...2 lines deleted...]
-        <v>4672075</v>
+        <v>1621</v>
+      </c>
+      <c r="D370" s="0" t="s">
+        <v>1622</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="F370" s="0" t="s">
-        <v>835</v>
+        <v>1623</v>
       </c>
       <c r="G370" s="0" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1629</v>
+        <v>1624</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L370" s="0"/>
+      <c r="L370" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1630</v>
+        <v>1625</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>1632</v>
+        <v>1627</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="F371" s="0"/>
       <c r="G371" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L371" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1634</v>
+        <v>1629</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1635</v>
+        <v>1630</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1636</v>
+        <v>1631</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>1366</v>
+        <v>44</v>
       </c>
       <c r="F372" s="0" t="s">
-        <v>1637</v>
+        <v>1632</v>
       </c>
       <c r="G372" s="0" t="s">
-        <v>1368</v>
+        <v>17</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1638</v>
+        <v>957</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L372" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L372" s="0"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1639</v>
+        <v>1633</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1640</v>
+        <v>1634</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>1641</v>
+        <v>1635</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
       <c r="F373" s="0" t="s">
-        <v>1642</v>
+        <v>1632</v>
       </c>
       <c r="G373" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1643</v>
+        <v>957</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L373" s="0"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1644</v>
+        <v>1636</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1645</v>
+        <v>1637</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1646</v>
+        <v>1638</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="F374" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F374" s="0" t="s">
+        <v>1632</v>
+      </c>
       <c r="G374" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1647</v>
+        <v>1639</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L374" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1648</v>
+        <v>1640</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1649</v>
+        <v>1641</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1650</v>
+        <v>1642</v>
       </c>
       <c r="E375" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F375" s="0" t="s">
-        <v>1651</v>
+        <v>1632</v>
       </c>
       <c r="G375" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>972</v>
+        <v>957</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L375" s="0"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1652</v>
+        <v>1643</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1653</v>
+        <v>1644</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>44</v>
+        <v>158</v>
       </c>
       <c r="F376" s="0" t="s">
-        <v>1651</v>
+        <v>1646</v>
       </c>
       <c r="G376" s="0" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>972</v>
+        <v>1647</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L376" s="0"/>
+      <c r="L376" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1655</v>
+        <v>1648</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F377" s="0" t="s">
         <v>1651</v>
       </c>
       <c r="G377" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>957</v>
+        <v>1652</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L377" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1658</v>
+        <v>1653</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1659</v>
+        <v>1654</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>1660</v>
+        <v>1655</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="G378" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>972</v>
+        <v>1657</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L378" s="0"/>
+      <c r="L378" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C379" s="0" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D379" s="0" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E379" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F379" s="0" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G379" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H379" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I379" s="1" t="s">
         <v>1661</v>
-      </c>
-[...19 lines deleted...]
-        <v>1665</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L379" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>24</v>
+        <v>460</v>
       </c>
       <c r="F380" s="0" t="s">
-        <v>1669</v>
+        <v>461</v>
       </c>
       <c r="G380" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1670</v>
+        <v>1665</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L380" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L380" s="0"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1671</v>
+        <v>1666</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1672</v>
+        <v>1667</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1673</v>
+        <v>1668</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="F381" s="0" t="s">
-        <v>1674</v>
+        <v>1669</v>
       </c>
       <c r="G381" s="0" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1675</v>
+        <v>1670</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
-        <v>28</v>
+        <v>560</v>
       </c>
       <c r="L381" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1677</v>
+        <v>1672</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>1678</v>
+        <v>1673</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="F382" s="0" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="G382" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1679</v>
+        <v>1675</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
       <c r="L382" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1680</v>
+        <v>1676</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>1682</v>
+        <v>1678</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="F383" s="0"/>
       <c r="G383" s="0" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1683</v>
+        <v>1679</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L383" s="0"/>
+      <c r="L383" s="0">
+        <v>48</v>
+      </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C384" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D384" s="0">
+        <v>268436</v>
+      </c>
+      <c r="E384" s="0" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F384" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="G384" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H384" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I384" s="1" t="s">
         <v>1684</v>
-      </c>
-[...19 lines deleted...]
-        <v>1688</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
-        <v>156</v>
+        <v>1685</v>
       </c>
       <c r="L384" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C385" s="0" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D385" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E385" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F385" s="0" t="s">
         <v>1689</v>
       </c>
-      <c r="C385" s="0" t="s">
+      <c r="G385" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H385" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I385" s="1" t="s">
         <v>1690</v>
-      </c>
-[...16 lines deleted...]
-        <v>1693</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
-        <v>28</v>
+        <v>290</v>
       </c>
       <c r="L385" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1696</v>
+        <v>1693</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="F386" s="0"/>
+        <v>158</v>
+      </c>
+      <c r="F386" s="0" t="s">
+        <v>1689</v>
+      </c>
       <c r="G386" s="0" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1697</v>
+        <v>1530</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L386" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C387" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D387" s="0" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E387" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F387" s="0" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G387" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H387" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I387" s="1" t="s">
         <v>1698</v>
-      </c>
-[...19 lines deleted...]
-        <v>1702</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>1703</v>
+        <v>28</v>
       </c>
       <c r="L387" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1705</v>
+        <v>1700</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1706</v>
+        <v>1701</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="F388" s="0" t="s">
-        <v>1707</v>
+        <v>1702</v>
       </c>
       <c r="G388" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1708</v>
+        <v>410</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L388" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1709</v>
+        <v>1703</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1710</v>
+        <v>1704</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1711</v>
+        <v>1705</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="F389" s="0" t="s">
-        <v>1707</v>
+        <v>1697</v>
       </c>
       <c r="G389" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1550</v>
+        <v>1706</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="L389" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1712</v>
+        <v>1707</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1713</v>
+        <v>1708</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>1714</v>
+        <v>1709</v>
       </c>
       <c r="E390" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F390" s="0" t="s">
-        <v>1715</v>
+        <v>1702</v>
       </c>
       <c r="G390" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1716</v>
+        <v>1710</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L390" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
-      <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1717</v>
+        <v>1711</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1718</v>
+        <v>1712</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>1719</v>
+        <v>1713</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>24</v>
+        <v>1351</v>
       </c>
       <c r="F391" s="0" t="s">
-        <v>1720</v>
+        <v>1714</v>
       </c>
       <c r="G391" s="0" t="s">
-        <v>26</v>
+        <v>1353</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>416</v>
+        <v>295</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L391" s="0"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
-      <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1721</v>
+        <v>1715</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1722</v>
+        <v>1716</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1723</v>
+        <v>1717</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="F392" s="0" t="s">
-        <v>1715</v>
+        <v>1646</v>
       </c>
       <c r="G392" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1724</v>
+        <v>1718</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L392" s="0"/>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
-      <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1725</v>
+        <v>1719</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1726</v>
+        <v>1720</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1727</v>
+        <v>1721</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1720</v>
+        <v>1646</v>
       </c>
       <c r="G393" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1728</v>
+        <v>1722</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L393" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L393" s="0"/>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="B394" s="0" t="s">
-        <v>1729</v>
+        <v>1723</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1730</v>
+        <v>1724</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>1731</v>
+        <v>1725</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>1366</v>
+        <v>158</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>1732</v>
+        <v>1646</v>
       </c>
       <c r="G394" s="0" t="s">
-        <v>1368</v>
+        <v>160</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>300</v>
+        <v>1726</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L394" s="0"/>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="B395" s="0" t="s">
-        <v>1733</v>
+        <v>1727</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1734</v>
+        <v>1728</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="E395" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F395" s="0" t="s">
+        <v>1646</v>
+      </c>
+      <c r="G395" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F395" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H395" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L395" s="0"/>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
+      <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1737</v>
+        <v>1731</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1738</v>
+        <v>1732</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>1739</v>
+        <v>1733</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="F396" s="0" t="s">
-        <v>1664</v>
+        <v>1734</v>
       </c>
       <c r="G396" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1740</v>
+        <v>443</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L396" s="0"/>
+      <c r="L396" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
+      <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1741</v>
+        <v>1735</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1742</v>
+        <v>1736</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1743</v>
+        <v>1737</v>
       </c>
       <c r="E397" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F397" s="0" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G397" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F397" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H397" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1744</v>
+        <v>724</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L397" s="0"/>
+      <c r="L397" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
+      <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1745</v>
+        <v>1739</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1746</v>
+        <v>1740</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1747</v>
+        <v>1741</v>
       </c>
       <c r="E398" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F398" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G398" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F398" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H398" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1748</v>
+        <v>724</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L398" s="0"/>
+        <v>318</v>
+      </c>
+      <c r="L398" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1749</v>
+        <v>1743</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1750</v>
+        <v>1744</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1751</v>
+        <v>1745</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>1752</v>
+        <v>1746</v>
       </c>
       <c r="G399" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>448</v>
+        <v>1747</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L399" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1753</v>
+        <v>1748</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1754</v>
+        <v>1749</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1755</v>
+        <v>1750</v>
       </c>
       <c r="E400" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F400" s="0" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G400" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F400" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H400" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1757</v>
+        <v>1747</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L400" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1758</v>
+        <v>1752</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1759</v>
+        <v>1753</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1760</v>
+        <v>1754</v>
       </c>
       <c r="E401" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F401" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G401" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F401" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H401" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>736</v>
+        <v>724</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L401" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1762</v>
+        <v>1756</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1763</v>
+        <v>1757</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1764</v>
+        <v>1758</v>
       </c>
       <c r="E402" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F402" s="0" t="s">
+        <v>1759</v>
+      </c>
+      <c r="G402" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F402" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H402" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1766</v>
+        <v>1747</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L402" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1767</v>
+        <v>1760</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1768</v>
+        <v>1761</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>1769</v>
+        <v>1762</v>
       </c>
       <c r="E403" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F403" s="0" t="s">
+        <v>1763</v>
+      </c>
+      <c r="G403" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F403" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H403" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1766</v>
+        <v>1747</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L403" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1771</v>
+        <v>1764</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1772</v>
+        <v>1765</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>1773</v>
+        <v>1766</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>160</v>
+        <v>1351</v>
       </c>
       <c r="F404" s="0" t="s">
-        <v>1774</v>
+        <v>1767</v>
       </c>
       <c r="G404" s="0" t="s">
-        <v>162</v>
+        <v>1353</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>736</v>
+        <v>1768</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>28</v>
+        <v>290</v>
       </c>
       <c r="L404" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1775</v>
+        <v>1769</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1776</v>
-[...2 lines deleted...]
-        <v>1777</v>
+        <v>1770</v>
+      </c>
+      <c r="D405" s="0">
+        <v>268408</v>
       </c>
       <c r="E405" s="0" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F405" s="0" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G405" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F405" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H405" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L405" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1779</v>
+        <v>1773</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1780</v>
-[...2 lines deleted...]
-        <v>1781</v>
+        <v>1774</v>
+      </c>
+      <c r="D406" s="0">
+        <v>286436</v>
       </c>
       <c r="E406" s="0" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F406" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="G406" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F406" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H406" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
-        <v>28</v>
+        <v>1776</v>
       </c>
       <c r="L406" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1783</v>
+        <v>1777</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1784</v>
-[...2 lines deleted...]
-        <v>1785</v>
+        <v>1778</v>
+      </c>
+      <c r="D407" s="0">
+        <v>268405</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>1366</v>
+        <v>1682</v>
       </c>
       <c r="F407" s="0" t="s">
-        <v>1786</v>
+        <v>1779</v>
       </c>
       <c r="G407" s="0" t="s">
-        <v>1368</v>
+        <v>160</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1787</v>
+        <v>1780</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L407" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1788</v>
+        <v>1781</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1789</v>
+        <v>1782</v>
       </c>
       <c r="D408" s="0">
-        <v>268408</v>
+        <v>286405</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>1700</v>
+        <v>1682</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1790</v>
+        <v>1779</v>
       </c>
       <c r="G408" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H408" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1791</v>
+        <v>1783</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L408" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1792</v>
+        <v>1784</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1793</v>
-[...2 lines deleted...]
-        <v>286436</v>
+        <v>1785</v>
+      </c>
+      <c r="D409" s="0" t="s">
+        <v>1786</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>1700</v>
+        <v>158</v>
       </c>
       <c r="F409" s="0" t="s">
-        <v>1701</v>
+        <v>196</v>
       </c>
       <c r="G409" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1794</v>
+        <v>1787</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
-        <v>1795</v>
+        <v>28</v>
       </c>
       <c r="L409" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1797</v>
-[...2 lines deleted...]
-        <v>268405</v>
+        <v>1789</v>
+      </c>
+      <c r="D410" s="0" t="s">
+        <v>1790</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>1700</v>
+        <v>158</v>
       </c>
       <c r="F410" s="0" t="s">
-        <v>1798</v>
+        <v>201</v>
       </c>
       <c r="G410" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1799</v>
+        <v>526</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L410" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1800</v>
+        <v>1791</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1801</v>
-[...2 lines deleted...]
-        <v>286405</v>
+        <v>1792</v>
+      </c>
+      <c r="D411" s="0" t="s">
+        <v>1793</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>1700</v>
+        <v>158</v>
       </c>
       <c r="F411" s="0" t="s">
-        <v>1798</v>
+        <v>1794</v>
       </c>
       <c r="G411" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1802</v>
+        <v>1795</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L411" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1803</v>
+        <v>1796</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1804</v>
+        <v>1797</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1805</v>
+        <v>1798</v>
       </c>
       <c r="E412" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F412" s="0" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G412" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F412" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H412" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1806</v>
+        <v>1800</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L412" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
-      <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1807</v>
+        <v>1801</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1808</v>
+        <v>1802</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>1809</v>
+        <v>1803</v>
       </c>
       <c r="E413" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F413" s="0" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G413" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F413" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H413" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>532</v>
+        <v>1805</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L413" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L413" s="0"/>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1810</v>
+        <v>1806</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1811</v>
+        <v>1807</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>1812</v>
+        <v>1808</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>160</v>
+        <v>1351</v>
       </c>
       <c r="F414" s="0" t="s">
-        <v>1813</v>
+        <v>1809</v>
       </c>
       <c r="G414" s="0" t="s">
-        <v>162</v>
+        <v>1353</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1814</v>
+        <v>1639</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L414" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>1815</v>
+        <v>1810</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1816</v>
+        <v>1811</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>1817</v>
+        <v>1812</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>160</v>
+        <v>460</v>
       </c>
       <c r="F415" s="0" t="s">
-        <v>1818</v>
+        <v>1813</v>
       </c>
       <c r="G415" s="0" t="s">
-        <v>162</v>
+        <v>263</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1757</v>
+        <v>1814</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L415" s="0"/>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
+      <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1819</v>
+        <v>1815</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1820</v>
+        <v>1816</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1821</v>
+        <v>1817</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>160</v>
+        <v>460</v>
       </c>
       <c r="F416" s="0" t="s">
-        <v>1822</v>
+        <v>1813</v>
       </c>
       <c r="G416" s="0" t="s">
-        <v>162</v>
+        <v>263</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>552</v>
+        <v>1814</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L416" s="0"/>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1823</v>
+        <v>1818</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1824</v>
+        <v>1819</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>1825</v>
+        <v>1820</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>1366</v>
+        <v>460</v>
       </c>
       <c r="F417" s="0" t="s">
-        <v>1826</v>
+        <v>1821</v>
       </c>
       <c r="G417" s="0" t="s">
-        <v>1368</v>
+        <v>263</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>957</v>
+        <v>1822</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L417" s="0"/>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C418" s="0" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D418" s="0" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E418" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="F418" s="0" t="s">
+        <v>1826</v>
+      </c>
+      <c r="G418" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="H418" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I418" s="1" t="s">
         <v>1827</v>
-      </c>
-[...19 lines deleted...]
-        <v>1831</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L418" s="0"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1832</v>
+        <v>1828</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1833</v>
+        <v>1829</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1834</v>
+        <v>1830</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1830</v>
+        <v>1361</v>
       </c>
       <c r="G419" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1831</v>
+        <v>1822</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L419" s="0"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1835</v>
+        <v>1831</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1836</v>
+        <v>1832</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1837</v>
+        <v>1833</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1838</v>
+        <v>1361</v>
       </c>
       <c r="G420" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L420" s="0"/>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1840</v>
+        <v>1835</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1841</v>
+        <v>1836</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1842</v>
+        <v>1837</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F421" s="0" t="s">
-        <v>1843</v>
+        <v>1838</v>
       </c>
       <c r="G421" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="H421" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1844</v>
+        <v>1839</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L421" s="0"/>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1845</v>
+        <v>1840</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1846</v>
-[...2 lines deleted...]
-        <v>1847</v>
+        <v>1841</v>
+      </c>
+      <c r="D422" s="0">
+        <v>3.4034</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>465</v>
+        <v>521</v>
       </c>
       <c r="F422" s="0" t="s">
-        <v>1380</v>
+        <v>1842</v>
       </c>
       <c r="G422" s="0" t="s">
-        <v>269</v>
+        <v>523</v>
       </c>
       <c r="H422" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L422" s="0"/>
+      <c r="L422" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1848</v>
+        <v>1844</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1849</v>
-[...2 lines deleted...]
-        <v>1850</v>
+        <v>1845</v>
+      </c>
+      <c r="D423" s="0">
+        <v>830838</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>465</v>
+        <v>146</v>
       </c>
       <c r="F423" s="0" t="s">
-        <v>1380</v>
+        <v>1846</v>
       </c>
       <c r="G423" s="0" t="s">
-        <v>269</v>
+        <v>148</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1851</v>
+        <v>322</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L423" s="0"/>
+      <c r="L423" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1852</v>
+        <v>1847</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1853</v>
+        <v>1848</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>1854</v>
+        <v>1849</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>465</v>
+        <v>24</v>
       </c>
       <c r="F424" s="0" t="s">
-        <v>1855</v>
+        <v>1850</v>
       </c>
       <c r="G424" s="0" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1856</v>
+        <v>843</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L424" s="0"/>
+        <v>318</v>
+      </c>
+      <c r="L424" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1857</v>
+        <v>1851</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1858</v>
-[...2 lines deleted...]
-        <v>3.4034</v>
+        <v>1852</v>
+      </c>
+      <c r="D425" s="0" t="s">
+        <v>1853</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>527</v>
+        <v>158</v>
       </c>
       <c r="F425" s="0" t="s">
-        <v>1859</v>
+        <v>1854</v>
       </c>
       <c r="G425" s="0" t="s">
-        <v>529</v>
+        <v>160</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1860</v>
+        <v>1855</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L425" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1861</v>
+        <v>1856</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1862</v>
-[...2 lines deleted...]
-        <v>830838</v>
+        <v>1857</v>
+      </c>
+      <c r="D426" s="0" t="s">
+        <v>1858</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="F426" s="0" t="s">
-        <v>1863</v>
+        <v>1854</v>
       </c>
       <c r="G426" s="0" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1864</v>
+        <v>1859</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L426" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1865</v>
+        <v>1860</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1866</v>
+        <v>1861</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1867</v>
+        <v>1862</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="F427" s="0" t="s">
-        <v>1868</v>
+        <v>1799</v>
       </c>
       <c r="G427" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>857</v>
+        <v>1787</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>117</v>
+        <v>343</v>
       </c>
       <c r="L427" s="0">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1869</v>
+        <v>1863</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1870</v>
+        <v>1864</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1871</v>
+        <v>1865</v>
       </c>
       <c r="E428" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F428" s="0" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G428" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F428" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H428" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1873</v>
+        <v>1866</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="L428" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
-        <v>1874</v>
+        <v>1867</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1875</v>
+        <v>1868</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1876</v>
+        <v>1869</v>
       </c>
       <c r="E429" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F429" s="0" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G429" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F429" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H429" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1877</v>
+        <v>1871</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
-        <v>28</v>
+        <v>747</v>
       </c>
       <c r="L429" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1878</v>
+        <v>1872</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1879</v>
+        <v>1873</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1880</v>
+        <v>1874</v>
       </c>
       <c r="E430" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F430" s="0" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G430" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F430" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H430" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1881</v>
+        <v>1875</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L430" s="0"/>
+        <v>1460</v>
+      </c>
+      <c r="L430" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1882</v>
+        <v>1876</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1883</v>
+        <v>1877</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1884</v>
+        <v>1878</v>
       </c>
       <c r="E431" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F431" s="0" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G431" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F431" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H431" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1806</v>
+        <v>1880</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>33</v>
+        <v>1881</v>
       </c>
       <c r="L431" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1885</v>
+        <v>1882</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1886</v>
+        <v>1883</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="E432" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F432" s="0" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G432" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F432" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H432" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1888</v>
+        <v>1875</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
-        <v>117</v>
+        <v>560</v>
       </c>
       <c r="L432" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
-      <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1889</v>
+        <v>1885</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1890</v>
+        <v>1886</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1891</v>
+        <v>1887</v>
       </c>
       <c r="E433" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F433" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="G433" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F433" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H433" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1893</v>
+        <v>1795</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L433" s="0"/>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1894</v>
+        <v>1888</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1895</v>
+        <v>1889</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1896</v>
+        <v>1890</v>
       </c>
       <c r="E434" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F434" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="G434" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F434" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H434" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1897</v>
+        <v>1891</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
-        <v>878</v>
+        <v>1892</v>
       </c>
       <c r="L434" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1898</v>
+        <v>1893</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1899</v>
+        <v>1894</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
       <c r="E435" s="0" t="s">
-        <v>160</v>
+        <v>1351</v>
       </c>
       <c r="F435" s="0" t="s">
-        <v>1901</v>
+        <v>1491</v>
       </c>
       <c r="G435" s="0" t="s">
-        <v>162</v>
+        <v>1353</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1902</v>
+        <v>1896</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L435" s="0">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1903</v>
+        <v>1897</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1904</v>
+        <v>1898</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>1905</v>
+        <v>1899</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>160</v>
+        <v>1900</v>
       </c>
       <c r="F436" s="0" t="s">
         <v>1901</v>
       </c>
       <c r="G436" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H436" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
-        <v>878</v>
+        <v>28</v>
       </c>
       <c r="L436" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
+      <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C437" s="0" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D437" s="0" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E437" s="0" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F437" s="0" t="s">
+        <v>1901</v>
+      </c>
+      <c r="G437" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H437" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I437" s="1" t="s">
         <v>1906</v>
-      </c>
-[...19 lines deleted...]
-        <v>1814</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L437" s="0"/>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C438" s="0" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D438" s="0" t="s">
         <v>1909</v>
       </c>
-      <c r="C438" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E438" s="0" t="s">
-        <v>160</v>
+        <v>1900</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>161</v>
+        <v>1901</v>
       </c>
       <c r="G438" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H438" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1912</v>
+        <v>1906</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L438" s="0"/>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1913</v>
+        <v>1910</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1914</v>
+        <v>1911</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1915</v>
+        <v>1912</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>1366</v>
+        <v>1900</v>
       </c>
       <c r="F439" s="0" t="s">
-        <v>1511</v>
+        <v>1901</v>
       </c>
       <c r="G439" s="0" t="s">
-        <v>1368</v>
+        <v>17</v>
       </c>
       <c r="H439" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>1916</v>
+        <v>1906</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L439" s="0"/>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1918</v>
+        <v>1914</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1919</v>
+        <v>1915</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>1920</v>
+        <v>1900</v>
       </c>
       <c r="F440" s="0" t="s">
-        <v>1921</v>
+        <v>1901</v>
       </c>
       <c r="G440" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H440" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1922</v>
+        <v>1906</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L440" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L440" s="0"/>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1923</v>
+        <v>1916</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1924</v>
+        <v>1917</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1925</v>
+        <v>1918</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>1920</v>
+        <v>1900</v>
       </c>
       <c r="F441" s="0" t="s">
-        <v>1921</v>
+        <v>1901</v>
       </c>
       <c r="G441" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H441" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1926</v>
+        <v>1919</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L441" s="0"/>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1927</v>
+        <v>1920</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1928</v>
+        <v>1921</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1929</v>
+        <v>1922</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>1920</v>
+        <v>1900</v>
       </c>
       <c r="F442" s="0" t="s">
-        <v>1921</v>
+        <v>1901</v>
       </c>
       <c r="G442" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H442" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L442" s="0"/>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1930</v>
+        <v>1924</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1931</v>
+        <v>1925</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1932</v>
+        <v>1926</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>1920</v>
+        <v>1900</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>1921</v>
+        <v>1901</v>
       </c>
       <c r="G443" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L443" s="0"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1933</v>
+        <v>1927</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1934</v>
+        <v>1928</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1935</v>
+        <v>1929</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>1920</v>
+        <v>1900</v>
       </c>
       <c r="F444" s="0" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
       <c r="G444" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L444" s="0"/>
+      <c r="L444" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1936</v>
+        <v>1932</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1937</v>
+        <v>1933</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1938</v>
+        <v>1934</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>1920</v>
+        <v>1900</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>1921</v>
+        <v>1901</v>
       </c>
       <c r="G445" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1939</v>
+        <v>1935</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L445" s="0"/>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C446" s="0" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D446" s="0" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E446" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F446" s="0" t="s">
+        <v>1939</v>
+      </c>
+      <c r="G446" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H446" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I446" s="1" t="s">
         <v>1940</v>
-      </c>
-[...19 lines deleted...]
-        <v>1943</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L446" s="0"/>
+        <v>343</v>
+      </c>
+      <c r="L446" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C447" s="0" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D447" s="0" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E447" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F447" s="0" t="s">
         <v>1944</v>
       </c>
-      <c r="C447" s="0" t="s">
+      <c r="G447" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H447" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I447" s="1" t="s">
         <v>1945</v>
-      </c>
-[...16 lines deleted...]
-        <v>1943</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L447" s="0"/>
+        <v>290</v>
+      </c>
+      <c r="L447" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C448" s="0" t="s">
         <v>1947</v>
       </c>
-      <c r="C448" s="0" t="s">
+      <c r="D448" s="0" t="s">
         <v>1948</v>
       </c>
-      <c r="D448" s="0" t="s">
+      <c r="E448" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="F448" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="G448" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="H448" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I448" s="1" t="s">
         <v>1949</v>
-      </c>
-[...13 lines deleted...]
-        <v>1951</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L448" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L448" s="0"/>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C449" s="0" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D449" s="0">
+        <v>604616</v>
+      </c>
+      <c r="E449" s="0" t="s">
         <v>1952</v>
       </c>
-      <c r="C449" s="0" t="s">
+      <c r="F449" s="0" t="s">
         <v>1953</v>
       </c>
-      <c r="D449" s="0" t="s">
+      <c r="G449" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="H449" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I449" s="1" t="s">
         <v>1954</v>
-      </c>
-[...13 lines deleted...]
-        <v>1955</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L449" s="0"/>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C450" s="0" t="s">
         <v>1956</v>
       </c>
-      <c r="C450" s="0" t="s">
+      <c r="D450" s="0" t="s">
         <v>1957</v>
-      </c>
-[...1 lines deleted...]
-        <v>1958</v>
       </c>
       <c r="E450" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F450" s="0" t="s">
-        <v>1959</v>
+        <v>1939</v>
       </c>
       <c r="G450" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H450" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1960</v>
+        <v>1657</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L450" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C451" s="0" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D451" s="0" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E451" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F451" s="0" t="s">
         <v>1961</v>
       </c>
-      <c r="C451" s="0" t="s">
+      <c r="G451" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H451" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I451" s="1" t="s">
         <v>1962</v>
-      </c>
-[...16 lines deleted...]
-        <v>1965</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
-        <v>309</v>
+        <v>613</v>
       </c>
       <c r="L451" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C452" s="0" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D452" s="0" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E452" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F452" s="0" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G452" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H452" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I452" s="1" t="s">
         <v>1966</v>
-      </c>
-[...19 lines deleted...]
-        <v>1969</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L452" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="L452" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1971</v>
-[...2 lines deleted...]
-        <v>604616</v>
+        <v>1968</v>
+      </c>
+      <c r="D453" s="0" t="s">
+        <v>1969</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>1972</v>
+        <v>37</v>
       </c>
       <c r="F453" s="0" t="s">
-        <v>1973</v>
+        <v>1961</v>
       </c>
       <c r="G453" s="0" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="H453" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1974</v>
+        <v>1501</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L453" s="0"/>
+        <v>1380</v>
+      </c>
+      <c r="L453" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1975</v>
+        <v>1970</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1976</v>
+        <v>1971</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1977</v>
+        <v>1972</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="F454" s="0" t="s">
-        <v>1959</v>
+        <v>247</v>
       </c>
       <c r="G454" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1675</v>
+        <v>1530</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L454" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1978</v>
+        <v>1973</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1979</v>
+        <v>1974</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1980</v>
+        <v>1975</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>37</v>
+        <v>158</v>
       </c>
       <c r="F455" s="0" t="s">
-        <v>1981</v>
+        <v>247</v>
       </c>
       <c r="G455" s="0" t="s">
-        <v>39</v>
+        <v>160</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1982</v>
+        <v>1747</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
-        <v>355</v>
+        <v>28</v>
       </c>
       <c r="L455" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1983</v>
+        <v>1976</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1984</v>
+        <v>1977</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1985</v>
+        <v>1978</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>37</v>
+        <v>1104</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1981</v>
+        <v>1104</v>
       </c>
       <c r="G456" s="0" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1986</v>
+        <v>1979</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L456" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1987</v>
+        <v>1980</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1988</v>
+        <v>1981</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>37</v>
+        <v>362</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="G457" s="0" t="s">
-        <v>39</v>
+        <v>136</v>
       </c>
       <c r="H457" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1521</v>
+        <v>1105</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="L457" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1990</v>
+        <v>1984</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1991</v>
+        <v>1985</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1992</v>
+        <v>1986</v>
       </c>
       <c r="E458" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F458" s="0" t="s">
+        <v>1689</v>
+      </c>
+      <c r="G458" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F458" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H458" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1550</v>
+        <v>1747</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
-        <v>309</v>
+        <v>28</v>
       </c>
       <c r="L458" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1993</v>
+        <v>1987</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1994</v>
+        <v>1988</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="E459" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F459" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="G459" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F459" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H459" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1766</v>
+        <v>1690</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L459" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1997</v>
+        <v>1991</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>1119</v>
+        <v>460</v>
       </c>
       <c r="F460" s="0" t="s">
-        <v>1119</v>
+        <v>1993</v>
       </c>
       <c r="G460" s="0" t="s">
-        <v>17</v>
+        <v>263</v>
       </c>
       <c r="H460" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L460" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L460" s="0"/>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C461" s="0" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D461" s="0" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E461" s="0" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F461" s="0" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G461" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H461" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I461" s="1" t="s">
         <v>2000</v>
-      </c>
-[...19 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L461" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C462" s="0" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D462" s="0" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E462" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F462" s="0" t="s">
         <v>2004</v>
       </c>
-      <c r="C462" s="0" t="s">
+      <c r="G462" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H462" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I462" s="1" t="s">
         <v>2005</v>
-      </c>
-[...16 lines deleted...]
-        <v>1766</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L462" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C463" s="0" t="s">
         <v>2007</v>
       </c>
-      <c r="C463" s="0" t="s">
+      <c r="D463" s="0" t="s">
         <v>2008</v>
       </c>
-      <c r="D463" s="0" t="s">
+      <c r="E463" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F463" s="0" t="s">
         <v>2009</v>
       </c>
-      <c r="E463" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G463" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H463" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1708</v>
+        <v>2010</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L463" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>465</v>
+        <v>37</v>
       </c>
       <c r="F464" s="0" t="s">
-        <v>2013</v>
+        <v>1961</v>
       </c>
       <c r="G464" s="0" t="s">
-        <v>269</v>
+        <v>39</v>
       </c>
       <c r="H464" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I464" s="1" t="s">
         <v>2014</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L464" s="0"/>
+        <v>318</v>
+      </c>
+      <c r="L464" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
         <v>2015</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>2016</v>
       </c>
       <c r="D465" s="0" t="s">
         <v>2017</v>
       </c>
       <c r="E465" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F465" s="0" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G465" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H465" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I465" s="1" t="s">
         <v>2018</v>
-      </c>
-[...10 lines deleted...]
-        <v>2020</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
-        <v>33</v>
+        <v>1380</v>
       </c>
       <c r="L465" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C466" s="0" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D466" s="0" t="s">
         <v>2021</v>
       </c>
-      <c r="C466" s="0" t="s">
+      <c r="E466" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F466" s="0" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G466" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H466" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I466" s="1" t="s">
         <v>2022</v>
-      </c>
-[...16 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>841</v>
+        <v>1243</v>
       </c>
       <c r="L466" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>2027</v>
+        <v>2024</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>2028</v>
+        <v>2025</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F467" s="0" t="s">
-        <v>2029</v>
+        <v>1961</v>
       </c>
       <c r="G467" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H467" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>2030</v>
+        <v>1954</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
-        <v>184</v>
+        <v>401</v>
       </c>
       <c r="L467" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>2031</v>
+        <v>2026</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>2032</v>
+        <v>2027</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>2033</v>
+        <v>2028</v>
       </c>
       <c r="E468" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F468" s="0" t="s">
-        <v>1981</v>
+        <v>1961</v>
       </c>
       <c r="G468" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H468" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>2034</v>
+        <v>1455</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>348</v>
+        <v>2029</v>
       </c>
       <c r="L468" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
-      <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>2035</v>
+        <v>2030</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>2036</v>
-[...2 lines deleted...]
-        <v>2037</v>
+        <v>2031</v>
+      </c>
+      <c r="D469" s="0">
+        <v>286400</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>37</v>
+        <v>1682</v>
       </c>
       <c r="F469" s="0" t="s">
-        <v>1981</v>
+        <v>2032</v>
       </c>
       <c r="G469" s="0" t="s">
-        <v>39</v>
+        <v>160</v>
       </c>
       <c r="H469" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>2038</v>
+        <v>2033</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L469" s="0"/>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>2039</v>
+        <v>2034</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>2040</v>
+        <v>2035</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>2041</v>
+        <v>2036</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>37</v>
+        <v>1351</v>
       </c>
       <c r="F470" s="0" t="s">
-        <v>1981</v>
+        <v>1486</v>
       </c>
       <c r="G470" s="0" t="s">
-        <v>39</v>
+        <v>1353</v>
       </c>
       <c r="H470" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>2042</v>
+        <v>2037</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
-        <v>1260</v>
+        <v>28</v>
       </c>
       <c r="L470" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>2043</v>
+        <v>2038</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>2044</v>
+        <v>2039</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>2045</v>
+        <v>2040</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F471" s="0" t="s">
-        <v>1981</v>
+        <v>2041</v>
       </c>
       <c r="G471" s="0" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H471" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1974</v>
+        <v>1204</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
-        <v>184</v>
+        <v>28</v>
       </c>
       <c r="L471" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
-      <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>2046</v>
+        <v>2042</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>2047</v>
-[...2 lines deleted...]
-        <v>2048</v>
+        <v>2043</v>
+      </c>
+      <c r="D472" s="0">
+        <v>268400</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>37</v>
+        <v>1682</v>
       </c>
       <c r="F472" s="0" t="s">
-        <v>1981</v>
+        <v>2032</v>
       </c>
       <c r="G472" s="0" t="s">
-        <v>39</v>
+        <v>160</v>
       </c>
       <c r="H472" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1474</v>
+        <v>2044</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L472" s="0"/>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
+      <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C473" s="0" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D473" s="0" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E473" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="F473" s="0" t="s">
+        <v>2048</v>
+      </c>
+      <c r="G473" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H473" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I473" s="1" t="s">
         <v>2049</v>
-      </c>
-[...19 lines deleted...]
-        <v>2052</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L473" s="0"/>
+        <v>318</v>
+      </c>
+      <c r="L473" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C474" s="0" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D474" s="0" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E474" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F474" s="0" t="s">
         <v>2053</v>
       </c>
-      <c r="C474" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G474" s="0" t="s">
-        <v>1368</v>
+        <v>26</v>
       </c>
       <c r="H474" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>2056</v>
+        <v>1459</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L474" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>2057</v>
+        <v>2054</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>2058</v>
+        <v>2055</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="E475" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F475" s="0" t="s">
-        <v>2060</v>
+        <v>2057</v>
       </c>
       <c r="G475" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H475" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1222</v>
+        <v>2058</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
-        <v>184</v>
+        <v>28</v>
       </c>
       <c r="L475" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
+      <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C476" s="0" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D476" s="0" t="s">
         <v>2061</v>
       </c>
-      <c r="C476" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E476" s="0" t="s">
-        <v>1700</v>
+        <v>24</v>
       </c>
       <c r="F476" s="0" t="s">
-        <v>2051</v>
+        <v>2057</v>
       </c>
       <c r="G476" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H476" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>2063</v>
+        <v>1652</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L476" s="0"/>
+      <c r="L476" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C477" s="0" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D477" s="0" t="s">
         <v>2064</v>
       </c>
-      <c r="C477" s="0" t="s">
+      <c r="E477" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F477" s="0" t="s">
         <v>2065</v>
       </c>
-      <c r="D477" s="0" t="s">
+      <c r="G477" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H477" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I477" s="1" t="s">
         <v>2066</v>
-      </c>
-[...13 lines deleted...]
-        <v>2068</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L477" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C478" s="0" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D478" s="0" t="s">
         <v>2069</v>
-      </c>
-[...4 lines deleted...]
-        <v>2071</v>
       </c>
       <c r="E478" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F478" s="0" t="s">
-        <v>2072</v>
+        <v>2070</v>
       </c>
       <c r="G478" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H478" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1478</v>
+        <v>1923</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L478" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C479" s="0" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D479" s="0" t="s">
         <v>2073</v>
-      </c>
-[...4 lines deleted...]
-        <v>2075</v>
       </c>
       <c r="E479" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F479" s="0" t="s">
-        <v>2076</v>
+        <v>2070</v>
       </c>
       <c r="G479" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H479" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>2077</v>
+        <v>1652</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L479" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
-        <v>2078</v>
+        <v>2074</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>2079</v>
+        <v>2075</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>2080</v>
+        <v>2076</v>
       </c>
       <c r="E480" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F480" s="0" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="G480" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H480" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1670</v>
+        <v>1539</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L480" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
-        <v>2081</v>
+        <v>2078</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>2083</v>
+        <v>2080</v>
       </c>
       <c r="E481" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F481" s="0" t="s">
-        <v>2084</v>
+        <v>2077</v>
       </c>
       <c r="G481" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H481" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>2085</v>
+        <v>2081</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L481" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="A482" s="0"/>
       <c r="B482" s="0" t="s">
-        <v>2086</v>
+        <v>2082</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>2087</v>
+        <v>2083</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>2088</v>
+        <v>2084</v>
       </c>
       <c r="E482" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F482" s="0" t="s">
-        <v>2089</v>
+        <v>2085</v>
       </c>
       <c r="G482" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H482" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>1943</v>
+        <v>2081</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L482" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="A483" s="0"/>
       <c r="B483" s="0" t="s">
-        <v>2090</v>
+        <v>2086</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>2091</v>
+        <v>2087</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="E483" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F483" s="0" t="s">
-        <v>2089</v>
+        <v>2085</v>
       </c>
       <c r="G483" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H483" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>1670</v>
+        <v>1539</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L483" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>2093</v>
+        <v>2089</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>2094</v>
+        <v>2090</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>2095</v>
+        <v>2091</v>
       </c>
       <c r="E484" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F484" s="0" t="s">
-        <v>2096</v>
+        <v>2053</v>
       </c>
       <c r="G484" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H484" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>1559</v>
+        <v>1539</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L484" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
-        <v>2097</v>
+        <v>2092</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>2098</v>
+        <v>2093</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>2099</v>
+        <v>2094</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="F485" s="0" t="s">
-        <v>2096</v>
+        <v>1251</v>
       </c>
       <c r="G485" s="0" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="H485" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>2100</v>
+        <v>2095</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L485" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L485" s="0"/>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
-        <v>2101</v>
+        <v>2096</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>2102</v>
+        <v>2097</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>2103</v>
+        <v>2098</v>
       </c>
       <c r="E486" s="0" t="s">
-        <v>24</v>
+        <v>1900</v>
       </c>
       <c r="F486" s="0" t="s">
-        <v>2104</v>
+        <v>1901</v>
       </c>
       <c r="G486" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H486" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>2100</v>
+        <v>1931</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L486" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
-        <v>2105</v>
+        <v>2099</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>2106</v>
+        <v>2100</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>2107</v>
+        <v>2101</v>
       </c>
       <c r="E487" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F487" s="0" t="s">
-        <v>2104</v>
+        <v>2102</v>
       </c>
       <c r="G487" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>1559</v>
+        <v>2103</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L487" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
-        <v>2108</v>
+        <v>2104</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>2109</v>
+        <v>2105</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>2110</v>
+        <v>2106</v>
       </c>
       <c r="E488" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F488" s="0" t="s">
-        <v>2072</v>
+        <v>2102</v>
       </c>
       <c r="G488" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H488" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>1559</v>
+        <v>2107</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L488" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
       <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C489" s="0" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D489" s="0" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E489" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="F489" s="0" t="s">
         <v>2111</v>
       </c>
-      <c r="C489" s="0" t="s">
+      <c r="G489" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="H489" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I489" s="1" t="s">
         <v>2112</v>
-      </c>
-[...16 lines deleted...]
-        <v>2114</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L489" s="0"/>
+        <v>290</v>
+      </c>
+      <c r="L489" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
       <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C490" s="0" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D490" s="0" t="s">
         <v>2115</v>
       </c>
-      <c r="C490" s="0" t="s">
+      <c r="E490" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="F490" s="0" t="s">
+        <v>2111</v>
+      </c>
+      <c r="G490" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="H490" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I490" s="1" t="s">
         <v>2116</v>
-      </c>
-[...16 lines deleted...]
-        <v>1951</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="L490" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
       <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C491" s="0" t="s">
         <v>2118</v>
       </c>
-      <c r="C491" s="0" t="s">
+      <c r="D491" s="0" t="s">
         <v>2119</v>
       </c>
-      <c r="D491" s="0" t="s">
+      <c r="E491" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="F491" s="0" t="s">
         <v>2120</v>
       </c>
-      <c r="E491" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F491" s="0" t="s">
+      <c r="G491" s="0" t="s">
         <v>2121</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H491" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I491" s="1" t="s">
         <v>2122</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L491" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
       <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
         <v>2123</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>2124</v>
       </c>
       <c r="D492" s="0" t="s">
         <v>2125</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>15</v>
+        <v>1351</v>
       </c>
       <c r="F492" s="0" t="s">
-        <v>2121</v>
+        <v>2126</v>
       </c>
       <c r="G492" s="0" t="s">
-        <v>17</v>
+        <v>1353</v>
       </c>
       <c r="H492" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L492" s="0">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
       <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>2127</v>
+        <v>1488</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>2128</v>
       </c>
       <c r="D493" s="0" t="s">
         <v>2129</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>527</v>
+        <v>1351</v>
       </c>
       <c r="F493" s="0" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G493" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H493" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I493" s="1" t="s">
         <v>2130</v>
-      </c>
-[...7 lines deleted...]
-        <v>2131</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L493" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
       <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C494" s="0" t="s">
         <v>2132</v>
       </c>
-      <c r="C494" s="0" t="s">
+      <c r="D494" s="0" t="s">
         <v>2133</v>
       </c>
-      <c r="D494" s="0" t="s">
+      <c r="E494" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="F494" s="0" t="s">
         <v>2134</v>
       </c>
-      <c r="E494" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G494" s="0" t="s">
-        <v>529</v>
+        <v>46</v>
       </c>
       <c r="H494" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I494" s="1" t="s">
         <v>2135</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L494" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
       <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
         <v>2136</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>2137</v>
       </c>
       <c r="D495" s="0" t="s">
         <v>2138</v>
       </c>
       <c r="E495" s="0" t="s">
-        <v>381</v>
+        <v>158</v>
       </c>
       <c r="F495" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="G495" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H495" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I495" s="1" t="s">
         <v>2139</v>
-      </c>
-[...7 lines deleted...]
-        <v>2141</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L495" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
       <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C496" s="0" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D496" s="0" t="s">
         <v>2142</v>
       </c>
-      <c r="C496" s="0" t="s">
+      <c r="E496" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F496" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="G496" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H496" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I496" s="1" t="s">
         <v>2143</v>
-      </c>
-[...16 lines deleted...]
-        <v>47</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L496" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
       <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>1508</v>
+        <v>2144</v>
       </c>
       <c r="C497" s="0" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D497" s="0" t="s">
         <v>2146</v>
       </c>
-      <c r="D497" s="0" t="s">
+      <c r="E497" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F497" s="0" t="s">
         <v>2147</v>
       </c>
-      <c r="E497" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G497" s="0" t="s">
-        <v>1368</v>
+        <v>160</v>
       </c>
       <c r="H497" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>2148</v>
+        <v>588</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="L497" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C498" s="0" t="s">
         <v>2149</v>
       </c>
-      <c r="C498" s="0" t="s">
+      <c r="D498" s="0" t="s">
         <v>2150</v>
       </c>
-      <c r="D498" s="0" t="s">
+      <c r="E498" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F498" s="0" t="s">
+        <v>2147</v>
+      </c>
+      <c r="G498" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H498" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I498" s="1" t="s">
         <v>2151</v>
-      </c>
-[...13 lines deleted...]
-        <v>2153</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="L498" s="0">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C499" s="0" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D499" s="0" t="s">
         <v>2154</v>
       </c>
-      <c r="C499" s="0" t="s">
+      <c r="E499" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F499" s="0" t="s">
         <v>2155</v>
       </c>
-      <c r="D499" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E499" s="0" t="s">
+      <c r="G499" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F499" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H499" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>2157</v>
+        <v>588</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
-        <v>827</v>
+        <v>343</v>
       </c>
       <c r="L499" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="A500" s="0"/>
       <c r="B500" s="0" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C500" s="0" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D500" s="0" t="s">
         <v>2158</v>
       </c>
-      <c r="C500" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E500" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F500" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="G500" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F500" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H500" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>2161</v>
+        <v>1534</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
-        <v>309</v>
+        <v>28</v>
       </c>
       <c r="L500" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C501" s="0" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D501" s="0" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E501" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F501" s="0" t="s">
         <v>2162</v>
       </c>
-      <c r="C501" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E501" s="0" t="s">
+      <c r="G501" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F501" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H501" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
-        <v>348</v>
+        <v>2163</v>
       </c>
       <c r="L501" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C502" s="0" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D502" s="0" t="s">
         <v>2166</v>
       </c>
-      <c r="C502" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E502" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F502" s="0" t="s">
+        <v>2162</v>
+      </c>
+      <c r="G502" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F502" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H502" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>2169</v>
+        <v>2151</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L502" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>2170</v>
+        <v>2167</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>2172</v>
+        <v>2169</v>
       </c>
       <c r="E503" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F503" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G503" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F503" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H503" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="L503" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>2174</v>
+        <v>2170</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>2175</v>
+        <v>2171</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>2176</v>
+        <v>2172</v>
       </c>
       <c r="E504" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F504" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G504" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F504" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H504" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>1554</v>
+        <v>2173</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L504" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
       <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C505" s="0" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D505" s="0" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E505" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F505" s="0" t="s">
         <v>2177</v>
       </c>
-      <c r="C505" s="0" t="s">
+      <c r="G505" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H505" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I505" s="1" t="s">
         <v>2178</v>
-      </c>
-[...16 lines deleted...]
-        <v>597</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
-        <v>348</v>
+        <v>1603</v>
       </c>
       <c r="L505" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
       <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C506" s="0" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D506" s="0" t="s">
         <v>2181</v>
       </c>
-      <c r="C506" s="0" t="s">
+      <c r="E506" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F506" s="0" t="s">
+        <v>2177</v>
+      </c>
+      <c r="G506" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H506" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I506" s="1" t="s">
         <v>2182</v>
-      </c>
-[...16 lines deleted...]
-        <v>2169</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
-        <v>33</v>
+        <v>508</v>
       </c>
       <c r="L506" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="A507" s="0"/>
       <c r="B507" s="0" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C507" s="0" t="s">
         <v>2184</v>
       </c>
-      <c r="C507" s="0" t="s">
+      <c r="D507" s="0" t="s">
         <v>2185</v>
       </c>
-      <c r="D507" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E507" s="0" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="F507" s="0" t="s">
-        <v>1761</v>
+        <v>2177</v>
       </c>
       <c r="G507" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H507" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>869</v>
+        <v>264</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L507" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
       <c r="A508" s="0"/>
       <c r="B508" s="0" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C508" s="0" t="s">
         <v>2187</v>
       </c>
-      <c r="C508" s="0" t="s">
+      <c r="D508" s="0" t="s">
         <v>2188</v>
       </c>
-      <c r="D508" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E508" s="0" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="F508" s="0" t="s">
-        <v>1774</v>
+        <v>2177</v>
       </c>
       <c r="G508" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H508" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>869</v>
+        <v>1455</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L508" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="A509" s="0"/>
       <c r="B509" s="0" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C509" s="0" t="s">
         <v>2190</v>
       </c>
-      <c r="C509" s="0" t="s">
+      <c r="D509" s="0" t="s">
         <v>2191</v>
       </c>
-      <c r="D509" s="0" t="s">
+      <c r="E509" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F509" s="0" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G509" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H509" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I509" s="1" t="s">
         <v>2192</v>
-      </c>
-[...13 lines deleted...]
-        <v>2194</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
-        <v>348</v>
+        <v>33</v>
       </c>
       <c r="L509" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="510" spans="1:12" customHeight="1" ht="80">
       <c r="A510" s="0"/>
       <c r="B510" s="0" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C510" s="0" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D510" s="0" t="s">
         <v>2195</v>
-      </c>
-[...4 lines deleted...]
-        <v>2197</v>
       </c>
       <c r="E510" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F510" s="0" t="s">
-        <v>2193</v>
+        <v>1135</v>
       </c>
       <c r="G510" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H510" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>2198</v>
+        <v>1610</v>
       </c>
       <c r="J510" s="0"/>
       <c r="K510" s="0" t="s">
-        <v>344</v>
+        <v>28</v>
       </c>
       <c r="L510" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:12" customHeight="1" ht="80">
       <c r="A511" s="0"/>
       <c r="B511" s="0" t="s">
-        <v>2199</v>
+        <v>2196</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>2200</v>
+        <v>2197</v>
       </c>
       <c r="D511" s="0" t="s">
-        <v>2201</v>
+        <v>2198</v>
       </c>
       <c r="E511" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F511" s="0" t="s">
-        <v>2193</v>
+        <v>1656</v>
       </c>
       <c r="G511" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H511" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>270</v>
+        <v>2199</v>
       </c>
       <c r="J511" s="0"/>
       <c r="K511" s="0" t="s">
-        <v>2202</v>
+        <v>28</v>
       </c>
       <c r="L511" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="512" spans="1:12" customHeight="1" ht="80">
       <c r="A512" s="0"/>
       <c r="B512" s="0" t="s">
-        <v>2203</v>
+        <v>2200</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>2204</v>
+        <v>2201</v>
       </c>
       <c r="D512" s="0" t="s">
-        <v>2205</v>
+        <v>2202</v>
       </c>
       <c r="E512" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F512" s="0" t="s">
-        <v>2193</v>
+        <v>2203</v>
       </c>
       <c r="G512" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H512" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>1474</v>
+        <v>2204</v>
       </c>
       <c r="J512" s="0"/>
       <c r="K512" s="0" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L512" s="0"/>
     </row>
     <row r="513" spans="1:12" customHeight="1" ht="80">
       <c r="A513" s="0"/>
       <c r="B513" s="0" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C513" s="0" t="s">
         <v>2206</v>
       </c>
-      <c r="C513" s="0" t="s">
+      <c r="D513" s="0" t="s">
         <v>2207</v>
       </c>
-      <c r="D513" s="0" t="s">
+      <c r="E513" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F513" s="0" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G513" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H513" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I513" s="1" t="s">
         <v>2208</v>
-      </c>
-[...13 lines deleted...]
-        <v>2209</v>
       </c>
       <c r="J513" s="0"/>
       <c r="K513" s="0" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L513" s="0"/>
     </row>
     <row r="514" spans="1:12" customHeight="1" ht="80">
-      <c r="A514" s="0"/>
       <c r="B514" s="0" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C514" s="0" t="s">
         <v>2210</v>
       </c>
-      <c r="C514" s="0" t="s">
+      <c r="D514" s="0">
+        <v>21130470</v>
+      </c>
+      <c r="E514" s="0" t="s">
         <v>2211</v>
       </c>
-      <c r="D514" s="0" t="s">
+      <c r="F514" s="0" t="s">
         <v>2212</v>
       </c>
-      <c r="E514" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G514" s="0" t="s">
-        <v>26</v>
+        <v>166</v>
       </c>
       <c r="H514" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>1629</v>
+        <v>1822</v>
       </c>
       <c r="J514" s="0"/>
       <c r="K514" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L514" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L514" s="0"/>
     </row>
     <row r="515" spans="1:12" customHeight="1" ht="80">
       <c r="A515" s="0"/>
       <c r="B515" s="0" t="s">
         <v>2213</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>2214</v>
       </c>
       <c r="D515" s="0" t="s">
         <v>2215</v>
       </c>
       <c r="E515" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F515" s="0" t="s">
-        <v>1674</v>
+        <v>2216</v>
       </c>
       <c r="G515" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H515" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>2216</v>
+        <v>2139</v>
       </c>
       <c r="J515" s="0"/>
       <c r="K515" s="0" t="s">
-        <v>2217</v>
+        <v>20</v>
       </c>
       <c r="L515" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="516" spans="1:12" customHeight="1" ht="80">
       <c r="A516" s="0"/>
       <c r="B516" s="0" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C516" s="0" t="s">
         <v>2218</v>
       </c>
-      <c r="C516" s="0" t="s">
+      <c r="D516" s="0" t="s">
         <v>2219</v>
       </c>
-      <c r="D516" s="0" t="s">
+      <c r="E516" s="0" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F516" s="0" t="s">
+        <v>1901</v>
+      </c>
+      <c r="G516" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H516" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I516" s="1" t="s">
         <v>2220</v>
-      </c>
-[...13 lines deleted...]
-        <v>2222</v>
       </c>
       <c r="J516" s="0"/>
       <c r="K516" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L516" s="0"/>
+      <c r="L516" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="517" spans="1:12" customHeight="1" ht="80">
       <c r="A517" s="0"/>
       <c r="B517" s="0" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C517" s="0" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D517" s="0" t="s">
         <v>2223</v>
       </c>
-      <c r="C517" s="0" t="s">
+      <c r="E517" s="0" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F517" s="0" t="s">
+        <v>1901</v>
+      </c>
+      <c r="G517" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H517" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I517" s="1" t="s">
         <v>2224</v>
-      </c>
-[...16 lines deleted...]
-        <v>2226</v>
       </c>
       <c r="J517" s="0"/>
       <c r="K517" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L517" s="0"/>
+      <c r="L517" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="518" spans="1:12" customHeight="1" ht="80">
+      <c r="A518" s="0"/>
       <c r="B518" s="0" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C518" s="0" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D518" s="0" t="s">
         <v>2227</v>
       </c>
-      <c r="C518" s="0" t="s">
+      <c r="E518" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F518" s="0" t="s">
         <v>2228</v>
       </c>
-      <c r="D518" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G518" s="0" t="s">
-        <v>168</v>
+        <v>26</v>
       </c>
       <c r="H518" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>1839</v>
+        <v>1204</v>
       </c>
       <c r="J518" s="0"/>
       <c r="K518" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L518" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="L518" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="519" spans="1:12" customHeight="1" ht="80">
       <c r="A519" s="0"/>
       <c r="B519" s="0" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C519" s="0" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D519" s="0" t="s">
         <v>2231</v>
       </c>
-      <c r="C519" s="0" t="s">
+      <c r="E519" s="0" t="s">
         <v>2232</v>
       </c>
-      <c r="D519" s="0" t="s">
+      <c r="F519" s="0" t="s">
         <v>2233</v>
       </c>
-      <c r="E519" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G519" s="0" t="s">
-        <v>17</v>
+        <v>370</v>
       </c>
       <c r="H519" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>2157</v>
+        <v>630</v>
       </c>
       <c r="J519" s="0"/>
       <c r="K519" s="0" t="s">
-        <v>20</v>
+        <v>2234</v>
       </c>
       <c r="L519" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="520" spans="1:12" customHeight="1" ht="80">
       <c r="A520" s="0"/>
       <c r="B520" s="0" t="s">
         <v>2235</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>2236</v>
       </c>
       <c r="D520" s="0" t="s">
         <v>2237</v>
       </c>
       <c r="E520" s="0" t="s">
-        <v>1920</v>
+        <v>2232</v>
       </c>
       <c r="F520" s="0" t="s">
-        <v>1921</v>
+        <v>2238</v>
       </c>
       <c r="G520" s="0" t="s">
-        <v>17</v>
+        <v>370</v>
       </c>
       <c r="H520" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>2238</v>
+        <v>630</v>
       </c>
       <c r="J520" s="0"/>
       <c r="K520" s="0" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L520" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="521" spans="1:12" customHeight="1" ht="80">
       <c r="A521" s="0"/>
       <c r="B521" s="0" t="s">
         <v>2239</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>2240</v>
       </c>
       <c r="D521" s="0" t="s">
         <v>2241</v>
       </c>
       <c r="E521" s="0" t="s">
-        <v>1920</v>
+        <v>2232</v>
       </c>
       <c r="F521" s="0" t="s">
-        <v>1921</v>
+        <v>2242</v>
       </c>
       <c r="G521" s="0" t="s">
-        <v>17</v>
+        <v>370</v>
       </c>
       <c r="H521" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>2242</v>
+        <v>630</v>
       </c>
       <c r="J521" s="0"/>
       <c r="K521" s="0" t="s">
-        <v>28</v>
+        <v>2243</v>
       </c>
       <c r="L521" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="522" spans="1:12" customHeight="1" ht="80">
       <c r="A522" s="0"/>
       <c r="B522" s="0" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>2244</v>
-[...1 lines deleted...]
-      <c r="D522" s="0" t="s">
         <v>2245</v>
       </c>
+      <c r="D522" s="0">
+        <v>2552608</v>
+      </c>
       <c r="E522" s="0" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="F522" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="G522" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="H522" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I522" s="1" t="s">
         <v>2246</v>
-      </c>
-[...7 lines deleted...]
-        <v>1222</v>
       </c>
       <c r="J522" s="0"/>
       <c r="K522" s="0" t="s">
-        <v>334</v>
+        <v>28</v>
       </c>
       <c r="L522" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:12" customHeight="1" ht="80">
       <c r="A523" s="0"/>
       <c r="B523" s="0" t="s">
         <v>2247</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>2248</v>
       </c>
-      <c r="D523" s="0" t="s">
+      <c r="D523" s="0">
+        <v>6624025</v>
+      </c>
+      <c r="E523" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F523" s="0" t="s">
         <v>2249</v>
       </c>
-      <c r="E523" s="0" t="s">
+      <c r="G523" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="H523" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I523" s="1" t="s">
         <v>2250</v>
-      </c>
-[...10 lines deleted...]
-        <v>1482</v>
       </c>
       <c r="J523" s="0"/>
       <c r="K523" s="0" t="s">
-        <v>364</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L523" s="0"/>
     </row>
     <row r="524" spans="1:12" customHeight="1" ht="80">
       <c r="A524" s="0"/>
       <c r="B524" s="0" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C524" s="0" t="s">
         <v>2252</v>
       </c>
-      <c r="C524" s="0" t="s">
+      <c r="D524" s="0" t="s">
         <v>2253</v>
       </c>
-      <c r="D524" s="0" t="s">
+      <c r="E524" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="F524" s="0" t="s">
         <v>2254</v>
       </c>
-      <c r="E524" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F524" s="0" t="s">
+      <c r="G524" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="H524" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I524" s="1" t="s">
         <v>2255</v>
-      </c>
-[...7 lines deleted...]
-        <v>1482</v>
       </c>
       <c r="J524" s="0"/>
       <c r="K524" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L524" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="525" spans="1:12" customHeight="1" ht="80">
       <c r="A525" s="0"/>
       <c r="B525" s="0" t="s">
         <v>2256</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>2257</v>
       </c>
       <c r="D525" s="0" t="s">
         <v>2258</v>
       </c>
       <c r="E525" s="0" t="s">
-        <v>2250</v>
+        <v>44</v>
       </c>
       <c r="F525" s="0" t="s">
         <v>2259</v>
       </c>
       <c r="G525" s="0" t="s">
-        <v>376</v>
+        <v>17</v>
       </c>
       <c r="H525" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>1482</v>
+        <v>2260</v>
       </c>
       <c r="J525" s="0"/>
       <c r="K525" s="0" t="s">
-        <v>2260</v>
+        <v>343</v>
       </c>
       <c r="L525" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="526" spans="1:12" customHeight="1" ht="80">
       <c r="A526" s="0"/>
       <c r="B526" s="0" t="s">
         <v>2261</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>2262</v>
       </c>
-      <c r="D526" s="0">
-        <v>2552608</v>
+      <c r="D526" s="0" t="s">
+        <v>2263</v>
       </c>
       <c r="E526" s="0" t="s">
-        <v>147</v>
+        <v>268</v>
       </c>
       <c r="F526" s="0" t="s">
-        <v>131</v>
+        <v>2264</v>
       </c>
       <c r="G526" s="0" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="H526" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="J526" s="0"/>
       <c r="K526" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L526" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="527" spans="1:12" customHeight="1" ht="80">
       <c r="A527" s="0"/>
       <c r="B527" s="0" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>2265</v>
-[...2 lines deleted...]
-        <v>6624025</v>
+        <v>2267</v>
+      </c>
+      <c r="D527" s="0" t="s">
+        <v>2268</v>
       </c>
       <c r="E527" s="0" t="s">
-        <v>147</v>
+        <v>37</v>
       </c>
       <c r="F527" s="0" t="s">
-        <v>2266</v>
+        <v>38</v>
       </c>
       <c r="G527" s="0" t="s">
-        <v>149</v>
+        <v>39</v>
       </c>
       <c r="H527" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="J527" s="0"/>
       <c r="K527" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L527" s="0"/>
+      <c r="L527" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="528" spans="1:12" customHeight="1" ht="80">
       <c r="A528" s="0"/>
       <c r="B528" s="0" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="D528" s="0" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="E528" s="0" t="s">
-        <v>267</v>
+        <v>97</v>
       </c>
       <c r="F528" s="0" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="G528" s="0" t="s">
-        <v>269</v>
+        <v>148</v>
       </c>
       <c r="H528" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I528" s="1" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="J528" s="0"/>
       <c r="K528" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L528" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L528" s="0"/>
     </row>
     <row r="529" spans="1:12" customHeight="1" ht="80">
       <c r="A529" s="0"/>
       <c r="B529" s="0" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C529" s="0" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D529" s="0" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E529" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="F529" s="0" t="s">
         <v>2273</v>
       </c>
-      <c r="C529" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G529" s="0" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="H529" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="J529" s="0"/>
       <c r="K529" s="0" t="s">
-        <v>841</v>
+        <v>28</v>
       </c>
       <c r="L529" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="530" spans="1:12" customHeight="1" ht="80">
       <c r="A530" s="0"/>
       <c r="B530" s="0" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C530" s="0" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D530" s="0" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E530" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="F530" s="0" t="s">
+        <v>2273</v>
+      </c>
+      <c r="G530" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="H530" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I530" s="1" t="s">
         <v>2278</v>
-      </c>
-[...19 lines deleted...]
-        <v>2282</v>
       </c>
       <c r="J530" s="0"/>
       <c r="K530" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L530" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="531" spans="1:12" customHeight="1" ht="80">
       <c r="A531" s="0"/>
       <c r="B531" s="0" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C531" s="0" t="s">
         <v>2283</v>
       </c>
-      <c r="C531" s="0" t="s">
+      <c r="D531" s="0" t="s">
         <v>2284</v>
       </c>
-      <c r="D531" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E531" s="0" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="F531" s="0" t="s">
-        <v>38</v>
+        <v>2273</v>
       </c>
       <c r="G531" s="0" t="s">
-        <v>39</v>
+        <v>148</v>
       </c>
       <c r="H531" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>2286</v>
+        <v>2274</v>
       </c>
       <c r="J531" s="0"/>
       <c r="K531" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L531" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L531" s="0"/>
     </row>
     <row r="532" spans="1:12" customHeight="1" ht="80">
       <c r="A532" s="0"/>
       <c r="B532" s="0" t="s">
+        <v>2285</v>
+      </c>
+      <c r="C532" s="0" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D532" s="0" t="s">
         <v>2287</v>
-      </c>
-[...4 lines deleted...]
-        <v>2289</v>
       </c>
       <c r="E532" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F532" s="0" t="s">
-        <v>2290</v>
+        <v>2273</v>
       </c>
       <c r="G532" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H532" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>2291</v>
+        <v>2278</v>
       </c>
       <c r="J532" s="0"/>
       <c r="K532" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L532" s="0"/>
+      <c r="L532" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="533" spans="1:12" customHeight="1" ht="80">
       <c r="A533" s="0"/>
       <c r="B533" s="0" t="s">
-        <v>2292</v>
+        <v>2288</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>2293</v>
+        <v>2289</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>2294</v>
+        <v>2290</v>
       </c>
       <c r="E533" s="0" t="s">
-        <v>97</v>
-[...6 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="F533" s="0"/>
+      <c r="G533" s="0"/>
       <c r="H533" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>2295</v>
+        <v>2291</v>
       </c>
       <c r="J533" s="0"/>
       <c r="K533" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L533" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="534" spans="1:12" customHeight="1" ht="80">
-      <c r="A534" s="0"/>
       <c r="B534" s="0" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C534" s="0" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D534" s="0" t="s">
+        <v>2294</v>
+      </c>
+      <c r="E534" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="F534" s="0" t="s">
+        <v>2295</v>
+      </c>
+      <c r="G534" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="H534" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I534" s="1" t="s">
         <v>2296</v>
-      </c>
-[...19 lines deleted...]
-        <v>2295</v>
       </c>
       <c r="J534" s="0"/>
       <c r="K534" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L534" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:12" customHeight="1" ht="80">
-      <c r="A535" s="0"/>
       <c r="B535" s="0" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C535" s="0" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D535" s="0" t="s">
         <v>2299</v>
       </c>
-      <c r="C535" s="0" t="s">
+      <c r="E535" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="F535" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="G535" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H535" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I535" s="1" t="s">
         <v>2300</v>
-      </c>
-[...16 lines deleted...]
-        <v>2291</v>
       </c>
       <c r="J535" s="0"/>
       <c r="K535" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L535" s="0"/>
+      <c r="L535" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="536" spans="1:12" customHeight="1" ht="80">
-      <c r="A536" s="0"/>
       <c r="B536" s="0" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C536" s="0" t="s">
         <v>2302</v>
       </c>
-      <c r="C536" s="0" t="s">
+      <c r="D536" s="0" t="s">
         <v>2303</v>
       </c>
-      <c r="D536" s="0" t="s">
+      <c r="E536" s="0" t="s">
         <v>2304</v>
       </c>
-      <c r="E536" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F536" s="0" t="s">
-        <v>2290</v>
+        <v>2305</v>
       </c>
       <c r="G536" s="0" t="s">
-        <v>149</v>
+        <v>370</v>
       </c>
       <c r="H536" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>2295</v>
+        <v>2306</v>
       </c>
       <c r="J536" s="0"/>
       <c r="K536" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L536" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L536" s="0"/>
     </row>
     <row r="537" spans="1:12" customHeight="1" ht="80">
-      <c r="A537" s="0"/>
       <c r="B537" s="0" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="D537" s="0" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="E537" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="G537" s="0"/>
+        <v>315</v>
+      </c>
+      <c r="F537" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="G537" s="0" t="s">
+        <v>160</v>
+      </c>
       <c r="H537" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>2308</v>
+        <v>2300</v>
       </c>
       <c r="J537" s="0"/>
       <c r="K537" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L537" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="538" spans="1:12" customHeight="1" ht="80">
       <c r="B538" s="0" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="E538" s="0" t="s">
-        <v>2312</v>
-[...1 lines deleted...]
-      <c r="F538" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="F538" s="0" t="s">
+        <v>2313</v>
+      </c>
       <c r="G538" s="0" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="H538" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>1415</v>
+        <v>2314</v>
       </c>
       <c r="J538" s="0"/>
       <c r="K538" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L538" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="539" spans="1:12" customHeight="1" ht="80">
       <c r="B539" s="0" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="E539" s="0" t="s">
-        <v>274</v>
+        <v>315</v>
       </c>
       <c r="F539" s="0" t="s">
-        <v>2316</v>
+        <v>327</v>
       </c>
       <c r="G539" s="0" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="H539" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>2317</v>
+        <v>2300</v>
       </c>
       <c r="J539" s="0"/>
       <c r="K539" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L539" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="540" spans="1:12" customHeight="1" ht="80">
+      <c r="A540" s="0"/>
       <c r="B540" s="0" t="s">
         <v>2318</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>2319</v>
       </c>
       <c r="D540" s="0" t="s">
         <v>2320</v>
       </c>
       <c r="E540" s="0" t="s">
-        <v>321</v>
+        <v>15</v>
       </c>
       <c r="F540" s="0" t="s">
-        <v>332</v>
+        <v>2321</v>
       </c>
       <c r="G540" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H540" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="J540" s="0"/>
       <c r="K540" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L540" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="541" spans="1:12" customHeight="1" ht="80">
+      <c r="A541" s="0"/>
       <c r="B541" s="0" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="E541" s="0" t="s">
-        <v>2325</v>
+        <v>15</v>
       </c>
       <c r="F541" s="0" t="s">
+        <v>2321</v>
+      </c>
+      <c r="G541" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H541" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I541" s="1" t="s">
         <v>2326</v>
-      </c>
-[...7 lines deleted...]
-        <v>2327</v>
       </c>
       <c r="J541" s="0"/>
       <c r="K541" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L541" s="0"/>
+        <v>20</v>
+      </c>
+      <c r="L541" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="542" spans="1:12" customHeight="1" ht="80">
+      <c r="A542" s="0"/>
       <c r="B542" s="0" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C542" s="0" t="s">
         <v>2328</v>
       </c>
-      <c r="C542" s="0" t="s">
+      <c r="D542" s="0" t="s">
         <v>2329</v>
       </c>
-      <c r="D542" s="0" t="s">
+      <c r="E542" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F542" s="0" t="s">
         <v>2330</v>
       </c>
-      <c r="E542" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G542" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="H542" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I542" s="1" t="s">
-        <v>2321</v>
+        <v>2331</v>
       </c>
       <c r="J542" s="0"/>
       <c r="K542" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L542" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:12" customHeight="1" ht="80">
+      <c r="A543" s="0"/>
       <c r="B543" s="0" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="D543" s="0" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="E543" s="0" t="s">
-        <v>24</v>
+        <v>315</v>
       </c>
       <c r="F543" s="0" t="s">
-        <v>2334</v>
+        <v>337</v>
       </c>
       <c r="G543" s="0" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="H543" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I543" s="1" t="s">
         <v>2335</v>
       </c>
       <c r="J543" s="0"/>
       <c r="K543" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L543" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="544" spans="1:12" customHeight="1" ht="80">
+      <c r="A544" s="0"/>
       <c r="B544" s="0" t="s">
         <v>2336</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>2337</v>
       </c>
       <c r="D544" s="0" t="s">
         <v>2338</v>
       </c>
       <c r="E544" s="0" t="s">
-        <v>321</v>
+        <v>15</v>
       </c>
       <c r="F544" s="0" t="s">
-        <v>332</v>
+        <v>2339</v>
       </c>
       <c r="G544" s="0" t="s">
-        <v>162</v>
+        <v>370</v>
       </c>
       <c r="H544" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="J544" s="0"/>
       <c r="K544" s="0" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L544" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:12" customHeight="1" ht="80">
       <c r="A545" s="0"/>
       <c r="B545" s="0" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="D545" s="0" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="E545" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F545" s="0" t="s">
-        <v>2342</v>
+        <v>2339</v>
       </c>
       <c r="G545" s="0" t="s">
-        <v>17</v>
+        <v>370</v>
       </c>
       <c r="H545" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I545" s="1" t="s">
-        <v>926</v>
+        <v>2344</v>
       </c>
       <c r="J545" s="0"/>
       <c r="K545" s="0" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L545" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:12" customHeight="1" ht="80">
       <c r="A546" s="0"/>
       <c r="B546" s="0" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>2344</v>
-[...2 lines deleted...]
-        <v>2345</v>
+        <v>2346</v>
+      </c>
+      <c r="D546" s="0">
+        <v>4188045</v>
       </c>
       <c r="E546" s="0" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="F546" s="0" t="s">
-        <v>2342</v>
+        <v>2347</v>
       </c>
       <c r="G546" s="0" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="H546" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I546" s="1" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="J546" s="0"/>
       <c r="K546" s="0" t="s">
-        <v>20</v>
+        <v>318</v>
       </c>
       <c r="L546" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="547" spans="1:12" customHeight="1" ht="80">
       <c r="A547" s="0"/>
       <c r="B547" s="0" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>2348</v>
-[...2 lines deleted...]
-        <v>2349</v>
+        <v>2350</v>
+      </c>
+      <c r="D547" s="0">
+        <v>5223135</v>
       </c>
       <c r="E547" s="0" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="F547" s="0" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="G547" s="0" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="H547" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="J547" s="0"/>
       <c r="K547" s="0" t="s">
-        <v>20</v>
+        <v>1321</v>
       </c>
       <c r="L547" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="548" spans="1:12" customHeight="1" ht="80">
-      <c r="A548" s="0"/>
       <c r="B548" s="0" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>2353</v>
-[...1 lines deleted...]
-      <c r="D548" s="0" t="s">
         <v>2354</v>
       </c>
+      <c r="D548" s="0">
+        <v>10000005012</v>
+      </c>
       <c r="E548" s="0" t="s">
-        <v>321</v>
+        <v>521</v>
       </c>
       <c r="F548" s="0" t="s">
-        <v>342</v>
+        <v>2355</v>
       </c>
       <c r="G548" s="0" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="H548" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I548" s="1" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="J548" s="0"/>
       <c r="K548" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L548" s="0"/>
+      <c r="L548" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="549" spans="1:12" customHeight="1" ht="80">
       <c r="A549" s="0"/>
       <c r="B549" s="0" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="D549" s="0" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="E549" s="0" t="s">
-        <v>15</v>
+        <v>315</v>
       </c>
       <c r="F549" s="0" t="s">
-        <v>2359</v>
+        <v>337</v>
       </c>
       <c r="G549" s="0" t="s">
-        <v>376</v>
+        <v>160</v>
       </c>
       <c r="H549" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>2360</v>
+        <v>1496</v>
       </c>
       <c r="J549" s="0"/>
       <c r="K549" s="0" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L549" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="550" spans="1:12" customHeight="1" ht="80">
-      <c r="A550" s="0"/>
       <c r="B550" s="0" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C550" s="0" t="s">
         <v>2361</v>
       </c>
-      <c r="C550" s="0" t="s">
+      <c r="D550" s="0" t="s">
         <v>2362</v>
       </c>
-      <c r="D550" s="0" t="s">
+      <c r="E550" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F550" s="0" t="s">
         <v>2363</v>
       </c>
-      <c r="E550" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G550" s="0" t="s">
-        <v>376</v>
+        <v>1353</v>
       </c>
       <c r="H550" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I550" s="1" t="s">
         <v>2364</v>
       </c>
       <c r="J550" s="0"/>
       <c r="K550" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L550" s="0"/>
     </row>
     <row r="551" spans="1:12" customHeight="1" ht="80">
       <c r="A551" s="0"/>
       <c r="B551" s="0" t="s">
         <v>2365</v>
       </c>
       <c r="C551" s="0" t="s">
         <v>2366</v>
       </c>
-      <c r="D551" s="0">
-        <v>4188045</v>
+      <c r="D551" s="0" t="s">
+        <v>2367</v>
       </c>
       <c r="E551" s="0" t="s">
-        <v>147</v>
+        <v>268</v>
       </c>
       <c r="F551" s="0" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="G551" s="0" t="s">
-        <v>149</v>
+        <v>2369</v>
       </c>
       <c r="H551" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I551" s="1" t="s">
-        <v>2368</v>
+        <v>1256</v>
       </c>
       <c r="J551" s="0"/>
       <c r="K551" s="0" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="L551" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="552" spans="1:12" customHeight="1" ht="80">
       <c r="A552" s="0"/>
       <c r="B552" s="0" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C552" s="0" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D552" s="0" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E552" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="F552" s="0" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G552" s="0" t="s">
         <v>2369</v>
       </c>
-      <c r="C552" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H552" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>2372</v>
+        <v>1256</v>
       </c>
       <c r="J552" s="0"/>
       <c r="K552" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L552" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="553" spans="1:12" customHeight="1" ht="80">
+      <c r="A553" s="0"/>
+      <c r="B553" s="0" t="s">
         <v>2373</v>
       </c>
-      <c r="L552" s="0">
-[...4 lines deleted...]
-      <c r="B553" s="0" t="s">
+      <c r="C553" s="0" t="s">
         <v>2374</v>
       </c>
-      <c r="C553" s="0" t="s">
+      <c r="D553" s="0" t="s">
         <v>2375</v>
       </c>
-      <c r="D553" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E553" s="0" t="s">
-        <v>527</v>
+        <v>268</v>
       </c>
       <c r="F553" s="0" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="G553" s="0" t="s">
-        <v>46</v>
+        <v>2369</v>
       </c>
       <c r="H553" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>2377</v>
+        <v>1256</v>
       </c>
       <c r="J553" s="0"/>
       <c r="K553" s="0" t="s">
-        <v>339</v>
+        <v>28</v>
       </c>
       <c r="L553" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="554" spans="1:12" customHeight="1" ht="80">
       <c r="A554" s="0"/>
       <c r="B554" s="0" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C554" s="0" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D554" s="0" t="s">
         <v>2378</v>
       </c>
-      <c r="C554" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E554" s="0" t="s">
-        <v>321</v>
+        <v>268</v>
       </c>
       <c r="F554" s="0" t="s">
-        <v>342</v>
+        <v>2368</v>
       </c>
       <c r="G554" s="0" t="s">
-        <v>162</v>
+        <v>2369</v>
       </c>
       <c r="H554" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>1516</v>
+        <v>1256</v>
       </c>
       <c r="J554" s="0"/>
       <c r="K554" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L554" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="555" spans="1:12" customHeight="1" ht="80">
+      <c r="A555" s="0"/>
       <c r="B555" s="0" t="s">
-        <v>2381</v>
+        <v>2379</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>2382</v>
-[...3 lines deleted...]
-      </c>
+        <v>2380</v>
+      </c>
+      <c r="D555" s="0"/>
       <c r="E555" s="0" t="s">
-        <v>1366</v>
+        <v>15</v>
       </c>
       <c r="F555" s="0" t="s">
-        <v>2384</v>
+        <v>2321</v>
       </c>
       <c r="G555" s="0" t="s">
-        <v>1368</v>
+        <v>17</v>
       </c>
       <c r="H555" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>2385</v>
+        <v>1979</v>
       </c>
       <c r="J555" s="0"/>
       <c r="K555" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L555" s="0"/>
+      <c r="L555" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="556" spans="1:12" customHeight="1" ht="80">
       <c r="A556" s="0"/>
       <c r="B556" s="0" t="s">
-        <v>2386</v>
+        <v>2381</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>2387</v>
+        <v>2382</v>
       </c>
       <c r="D556" s="0" t="s">
-        <v>2388</v>
+        <v>2383</v>
       </c>
       <c r="E556" s="0" t="s">
-        <v>274</v>
+        <v>158</v>
       </c>
       <c r="F556" s="0" t="s">
-        <v>2389</v>
+        <v>2384</v>
       </c>
       <c r="G556" s="0" t="s">
-        <v>2390</v>
+        <v>160</v>
       </c>
       <c r="H556" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>1273</v>
+        <v>2385</v>
       </c>
       <c r="J556" s="0"/>
       <c r="K556" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L556" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="557" spans="1:12" customHeight="1" ht="80">
       <c r="A557" s="0"/>
       <c r="B557" s="0" t="s">
-        <v>2391</v>
+        <v>2386</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>2392</v>
+        <v>2387</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>2393</v>
+        <v>2388</v>
       </c>
       <c r="E557" s="0" t="s">
-        <v>274</v>
+        <v>24</v>
       </c>
       <c r="F557" s="0" t="s">
         <v>2389</v>
       </c>
       <c r="G557" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H557" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I557" s="1" t="s">
         <v>2390</v>
-      </c>
-[...4 lines deleted...]
-        <v>1273</v>
       </c>
       <c r="J557" s="0"/>
       <c r="K557" s="0" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L557" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="558" spans="1:12" customHeight="1" ht="80">
       <c r="A558" s="0"/>
       <c r="B558" s="0" t="s">
-        <v>2394</v>
+        <v>2391</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>2395</v>
+        <v>2392</v>
       </c>
       <c r="D558" s="0" t="s">
-        <v>2396</v>
+        <v>2393</v>
       </c>
       <c r="E558" s="0" t="s">
-        <v>274</v>
+        <v>24</v>
       </c>
       <c r="F558" s="0" t="s">
         <v>2389</v>
       </c>
       <c r="G558" s="0" t="s">
-        <v>2390</v>
+        <v>26</v>
       </c>
       <c r="H558" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I558" s="1" t="s">
-        <v>1273</v>
+        <v>2394</v>
       </c>
       <c r="J558" s="0"/>
       <c r="K558" s="0" t="s">
-        <v>28</v>
+        <v>560</v>
       </c>
       <c r="L558" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="559" spans="1:12" customHeight="1" ht="80">
-      <c r="A559" s="0"/>
       <c r="B559" s="0" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C559" s="0" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D559" s="0" t="s">
         <v>2397</v>
       </c>
-      <c r="C559" s="0" t="s">
+      <c r="E559" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F559" s="0" t="s">
         <v>2398</v>
       </c>
-      <c r="D559" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G559" s="0" t="s">
-        <v>2390</v>
+        <v>17</v>
       </c>
       <c r="H559" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>1273</v>
+        <v>1105</v>
       </c>
       <c r="J559" s="0"/>
       <c r="K559" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L559" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L559" s="0"/>
     </row>
     <row r="560" spans="1:12" customHeight="1" ht="80">
-      <c r="A560" s="0"/>
       <c r="B560" s="0" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C560" s="0" t="s">
         <v>2400</v>
       </c>
-      <c r="C560" s="0" t="s">
+      <c r="D560" s="0" t="s">
         <v>2401</v>
       </c>
-      <c r="D560" s="0"/>
       <c r="E560" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F560" s="0" t="s">
-        <v>2342</v>
+        <v>2398</v>
       </c>
       <c r="G560" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H560" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>1999</v>
+        <v>2402</v>
       </c>
       <c r="J560" s="0"/>
       <c r="K560" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L560" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L560" s="0"/>
     </row>
     <row r="561" spans="1:12" customHeight="1" ht="80">
-      <c r="A561" s="0"/>
       <c r="B561" s="0" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C561" s="0" t="s">
+        <v>2404</v>
+      </c>
+      <c r="D561" s="0" t="s">
+        <v>2405</v>
+      </c>
+      <c r="E561" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F561" s="0" t="s">
+        <v>2398</v>
+      </c>
+      <c r="G561" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H561" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I561" s="1" t="s">
         <v>2402</v>
-      </c>
-[...19 lines deleted...]
-        <v>2406</v>
       </c>
       <c r="J561" s="0"/>
       <c r="K561" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L561" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L561" s="0"/>
     </row>
     <row r="562" spans="1:12" customHeight="1" ht="80">
-      <c r="A562" s="0"/>
       <c r="B562" s="0" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C562" s="0" t="s">
         <v>2407</v>
       </c>
-      <c r="C562" s="0" t="s">
+      <c r="D562" s="0" t="s">
         <v>2408</v>
       </c>
-      <c r="D562" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E562" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F562" s="0" t="s">
-        <v>2410</v>
+        <v>2398</v>
       </c>
       <c r="G562" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H562" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>2411</v>
+        <v>2402</v>
       </c>
       <c r="J562" s="0"/>
       <c r="K562" s="0" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L562" s="0"/>
     </row>
     <row r="563" spans="1:12" customHeight="1" ht="80">
-      <c r="A563" s="0"/>
       <c r="B563" s="0" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C563" s="0" t="s">
+        <v>2410</v>
+      </c>
+      <c r="D563" s="0" t="s">
+        <v>2411</v>
+      </c>
+      <c r="E563" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F563" s="0"/>
+      <c r="G563" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H563" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I563" s="1" t="s">
         <v>2412</v>
-      </c>
-[...19 lines deleted...]
-        <v>2415</v>
       </c>
       <c r="J563" s="0"/>
       <c r="K563" s="0" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L563" s="0"/>
     </row>
     <row r="564" spans="1:12" customHeight="1" ht="80">
       <c r="B564" s="0" t="s">
-        <v>2416</v>
+        <v>2413</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>2417</v>
+        <v>2414</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>2418</v>
+        <v>2415</v>
       </c>
       <c r="E564" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F564" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F564" s="0"/>
       <c r="G564" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H564" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>1120</v>
+        <v>2416</v>
       </c>
       <c r="J564" s="0"/>
       <c r="K564" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L564" s="0"/>
     </row>
     <row r="565" spans="1:12" customHeight="1" ht="80">
       <c r="B565" s="0" t="s">
-        <v>2420</v>
+        <v>2417</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>2421</v>
+        <v>2418</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>2422</v>
+        <v>2419</v>
       </c>
       <c r="E565" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F565" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F565" s="0"/>
       <c r="G565" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H565" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>2423</v>
+        <v>2420</v>
       </c>
       <c r="J565" s="0"/>
       <c r="K565" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L565" s="0"/>
     </row>
     <row r="566" spans="1:12" customHeight="1" ht="80">
       <c r="B566" s="0" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C566" s="0" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D566" s="0" t="s">
+        <v>2423</v>
+      </c>
+      <c r="E566" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F566" s="0" t="s">
         <v>2424</v>
       </c>
-      <c r="C566" s="0" t="s">
+      <c r="G566" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H566" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I566" s="1" t="s">
         <v>2425</v>
-      </c>
-[...16 lines deleted...]
-        <v>2423</v>
       </c>
       <c r="J566" s="0"/>
       <c r="K566" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L566" s="0"/>
     </row>
     <row r="567" spans="1:12" customHeight="1" ht="80">
+      <c r="A567" s="0"/>
       <c r="B567" s="0" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C567" s="0" t="s">
         <v>2427</v>
       </c>
-      <c r="C567" s="0" t="s">
+      <c r="D567" s="0" t="s">
         <v>2428</v>
       </c>
-      <c r="D567" s="0" t="s">
+      <c r="E567" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F567" s="0" t="s">
         <v>2429</v>
       </c>
-      <c r="E567" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G567" s="0" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="H567" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>2423</v>
+        <v>1787</v>
       </c>
       <c r="J567" s="0"/>
       <c r="K567" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L567" s="0"/>
     </row>
     <row r="568" spans="1:12" customHeight="1" ht="80">
+      <c r="A568" s="0"/>
       <c r="B568" s="0" t="s">
         <v>2430</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>2431</v>
       </c>
       <c r="D568" s="0" t="s">
         <v>2432</v>
       </c>
       <c r="E568" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F568" s="0"/>
+        <v>158</v>
+      </c>
+      <c r="F568" s="0" t="s">
+        <v>2433</v>
+      </c>
       <c r="G568" s="0" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="H568" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="J568" s="0"/>
       <c r="K568" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L568" s="0"/>
+      <c r="L568" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="569" spans="1:12" customHeight="1" ht="80">
+      <c r="A569" s="0"/>
       <c r="B569" s="0" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C569" s="0" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D569" s="0" t="s">
+        <v>2437</v>
+      </c>
+      <c r="E569" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F569" s="0" t="s">
+        <v>2438</v>
+      </c>
+      <c r="G569" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H569" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I569" s="1" t="s">
         <v>2434</v>
-      </c>
-[...17 lines deleted...]
-        <v>2437</v>
       </c>
       <c r="J569" s="0"/>
       <c r="K569" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L569" s="0"/>
+      <c r="L569" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="570" spans="1:12" customHeight="1" ht="80">
+      <c r="A570" s="0"/>
       <c r="B570" s="0" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="D570" s="0" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="E570" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F570" s="0"/>
+        <v>158</v>
+      </c>
+      <c r="F570" s="0" t="s">
+        <v>2429</v>
+      </c>
       <c r="G570" s="0" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="H570" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>2441</v>
+        <v>2425</v>
       </c>
       <c r="J570" s="0"/>
       <c r="K570" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L570" s="0"/>
+      <c r="L570" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="571" spans="1:12" customHeight="1" ht="80">
       <c r="B571" s="0" t="s">
         <v>2442</v>
       </c>
       <c r="C571" s="0" t="s">
         <v>2443</v>
       </c>
       <c r="D571" s="0" t="s">
         <v>2444</v>
       </c>
       <c r="E571" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F571" s="0" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G571" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F571" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H571" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>2446</v>
+        <v>1787</v>
       </c>
       <c r="J571" s="0"/>
       <c r="K571" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L571" s="0"/>
+      <c r="L571" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="572" spans="1:12" customHeight="1" ht="80">
       <c r="A572" s="0"/>
       <c r="B572" s="0" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C572" s="0" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D572" s="0" t="s">
         <v>2447</v>
       </c>
-      <c r="C572" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E572" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F572" s="0" t="s">
+        <v>2438</v>
+      </c>
+      <c r="G572" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F572" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H572" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I572" s="1" t="s">
-        <v>1806</v>
+        <v>2335</v>
       </c>
       <c r="J572" s="0"/>
       <c r="K572" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L572" s="0"/>
+      <c r="L572" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="573" spans="1:12" customHeight="1" ht="80">
       <c r="A573" s="0"/>
       <c r="B573" s="0" t="s">
-        <v>2451</v>
+        <v>2448</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>2452</v>
+        <v>2449</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>2453</v>
+        <v>2450</v>
       </c>
       <c r="E573" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F573" s="0" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G573" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F573" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H573" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>2455</v>
+        <v>728</v>
       </c>
       <c r="J573" s="0"/>
       <c r="K573" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L573" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L573" s="0"/>
     </row>
     <row r="574" spans="1:12" customHeight="1" ht="80">
       <c r="A574" s="0"/>
       <c r="B574" s="0" t="s">
-        <v>2456</v>
+        <v>2451</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>2457</v>
+        <v>2452</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="E574" s="0" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F574" s="0" t="s">
+        <v>2454</v>
+      </c>
+      <c r="G574" s="0" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="H574" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I574" s="1" t="s">
         <v>2455</v>
       </c>
       <c r="J574" s="0"/>
       <c r="K574" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L574" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L574" s="0"/>
     </row>
     <row r="575" spans="1:12" customHeight="1" ht="80">
       <c r="A575" s="0"/>
       <c r="B575" s="0" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C575" s="0" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D575" s="0" t="s">
+        <v>2458</v>
+      </c>
+      <c r="E575" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="F575" s="0" t="s">
+        <v>2459</v>
+      </c>
+      <c r="G575" s="0" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H575" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I575" s="1" t="s">
         <v>2460</v>
-      </c>
-[...19 lines deleted...]
-        <v>2446</v>
       </c>
       <c r="J575" s="0"/>
       <c r="K575" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L575" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L575" s="0"/>
     </row>
     <row r="576" spans="1:12" customHeight="1" ht="80">
       <c r="B576" s="0" t="s">
+        <v>2461</v>
+      </c>
+      <c r="C576" s="0" t="s">
+        <v>2462</v>
+      </c>
+      <c r="D576" s="0" t="s">
         <v>2463</v>
       </c>
-      <c r="C576" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E576" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F576" s="0" t="s">
+        <v>1759</v>
+      </c>
+      <c r="G576" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F576" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H576" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>1806</v>
+        <v>1530</v>
       </c>
       <c r="J576" s="0"/>
       <c r="K576" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L576" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L576" s="0"/>
     </row>
     <row r="577" spans="1:12" customHeight="1" ht="80">
-      <c r="A577" s="0"/>
       <c r="B577" s="0" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C577" s="0" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D577" s="0" t="s">
         <v>2466</v>
       </c>
-      <c r="C577" s="0" t="s">
+      <c r="E577" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="F577" s="0" t="s">
         <v>2467</v>
       </c>
-      <c r="D577" s="0" t="s">
+      <c r="G577" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="H577" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I577" s="1" t="s">
         <v>2468</v>
-      </c>
-[...13 lines deleted...]
-        <v>2355</v>
       </c>
       <c r="J577" s="0"/>
       <c r="K577" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L577" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L577" s="0"/>
     </row>
     <row r="578" spans="1:12" customHeight="1" ht="80">
-      <c r="A578" s="0"/>
       <c r="B578" s="0" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C578" s="0" t="s">
         <v>2469</v>
       </c>
-      <c r="C578" s="0" t="s">
+      <c r="D578" s="0" t="s">
         <v>2470</v>
       </c>
-      <c r="D578" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E578" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="F578" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="G578" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="F578" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H578" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>740</v>
+        <v>333</v>
       </c>
       <c r="J578" s="0"/>
       <c r="K578" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L578" s="0"/>
     </row>
     <row r="579" spans="1:12" customHeight="1" ht="80">
-      <c r="A579" s="0"/>
       <c r="B579" s="0" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C579" s="0" t="s">
         <v>2472</v>
       </c>
-      <c r="C579" s="0" t="s">
+      <c r="D579" s="0" t="s">
         <v>2473</v>
       </c>
-      <c r="D579" s="0" t="s">
+      <c r="E579" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="F579" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="G579" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H579" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I579" s="1" t="s">
         <v>2474</v>
-      </c>
-[...13 lines deleted...]
-        <v>2476</v>
       </c>
       <c r="J579" s="0"/>
       <c r="K579" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L579" s="0"/>
     </row>
     <row r="580" spans="1:12" customHeight="1" ht="80">
-      <c r="A580" s="0"/>
       <c r="B580" s="0" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C580" s="0" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D580" s="0" t="s">
         <v>2477</v>
       </c>
-      <c r="C580" s="0" t="s">
+      <c r="E580" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="F580" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="G580" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H580" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I580" s="1" t="s">
         <v>2478</v>
-      </c>
-[...16 lines deleted...]
-        <v>2481</v>
       </c>
       <c r="J580" s="0"/>
       <c r="K580" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L580" s="0"/>
+    </row>
+    <row r="581" spans="1:12" customHeight="1" ht="80">
+      <c r="B581" s="0" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C581" s="0" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D581" s="0" t="s">
+        <v>2481</v>
+      </c>
+      <c r="E581" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="F581" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="G581" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H581" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I581" s="1" t="s">
+        <v>2482</v>
+      </c>
+      <c r="J581" s="0"/>
+      <c r="K581" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L581" s="0"/>
+    </row>
+    <row r="582" spans="1:12" customHeight="1" ht="80">
+      <c r="B582" s="0" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C582" s="0" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D582" s="0" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E582" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="F582" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="G582" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H582" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I582" s="1" t="s">
+        <v>2486</v>
+      </c>
+      <c r="J582" s="0"/>
+      <c r="K582" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L582" s="0"/>
+    </row>
+    <row r="583" spans="1:12" customHeight="1" ht="80">
+      <c r="B583" s="0" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C583" s="0" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D583" s="0" t="s">
+        <v>2489</v>
+      </c>
+      <c r="E583" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="F583" s="0" t="s">
+        <v>2490</v>
+      </c>
+      <c r="G583" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H583" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I583" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="J583" s="0"/>
+      <c r="K583" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L583" s="0"/>
+    </row>
+    <row r="584" spans="1:12" customHeight="1" ht="80">
+      <c r="B584" s="0" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C584" s="0" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D584" s="0" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E584" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="F584" s="0" t="s">
+        <v>2495</v>
+      </c>
+      <c r="G584" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="H584" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I584" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="J584" s="0"/>
+      <c r="K584" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L584" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -44350,50 +44390,54 @@
     <hyperlink ref="B556" r:id="rId_hyperlink_555"/>
     <hyperlink ref="B557" r:id="rId_hyperlink_556"/>
     <hyperlink ref="B558" r:id="rId_hyperlink_557"/>
     <hyperlink ref="B559" r:id="rId_hyperlink_558"/>
     <hyperlink ref="B560" r:id="rId_hyperlink_559"/>
     <hyperlink ref="B561" r:id="rId_hyperlink_560"/>
     <hyperlink ref="B562" r:id="rId_hyperlink_561"/>
     <hyperlink ref="B563" r:id="rId_hyperlink_562"/>
     <hyperlink ref="B564" r:id="rId_hyperlink_563"/>
     <hyperlink ref="B565" r:id="rId_hyperlink_564"/>
     <hyperlink ref="B566" r:id="rId_hyperlink_565"/>
     <hyperlink ref="B567" r:id="rId_hyperlink_566"/>
     <hyperlink ref="B568" r:id="rId_hyperlink_567"/>
     <hyperlink ref="B569" r:id="rId_hyperlink_568"/>
     <hyperlink ref="B570" r:id="rId_hyperlink_569"/>
     <hyperlink ref="B571" r:id="rId_hyperlink_570"/>
     <hyperlink ref="B572" r:id="rId_hyperlink_571"/>
     <hyperlink ref="B573" r:id="rId_hyperlink_572"/>
     <hyperlink ref="B574" r:id="rId_hyperlink_573"/>
     <hyperlink ref="B575" r:id="rId_hyperlink_574"/>
     <hyperlink ref="B576" r:id="rId_hyperlink_575"/>
     <hyperlink ref="B577" r:id="rId_hyperlink_576"/>
     <hyperlink ref="B578" r:id="rId_hyperlink_577"/>
     <hyperlink ref="B579" r:id="rId_hyperlink_578"/>
     <hyperlink ref="B580" r:id="rId_hyperlink_579"/>
+    <hyperlink ref="B581" r:id="rId_hyperlink_580"/>
+    <hyperlink ref="B582" r:id="rId_hyperlink_581"/>
+    <hyperlink ref="B583" r:id="rId_hyperlink_582"/>
+    <hyperlink ref="B584" r:id="rId_hyperlink_583"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>