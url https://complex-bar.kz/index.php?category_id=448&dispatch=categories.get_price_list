--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -137,140 +137,140 @@
   <si>
     <t>Rona</t>
   </si>
   <si>
     <t>Cloche</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
   </si>
   <si>
     <t>13244.00₸</t>
   </si>
   <si>
     <t>Крышка для блюда для десертов и закусок;стекло;D=83,H=150мм;прозр.</t>
   </si>
   <si>
     <t>03081702</t>
   </si>
   <si>
     <t>6719B0150</t>
   </si>
   <si>
     <t>12975.00₸</t>
   </si>
   <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для блюда для десертов и закусок;стекло;D=11,H=10,4см;прозр.</t>
+  </si>
+  <si>
+    <t>03081703</t>
+  </si>
+  <si>
+    <t>6719 0105</t>
+  </si>
+  <si>
+    <t>15208.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Крышка для блюда для десертов и закусок;стекло;D=11,H=10,4см;прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Крышка для блюда для десерта для 73553;пластик;,H=50,L=20,B=20см;прозр.</t>
   </si>
   <si>
     <t>03081704</t>
   </si>
   <si>
     <t>26442.00₸</t>
   </si>
   <si>
     <t>38 шт.</t>
   </si>
   <si>
     <t>Баранчик;сталь нерж.;D=23,5,H=12см;металлич.</t>
   </si>
   <si>
     <t>04010306</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>53885.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>46 шт.</t>
   </si>
   <si>
     <t>Баранчик;сталь нерж.;D=24,H=13см;металлич.</t>
   </si>
   <si>
     <t>04010310</t>
   </si>
   <si>
     <t>55286.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Баранчик;сталь нерж.;D=26,H=12,5см;металлич.</t>
   </si>
   <si>
     <t>04010311</t>
   </si>
   <si>
     <t>79649.00₸</t>
   </si>
   <si>
-    <t>41 шт.</t>
+    <t>35 шт.</t>
   </si>
   <si>
     <t>Баранчик;сталь нерж.;D=24,H=12см;металлич.</t>
   </si>
   <si>
     <t>04010312</t>
   </si>
   <si>
     <t>61427/240-TR</t>
   </si>
   <si>
     <t>Tramontina</t>
   </si>
   <si>
     <t>БРАЗИЛИЯ</t>
   </si>
   <si>
     <t>24255.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Баранчик с блюдом;сталь нерж.;D=32,H=13,2,L=35см;металлич.</t>
   </si>
   <si>
     <t>04010313</t>
   </si>
   <si>
     <t>Krs</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>35998.00₸</t>
   </si>
   <si>
     <t>Баранчик с блюдом;сталь нерж.;D=21,H=13,L=23,6см;металлич.</t>
   </si>
   <si>
     <t>04010338</t>
   </si>
   <si>
     <t>13977.00₸</t>
   </si>
   <si>
     <t>Баранчик;пластик;D=29,H=70мм;прозр.</t>
@@ -533,102 +533,102 @@
   <si>
     <t>11522.00₸</t>
   </si>
   <si>
     <t>Баранчик;сталь нерж.;D=29,H=18см;металлич.</t>
   </si>
   <si>
     <t>04010529</t>
   </si>
   <si>
     <t>31787.00₸</t>
   </si>
   <si>
     <t>Крышка для тарелки;поликарбонат;D=20,H=11см;прозр.</t>
   </si>
   <si>
     <t>04010531</t>
   </si>
   <si>
     <t>27250200SAN</t>
   </si>
   <si>
     <t>6244.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
     <t>Крышка для тарелки;поликарбонат;D=25,H=13,5см;прозр.</t>
   </si>
   <si>
     <t>04010532</t>
   </si>
   <si>
     <t>27250250SAN</t>
   </si>
   <si>
     <t>8400.00₸</t>
   </si>
   <si>
     <t>Крышка для тарелки;поликарбонат;D=35,H=14,5см;прозр.</t>
   </si>
   <si>
     <t>04010533</t>
   </si>
   <si>
     <t>27250350SAN</t>
   </si>
   <si>
     <t>14364.00₸</t>
   </si>
   <si>
     <t>Крышка для блюда;поликарбонат;D=241,H=70мм;прозр.</t>
   </si>
   <si>
     <t>04010541</t>
   </si>
   <si>
     <t>905CW152</t>
   </si>
   <si>
     <t>Camwear</t>
   </si>
   <si>
     <t>7046.00₸</t>
   </si>
   <si>
     <t>11 шт.</t>
   </si>
   <si>
     <t>04010544</t>
   </si>
   <si>
     <t>06515</t>
   </si>
   <si>
-    <t>9471.00₸</t>
-[...2 lines deleted...]
-    <t>50 шт.</t>
+    <t>10049.00₸</t>
   </si>
   <si>
     <t>Крышка для блюда;полистирол;D=30,H=11,5см;прозр.</t>
   </si>
   <si>
     <t>04010548</t>
   </si>
   <si>
     <t>06510</t>
   </si>
   <si>
     <t>8209.00₸</t>
   </si>
   <si>
     <t>Крышка для блюда для 15272;пластик;D=30,H=12,5см;прозр.</t>
   </si>
   <si>
     <t>04010553</t>
   </si>
   <si>
     <t>06512</t>
   </si>
   <si>
     <t>10257.00₸</t>
   </si>
@@ -3810,217 +3810,217 @@
         <v>41</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="L7" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D8" s="0">
         <v>11557</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" s="0">
         <v>522</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" s="0">
         <v>-2</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L9" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" s="0">
         <v>524</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F10" s="0">
         <v>-2</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L10" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" s="0">
         <v>526</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="0">
         <v>-2</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L11" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="0">
         <v>552200</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
@@ -4364,51 +4364,51 @@
         <v>126</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>130</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>131</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="B25" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D25" s="0">
         <v>551900</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
@@ -4619,51 +4619,51 @@
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>163</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>119</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D33" s="0">
         <v>35734</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>119</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
@@ -4681,181 +4681,181 @@
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>163</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>119</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>40</v>
+        <v>172</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>163</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>119</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>121</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>163</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>119</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>48</v>
+        <v>106</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>189</v>
+        <v>45</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
@@ -5485,51 +5485,51 @@
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>282</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>283</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>284</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>287</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>288</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>289</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>239</v>
       </c>
@@ -5617,51 +5617,51 @@
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>301</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>302</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>106</v>
+        <v>28</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>304</v>
       </c>
       <c r="D64" s="0">
         <v>653040</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>237</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>305</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>119</v>
       </c>
@@ -5807,72 +5807,72 @@
         <v>325</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>326</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>327</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>288</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>289</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>239</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>106</v>
+        <v>28</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>328</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>329</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>330</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>331</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="0"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>333</v>
       </c>
       <c r="D71" s="0" t="s">