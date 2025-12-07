--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -71,51 +71,51 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Подставка для тарелок;сталь нерж.;D=19,H=30см;синий</t>
   </si>
   <si>
     <t>04150140</t>
   </si>
   <si>
     <t>44047-19</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Подставки для тарелок</t>
   </si>
   <si>
-    <t>54024.00₸</t>
+    <t>67861.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Подставка для тарелок;сталь нерж.;D=22,H=30см;синий</t>
   </si>
   <si>
     <t>04150141</t>
   </si>
   <si>
     <t>44047-22</t>
   </si>
   <si>
     <t>55864.00₸</t>
   </si>
   <si>
     <t>Подставка для тарелок;сталь нерж.;D=25,H=30см;синий</t>
   </si>
   <si>
     <t>04150142</t>
   </si>
   <si>
     <t>44047-25</t>
   </si>
@@ -161,53 +161,50 @@
   <si>
     <t>04150172</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>50974.00₸</t>
   </si>
   <si>
     <t>Подставка для подносов напольная;дерево;,H=82,L=43,B=42см;венге</t>
   </si>
   <si>
     <t>04150197</t>
   </si>
   <si>
     <t>44093-01</t>
   </si>
   <si>
     <t>106314.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для тарелок;пластик;,H=47,L=220,B=65мм;белый</t>
   </si>
   <si>
     <t>04151001</t>
   </si>
   <si>
     <t>TABL</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1964.00₸</t>
   </si>
   <si>
     <t>Подставка для тарелок;пластик;белый</t>
   </si>
   <si>
     <t>04151002</t>
   </si>
   <si>
     <t>1232.00₸</t>
   </si>
   <si>
     <t>28 шт.</t>
@@ -224,120 +221,123 @@
   <si>
     <t>БЕРЕЗА</t>
   </si>
   <si>
     <t>12365.00₸</t>
   </si>
   <si>
     <t>Подставка для подносов напольная;бук;,H=83,L=47,B=43см;махагон</t>
   </si>
   <si>
     <t>08010316</t>
   </si>
   <si>
     <t>F706S-00M</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>Trayjack</t>
   </si>
   <si>
     <t>43452.00₸</t>
   </si>
   <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
     <t>Подставка для подносов напольная;бук;,H=83,L=47,B=43см;св.корич.</t>
   </si>
   <si>
     <t>08010320</t>
   </si>
   <si>
     <t>F706S-00E</t>
   </si>
   <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для подносов напольная;бук;,H=83,L=47,B=43см;коричнев.</t>
+  </si>
+  <si>
+    <t>08010346</t>
+  </si>
+  <si>
+    <t>F706S-00O</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для подносов напольная;сталь нерж.;,H=74,L=48,B=38см;серебрист.</t>
+  </si>
+  <si>
+    <t>08010367</t>
+  </si>
+  <si>
+    <t>44093-00</t>
+  </si>
+  <si>
+    <t>130238.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для подносов напольная;бук;,H=83,L=47,B=43см;черный</t>
+  </si>
+  <si>
+    <t>08010394</t>
+  </si>
+  <si>
+    <t>F706S-00B</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для подносов напольная;бук;,H=83,L=47,B=43см;болотн.</t>
+  </si>
+  <si>
+    <t>08010395</t>
+  </si>
+  <si>
+    <t>F706S-00G</t>
+  </si>
+  <si>
+    <t>Подставка для подносов напольная;бук;,H=83,L=47,B=43см;тем.дерево</t>
+  </si>
+  <si>
+    <t>08014014</t>
+  </si>
+  <si>
+    <t>F706S-00С</t>
+  </si>
+  <si>
     <t>5 шт.</t>
-  </si>
-[...58 lines deleted...]
-    <t>F706S-00С</t>
   </si>
   <si>
     <t>Подставка для подносов «Солид»;орех;,H=13,5,L=51,B=42см;тем.дерево</t>
   </si>
   <si>
     <t>08014018</t>
   </si>
   <si>
     <t>Zieher</t>
   </si>
   <si>
     <t>Solid</t>
   </si>
   <si>
     <t>307546.00₸</t>
   </si>
   <si>
     <t>Подставка для подносов;орех;,H=71,5,L=56,5,B=35,5см;тем.дерево</t>
   </si>
   <si>
     <t>08014019</t>
   </si>
   <si>
     <t>SR_BTSW</t>
   </si>
@@ -1560,244 +1560,244 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D9" s="0">
         <v>4151001</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D10" s="0">
         <v>4151002</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="B11" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E11" s="0"/>
       <c r="F11" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="F12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="F13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="F14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>76</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
@@ -1807,133 +1807,133 @@
         <v>37</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>81</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="F16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="F17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D19" s="0">
         <v>4746</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>42</v>
       </c>