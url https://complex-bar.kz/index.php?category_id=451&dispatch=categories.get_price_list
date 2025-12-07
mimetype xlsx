--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -107,138 +107,135 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>901.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Зажим для скатерти;сталь нерж.;,L=48,B=40мм;серебрист.</t>
   </si>
   <si>
     <t>02121702</t>
   </si>
   <si>
     <t>0130</t>
   </si>
   <si>
     <t>Casalinghi</t>
   </si>
   <si>
     <t>1417.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
+    <t>более 500 шт.</t>
   </si>
   <si>
     <t>Зажим для скатерти набор[4шт];сталь нерж.;,L=2,B=2см</t>
   </si>
   <si>
     <t>02121704</t>
   </si>
   <si>
     <t>42953-04</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>3504.00₸</t>
   </si>
   <si>
     <t>Кольцо для салфеток</t>
   </si>
   <si>
     <t>03170500</t>
   </si>
   <si>
     <t>00430</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Кольца для салфеток</t>
   </si>
   <si>
     <t>2140.00₸</t>
   </si>
   <si>
     <t>Кольцо для салфеток набор[4шт];сталь нерж.;D=4,H=5см;металлич.</t>
   </si>
   <si>
     <t>03170525</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>15400.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Кольцо для салфеток;сталь;D=32,H=25мм;металлич.</t>
   </si>
   <si>
     <t>03170527</t>
   </si>
   <si>
     <t>SP-I-J</t>
   </si>
   <si>
     <t>NH-27501</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>412.00₸</t>
   </si>
   <si>
     <t>Кольцо для салфеток набор[4шт];сталь нерж.;,H=25,L=45мм;металлич.</t>
   </si>
   <si>
     <t>03170557</t>
   </si>
   <si>
     <t>04446</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
-    <t>10827.00₸</t>
-[...2 lines deleted...]
-    <t>6 шт.</t>
+    <t>11435.00₸</t>
   </si>
   <si>
     <t>Кольцо для салфеток;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>03170559</t>
   </si>
   <si>
     <t>593.00₸</t>
   </si>
   <si>
     <t>Кольцо для салфеток посеребрение 12 микрон;,B=4см;серебрист.</t>
   </si>
   <si>
     <t>03170572</t>
   </si>
   <si>
     <t>XESG5024</t>
   </si>
   <si>
     <t>Arthur Price</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
@@ -254,111 +251,111 @@
   <si>
     <t>53094-05</t>
   </si>
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>Contour</t>
   </si>
   <si>
     <t>33488.00₸</t>
   </si>
   <si>
     <t>Кольцо для салфеток «Кунстверк»;фарфор;D=30,H=35,L=65,B=30мм;белый</t>
   </si>
   <si>
     <t>03170587</t>
   </si>
   <si>
     <t>A2030</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
-    <t>763.00₸</t>
-[...2 lines deleted...]
-    <t>более 500 шт.</t>
+    <t>791.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Кольцо для салфеток «Квадри» набор[4шт];сталь нерж.;,H=30,L=55,B=40мм;металлич.</t>
   </si>
   <si>
     <t>03170596</t>
   </si>
   <si>
     <t>13560000ICV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>Quadri</t>
   </si>
   <si>
     <t>12097.00₸</t>
   </si>
   <si>
     <t>Кольцо для салфеток «Акварель» Классический;фарфор;65мл;D=26/60,H=40мм;розов.</t>
   </si>
   <si>
     <t>03177161</t>
   </si>
   <si>
     <t>ИКС 23.65.А.Р</t>
   </si>
   <si>
     <t>Башкирский фарфор</t>
   </si>
   <si>
     <t>Акварель</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1317.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кольцо для салфеток «Белая» Классический;фарфор;,H=40,L=26,B=60мм;белый</t>
   </si>
   <si>
     <t>03177168</t>
   </si>
   <si>
     <t>ИКС 23.65</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>1094.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Кольцо для салфеток «Мезень» Принц Лебеди;фарфор;,H=40,L=26,B=60мм;белый,красный</t>
   </si>
   <si>
     <t>03177299</t>
   </si>
   <si>
     <t>ИКС 23.65.Д1302:07</t>
   </si>
   <si>
     <t>Мезень</t>
   </si>
   <si>
     <t>3104.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
@@ -1480,311 +1477,311 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="L9" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D10" s="0">
         <v>897</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="0"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="0"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="E13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L13" s="0">
         <v>216</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="E14" s="0" t="s">
+      <c r="F14" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="E15" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="F15" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="F15" s="0" t="s">
+      <c r="G15" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="L15" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="E16" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="D16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G16" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="L16" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="E17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>