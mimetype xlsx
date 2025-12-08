--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -67,51 +67,51 @@
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Клипса для бокалов;абс-пластик;D=48,L=78мм;белый</t>
   </si>
   <si>
     <t>02120506</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>Клипсы для бокалов</t>
   </si>
   <si>
-    <t>1040.00₸</t>
+    <t>693.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Клипса для бокалов «Мано»;абс-пластик;,H=4см;серый</t>
   </si>
   <si>
     <t>02120507</t>
   </si>
   <si>
     <t>E2010</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Mano</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>511.00₸</t>
   </si>