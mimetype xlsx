--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -113,105 +113,105 @@
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>23793.00₸</t>
   </si>
   <si>
     <t>Подставка под горячее;пробка натур.;D=26см;коричнев.</t>
   </si>
   <si>
     <t>04141501</t>
   </si>
   <si>
     <t>Kesper</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>2595.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Подставка под горячее набор[6шт];пробка натур.;D=10,H=2,L=10,B=10см;коричнев.</t>
   </si>
   <si>
     <t>04141520</t>
   </si>
   <si>
     <t>894.00₸</t>
   </si>
   <si>
     <t>Подставка под горячее;сосна;,H=1,L=15,B=15см;коричнев.</t>
   </si>
   <si>
     <t>04141521</t>
   </si>
   <si>
     <t>M44/23-0086</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>3136.00₸</t>
   </si>
   <si>
     <t>Подставка под горячее круглая;сосна;D=180,H=17мм;коричнев.</t>
   </si>
   <si>
     <t>04141522</t>
   </si>
   <si>
     <t>B07-035/23-0089</t>
   </si>
   <si>
     <t>2933.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Подставка под горячее 8-угольная;сосна;,H=13,L=180,B=180мм;коричнев.</t>
   </si>
   <si>
     <t>04141523</t>
   </si>
   <si>
     <t>B07-036/23-0095</t>
   </si>
   <si>
     <t>2401.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>6 шт.</t>
   </si>
   <si>
     <t>Подставка под горячее с магнитом;дерево;D=20см</t>
   </si>
   <si>
     <t>04141561</t>
   </si>
   <si>
     <t>44207-20</t>
   </si>
   <si>
     <t>12097.00₸</t>
   </si>
   <si>
     <t>Подставка под горячее с магнитом;дерево;D=24см</t>
   </si>
   <si>
     <t>04141562</t>
   </si>
   <si>
     <t>44207-24</t>
   </si>
   <si>
     <t>13160.00₸</t>
   </si>
@@ -1020,185 +1020,185 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="0">
         <v>62752</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D5" s="0">
         <v>62747</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L7" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>