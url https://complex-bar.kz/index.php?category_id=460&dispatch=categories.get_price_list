--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="842">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="839">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -137,632 +137,632 @@
   <si>
     <t>Сахарница «Террамеса мастед»;фарфор;228мл;D=100,H=55мм;св.корич.</t>
   </si>
   <si>
     <t>03030441</t>
   </si>
   <si>
     <t>1121 0379</t>
   </si>
   <si>
     <t>7647.00₸</t>
   </si>
   <si>
     <t>Сахарница «Террамеса Вит»;фарфор;228мл;D=100,H=55мм;бежев.</t>
   </si>
   <si>
     <t>03030445</t>
   </si>
   <si>
     <t>1120 0379</t>
   </si>
   <si>
     <t>7292.00₸</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Террамеса Мокка»;фарфор;228мл;D=100,H=55мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03030446</t>
+  </si>
+  <si>
+    <t>1123 0379</t>
+  </si>
+  <si>
+    <t>Сахарница «Чакоул дэппл»;фарфор,фарфор;228мл;D=100,H=55мм;белый,черный</t>
+  </si>
+  <si>
+    <t>03032550</t>
+  </si>
+  <si>
+    <t>1756 0379</t>
+  </si>
+  <si>
+    <t>Charcoal Dapple</t>
+  </si>
+  <si>
+    <t>6284.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для сахарницы «Виктория»;фарфор;300мл;,L=65,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150579</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница для пакетиков;винилбензол;,H=53,L=87,B=66мм;черный</t>
+  </si>
+  <si>
+    <t>03170900</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором;сталь нерж.,стекло;180мл;D=45,H=130,B=60мм;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03170904</t>
+  </si>
+  <si>
+    <t>BF-1403/6</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>1176.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором;стекло,сталь нерж.;250мл;D=75,H=150,L=85,B=85мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170907</t>
+  </si>
+  <si>
+    <t>601/603</t>
+  </si>
+  <si>
+    <t>kl kt1054</t>
+  </si>
+  <si>
+    <t>922.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница;сталь;200мл;D=12,5,H=14,2см;металлич.</t>
+  </si>
+  <si>
+    <t>03170908</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>21591.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Прага»;фарфор;200мл;D=9,H=8см;белый</t>
+  </si>
+  <si>
+    <t>03170911</t>
+  </si>
+  <si>
+    <t>PRA4301</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Принцип»;фарфор;200мл;D=95,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03170912</t>
+  </si>
+  <si>
+    <t>PRI4301</t>
+  </si>
+  <si>
+    <t>Princip</t>
+  </si>
+  <si>
+    <t>4474.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором;стекло,сталь нерж.;290мл;D=7,H=16,L=7,B=7см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170914</t>
+  </si>
+  <si>
+    <t>0110</t>
+  </si>
+  <si>
+    <t>Casalinghi</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>4836.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором «Нью»;стекло,сталь нерж.;280мл;D=75,H=140,L=75,B=75мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170915</t>
+  </si>
+  <si>
+    <t>0126</t>
+  </si>
+  <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Кашуб-хел»;фарфор;200мл;D=11,H=9см;белый</t>
+  </si>
+  <si>
+    <t>03170916</t>
+  </si>
+  <si>
+    <t>0679</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>4628.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Кашуб-хел»;фарфор;400мл;D=12,H=10см;белый</t>
+  </si>
+  <si>
+    <t>03170917</t>
+  </si>
+  <si>
+    <t>0681</t>
+  </si>
+  <si>
+    <t>4913.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Аркадия»;фарфор;200мл;D=95,H=95мм;белый</t>
+  </si>
+  <si>
+    <t>03170919</t>
+  </si>
+  <si>
+    <t>0579</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором «Мини»;стекло,сталь нерж.;150мл;D=6,H=12,L=6,B=6см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170921</t>
+  </si>
+  <si>
+    <t>0132</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Трианон»;стекло;340мл;D=11,H=13см;белый</t>
+  </si>
+  <si>
+    <t>03170923</t>
+  </si>
+  <si>
+    <t>06498</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Trianon</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>2492.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница для пакетиков «Тейблтоп»;стекло;,H=55,L=110,B=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>03170927</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Tabletop</t>
+  </si>
+  <si>
+    <t>2203.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница;фарфор;0,6л;D=12,H=11,5см;белый</t>
+  </si>
+  <si>
+    <t>03170928</t>
+  </si>
+  <si>
+    <t>03952</t>
+  </si>
+  <si>
+    <t>Дулево</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница для пакетиков «Версаль»;фарфор;,H=40,L=110,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03170929</t>
+  </si>
+  <si>
+    <t>Wersal</t>
+  </si>
+  <si>
+    <t>6553.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для сахарницы «Прага»;фарфор;200мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03170933</t>
+  </si>
+  <si>
+    <t>PRA4502</t>
+  </si>
+  <si>
+    <t>986.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «В.Виена»;фарфор;335мл;D=70,H=105,L=95мм;белый</t>
+  </si>
+  <si>
+    <t>03170934</t>
+  </si>
+  <si>
+    <t>VW031330000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>11550.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Портофино» с крышкой;фарфор;220мл;D=9,H=10см;белый</t>
+  </si>
+  <si>
+    <t>03170935</t>
+  </si>
+  <si>
+    <t>PF031220000</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>13608.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Афродита»;фарфор;250мл;D=75,H=130мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03170936</t>
+  </si>
+  <si>
+    <t>2679-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>9156.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Виктория»;фарфор;300мл;D=60,H=110,L=130,B=93мм;белый</t>
+  </si>
+  <si>
+    <t>03170937</t>
+  </si>
+  <si>
+    <t>6014.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Мелодия» без крышки;фарфор;200мл;D=87,H=54мм;белый</t>
+  </si>
+  <si>
+    <t>03170946</t>
+  </si>
+  <si>
+    <t>MEL4302</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>5191.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Чино»;фарфор;228мл;D=100,H=55мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03170948</t>
+  </si>
+  <si>
+    <t>1106 0379</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>3758.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница для пакетиков «Чино»;фарфор;150мл;,H=56,L=102,B=70мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03170949</t>
+  </si>
+  <si>
+    <t>1106 0389</t>
+  </si>
+  <si>
+    <t>7862.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Хани» без крышки;фарфор;227мл;D=96,H=55мм;бежев.</t>
+  </si>
+  <si>
+    <t>03170951</t>
+  </si>
+  <si>
+    <t>1543 A379</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>3804.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором;стекло,сталь нерж.;1л;D=58,H=190,L=58,B=58мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170955</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>11368.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором;стекло,сталь нерж.;110мл;D=55,H=120мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170966</t>
+  </si>
+  <si>
+    <t>02829</t>
+  </si>
+  <si>
+    <t>2070.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница с дозатором;стекло,сталь нерж.;270мл;D=8,H=13см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170969</t>
+  </si>
+  <si>
+    <t>1024.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница;сталь нерж.;150мл;,H=65,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>03170973</t>
+  </si>
+  <si>
+    <t>00760040ICZ</t>
+  </si>
+  <si>
+    <t>21637.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Монако Вайт» с крышкой;фарфор;180мл;,H=95,L=85,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03170975</t>
+  </si>
+  <si>
+    <t>9001 C673</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>16509.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Мелодия» с крышкой;фарфор;200мл;D=87,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03170978</t>
+  </si>
+  <si>
+    <t>MEL4301</t>
+  </si>
+  <si>
+    <t>7377.00₸</t>
+  </si>
+  <si>
+    <t>Сахарница «Монако Вайт» без крышки;фарфор;210мл;D=100,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03170979</t>
+  </si>
+  <si>
+    <t>9001 C335</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница «Атлантис»;фарфор;200мл;D=100,H=68мм;белый</t>
+  </si>
+  <si>
+    <t>03170980</t>
+  </si>
+  <si>
+    <t>ATL4320</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>5313.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Сахарница для пакетиков «Гибралтар»;стекло;,H=55,L=90,B=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>03170982</t>
+  </si>
+  <si>
+    <t>Gibraltar</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
     <t>27 шт.</t>
   </si>
   <si>
-    <t>Сахарница «Террамеса Мокка»;фарфор;228мл;D=100,H=55мм;тем.корич.</t>
-[...577 lines deleted...]
-  <si>
     <t>Сахарница с дозатором;стекло,пластик;280мл;D=80,H=105,L=80,B=80мм;прозр.,белый</t>
   </si>
   <si>
     <t>03170983</t>
   </si>
   <si>
     <t>06896</t>
   </si>
   <si>
     <t>1472.00₸</t>
   </si>
   <si>
     <t>Сахарница «Афродита»;фарфор;250мл;D=75,H=130мм;белый</t>
   </si>
   <si>
     <t>03170984</t>
   </si>
   <si>
     <t>2679-white</t>
   </si>
   <si>
     <t>5983.00₸</t>
   </si>
   <si>
     <t>Крышка для сахарницы «Монако Вайт»;фарфор;,H=4,L=7,B=5см;белый</t>
@@ -809,50 +809,53 @@
   <si>
     <t>03170995</t>
   </si>
   <si>
     <t>1101 0836</t>
   </si>
   <si>
     <t>Simpl White</t>
   </si>
   <si>
     <t>8170.00₸</t>
   </si>
   <si>
     <t>Сахарница для пакетиков «Симплисити»;фарфор;,H=55,L=100,B=70мм;белый</t>
   </si>
   <si>
     <t>03170996</t>
   </si>
   <si>
     <t>1101 0389</t>
   </si>
   <si>
     <t>8956.00₸</t>
   </si>
   <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
     <t>Сахарница «Спайро»;фарфор;227мл;D=9,H=6см;белый</t>
   </si>
   <si>
     <t>03170998</t>
   </si>
   <si>
     <t>9032 C988</t>
   </si>
   <si>
     <t>Spyro</t>
   </si>
   <si>
     <t>7231.00₸</t>
   </si>
   <si>
     <t>Сахарница для пакетиков «Монако Вайт»;фарфор;,H=55,L=103,B=68мм;белый</t>
   </si>
   <si>
     <t>03170999</t>
   </si>
   <si>
     <t>9001 C389</t>
   </si>
   <si>
     <t>11820.00₸</t>
@@ -863,65 +866,50 @@
   <si>
     <t>03171901</t>
   </si>
   <si>
     <t>BF-1404H</t>
   </si>
   <si>
     <t>1652.00₸</t>
   </si>
   <si>
     <t>Сахарница с дозатором;сталь нерж.;300мл;D=70,H=135,L=70мм;металлич.</t>
   </si>
   <si>
     <t>03171903</t>
   </si>
   <si>
     <t>01070000ICV</t>
   </si>
   <si>
     <t>14357.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Сахарница «Айвори»;фарфор;227мл;D=100,H=55мм;слон.кость</t>
-[...13 lines deleted...]
-  <si>
     <t>Сахарница для пакетиков «Айвори Монте Карло»;фарфор;,H=50,L=100,B=78мм;слон.кость</t>
   </si>
   <si>
     <t>03171905</t>
   </si>
   <si>
     <t>1600 A389</t>
   </si>
   <si>
     <t>Ivory Monte Carlo</t>
   </si>
   <si>
     <t>5860.00₸</t>
   </si>
   <si>
     <t>Сахарница «Кларет»;фарфор;230мл;D=100,H=55мм;бежев.,бордо</t>
   </si>
   <si>
     <t>03171906</t>
   </si>
   <si>
     <t>1503 A379</t>
   </si>
   <si>
     <t>Ivory Claret</t>
@@ -932,99 +920,96 @@
   <si>
     <t>Сахарница «Максим»;фарфор;200мл;D=8,H=8см;белый</t>
   </si>
   <si>
     <t>03171907</t>
   </si>
   <si>
     <t>MAX4320</t>
   </si>
   <si>
     <t>Maxim</t>
   </si>
   <si>
     <t>Сахарница «Симплисити»;фарфор;228мл;D=100,H=55мм;белый</t>
   </si>
   <si>
     <t>03171908</t>
   </si>
   <si>
     <t>1101 0379</t>
   </si>
   <si>
     <t>4212.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сахарница «Антуанетт»;фарфор;200мл;D=10,H=6см;белый,олив.</t>
   </si>
   <si>
     <t>03171909</t>
   </si>
   <si>
     <t>9019 C673</t>
   </si>
   <si>
     <t>Antoinette</t>
   </si>
   <si>
     <t>21460.00₸</t>
   </si>
   <si>
     <t>Сахарница для пакетиков «Монако Вайт» овальная;фарфор;,H=55,L=100мм;белый</t>
   </si>
   <si>
     <t>03171910</t>
   </si>
   <si>
     <t>9001 C680</t>
   </si>
   <si>
     <t>12305.00₸</t>
   </si>
   <si>
     <t>Сахарница «Сатиник»;фарфор;285мл;,H=125,L=115,B=78мм;белый</t>
   </si>
   <si>
     <t>03171915</t>
   </si>
   <si>
     <t>S0416</t>
   </si>
   <si>
     <t>Chef&amp;Sommelier</t>
   </si>
   <si>
     <t>Satinique</t>
   </si>
   <si>
     <t>27734.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>48 шт.</t>
   </si>
   <si>
     <t>Сахарница с дозатором;стекло,сталь нерж.;270мл;D=8,H=13,L=8см;прозр.,металлич.</t>
   </si>
   <si>
     <t>03171916</t>
   </si>
   <si>
     <t>00610</t>
   </si>
   <si>
     <t>2420.00₸</t>
   </si>
   <si>
     <t>Сахарница «Дайринг»;фарфор;200мл;,H=8,L=9,B=8см;белый</t>
   </si>
   <si>
     <t>03171917</t>
   </si>
   <si>
     <t>G9902</t>
   </si>
   <si>
     <t>Z-Daring</t>
   </si>
@@ -1085,50 +1070,53 @@
   <si>
     <t>Сахарница «Увертюра» без крышки;фарфор;260мл;D=10,H=6см;белый</t>
   </si>
   <si>
     <t>03171926</t>
   </si>
   <si>
     <t>OV06622</t>
   </si>
   <si>
     <t>6569.00₸</t>
   </si>
   <si>
     <t>Сахарница с дозатором;стекло;250мл;D=55,H=128,L=75,B=77мм;прозр.</t>
   </si>
   <si>
     <t>03171927</t>
   </si>
   <si>
     <t>BF-1404</t>
   </si>
   <si>
     <t>1295.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Сахарница с дозатором;стекло;270мл;D=45,H=108,L=85,B=85мм;прозр.</t>
   </si>
   <si>
     <t>03171928</t>
   </si>
   <si>
     <t>BF-1408</t>
   </si>
   <si>
     <t>1771.00₸</t>
   </si>
   <si>
     <t>Сахарница «Оптик» без крышки;фарфор;285мл;D=13,H=10,L=11,B=8см;белый</t>
   </si>
   <si>
     <t>03171930</t>
   </si>
   <si>
     <t>9118 C1029</t>
   </si>
   <si>
     <t>Optik</t>
   </si>
   <si>
     <t>5883.00₸</t>
@@ -1244,53 +1232,50 @@
   <si>
     <t>9007 C028</t>
   </si>
   <si>
     <t>Torino White</t>
   </si>
   <si>
     <t>5106.00₸</t>
   </si>
   <si>
     <t>Сахарница «Проотель» с крышкой;сталь нерж.;180мл;,H=75мм;металлич.</t>
   </si>
   <si>
     <t>03171943</t>
   </si>
   <si>
     <t>SPP6</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>3423.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сахарница «Проотель» с крышкой;сталь нерж.;250мл;,H=8см;металлич.</t>
   </si>
   <si>
     <t>03171944</t>
   </si>
   <si>
     <t>SPP10</t>
   </si>
   <si>
     <t>4249.00₸</t>
   </si>
   <si>
     <t>Сахарница «Крафт Вайт»;фарфор;228мл;D=100,H=55мм;белый,коричнев.</t>
   </si>
   <si>
     <t>03171945</t>
   </si>
   <si>
     <t>1155 0379</t>
   </si>
   <si>
     <t>Craft White</t>
   </si>
   <si>
     <t>7616.00₸</t>
@@ -1358,114 +1343,117 @@
   <si>
     <t>03171958</t>
   </si>
   <si>
     <t>5383.00₸</t>
   </si>
   <si>
     <t>Сахарница;стекло;250мл;D=80,H=125мм;прозр.</t>
   </si>
   <si>
     <t>03171960</t>
   </si>
   <si>
     <t>8778.00₸</t>
   </si>
   <si>
     <t>Сахарница;стекло;320мл;D=75,H=135мм;прозр.</t>
   </si>
   <si>
     <t>03171961</t>
   </si>
   <si>
     <t>6090.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Сахарница «Крафт Блю»;фарфор;228мл;D=100,H=55мм;синий</t>
   </si>
   <si>
     <t>03171962</t>
   </si>
   <si>
     <t>1130 0379</t>
   </si>
   <si>
     <t>Craft Blue</t>
   </si>
   <si>
     <t>7523.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
     <t>Сахарница «Лив» с крышкой;фарфор;200мл;D=75,H=85мм;белый</t>
   </si>
   <si>
     <t>03171964</t>
   </si>
   <si>
     <t>1340 X0032</t>
   </si>
   <si>
     <t>Liv</t>
   </si>
   <si>
     <t>7847.00₸</t>
   </si>
   <si>
     <t>Сахарница «Нью Граффити»;фарфор;200мл;,H=10см;белый</t>
   </si>
   <si>
     <t>03171965</t>
   </si>
   <si>
     <t>NG031200000</t>
   </si>
   <si>
     <t>Graffiti New</t>
   </si>
   <si>
     <t>2982.00₸</t>
   </si>
   <si>
     <t>Сахарница с дозатором;стекло,металл;260мл;D=55,H=130мм;прозр.</t>
   </si>
   <si>
     <t>03171966</t>
   </si>
   <si>
     <t>80078/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Black &amp; White</t>
   </si>
   <si>
-    <t>1477.00₸</t>
+    <t>1484.00₸</t>
   </si>
   <si>
     <t>Крышка для сахарницы «Лив» 1340 X0032;фарфор;D=48,H=40мм;белый</t>
   </si>
   <si>
     <t>03171967</t>
   </si>
   <si>
     <t>1340 X0033</t>
   </si>
   <si>
     <t>3242.00₸</t>
   </si>
   <si>
     <t>Сахарница;фарфор;белый</t>
   </si>
   <si>
     <t>03171976</t>
   </si>
   <si>
     <t>11770-800001-14343</t>
   </si>
   <si>
     <t>Rosenthal</t>
   </si>
@@ -1550,53 +1538,50 @@
   <si>
     <t>03171988</t>
   </si>
   <si>
     <t>FT15247</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>679.00₸</t>
   </si>
   <si>
     <t>Сахарница для пакетиков «Блю Дэппл»;фарфор;,H=55,L=100,B=70мм;белый,синий</t>
   </si>
   <si>
     <t>03171991</t>
   </si>
   <si>
     <t>1710 0389</t>
   </si>
   <si>
     <t>7724.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сахарница «Блю Дэппл» с крышкой;фарфор;170мл;D=87/45,H=95мм;белый,синий</t>
   </si>
   <si>
     <t>03171992</t>
   </si>
   <si>
     <t>1710 0836</t>
   </si>
   <si>
     <t>14438.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Сахарница «Бьянко» с крышкой;фарфор;240мл;,H=85,L=70,B=70мм;белый</t>
   </si>
   <si>
     <t>03171993</t>
   </si>
   <si>
     <t>9102 C436</t>
   </si>
   <si>
     <t>Bianco</t>
@@ -1643,80 +1628,89 @@
   <si>
     <t>3188.00₸</t>
   </si>
   <si>
     <t>Сахарница «Романс» с крышкой;фарфор;0,55л;,H=11,L=17,3см;белый,золотой</t>
   </si>
   <si>
     <t>03171998</t>
   </si>
   <si>
     <t>0С0485</t>
   </si>
   <si>
     <t>Добрушский фарфоровый завод</t>
   </si>
   <si>
     <t>Романс</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>5799.00₸</t>
   </si>
   <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
     <t>Сахарница «Браун Дэппл»;фарфор;228мл;D=100,H=55мм;белый,коричнев.</t>
   </si>
   <si>
     <t>03171999</t>
   </si>
   <si>
     <t>1714 0379</t>
   </si>
   <si>
     <t>Brown Dapple</t>
   </si>
   <si>
     <t>6784.00₸</t>
   </si>
   <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
     <t>Сахарница «Моцарт»;фарфор;250мл;D=102,H=97мм;белый</t>
   </si>
   <si>
     <t>03173501</t>
   </si>
   <si>
     <t>57 4925</t>
   </si>
   <si>
     <t>Mozart</t>
   </si>
   <si>
     <t>34019.00₸</t>
   </si>
   <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
     <t>Сахарница «Браун Дэппл» с крышкой;фарфор;200мл;белый,коричнев.</t>
   </si>
   <si>
     <t>03174502</t>
   </si>
   <si>
     <t>1714 X0032</t>
   </si>
   <si>
     <t>16517.00₸</t>
   </si>
   <si>
     <t>Сахарница с дозатором;стекло,металл;260мл;D=55,H=130мм</t>
   </si>
   <si>
     <t>03174503</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>1818.00₸</t>
   </si>
   <si>
     <t>Сахарница «Тирамису» с крышкой;керамика;200мл;D=9,H=9см</t>
@@ -1754,50 +1748,53 @@
   <si>
     <t>03174516</t>
   </si>
   <si>
     <t>СНД00009817</t>
   </si>
   <si>
     <t>Скандинавия</t>
   </si>
   <si>
     <t>3119.00₸</t>
   </si>
   <si>
     <t>Сахарница «Скандинавия» с крышкой;керамика;400мл;D=10,H=13см;голуб.</t>
   </si>
   <si>
     <t>03174517</t>
   </si>
   <si>
     <t>СНД00009117</t>
   </si>
   <si>
     <t>3350.00₸</t>
   </si>
   <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
     <t>Сахарница «Сфера»;сталь нерж.;200мл</t>
   </si>
   <si>
     <t>03174518</t>
   </si>
   <si>
     <t>56910-02</t>
   </si>
   <si>
     <t>Sphera</t>
   </si>
   <si>
     <t>51968.00₸</t>
   </si>
   <si>
     <t>Крышка для сахарницы «Моцарт»;фарфор;D=72,H=33мм;белый</t>
   </si>
   <si>
     <t>03174519</t>
   </si>
   <si>
     <t>57 4927</t>
   </si>
   <si>
     <t>13121.00₸</t>
@@ -1838,68 +1835,65 @@
   <si>
     <t>03174522</t>
   </si>
   <si>
     <t>ПИН00011613</t>
   </si>
   <si>
     <t>Пинки</t>
   </si>
   <si>
     <t>3388.00₸</t>
   </si>
   <si>
     <t>Сахарница «Пинки» с крышкой;керамика;400мл;D=8см;серый</t>
   </si>
   <si>
     <t>03174523</t>
   </si>
   <si>
     <t>ПИН00011614</t>
   </si>
   <si>
     <t>3619.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Сахарница «Маренго» с крышкой;керамика;200мл;черный,серый</t>
   </si>
   <si>
     <t>03174524</t>
   </si>
   <si>
     <t>МАР00011602</t>
   </si>
   <si>
     <t>Маренго</t>
   </si>
   <si>
-    <t>33 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сахарница «Маренго» с крышкой;керамика;400мл;D=8см;черный</t>
   </si>
   <si>
     <t>03174525</t>
   </si>
   <si>
     <t>МАР00011603</t>
   </si>
   <si>
     <t>Сахарница «Черный атлас» с крышкой;керамика;350мл;D=11,H=11см;черный</t>
   </si>
   <si>
     <t>03174527</t>
   </si>
   <si>
     <t>ЧАТ00005598</t>
   </si>
   <si>
     <t>Черный атлас</t>
   </si>
   <si>
     <t>1987.00₸</t>
   </si>
   <si>
     <t>Сахарница с крышкой;фарфор;0,6л;D=9см;белый</t>
@@ -1997,50 +1991,53 @@
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>Pekoe</t>
   </si>
   <si>
     <t>27582.00₸</t>
   </si>
   <si>
     <t>Сахарница «Тренд» с крышкой;фарфор;350мл;,H=85мм;белый</t>
   </si>
   <si>
     <t>03174538</t>
   </si>
   <si>
     <t>8С1283</t>
   </si>
   <si>
     <t>Тренд</t>
   </si>
   <si>
     <t>5360.00₸</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
     <t>Сахарница без крышки;фарфор;бежев.</t>
   </si>
   <si>
     <t>03174540</t>
   </si>
   <si>
     <t>11770-405153-14344</t>
   </si>
   <si>
     <t>Mesh Colours Cream</t>
   </si>
   <si>
     <t>8694.00₸</t>
   </si>
   <si>
     <t>Сахарница без крышки;фарфор;белый</t>
   </si>
   <si>
     <t>03174541</t>
   </si>
   <si>
     <t>10540-800001-14387</t>
   </si>
   <si>
     <t>Junto White</t>
@@ -2360,96 +2357,90 @@
   <si>
     <t>2819.00₸</t>
   </si>
   <si>
     <t>Сахарница «Верона»;фарфор;200мл;белый</t>
   </si>
   <si>
     <t>03174572</t>
   </si>
   <si>
     <t>VER4302</t>
   </si>
   <si>
     <t>Сахарница «Млечный путь салатовый» без крышки;фарфор;350мл;салатов.,черный</t>
   </si>
   <si>
     <t>03174575</t>
   </si>
   <si>
     <t>ФРФ88802663</t>
   </si>
   <si>
     <t>Млечный путь салатовый</t>
   </si>
   <si>
-    <t>2888.00₸</t>
-[...1 lines deleted...]
-  <si>
     <t>Сахарница «Дэрас Голд»;фарфор;D=95,H=50,B=70мм;белый,золотой</t>
   </si>
   <si>
     <t>03174576</t>
   </si>
   <si>
     <t>LDER034OR168095</t>
   </si>
   <si>
     <t>Le CoQ</t>
   </si>
   <si>
     <t>Deras Gold</t>
   </si>
   <si>
     <t>3981.00₸</t>
   </si>
   <si>
     <t>Сахарница «Маррон Реативо» без крышки;фарфор;350мл;,H=65,B=100мм;коричнев.,бежев.</t>
   </si>
   <si>
     <t>03174577</t>
   </si>
   <si>
     <t>ФРФ88802673</t>
   </si>
   <si>
     <t>Marrone Reattivo</t>
   </si>
   <si>
     <t>Сахарница «Эрбосо Реативо»;фарфор;350мл;,H=65,B=100мм;бирюз.,бежев.</t>
   </si>
   <si>
     <t>03174578</t>
   </si>
   <si>
     <t>ФРФ88802675</t>
   </si>
   <si>
     <t>Erboso Reattivo</t>
-  </si>
-[...1 lines deleted...]
-    <t>37 шт.</t>
   </si>
   <si>
     <t>Сахарница «Пати» без крышки;фарфор;350мл;,H=65,B=100мм;серый,синий</t>
   </si>
   <si>
     <t>03174579</t>
   </si>
   <si>
     <t>ФРФ88802693</t>
   </si>
   <si>
     <t>Party</t>
   </si>
   <si>
     <t>Сахарница «Элит»;сталь нерж.;260мл;,H=105,L=150,B=85мм;металлич.</t>
   </si>
   <si>
     <t>03177152</t>
   </si>
   <si>
     <t>56012-23</t>
   </si>
   <si>
     <t>Elite</t>
   </si>
@@ -2599,51 +2590,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964F9-4251-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964FA-4251-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C647-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C008C2-E3D9-11EF-BC4E-00505692C4474.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF822CE-E568-11EF-BC53-00505692E2D05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF821E6-E568-11EF-BC53-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA5CC323-FB15-11E9-BBC6-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A309E-E568-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F5A-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC925-21BF-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF40C-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CCA89-21BF-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF82D5A-E568-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF826C0-E568-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71ADA-E3D3-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59669212-E3D3-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD10BB-E3D9-11EF-BC4E-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B9D2-E568-11EF-BC53-00505692E2D018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D121B-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC9D7-21BF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A38-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD5572-21C1-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C03AA-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C03B3-424B-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A2FC8-E568-11EF-BC53-00505692E2D025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EB2CC2-E568-11EF-BC53-00505692E2D026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C51-424C-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD16AE-E3D9-11EF-BC4E-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD1539-E3D9-11EF-BC4E-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00F4-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C52F9FE-E63A-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/184AF0CE-E3D6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B3-424C-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3A2-424C-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB243A-424C-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1532E7-21BF-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8F35AE-E3D3-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B369-E568-11EF-BC53-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0AA6B-E568-11EF-BC53-00505692E2D039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03579D-424D-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C91A-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3F2-424D-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD18B6-E3D9-11EF-BC4E-00505692C44743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F11-E3D5-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945C2-424D-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71F7-424D-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F9B-424E-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E038-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF823C8-E568-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A8C0-E568-11EF-BC53-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC7D3-21BF-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC885-21BF-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EB2D98-E568-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FC9-424E-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C012BA-E3D9-11EF-BC4E-00505692C44755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C1C-424E-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF8255A-E568-11EF-BC53-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD19CB-E3D9-11EF-BC4E-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A9A8-E568-11EF-BC53-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8F35B0-E3D3-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB6E-424F-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB74-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C00791-E3D9-11EF-BC4E-00505692C44763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD1AC6-E3D9-11EF-BC4E-00505692C44764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6539664-E568-11EF-BC53-00505692E2D065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1AB66-E568-11EF-BC53-00505692E2D066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F08269A-21BF-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0825E8-21BF-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C00D0D-E3D9-11EF-BC4E-00505692C44769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9C92-E3DA-11EF-BC4E-00505692C44770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B544D-4250-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D38251E-21BF-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CCBDB-21BF-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EB2BC8-E568-11EF-BC53-00505692E2D074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1AA90-E568-11EF-BC53-00505692E2D075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C004B0-E3D9-11EF-BC4E-00505692C44776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C6848-00EB-11EF-BC46-00505692C44777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153841-21BF-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B15378F-21BF-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B8BD-E568-11EF-BC53-00505692E2D080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C41ACAA-F94B-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C55D2D-AEC8-11EE-BC40-00505692492F82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3CA-4251-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9F1-E3D5-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9CF-4252-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D13F-4252-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D140-4252-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D3825D0-21BF-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D54B-4252-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B66-4252-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6C8-4252-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6F6-4252-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB3-F161-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB12-4253-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153387-21BF-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B7D5-E568-11EF-BC53-00505692E2D096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B7C-4253-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D38247E-21BF-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59669211-E3D3-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789816-4253-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789817-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C67A8-00EB-11EF-BC46-00505692C447102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59669214-E3D3-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE15-4254-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F984D-4254-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FE-4254-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B5-4254-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0A1EB-E568-11EF-BC53-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDE5-4254-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897DA6-4254-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1534D9-21BF-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153427-21BF-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153579-21BF-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC68-814B-11E9-BBBA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252E5A-21BF-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69441663-0D97-11EC-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60BD71E-0AA8-11EE-BC09-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CCB3B-21BF-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71225FA2-21BF-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B409825C-814C-11E9-BBBA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71226054-21BF-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA3FC9C2-814C-11E9-BBBA-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D626EB12-814C-11E9-BBBA-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252BC8-21BF-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D382874-21BF-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D3827C2-21BF-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85E736E-12C1-11EA-BBC6-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36A03F64-FAF6-11E9-BBC6-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40E26F72-29B8-11EB-BBDD-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252B04-21BF-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0E68B-21C1-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252FAC-21BF-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D38233E-21BF-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB5-F161-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252D1A-21BF-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252C7A-21BF-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B15362B-21BF-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1536DD-21BF-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252EFA-21BF-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B759F3EA-509F-11EC-BBF6-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69441664-0D97-11EC-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D3823DE-21BF-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78DA2-21C1-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F7F8B5-B2C1-11EC-BBFA-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D382926-21BF-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712261B8-21BF-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1538F3-21BF-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122626A-21BF-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71226106-21BF-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834F1452-21BF-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FFC0284-05D8-11EE-BC09-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C1575D-F162-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F7F8B3-B2C1-11EC-BBFA-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122646E-21BF-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D382722-21BF-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122650E-21BF-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122631C-21BF-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712263BC-21BF-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E0EFC0E-3132-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3D3AD93-77E9-11EE-BC0F-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C4D508E-83CC-11EE-BC11-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C5583F-AEC8-11EE-BC40-00505692492F162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193C4D7B-AFD1-11EE-BC40-00505692492F163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA839-424E-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB3B0177-EAEE-11EF-BC4E-00505692C447165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993C6DF7-2F4C-11F0-BC47-0050569297EB166.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964F9-4251-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964FA-4251-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C647-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C008C2-E3D9-11EF-BC4E-00505692C4474.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF822CE-E568-11EF-BC53-00505692E2D05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF821E6-E568-11EF-BC53-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA5CC323-FB15-11E9-BBC6-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A309E-E568-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F5A-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC925-21BF-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF40C-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CCA89-21BF-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF82D5A-E568-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF826C0-E568-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71ADA-E3D3-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59669212-E3D3-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD10BB-E3D9-11EF-BC4E-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B9D2-E568-11EF-BC53-00505692E2D018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D121B-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC9D7-21BF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A38-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD5572-21C1-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C03AA-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C03B3-424B-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A2FC8-E568-11EF-BC53-00505692E2D025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EB2CC2-E568-11EF-BC53-00505692E2D026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C51-424C-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD16AE-E3D9-11EF-BC4E-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD1539-E3D9-11EF-BC4E-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00F4-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C52F9FE-E63A-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/184AF0CE-E3D6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B3-424C-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B3A2-424C-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB243A-424C-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1532E7-21BF-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8F35AE-E3D3-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B369-E568-11EF-BC53-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0AA6B-E568-11EF-BC53-00505692E2D039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03579D-424D-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C91A-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE3F2-424D-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD18B6-E3D9-11EF-BC4E-00505692C44743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F11-E3D5-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945C2-424D-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71F7-424D-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F9B-424E-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E038-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF823C8-E568-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A8C0-E568-11EF-BC53-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC7D3-21BF-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CC885-21BF-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221FC9-424E-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C012BA-E3D9-11EF-BC4E-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C1C-424E-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BF8255A-E568-11EF-BC53-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD19CB-E3D9-11EF-BC4E-00505692C44757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A9A8-E568-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F8F35B0-E3D3-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB6E-424F-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB74-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C00791-E3D9-11EF-BC4E-00505692C44762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78BD1AC6-E3D9-11EF-BC4E-00505692C44763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6539664-E568-11EF-BC53-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1AB66-E568-11EF-BC53-00505692E2D065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F08269A-21BF-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0825E8-21BF-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C00D0D-E3D9-11EF-BC4E-00505692C44768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9C92-E3DA-11EF-BC4E-00505692C44769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B544D-4250-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D38251E-21BF-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CCBDB-21BF-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EB2BC8-E568-11EF-BC53-00505692E2D073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1AA90-E568-11EF-BC53-00505692E2D074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72C004B0-E3D9-11EF-BC4E-00505692C44775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C6848-00EB-11EF-BC46-00505692C44776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153841-21BF-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B15378F-21BF-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B8BD-E568-11EF-BC53-00505692E2D079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C41ACAA-F94B-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C55D2D-AEC8-11EE-BC40-00505692492F81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3CA-4251-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9F1-E3D5-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9CF-4252-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D13F-4252-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D140-4252-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D3825D0-21BF-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D54B-4252-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B66-4252-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6C8-4252-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6F6-4252-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB3-F161-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB12-4253-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153387-21BF-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0B7D5-E568-11EF-BC53-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B7C-4253-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D38247E-21BF-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59669211-E3D3-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789816-4253-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789817-4253-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D58C67A8-00EB-11EF-BC46-00505692C447101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59669214-E3D3-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE15-4254-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F984D-4254-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FE-4254-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B5-4254-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11F0A1EB-E568-11EF-BC53-00505692E2D0107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDE5-4254-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897DA6-4254-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1534D9-21BF-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153427-21BF-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B153579-21BF-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8097EC68-814B-11E9-BBBA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252E5A-21BF-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69441663-0D97-11EC-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60BD71E-0AA8-11EE-BC09-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651CCB3B-21BF-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71225FA2-21BF-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B409825C-814C-11E9-BBBA-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71226054-21BF-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA3FC9C2-814C-11E9-BBBA-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D626EB12-814C-11E9-BBBA-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252BC8-21BF-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D382874-21BF-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D3827C2-21BF-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85E736E-12C1-11EA-BBC6-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36A03F64-FAF6-11E9-BBC6-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40E26F72-29B8-11EB-BBDD-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252B04-21BF-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0E68B-21C1-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252FAC-21BF-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D38233E-21BF-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB5-F161-11EB-BBF2-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252D1A-21BF-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252C7A-21BF-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B15362B-21BF-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1536DD-21BF-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77252EFA-21BF-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B759F3EA-509F-11EC-BBF6-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69441664-0D97-11EC-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D3823DE-21BF-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78DA2-21C1-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F7F8B5-B2C1-11EC-BBFA-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D382926-21BF-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712261B8-21BF-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1538F3-21BF-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122626A-21BF-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71226106-21BF-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834F1452-21BF-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FFC0284-05D8-11EE-BC09-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C1575D-F162-11EB-BBF2-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F7F8B3-B2C1-11EC-BBFA-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122646E-21BF-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D382722-21BF-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122650E-21BF-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7122631C-21BF-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712263BC-21BF-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E0EFC0E-3132-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3D3AD93-77E9-11EE-BC0F-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C4D508E-83CC-11EE-BC11-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C5583F-AEC8-11EE-BC40-00505692492F161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193C4D7B-AFD1-11EE-BC40-00505692492F162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA839-424E-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB3B0177-EAEE-11EF-BC4E-00505692C447164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993C6DF7-2F4C-11F0-BC47-0050569297EB165.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4378,51 +4369,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6238,51 +6229,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6358,51 +6349,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7541,80 +7532,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="165" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7873,62 +7834,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketirovannogo-sahara-chaya-ilsa-02120921/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-paketirovannogo-sahara-chaya-ilsa-02120922/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030273/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030441/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030445/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030446/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03032550/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-lubiana-03150579/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-carlisle-03170900/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03170904/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170907/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-eternum-03170908/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03170911/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03170912/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-casalinghi-03170914/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-casalinghi-03170915/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170916/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170917/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170919/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-casalinghi-03170921/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-arcoroc-03170923/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-libbey-03170927/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dulevo-03170928/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-lubiana-03170929/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-g-benedikt-karlovy-vary-03170933/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03170934/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03170935/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170936/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170937/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-g-benedikt-karlovy-vary-03170946/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03170948/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03170949/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03170951/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-dozatorom-aps-03170955/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170966/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170969/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-ilsa-03170973/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-krysh-steelite-03170975/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-krysh-g-benedikt-karlovy-vary-03170978/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03170979/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lilien-austria-03170980/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-paketsahara-libbey-03170982/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170983/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170984/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03170987/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170992/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-kunstwerk-03170993/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-krysh-steelite-03170995/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03170996/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03170998/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03170999/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03171901/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-ilsa-03171903/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171904/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171905/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171906/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03171907/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171908/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171909/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171910/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-chef-and-sommelier-03171915/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03171916/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-arcoroc-03171917/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03171918/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171919/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03171920/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-tognana-03171925/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03171926/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03171927/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03171928/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171930/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03171931/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03171932/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171936/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-ilsa-03171938/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bauscher-03171939/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bauscher-03171940/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-bauscher-03171941/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171942/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-prohotel-03171943/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-prohotel-03171944/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171945/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171948/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-sambonet-03171950/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-lubiana-03171952/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03171953/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03171958/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03171960/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03171961/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171962/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171964/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03171965/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-pasabahce-03171966/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03171967/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-rosenthal-03171976/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171977/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171979/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03171983/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-g-benedikt-karlovy-vary-03171984/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171985/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-dozatorom-probar-03171988/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171991/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171992/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171993/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-mak-03171994/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171996/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171997/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-dobrushskiy-farforovyy-zavod-03171998/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171999/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bauscher-03173501/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03174502/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-pasabahce-03174503/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174512/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174513/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174516/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174517/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-sambonet-03174518/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-bauscher-03174519/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-thun-03174520/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03174521/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174522/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174523/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174524/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174525/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174527/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-dulevo-03174528/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-borisovskaya-keramika-03174532/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03174533/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03174534/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174535/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174536/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-revol-03174537/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-dobrushskiy-farforovyy-zavod-03174538/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-rosenthal-03174540/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-rosenthal-03174541/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-rosenthal-03174542/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174543/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174544/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-chef-and-sommelier-03174545/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-borisovskaya-keramika-03174546/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-borisovskaya-keramika-03174547/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03174548/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03174549/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174557/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-rosenthal-03174558/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-rosenthal-03174559/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-rosenthal-03174560/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-rosenthal-03174561/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dobrushskiy-farforovyy-zavod-03174563/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03174564/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174565/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174566/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174567/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174568/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-kunstwerk-03174569/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dobrushskiy-farforovyy-zavod-03174570/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-g-benedikt-karlovy-vary-03174571/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03174572/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174575/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-le-coq-03174576/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174577/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174578/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174579/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-sambonet-03177152/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bashkirskii-farfor-03177162/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bashkirskii-farfor-03177182/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-william-edwards-03177223/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-william-edwards-03177225/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-09101130/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-pordamsa-03177290/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bashkirskii-farfor-03177296/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketirovannogo-sahara-chaya-ilsa-02120921/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-paketirovannogo-sahara-chaya-ilsa-02120922/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030273/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030441/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030445/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-steelite-03030446/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03032550/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-lubiana-03150579/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-carlisle-03170900/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03170904/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170907/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-eternum-03170908/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03170911/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03170912/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-casalinghi-03170914/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-casalinghi-03170915/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170916/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170917/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170919/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-casalinghi-03170921/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-arcoroc-03170923/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-libbey-03170927/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dulevo-03170928/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-lubiana-03170929/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-g-benedikt-karlovy-vary-03170933/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03170934/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03170935/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170936/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170937/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-g-benedikt-karlovy-vary-03170946/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03170948/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03170949/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03170951/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-dozatorom-aps-03170955/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170966/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170969/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-ilsa-03170973/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-krysh-steelite-03170975/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-krysh-g-benedikt-karlovy-vary-03170978/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03170979/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lilien-austria-03170980/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-paketsahara-libbey-03170982/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03170983/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170984/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03170987/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03170992/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-kunstwerk-03170993/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-krysh-steelite-03170995/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03170996/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03170998/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03170999/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03171901/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-ilsa-03171903/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171905/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171906/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03171907/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171908/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171909/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171910/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-chef-and-sommelier-03171915/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03171916/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-arcoroc-03171917/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-03171918/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171919/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-steelite-03171920/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-tognana-03171925/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03171926/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03171927/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-prohotel-03171928/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171930/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03171931/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-03171932/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171936/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-ilsa-03171938/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bauscher-03171939/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bauscher-03171940/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-bauscher-03171941/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171942/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-prohotel-03171943/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-prohotel-03171944/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171945/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171948/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-sambonet-03171950/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-lubiana-03171952/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03171953/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03171958/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03171960/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03171961/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171962/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171964/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-tognana-03171965/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-pasabahce-03171966/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-steelite-03171967/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-rosenthal-03171976/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171977/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171979/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03171983/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-g-benedikt-karlovy-vary-03171984/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171985/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-dozatorom-probar-03171988/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-paketikov-sahara-steelite-03171991/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171992/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171993/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-mak-03171994/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03171996/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171997/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-dobrushskiy-farforovyy-zavod-03171998/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03171999/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bauscher-03173501/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03174502/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dozator-pasabahce-03174503/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174512/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174513/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174516/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174517/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-sambonet-03174518/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-bauscher-03174519/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-thun-03174520/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-aps-03174521/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174522/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174523/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174524/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-borisovskaya-keramika-03174525/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174527/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-dulevo-03174528/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-borisovskaya-keramika-03174532/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03174533/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03174534/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174535/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174536/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-revol-03174537/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-dobrushskiy-farforovyy-zavod-03174538/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-krysh-rosenthal-03174540/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-rosenthal-03174541/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-rosenthal-03174542/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174543/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174544/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-chef-and-sommelier-03174545/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-borisovskaya-keramika-03174546/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-b-kryshki-borisovskaya-keramika-03174547/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03174548/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-steelite-03174549/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-borisovskaya-keramika-03174557/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-rosenthal-03174558/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-rosenthal-03174559/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-rosenthal-03174560/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-rosenthal-03174561/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dobrushskiy-farforovyy-zavod-03174563/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-steelite-03174564/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174565/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174566/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174567/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-kunstwerk-03174568/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-kunstwerk-03174569/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-dobrushskiy-farforovyy-zavod-03174570/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-saharnicy-g-benedikt-karlovy-vary-03174571/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-g-benedikt-karlovy-vary-03174572/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174575/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-le-coq-03174576/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174577/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174578/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bez-kryshki-borisovskaya-keramika-03174579/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-sambonet-03177152/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bashkirskii-farfor-03177162/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bashkirskii-farfor-03177182/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-s-kryshkoy-william-edwards-03177223/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-william-edwards-03177225/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-lubiana-09101130/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-pordamsa-03177290/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/saharnica-bashkirskii-farfor-03177296/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L172"/>
+  <dimension ref="A1:L171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I172" sqref="I172"/>
+      <selection activeCell="I171" sqref="I171"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -8433,521 +8394,521 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>96</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="L16" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L18" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="L20" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="L21" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="E22" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="E22" s="0" t="s">
+      <c r="F22" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="F22" s="0" t="s">
+      <c r="G22" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="G22" s="0" t="s">
+      <c r="H22" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D23" s="0">
         <v>5460</v>
       </c>
       <c r="E23" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D25" s="0">
         <v>2278</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>83</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D30" s="0">
         <v>2779</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>40</v>
+        <v>170</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>174</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>84</v>
       </c>
@@ -9005,476 +8966,476 @@
         <v>182</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>179</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D35" s="0">
         <v>644</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="B36" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E36" s="0"/>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D37" s="0">
         <v>388</v>
       </c>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>174</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="E42" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="E42" s="0" t="s">
+      <c r="F42" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="F42" s="0" t="s">
+      <c r="G42" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="G42" s="0" t="s">
+      <c r="H42" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D43" s="0">
         <v>5258</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>78</v>
+        <v>233</v>
       </c>
       <c r="L43" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>236</v>
       </c>
       <c r="E44" s="0"/>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>150</v>
+        <v>233</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>244</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D47" s="0">
         <v>1879</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>248</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>54</v>
       </c>
@@ -9566,4123 +9527,4089 @@
         <v>260</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>262</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>258</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>263</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>78</v>
+        <v>264</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>67</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L54" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>296</v>
+        <v>116</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>298</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>299</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="F58" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="G58" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>302</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>303</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>258</v>
+        <v>304</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>305</v>
+        <v>24</v>
       </c>
       <c r="L59" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>307</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>308</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>309</v>
+        <v>210</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L60" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="D61" s="0" t="s">
+      <c r="E61" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" s="0" t="s">
-        <v>211</v>
+        <v>314</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>30</v>
+        <v>128</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>24</v>
+        <v>316</v>
       </c>
       <c r="L61" s="0">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
-      <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>317</v>
-[...4 lines deleted...]
-      <c r="F62" s="0" t="s">
         <v>319</v>
       </c>
+      <c r="E62" s="0"/>
+      <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>129</v>
+        <v>194</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>320</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" s="0">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="80">
+      <c r="A63" s="0"/>
+      <c r="B63" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="L62" s="0">
+      <c r="C63" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="G63" s="0" t="s">
         <v>16</v>
-      </c>
-[...14 lines deleted...]
-        <v>195</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>325</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L63" s="0">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>326</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>327</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="E64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E64" s="0"/>
+      <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L64" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="D65" s="0" t="s">
+      <c r="E65" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>333</v>
-      </c>
-[...9 lines deleted...]
-        <v>334</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>335</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>339</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="D67" s="0" t="s">
+      <c r="E67" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="E67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G67" s="0" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>342</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L67" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>343</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>344</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>345</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="E69" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F69" s="0"/>
+      <c r="G69" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>350</v>
-      </c>
-[...13 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="L69" s="0">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>352</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>354</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>355</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>67</v>
       </c>
       <c r="L70" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>356</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>357</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>358</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="F71" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>359</v>
+      </c>
       <c r="G71" s="0" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="L71" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>364</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>24</v>
+        <v>365</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>369</v>
+        <v>24</v>
       </c>
       <c r="L73" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="L74" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>379</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="L75" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
         <v>380</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>381</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>382</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F76" s="0"/>
+        <v>383</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>384</v>
+      </c>
       <c r="G76" s="0" t="s">
-        <v>95</v>
+        <v>194</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="L77" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>394</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>396</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>397</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>387</v>
+        <v>28</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="L79" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>30</v>
+        <v>403</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>186</v>
+        <v>351</v>
       </c>
       <c r="L80" s="0">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>408</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>409</v>
+        <v>351</v>
       </c>
       <c r="L81" s="0">
-        <v>72</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>410</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="D82" s="0" t="s">
+      <c r="E82" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F82" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="E82" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>407</v>
+        <v>30</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>56</v>
+        <v>414</v>
       </c>
       <c r="L82" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>420</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>421</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>422</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>28</v>
+        <v>423</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L84" s="0"/>
+      <c r="L84" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="D85" s="0" t="s">
         <v>427</v>
       </c>
+      <c r="D85" s="0">
+        <v>6018</v>
+      </c>
       <c r="E85" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" s="1" t="s">
         <v>428</v>
-      </c>
-[...10 lines deleted...]
-        <v>430</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="0">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="E86" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="G86" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H86" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I86" s="1" t="s">
         <v>432</v>
-      </c>
-[...16 lines deleted...]
-        <v>433</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L86" s="0">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0">
+        <v>83549</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="F87" s="0"/>
+      <c r="G87" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="H87" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I87" s="1" t="s">
         <v>435</v>
-      </c>
-[...16 lines deleted...]
-        <v>437</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D88" s="0">
-        <v>83549</v>
+        <v>40488</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
       <c r="L88" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D89" s="0">
-        <v>40488</v>
+        <v>40487</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>195</v>
+        <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>150</v>
+        <v>442</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="D90" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="0" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F90" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>446</v>
+      </c>
       <c r="G90" s="0" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="L90" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="L91" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>28</v>
+        <v>153</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L92" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>154</v>
+        <v>462</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>16</v>
+        <v>139</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="L93" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>466</v>
+        <v>28</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>468</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>409</v>
+        <v>24</v>
       </c>
       <c r="L94" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>469</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>470</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>471</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>28</v>
+        <v>472</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>456</v>
+        <v>473</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>30</v>
+        <v>194</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L95" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>476</v>
+        <v>28</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L96" s="0"/>
+        <v>414</v>
+      </c>
+      <c r="L96" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="L97" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>28</v>
+        <v>253</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>487</v>
+        <v>253</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>488</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="L98" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>489</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>490</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>491</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>253</v>
+        <v>82</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>253</v>
+        <v>174</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>492</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>409</v>
+        <v>24</v>
       </c>
       <c r="L99" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>494</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>495</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>174</v>
+        <v>496</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L100" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L101" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="F102" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>478</v>
+      </c>
       <c r="G102" s="0" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>506</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>24</v>
+        <v>264</v>
       </c>
       <c r="L102" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>507</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>508</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>509</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>510</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>511</v>
       </c>
       <c r="L103" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>514</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>482</v>
+        <v>515</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>516</v>
+        <v>233</v>
       </c>
       <c r="L104" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>517</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="D105" s="0" t="s">
+      <c r="D105" s="0">
+        <v>233</v>
+      </c>
+      <c r="E105" s="0" t="s">
         <v>519</v>
       </c>
-      <c r="E105" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F105" s="0" t="s">
+      <c r="F105" s="0"/>
+      <c r="G105" s="0" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>521</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="D106" s="0">
-        <v>233</v>
+      <c r="D106" s="0" t="s">
+        <v>524</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="F106" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>478</v>
+      </c>
       <c r="G106" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H106" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I106" s="1" t="s">
         <v>525</v>
-      </c>
-[...4 lines deleted...]
-        <v>526</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L106" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>527</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>482</v>
+        <v>258</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="L107" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>531</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>532</v>
       </c>
-      <c r="D108" s="0" t="s">
+      <c r="E108" s="0" t="s">
         <v>533</v>
       </c>
-      <c r="E108" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="0" t="s">
-        <v>258</v>
+        <v>534</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>30</v>
+        <v>535</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>67</v>
+        <v>537</v>
       </c>
       <c r="L108" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>538</v>
+        <v>28</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>540</v>
+        <v>30</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>24</v>
+        <v>543</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>28</v>
+        <v>383</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>30</v>
+        <v>194</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>419</v>
+        <v>549</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>387</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>221</v>
+        <v>24</v>
       </c>
       <c r="L111" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-        <v>554</v>
+        <v>555</v>
+      </c>
+      <c r="D112" s="0">
+        <v>80078</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>28</v>
+        <v>462</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>30</v>
+        <v>556</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L112" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>80078</v>
+        <v>559</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>560</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="F113" s="0"/>
+        <v>561</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>562</v>
+      </c>
       <c r="G113" s="0" t="s">
-        <v>558</v>
+        <v>139</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L113" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="C114" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="E114" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="D114" s="0" t="s">
+      <c r="F114" s="0" t="s">
         <v>562</v>
       </c>
-      <c r="E114" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G114" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>49</v>
+        <v>282</v>
       </c>
       <c r="L114" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>281</v>
+        <v>414</v>
       </c>
       <c r="L115" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C116" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="E116" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="F116" s="0" t="s">
         <v>571</v>
       </c>
-      <c r="D116" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G116" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>419</v>
+        <v>577</v>
       </c>
       <c r="L116" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>563</v>
+        <v>423</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>140</v>
+        <v>95</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L117" s="0"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>428</v>
+        <v>383</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>582</v>
+        <v>547</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>95</v>
+        <v>194</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L118" s="0"/>
+      <c r="L118" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>387</v>
+        <v>590</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>550</v>
+        <v>591</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>195</v>
+        <v>84</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>24</v>
+        <v>282</v>
       </c>
       <c r="L119" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>591</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>84</v>
+        <v>194</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>281</v>
+        <v>24</v>
       </c>
       <c r="L120" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F121" s="0"/>
+        <v>561</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>600</v>
+      </c>
       <c r="G121" s="0" t="s">
-        <v>195</v>
+        <v>139</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>24</v>
+        <v>414</v>
       </c>
       <c r="L121" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="D122" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="E122" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="F122" s="0" t="s">
         <v>600</v>
       </c>
-      <c r="E122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G122" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>150</v>
+        <v>606</v>
       </c>
       <c r="L122" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F123" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="G123" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>601</v>
-      </c>
-[...7 lines deleted...]
-        <v>606</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>607</v>
+        <v>49</v>
       </c>
       <c r="L123" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D124" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>610</v>
       </c>
-      <c r="E124" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G124" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>612</v>
+        <v>122</v>
       </c>
       <c r="L124" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
-      <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
+      <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>563</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L126" s="0"/>
+      <c r="L126" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="E127" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="G127" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="F127" s="0"/>
-[...2 lines deleted...]
-      </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="L127" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>563</v>
+        <v>28</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="L128" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L129" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
-      <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>28</v>
+        <v>561</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="B131" s="0" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
+      <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-        <v>647</v>
+        <v>649</v>
+      </c>
+      <c r="D132" s="0">
+        <v>653639</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>563</v>
+        <v>650</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L132" s="0"/>
+      <c r="L132" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>653639</v>
+        <v>654</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>655</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>652</v>
+        <v>533</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>129</v>
+        <v>535</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>24</v>
+        <v>658</v>
       </c>
       <c r="L133" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>538</v>
+        <v>472</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>540</v>
+        <v>194</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L135" s="0"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>476</v>
+        <v>561</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>195</v>
+        <v>139</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L137" s="0"/>
+      <c r="L137" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="L138" s="0">
-        <v>4</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>563</v>
+        <v>313</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L139" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>318</v>
+        <v>561</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>167</v>
+        <v>24</v>
       </c>
       <c r="L140" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>694</v>
+        <v>627</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="L141" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>563</v>
+        <v>28</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>629</v>
+        <v>702</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>186</v>
+        <v>67</v>
       </c>
       <c r="L142" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>67</v>
       </c>
       <c r="L143" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>28</v>
+        <v>561</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>708</v>
+        <v>627</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="L144" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>563</v>
+        <v>472</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>140</v>
+        <v>194</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>629</v>
+        <v>716</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>409</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="D146" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="E146" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="F146" s="0" t="s">
         <v>715</v>
       </c>
-      <c r="E146" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G146" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L147" s="0"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="D148" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="E148" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="F148" s="0" t="s">
         <v>724</v>
       </c>
-      <c r="E148" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G148" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>476</v>
+        <v>533</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>725</v>
+        <v>534</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>195</v>
+        <v>535</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L149" s="0"/>
+      <c r="L149" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>538</v>
+        <v>28</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>539</v>
+        <v>737</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>540</v>
+        <v>30</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>734</v>
+        <v>263</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L150" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>28</v>
+        <v>253</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>263</v>
+        <v>742</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L151" s="0"/>
+        <v>67</v>
+      </c>
+      <c r="L151" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>253</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>67</v>
       </c>
       <c r="L152" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>253</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>67</v>
+        <v>351</v>
       </c>
       <c r="L153" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>253</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>409</v>
+        <v>67</v>
       </c>
       <c r="L154" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>253</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>67</v>
       </c>
       <c r="L155" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>253</v>
+        <v>533</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>16</v>
+        <v>535</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>409</v>
+        <v>24</v>
       </c>
       <c r="L156" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>538</v>
+        <v>82</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>540</v>
+        <v>84</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L157" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>773</v>
+        <v>106</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="L158" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>82</v>
+        <v>561</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>84</v>
+        <v>139</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>107</v>
+        <v>627</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L159" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>563</v>
+        <v>783</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>140</v>
+        <v>95</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L160" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>785</v>
+        <v>561</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>95</v>
+        <v>139</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>787</v>
+        <v>576</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>24</v>
+        <v>365</v>
       </c>
       <c r="L161" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>369</v>
+        <v>543</v>
       </c>
       <c r="L162" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>578</v>
+        <v>678</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>796</v>
+        <v>442</v>
       </c>
       <c r="L163" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>563</v>
+        <v>423</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>140</v>
+        <v>95</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>679</v>
+        <v>802</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L164" s="0"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>428</v>
+        <v>806</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>95</v>
+        <v>139</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L165" s="0"/>
+        <v>49</v>
+      </c>
+      <c r="L165" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="E166" s="0" t="s">
         <v>806</v>
       </c>
-      <c r="C166" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F166" s="0" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>811</v>
+        <v>215</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L166" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>216</v>
+        <v>818</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L167" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L167" s="0"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="E168" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="C168" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F168" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>825</v>
+      </c>
+      <c r="D169" s="0">
+        <v>779</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>819</v>
+        <v>52</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L169" s="0"/>
+      <c r="L169" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>829</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>830</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>52</v>
+        <v>831</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>54</v>
+        <v>833</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L170" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>832</v>
-[...2 lines deleted...]
-        <v>833</v>
+        <v>836</v>
+      </c>
+      <c r="D171" s="0">
+        <v>1503250</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>834</v>
+        <v>806</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>836</v>
+        <v>139</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L171" s="0">
-[...33 lines deleted...]
-      <c r="L172" s="0"/>
+      <c r="L171" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -13813,51 +13740,50 @@
     <hyperlink ref="B147" r:id="rId_hyperlink_146"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
-    <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>