--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,96 +77,96 @@
   <si>
     <t>Щипцы для сахара «Солонь»;сталь нерж.;,H=18,L=120,B=32мм;серебрист.</t>
   </si>
   <si>
     <t>02110209</t>
   </si>
   <si>
     <t>940-13</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Sologne</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>Щипцы для сахара</t>
   </si>
   <si>
     <t>2950.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>26 шт.</t>
   </si>
   <si>
     <t>Щипцы для сахара «М18»;сталь нерж.;,H=25,L=107,B=25мм;металлич.</t>
   </si>
   <si>
     <t>02110222</t>
   </si>
   <si>
     <t>5369/С2ЩСП47</t>
   </si>
   <si>
     <t>Nytva</t>
   </si>
   <si>
     <t>М18</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
-    <t>1001.00₸</t>
+    <t>1048.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Щипцы для сахара;сталь;,L=120,B=22мм;металлич.</t>
   </si>
   <si>
     <t>02110238</t>
   </si>
   <si>
     <t>12550-53</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>8432.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>22 шт.</t>
   </si>
   <si>
     <t>Щипцы для сахара «Проотель»;сталь нерж.;,L=115/30,B=18мм;металлич.</t>
   </si>
   <si>
     <t>02110248</t>
   </si>
   <si>
     <t>TNG15</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>532.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Щипцы для сахара «Проотель»;сталь нерж.;,L=120/25,B=18мм;металлич.</t>
   </si>
@@ -194,96 +194,99 @@
   <si>
     <t>Щипцы для сахара «Проотель»;сталь нерж.;,L=125/55,B=20мм;металлич.</t>
   </si>
   <si>
     <t>02110253</t>
   </si>
   <si>
     <t>TNG69</t>
   </si>
   <si>
     <t>1043.00₸</t>
   </si>
   <si>
     <t>Щипцы для сахара;сталь нерж.;,L=11см</t>
   </si>
   <si>
     <t>02110256</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
-    <t>940.00₸</t>
+    <t>1933.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Щипцы для сахара;сталь нерж.;,L=13см</t>
+  </si>
+  <si>
+    <t>02110260</t>
+  </si>
+  <si>
+    <t>07010130IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>3346.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Щипцы для сахара «Рэдфорд»;сталь нерж.;,L=10,8см</t>
+  </si>
+  <si>
+    <t>02110267</t>
+  </si>
+  <si>
+    <t>5970SX317</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Radford</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>13922.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
-  </si>
-[...40 lines deleted...]
-    <t>13922.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1216,51 +1219,53 @@
         <v>55</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D9" s="0">
         <v>1462110</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="L9" s="0"/>
+      <c r="L9" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>65</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>66</v>
       </c>
@@ -1278,51 +1283,51 @@
         <v>68</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>