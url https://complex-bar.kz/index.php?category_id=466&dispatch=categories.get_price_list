--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,231 +89,234 @@
   <si>
     <t>Емкости для охлаждения</t>
   </si>
   <si>
     <t>71372.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Емкость для охлаждения бутылок;абс-пластик;1,5л;D=115/96,H=230мм;прозр.</t>
   </si>
   <si>
     <t>02100226</t>
   </si>
   <si>
     <t>JW-501</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>8309.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для пунша и фруктовых салатов;акрил;5,4л;D=25/18,H=15,5,L=28,5,B=28,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02100227</t>
+  </si>
+  <si>
+    <t>44947-01</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>33149.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для пунша с дренажем;сталь нерж.;9,4л;D=35,H=23,B=19см;металлич.</t>
+  </si>
+  <si>
+    <t>02100229</t>
+  </si>
+  <si>
+    <t>41750350ICV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>65723.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для пунша с дренажем;сталь нерж.;12,5л;D=39,H=26,B=19см;металлич.</t>
+  </si>
+  <si>
+    <t>02100230</t>
+  </si>
+  <si>
+    <t>41750400ICV</t>
+  </si>
+  <si>
+    <t>89551.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для пунша «Проотель»;сталь нерж.;7л;D=36,H=25,B=36см;металлич.</t>
+  </si>
+  <si>
+    <t>02100238</t>
+  </si>
+  <si>
+    <t>PB21</t>
+  </si>
+  <si>
+    <t>39410.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Емкость для пунша и фруктовых салатов;акрил;5,4л;D=25/18,H=15,5,L=28,5,B=28,5см;прозр.</t>
-[...32 lines deleted...]
-    <t>65723.00₸</t>
+    <t>Емкость для охлаждения бутылок;сталь нерж.;D=12,H=20см</t>
+  </si>
+  <si>
+    <t>02100239</t>
+  </si>
+  <si>
+    <t>24045.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для охлаждения бутылок для шампанского;сталь нерж.;20л;D=43,H=29,L=43см</t>
+  </si>
+  <si>
+    <t>02100240</t>
+  </si>
+  <si>
+    <t>112847.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для охлаждения бутылок для шампанского;сталь нерж.;D=40,H=26см;металлич.</t>
+  </si>
+  <si>
+    <t>02100246</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>51691.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для пунша «Элит»;сталь нерж.;D=45,L=20см</t>
+  </si>
+  <si>
+    <t>02100247</t>
+  </si>
+  <si>
+    <t>56143-20</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>437915.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для пунша;поликарбонат;D=26,H=11см</t>
+  </si>
+  <si>
+    <t>02100248</t>
+  </si>
+  <si>
+    <t>26700260PCV</t>
+  </si>
+  <si>
+    <t>7503.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для пунша;поликарбонат;D=30,H=12см</t>
+  </si>
+  <si>
+    <t>02100249</t>
+  </si>
+  <si>
+    <t>26700300PCV</t>
+  </si>
+  <si>
+    <t>7161.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для пунша «Проотель»;сталь нерж.;15л;D=40,5,H=24,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02100250</t>
+  </si>
+  <si>
+    <t>PB40</t>
+  </si>
+  <si>
+    <t>47474.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для охлаждения бутылок + 3 графина;сталь нерж.,стекло;D=35,H=32см;металлич.</t>
+  </si>
+  <si>
+    <t>02100251</t>
+  </si>
+  <si>
+    <t>ESC 036 E</t>
+  </si>
+  <si>
+    <t>Frilich</t>
+  </si>
+  <si>
+    <t>648926.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для охлаждения бутылок + 3 графина уцененная;сталь нерж.,стекло;D=35,H=32см;металлич.</t>
+  </si>
+  <si>
+    <t>02100251-У1</t>
+  </si>
+  <si>
+    <t>ESC 036 E/у</t>
   </si>
   <si>
     <t>1 шт.</t>
-  </si>
-[...139 lines deleted...]
-    <t>ESC 036 E/у</t>
   </si>
   <si>
     <t>Емкость для охлаждения бутылок + 5 графинов;сталь нерж.,стекло;D=35,H=32см;металлич.</t>
   </si>
   <si>
     <t>02100252</t>
   </si>
   <si>
     <t>ESC 060 E</t>
   </si>
   <si>
     <t>611296.00₸</t>
   </si>
   <si>
     <t>Емкость для охлаждения бутылок;пластик;черный</t>
   </si>
   <si>
     <t>02100253</t>
   </si>
   <si>
     <t>Vacuvin</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
@@ -2348,147 +2351,147 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="L5" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D8" s="0">
         <v>36030</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D9" s="0">
         <v>36047</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
@@ -2702,881 +2705,881 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D18" s="0">
         <v>3649460</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D19" s="0">
         <v>3649360</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D20" s="0">
         <v>3647360</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D21" s="0">
         <v>36057</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D23" s="0">
         <v>36044</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D26" s="0">
         <v>36074</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D29" s="0">
         <v>36130</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D30" s="0">
         <v>36128</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D31" s="0">
         <v>36090</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D36" s="0">
         <v>36034</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D38" s="0">
         <v>51133700</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D39" s="0">
         <v>51132600</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D41" s="0">
         <v>30043</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D42" s="0">
         <v>36150</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>