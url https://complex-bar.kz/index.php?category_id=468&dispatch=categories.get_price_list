--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -194,83 +194,80 @@
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Бутылка для масла «Фиори» с пробкой;стекло;0,575л;,H=30,L=6,B=6см;прозр.</t>
   </si>
   <si>
     <t>03171030</t>
   </si>
   <si>
     <t>630230M04221990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Fiori</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>4312.00₸</t>
   </si>
   <si>
+    <t>Бутылка для масла и уксуса;фарфор,металл;250мл;D=65,H=230,L=70,B=70мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>03171035</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>9503.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка для масла «Оливия»;стекло;225мл;D=9,H=12,L=9,B=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03171036</t>
+  </si>
+  <si>
+    <t>633429M04321990</t>
+  </si>
+  <si>
+    <t>Olivia</t>
+  </si>
+  <si>
+    <t>3204.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Бутылка для масла и уксуса;фарфор,металл;250мл;D=65,H=230,L=70,B=70мм;белый,металлич.</t>
-[...28 lines deleted...]
-  <si>
     <t>Распылитель для масла и уксуса;пластик,сталь нерж.;170мл;D=7,H=17см;черный,прозр.</t>
   </si>
   <si>
     <t>03171037</t>
   </si>
   <si>
     <t>12220.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла и уксуса;стекло;250мл;D=85,H=200мм;прозр.</t>
   </si>
   <si>
     <t>03171040</t>
   </si>
   <si>
     <t>Trendglas</t>
   </si>
   <si>
     <t>ВЕНГРИЯ</t>
   </si>
   <si>
     <t>31393.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла и уксуса «Симплисити Вайт» с крышкой;фарфор;170мл;D=55,H=145мм;белый</t>
@@ -317,93 +314,96 @@
   <si>
     <t>41681-01</t>
   </si>
   <si>
     <t>14607.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла и уксуса с дозатором;стекло;300мл;,H=17,5см;прозр.</t>
   </si>
   <si>
     <t>03171050</t>
   </si>
   <si>
     <t>5736_3</t>
   </si>
   <si>
     <t>San Miguel</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>6145.00₸</t>
   </si>
   <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
     <t>Бутылка для масла с пробкой;стекло;250мл;прозр.</t>
   </si>
   <si>
     <t>03171051</t>
   </si>
   <si>
     <t>5378_1</t>
   </si>
   <si>
     <t>3943.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Бутылка для масла с пробкой;стекло;0,5л;прозр.</t>
   </si>
   <si>
     <t>03171052</t>
   </si>
   <si>
     <t>5379_1</t>
   </si>
   <si>
     <t>4774.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Бутылка для масла и уксуса с дозатором;стекло;300мл;прозр.</t>
   </si>
   <si>
     <t>03171053</t>
   </si>
   <si>
     <t>5838_3</t>
   </si>
   <si>
     <t>4975.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>24 шт.</t>
   </si>
   <si>
     <t>Бутылка для уксуса;стекло;250мл</t>
   </si>
   <si>
     <t>03171058</t>
   </si>
   <si>
     <t>50 9000 91 000000</t>
   </si>
   <si>
     <t>Playground</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла;стекло;250мл</t>
   </si>
   <si>
     <t>03171059</t>
   </si>
   <si>
     <t>50 9001 91 000000</t>
   </si>
@@ -497,135 +497,129 @@
   <si>
     <t>03171251</t>
   </si>
   <si>
     <t>0282CS</t>
   </si>
   <si>
     <t>4274.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла;стекло,сталь нерж.;250мл;D=55,H=180мм;прозр.,металлич.</t>
   </si>
   <si>
     <t>03172103</t>
   </si>
   <si>
     <t>379.91.5</t>
   </si>
   <si>
     <t>Frabosk</t>
   </si>
   <si>
     <t>6930.00₸</t>
   </si>
   <si>
-    <t>46 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Бутылка для масла и уксуса;стекло,пластик;0,55л;D=85,H=230,L=70,B=70мм;прозр.</t>
   </si>
   <si>
     <t>03172107</t>
   </si>
   <si>
     <t>4797.00₸</t>
   </si>
   <si>
     <t>Графин для масла и уксуса «Хелиос»;стекло;240мл;,H=150,L=75,B=60мм;прозр.</t>
   </si>
   <si>
     <t>03172110</t>
   </si>
   <si>
     <t>626790M04321990</t>
   </si>
   <si>
     <t>Helios</t>
   </si>
   <si>
     <t>3350.00₸</t>
   </si>
   <si>
-    <t>41 шт.</t>
+    <t>31 шт.</t>
   </si>
   <si>
     <t>Бутылка для масла и уксуса «Мореска» с пробкой;стекло,металл;1,06л;D=85,H=315мм;прозр.,металлич.</t>
   </si>
   <si>
     <t>03172115</t>
   </si>
   <si>
     <t>345930MEF121990</t>
   </si>
   <si>
     <t>Moresca</t>
   </si>
   <si>
     <t>3104.00₸</t>
   </si>
   <si>
     <t>Бутылка для уксуса «Кунстверк»;фарфор;250мл;D=62,H=167,L=6/2мм;белый</t>
   </si>
   <si>
     <t>03172136</t>
   </si>
   <si>
     <t>A5292</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>3570.00₸</t>
   </si>
   <si>
     <t>Графин для масла и уксуса;стекло;260мл;D=9,H=18см;прозр.</t>
   </si>
   <si>
     <t>03172297</t>
   </si>
   <si>
     <t>80108/b</t>
   </si>
   <si>
     <t>938.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>03172298</t>
   </si>
   <si>
     <t>80109/b</t>
   </si>
   <si>
-    <t>903.00₸</t>
-[...2 lines deleted...]
-    <t>6 шт.</t>
+    <t>896.00₸</t>
   </si>
   <si>
     <t>Бутылка для уксуса «Прованс»;фарфор;250мл;D=65,H=230мм;желт.</t>
   </si>
   <si>
     <t>03173401</t>
   </si>
   <si>
     <t>12134.00₸</t>
   </si>
   <si>
     <t>Бутылка для уксуса с пробкой;стекло;0,5л</t>
   </si>
   <si>
     <t>03173402</t>
   </si>
   <si>
     <t>7185.00₸</t>
   </si>
   <si>
     <t>Бутылка для уксуса с пробкой;стекло;250мл</t>
   </si>
   <si>
     <t>03173403</t>
   </si>
@@ -647,195 +641,195 @@
   <si>
     <t>Olea</t>
   </si>
   <si>
     <t>28529.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла и уксуса;керамика;250мл;D=79,H=165,L=83мм;черный</t>
   </si>
   <si>
     <t>03173611</t>
   </si>
   <si>
     <t>Likid</t>
   </si>
   <si>
     <t>22469.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла;стекло;250мл;D=65,H=185мм</t>
   </si>
   <si>
     <t>03173612</t>
   </si>
   <si>
-    <t>12944.00₸</t>
+    <t>19605.00₸</t>
   </si>
   <si>
     <t>Бутылка для масла «Оффисина 1825»;стекло;268мл;D=62,5,H=190мм;прозр.</t>
   </si>
   <si>
     <t>03173615</t>
   </si>
   <si>
     <t>540628MTS121990</t>
   </si>
   <si>
     <t>Officina1825</t>
   </si>
   <si>
     <t>5198.00₸</t>
   </si>
   <si>
+    <t>Графин для масла и уксуса;стекло;D=85,H=180мм</t>
+  </si>
+  <si>
+    <t>03173704</t>
+  </si>
+  <si>
+    <t>B4713139</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>9040.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка для масла с дозатором;стекло,пробка натур.;200мл;,H=20,L=6,B=5см</t>
+  </si>
+  <si>
+    <t>03174801</t>
+  </si>
+  <si>
+    <t>10573.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка для уксуса «Оптима» с гейзером;стекло;250мл;прозр.</t>
+  </si>
+  <si>
+    <t>03177016</t>
+  </si>
+  <si>
+    <t>A11603MBP22L990</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Optima</t>
+  </si>
+  <si>
+    <t>6484.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка для масла «Оптима»;стекло;250мл;,H=14,L=7,B=5см;прозр.</t>
+  </si>
+  <si>
+    <t>03177017</t>
+  </si>
+  <si>
+    <t>A11089MBP22L990</t>
+  </si>
+  <si>
+    <t>Графин для масла и уксуса «Экселенси»;фарфор;180мл;D=69,H=146мм;белый</t>
+  </si>
+  <si>
+    <t>03177143</t>
+  </si>
+  <si>
+    <t>EXL9418</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>7747.00₸</t>
+  </si>
+  <si>
+    <t>Графин для масла и уксуса «Изабелл»;фарфор;180мл;D=69,H=146мм;белый</t>
+  </si>
+  <si>
+    <t>03177144</t>
+  </si>
+  <si>
+    <t>ISB9418</t>
+  </si>
+  <si>
+    <t>Isabell</t>
+  </si>
+  <si>
+    <t>8509.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка для масла с дозатором;стекло,пластик;200мл;,H=20,L=5,B=5см;прозр.</t>
+  </si>
+  <si>
+    <t>03177250</t>
+  </si>
+  <si>
+    <t>1750.00₸</t>
+  </si>
+  <si>
+    <t>Лейка для масла;сталь;0,8л;D=10,H=17,5,B=21см;металлич.</t>
+  </si>
+  <si>
+    <t>09101494</t>
+  </si>
+  <si>
+    <t>41780-07</t>
+  </si>
+  <si>
+    <t>29730.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка для масла «Портопре» с дозатором;стекло;0,75л;прозр.</t>
+  </si>
+  <si>
+    <t>03101646</t>
+  </si>
+  <si>
+    <t>П-35-PORTOPRE-750</t>
+  </si>
+  <si>
+    <t>Хрустальный звон</t>
+  </si>
+  <si>
+    <t>1094.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
-  </si>
-[...124 lines deleted...]
-    <t>1094.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2989,395 +2983,395 @@
         <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D10" s="0">
         <v>616027</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D12" s="0">
         <v>661404</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D13" s="0">
         <v>300203</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="E14" s="0" t="s">
+      <c r="F14" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="F14" s="0" t="s">
+      <c r="G14" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="G14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="E15" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>103</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>117</v>
@@ -3517,119 +3511,119 @@
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>132</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D26" s="0">
         <v>615758</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>138</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D27" s="0">
         <v>615754</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>138</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>142</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D28" s="0">
         <v>615766</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>138</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>146</v>
@@ -3701,769 +3695,769 @@
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>158</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>159</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>160</v>
+        <v>104</v>
       </c>
       <c r="L31" s="0">
         <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D32" s="0">
         <v>3.2718</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="E35" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>132</v>
       </c>
       <c r="L35" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C37" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>188</v>
+        <v>104</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D38" s="0">
         <v>644870</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>138</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D39" s="0">
         <v>4227.1</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D41" s="0">
         <v>92548</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D42" s="0">
         <v>645302</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D43" s="0">
         <v>532485</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>216</v>
+        <v>18</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D46" s="0">
         <v>93308</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="E47" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="F47" s="0" t="s">
         <v>227</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E49" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="F49" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="G49" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="E49" s="0" t="s">
+      <c r="H49" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>241</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="G50" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>243</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D51" s="0">
         <v>107555</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>125</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="E53" s="0" t="s">
         <v>254</v>
-      </c>
-[...7 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>216</v>
+        <v>256</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>