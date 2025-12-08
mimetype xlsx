--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -314,53 +314,50 @@
   <si>
     <t>Кассета для чашек 20 ячеек max=111*87.Hmax=66мv;полипроп.;,H=10,1,L=50,B=50см;серый</t>
   </si>
   <si>
     <t>04121257</t>
   </si>
   <si>
     <t>20C258151</t>
   </si>
   <si>
     <t>39933.00₸</t>
   </si>
   <si>
     <t>Кассета для столовых приборов «Проотель»;полипроп.;,H=10,L=50,B=50см;синий</t>
   </si>
   <si>
     <t>04121514</t>
   </si>
   <si>
     <t>JW-C blue</t>
   </si>
   <si>
     <t>18116.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кассета для тарелок «Проотель» и подносов штырьковая 8х8 рядов Lmax=460мм;полипроп.;,H=10,L=50,B=50с</t>
   </si>
   <si>
     <t>04121516</t>
   </si>
   <si>
     <t>JW-64P blue</t>
   </si>
   <si>
     <t>21609.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Кассета для тарелок «Проотель» штырьковая 8х8 рядов;полипроп.;,H=10,L=50,B=50см;голуб.</t>
   </si>
   <si>
     <t>04121517</t>
   </si>
   <si>
     <t>JW-64B blue</t>
   </si>
   <si>
     <t>22701.00₸</t>
@@ -368,54 +365,54 @@
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Кассета для столовых приборов «Проотель» без ручек 8 ячеек;полипроп.;,H=12,L=42,B=21см;голуб.</t>
   </si>
   <si>
     <t>04121518</t>
   </si>
   <si>
     <t>JW-8B blue</t>
   </si>
   <si>
     <t>10976.00₸</t>
   </si>
   <si>
     <t>Кассета для столовых приборов «Проотель» с ручками 8 ячеек;полипроп.;,H=12,L=42,B=21см;синий</t>
   </si>
   <si>
     <t>04121519</t>
   </si>
   <si>
     <t>JW-8BH blue</t>
   </si>
   <si>
-    <t>11095.00₸</t>
-[...2 lines deleted...]
-    <t>50 шт.</t>
+    <t>11809.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
   </si>
   <si>
     <t>Кассета для посуды «Проотель»;полипроп.;,H=10,L=50,B=50см;голуб.</t>
   </si>
   <si>
     <t>04121520</t>
   </si>
   <si>
     <t>JW-S blue</t>
   </si>
   <si>
     <t>19929.00₸</t>
   </si>
   <si>
     <t>Кассета для тарелок штырьковая 9х9 рядов;полипроп.;,H=10,1,L=50,B=50см;серый</t>
   </si>
   <si>
     <t>09100724</t>
   </si>
   <si>
     <t>PR314151</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
@@ -2258,303 +2255,303 @@
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>98</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>99</v>
+        <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>