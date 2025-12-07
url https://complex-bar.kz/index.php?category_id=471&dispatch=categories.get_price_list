--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,842 +77,824 @@
   <si>
     <t>Перечница «Айвори»;фарфор;D=46,H=70мм;бежев.</t>
   </si>
   <si>
     <t>03170147</t>
   </si>
   <si>
     <t>1500 A277</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Ivory</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>Перечницы</t>
   </si>
   <si>
     <t>5106.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Лайфстиль»;фарфор;песочн.</t>
+  </si>
+  <si>
+    <t>03170202</t>
+  </si>
+  <si>
+    <t>LSN5010</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
     <t>32 шт.</t>
   </si>
   <si>
-    <t>Перечница «Лайфстиль»;фарфор;песочн.</t>
-[...22 lines deleted...]
-  <si>
     <t>Перечница «Ресторан»;стекло;D=45,H=60мм;белый</t>
   </si>
   <si>
     <t>03170205</t>
   </si>
   <si>
     <t>09133</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>847.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Перечница «Принцип»;фарфор;D=47,H=65мм;белый</t>
   </si>
   <si>
     <t>03170206</t>
   </si>
   <si>
     <t>PRI5030</t>
   </si>
   <si>
     <t>G. Benedikt Karlovy Vary</t>
   </si>
   <si>
     <t>Princip</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>4051.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Граффити»;фарфор;50мл;D=54,H=64мм;белый</t>
+  </si>
+  <si>
+    <t>03170208</t>
+  </si>
+  <si>
+    <t>GR0SB050000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Graffiti</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2665.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Атлантис»;фарфор;D=40,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03170210</t>
+  </si>
+  <si>
+    <t>ATL5010</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>5437.00₸</t>
+  </si>
+  <si>
+    <t>Перечница;стекло,сталь нерж.;60мл;D=35,H=80мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170211</t>
+  </si>
+  <si>
+    <t>1035001P</t>
+  </si>
+  <si>
+    <t>Casalinghi</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Любяна»;фарфор;D=55,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03170212</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Рома»;фарфор;D=43,H=65мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03170215</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Аркадия нью»;фарфор;,H=65,B=50мм;белый</t>
+  </si>
+  <si>
+    <t>03170216</t>
+  </si>
+  <si>
+    <t>0591</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Акапулько»;фарфор;70мл;D=52,H=50,B=62мм;белый</t>
+  </si>
+  <si>
+    <t>03170218</t>
+  </si>
+  <si>
+    <t>AC0SB080000</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>5406.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Портофино»;фарфор;70мл;D=3,H=6,B=5см;белый</t>
+  </si>
+  <si>
+    <t>03170219</t>
+  </si>
+  <si>
+    <t>PF0SB070000</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>3835.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Афродита»;фарфор;60мл;D=4,H=6см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03170220</t>
+  </si>
+  <si>
+    <t>2686-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>4567.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Виктория»;фарфор;D=32,H=61,L=48,B=48мм;белый</t>
+  </si>
+  <si>
+    <t>03170222</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Мелодия»;фарфор;D=30,H=65,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03170224</t>
+  </si>
+  <si>
+    <t>MEL5030</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>4759.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Органикс»;фарфор;,H=110,L=62мм;белый</t>
+  </si>
+  <si>
+    <t>03170227</t>
+  </si>
+  <si>
+    <t>9002 C656</t>
+  </si>
+  <si>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>8070.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Монако Вайт»;фарфор;D=50,H=66мм;белый</t>
+  </si>
+  <si>
+    <t>03170229</t>
+  </si>
+  <si>
+    <t>9001 C618</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>10673.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Хани»;фарфор;D=46,H=70мм;бежев.</t>
+  </si>
+  <si>
+    <t>03170230</t>
+  </si>
+  <si>
+    <t>1543 A277</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>6753.00₸</t>
+  </si>
+  <si>
+    <t>Перечница;сталь нерж.,стекло;40мл;D=34,H=80мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170233</t>
+  </si>
+  <si>
+    <t>381.05.4</t>
+  </si>
+  <si>
+    <t>Frabosk</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Монако Вайт»;фарфор;,H=65,L=50,B=40мм;белый</t>
+  </si>
+  <si>
+    <t>03170235</t>
+  </si>
+  <si>
+    <t>9001 C676</t>
+  </si>
+  <si>
+    <t>10442.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Чино»;фарфор;D=58,H=77мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03170237</t>
+  </si>
+  <si>
+    <t>1106 0842</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>6823.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Спайро»;фарфор;D=40,H=75,B=55мм;белый</t>
+  </si>
+  <si>
+    <t>03170243</t>
+  </si>
+  <si>
+    <t>9032 C741</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>11296.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Меркури»;фарфор;D=46,H=61мм;белый</t>
+  </si>
+  <si>
+    <t>03170244</t>
+  </si>
+  <si>
+    <t>0786</t>
+  </si>
+  <si>
+    <t>Merkury</t>
+  </si>
+  <si>
+    <t>1718.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Террамеса Мокка»;фарфор;D=60,H=75мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03170245</t>
+  </si>
+  <si>
+    <t>1123 0842</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>7831.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Симплисити Хармони»;фарфор;D=60/40,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03170246</t>
+  </si>
+  <si>
+    <t>1101 0842</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>7716.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Афродита»;фарфор;60мл;D=4,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03170247</t>
+  </si>
+  <si>
+    <t>2686-white</t>
+  </si>
+  <si>
+    <t>3358.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Рио Грин»;фарфор;D=4,H=7см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03170249</t>
+  </si>
+  <si>
+    <t>1529 0842</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>8455.00₸</t>
+  </si>
+  <si>
+    <t>Перечница;стекло,сталь нерж.;150мл;D=6,H=9см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170250</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Карраре»;стекло</t>
+  </si>
+  <si>
+    <t>03170252</t>
+  </si>
+  <si>
+    <t>Carrare</t>
+  </si>
+  <si>
+    <t>504.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Максим»;фарфор;D=47,H=77мм;белый</t>
+  </si>
+  <si>
+    <t>03170275</t>
+  </si>
+  <si>
+    <t>MAX5030</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>3858.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Антуанетт»;фарфор;,H=60,L=50,B=42мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03170276</t>
+  </si>
+  <si>
+    <t>9019 C676</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>12105.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Проотель»;сталь нерж.;296мл;D=65,H=97мм;металлич.</t>
+  </si>
+  <si>
+    <t>03170277</t>
+  </si>
+  <si>
+    <t>SPFP10</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>2184.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Крафт Браун»;фарфор;D=57,H=74мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03170278</t>
+  </si>
+  <si>
+    <t>1132 0842</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>9056.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Оптик»;фарфор;,H=110,L=55,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03170279</t>
+  </si>
+  <si>
+    <t>9118 C1043</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Рио Блю»;фарфор;D=4,H=7см;белый,синий</t>
+  </si>
+  <si>
+    <t>03170280</t>
+  </si>
+  <si>
+    <t>1531 0842</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>9348.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Рио Йллоу»;фарфор;D=4,H=7см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03170281</t>
+  </si>
+  <si>
+    <t>1530 0842</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>Перечница «Рио Пинк»;фарфор;D=4,H=7см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03170282</t>
+  </si>
+  <si>
+    <t>1532 0842</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>9833.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Кантри Стайл»;фарфор;D=45,H=60мм;зелен.</t>
+  </si>
+  <si>
+    <t>03170283</t>
+  </si>
+  <si>
+    <t>TRY5030</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Крафт Грин»;фарфор;D=57,H=74мм;зелен.</t>
+  </si>
+  <si>
+    <t>03170284</t>
+  </si>
+  <si>
+    <t>1131 0842</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>10126.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Крафт Терракота»;фарфор;D=57,H=74мм;терракот</t>
+  </si>
+  <si>
+    <t>03170285</t>
+  </si>
+  <si>
+    <t>1133 0842</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>9679.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Карат»;фарфор;D=50,H=85мм;белый</t>
+  </si>
+  <si>
+    <t>03170286</t>
+  </si>
+  <si>
+    <t>25 4020</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Опшенс»;фарфор;D=42,H=100мм;белый</t>
+  </si>
+  <si>
+    <t>03170288</t>
+  </si>
+  <si>
+    <t>71 4020</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>7631.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Крафт Вайт»;фарфор;D=57,H=74мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03170289</t>
+  </si>
+  <si>
+    <t>1155 0842</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>13383.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Экселенси»;фарфор;,H=79,L=64,B=52мм;белый</t>
+  </si>
+  <si>
+    <t>03170292</t>
+  </si>
+  <si>
+    <t>EXL5030</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>5760.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Джейд»;кост.фарф.;,H=8см;белый</t>
+  </si>
+  <si>
+    <t>03170293</t>
+  </si>
+  <si>
+    <t>61040-800001-15035</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>3727.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Граффити Нью»;фарфор;317мл;,H=64мм;белый</t>
+  </si>
+  <si>
+    <t>03170295</t>
+  </si>
+  <si>
+    <t>NG0SB050000</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2107.00₸</t>
+  </si>
+  <si>
+    <t>Перечница «Блю Дэппл»;фарфор;D=60/40,H=75мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03170296</t>
+  </si>
+  <si>
+    <t>1710 0842</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>11312.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Перечница «Браун Дэппл»;фарфор;D=60/40,H=75мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03173903</t>
+  </si>
+  <si>
+    <t>1714 0842</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Перечница «Граффити»;фарфор;50мл;D=54,H=64мм;белый</t>
-[...715 lines deleted...]
-  <si>
     <t>Перечница «Революшн Сэндстоун»;фарфор;D=60/40,H=75мм;бежев.</t>
   </si>
   <si>
     <t>03173905</t>
   </si>
   <si>
     <t>1776 0842</t>
   </si>
   <si>
     <t>Revolution Sandstone</t>
   </si>
   <si>
     <t>13622.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Перечница «Революшн Гранит»;фарфор;D=60/40,H=75мм;серый,коричнев.</t>
   </si>
   <si>
     <t>03173906</t>
   </si>
   <si>
     <t>1775 0842</t>
@@ -938,108 +920,102 @@
   <si>
     <t>Officina1825</t>
   </si>
   <si>
     <t>3181.00₸</t>
   </si>
   <si>
     <t>Перечница «Голубка»;фарфор;60мл;белый</t>
   </si>
   <si>
     <t>03173908</t>
   </si>
   <si>
     <t>6С0185</t>
   </si>
   <si>
     <t>Добрушский фарфоровый завод</t>
   </si>
   <si>
     <t>Голубка</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
-    <t>455.00₸</t>
+    <t>1440.00₸</t>
   </si>
   <si>
     <t>Перечница «Верона»;фарфор;белый</t>
   </si>
   <si>
     <t>03173909</t>
   </si>
   <si>
     <t>VER5030</t>
   </si>
   <si>
     <t>Verona</t>
   </si>
   <si>
     <t>3473.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Перечница «Штутгарт» без заглушки;фарфор;D=45,H=120мм;белый</t>
   </si>
   <si>
     <t>03177148</t>
   </si>
   <si>
     <t>99 4021</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
-    <t>8232.00₸</t>
+    <t>8778.00₸</t>
   </si>
   <si>
     <t>Перечница «Мезень» Принц Кони;фарфор;70мл;D=50,H=82мм;белый,красный</t>
   </si>
   <si>
     <t>03177154</t>
   </si>
   <si>
     <t>ИПР 03.70.Д1302:06</t>
   </si>
   <si>
     <t>Башкирский фарфор</t>
   </si>
   <si>
     <t>Мезень</t>
   </si>
   <si>
     <t>РОССИЯ</t>
-  </si>
-[...4 lines deleted...]
-    <t>45 шт.</t>
   </si>
   <si>
     <t>Перечница «Белая» Классик;фарфор;50мл;D=47,H=70мм;белый</t>
   </si>
   <si>
     <t>03177172</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>2095.00₸</t>
   </si>
   <si>
     <t>Перечница «Белая» Принц;фарфор;70мл;D=50,H=82мм;белый</t>
   </si>
   <si>
     <t>03177173</t>
   </si>
   <si>
     <t>ИПР 03.70</t>
   </si>
   <si>
     <t>2018.00₸</t>
   </si>
@@ -3378,1977 +3354,1977 @@
         <v>29</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="D5" s="0" t="s">
+      <c r="E5" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="E5" s="0" t="s">
+      <c r="F5" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="F5" s="0" t="s">
+      <c r="G5" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="G5" s="0" t="s">
+      <c r="H5" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="L5" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="E6" s="0" t="s">
+      <c r="F6" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="F6" s="0" t="s">
+      <c r="G6" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="G6" s="0" t="s">
+      <c r="H6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L7" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="E8" s="0" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D9" s="0">
         <v>1686</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D10" s="0">
         <v>2186</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="G11" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>78</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="L11" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="G12" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>81</v>
-      </c>
-[...16 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="G13" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>87</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="G14" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>92</v>
-      </c>
-[...16 lines deleted...]
-        <v>95</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="L14" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D15" s="0">
         <v>2786</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>102</v>
-      </c>
-[...19 lines deleted...]
-        <v>106</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>44</v>
+        <v>114</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="L20" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>144</v>
+        <v>76</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>145</v>
-      </c>
-[...19 lines deleted...]
-        <v>149</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>160</v>
-      </c>
-[...19 lines deleted...]
-        <v>163</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>164</v>
+        <v>93</v>
       </c>
       <c r="L27" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D29" s="0">
         <v>1793153</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="L29" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D30" s="0">
         <v>19781</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>180</v>
-      </c>
-[...19 lines deleted...]
-        <v>184</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>216</v>
+        <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>36</v>
+        <v>93</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>238</v>
-      </c>
-[...19 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>245</v>
+        <v>114</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="G43" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>20</v>
+        <v>244</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>245</v>
+        <v>20</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>44</v>
+        <v>277</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>301</v>
-      </c>
-[...19 lines deleted...]
-        <v>307</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>164</v>
+        <v>20</v>
       </c>
       <c r="L53" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>325</v>
+        <v>180</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>326</v>
+        <v>307</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="D57" s="0">
         <v>160350</v>
       </c>
       <c r="E57" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>322</v>
-      </c>
-[...10 lines deleted...]
-        <v>330</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>52</v>
+        <v>93</v>
       </c>
       <c r="L57" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>63</v>
+        <v>93</v>
       </c>
       <c r="L59" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="D60" s="0">
         <v>160315</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="L60" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>289</v>
+        <v>43</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>