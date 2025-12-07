--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,96 +74,99 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Солонка «Бистро»;бук;D=52,H=90мм;тем.дерево</t>
   </si>
   <si>
     <t>03170101</t>
   </si>
   <si>
     <t>Peugeot</t>
   </si>
   <si>
     <t>Bistro</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Солонки</t>
   </si>
   <si>
     <t>14800.00₸</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Лайфстиль»;фарфор;песочн.</t>
+  </si>
+  <si>
+    <t>03170104</t>
+  </si>
+  <si>
+    <t>LSN5090</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Солонка «Лайфстиль»;фарфор;песочн.</t>
-[...19 lines deleted...]
-  <si>
     <t>Солонка «Принцип»;фарфор;D=47,H=65мм;белый</t>
   </si>
   <si>
     <t>03170107</t>
   </si>
   <si>
     <t>PRI5000</t>
   </si>
   <si>
     <t>G. Benedikt Karlovy Vary</t>
   </si>
   <si>
     <t>Princip</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>3989.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Солонка «Ресторан»;стекло;D=45,H=60мм;белый</t>
   </si>
   <si>
     <t>03170108</t>
   </si>
   <si>
     <t>09130</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
     <t>847.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Солонка малая;стекло,сталь нерж.;15мл;D=25,H=43мм;прозр.,металлич.</t>
   </si>
@@ -191,1023 +194,1011 @@
   <si>
     <t>1035001S</t>
   </si>
   <si>
     <t>1286.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Солонка «Любяна»;фарфор;D=55,H=65мм;белый</t>
   </si>
   <si>
     <t>03170112</t>
   </si>
   <si>
     <t>Lubiana</t>
   </si>
   <si>
     <t>ПОЛЬША</t>
   </si>
   <si>
     <t>2079.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Винчестер»;стекло,сталь нерж.;40мл;D=50,H=115мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170115</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Tabletop</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>3213.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Аркадия нью»;фарфор;D=50,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03170116</t>
+  </si>
+  <si>
+    <t>0590</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Акапулько»;фарфор;70мл;D=52,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03170118</t>
+  </si>
+  <si>
+    <t>AC0SL080000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Acapulco</t>
+  </si>
+  <si>
+    <t>3589.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Портофино»;фарфор;70мл;D=3,H=6,L=5см;белый</t>
+  </si>
+  <si>
+    <t>03170119</t>
+  </si>
+  <si>
+    <t>PF0SL070000</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>3835.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Афродита»;фарфор;60мл;D=4,H=6см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03170120</t>
+  </si>
+  <si>
+    <t>2685-gold</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>4543.00₸</t>
+  </si>
+  <si>
     <t>43 шт.</t>
   </si>
   <si>
-    <t>Солонка «Винчестер»;стекло,сталь нерж.;40мл;D=50,H=115мм;прозр.,металлич.</t>
-[...32 lines deleted...]
-    <t>3773.00₸</t>
+    <t>Солонка «Виктория»;фарфор;D=46,H=60,L=46мм;белый</t>
+  </si>
+  <si>
+    <t>03170122</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>4274.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Граффити»;фарфор;50мл;D=54,H=64мм;белый</t>
+  </si>
+  <si>
+    <t>03170123</t>
+  </si>
+  <si>
+    <t>GR0SL050000</t>
+  </si>
+  <si>
+    <t>Graffiti</t>
+  </si>
+  <si>
+    <t>2665.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Мелодия»;фарфор;D=30,H=65,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03170125</t>
+  </si>
+  <si>
+    <t>MEL5000</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>4759.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Монако Вайт»;фарфор;D=50,H=92мм;белый</t>
+  </si>
+  <si>
+    <t>03170127</t>
+  </si>
+  <si>
+    <t>9001 C619</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>10673.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Хани»;фарфор;D=46,H=70мм;бежев.</t>
+  </si>
+  <si>
+    <t>03170128</t>
+  </si>
+  <si>
+    <t>1543 A276</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>6753.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Рома»;фарфор;D=43,H=65мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03170129</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Спайро»;фарфор;D=55,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03170131</t>
+  </si>
+  <si>
+    <t>9032 C740</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>11974.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Аркадия» бочонок;фарфор;D=70,H=65мм;белый</t>
+  </si>
+  <si>
+    <t>03170132</t>
+  </si>
+  <si>
+    <t>0585</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Проотель»;сталь нерж.;296мл;D=65,H=510,L=680,B=310мм;металлич.</t>
+  </si>
+  <si>
+    <t>03170133</t>
+  </si>
+  <si>
+    <t>SPFS10</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>2359.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Крафт Терракота»;фарфор;D=57,H=74мм;терракот</t>
+  </si>
+  <si>
+    <t>03170134</t>
+  </si>
+  <si>
+    <t>1133 0841</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Крафт Грин»;фарфор;D=57,H=74мм;зелен.</t>
+  </si>
+  <si>
+    <t>03170135</t>
+  </si>
+  <si>
+    <t>1131 0841</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>12567.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Гастрономи»;стекло;58мл;D=35,H=55,L=45мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03170137</t>
+  </si>
+  <si>
+    <t>1064.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Фасетте»;стекло,металл;35мл;D=35,H=65мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170138</t>
+  </si>
+  <si>
+    <t>Eclat</t>
+  </si>
+  <si>
+    <t>Facette</t>
+  </si>
+  <si>
+    <t>2765.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Органикс»;фарфор;,H=67,L=66мм;белый</t>
+  </si>
+  <si>
+    <t>03170139</t>
+  </si>
+  <si>
+    <t>9002 C655</t>
+  </si>
+  <si>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>10442.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Зен Шиир»;фарфор;D=90,H=45мм;белый,оранжев.</t>
+  </si>
+  <si>
+    <t>03170140</t>
+  </si>
+  <si>
+    <t>9401 C619</t>
+  </si>
+  <si>
+    <t>Zen</t>
+  </si>
+  <si>
+    <t>9933.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Монако Вайт»;фарфор;,H=65,L=50,B=40мм;белый</t>
+  </si>
+  <si>
+    <t>03170149</t>
+  </si>
+  <si>
+    <t>9001 C675</t>
+  </si>
+  <si>
+    <t>9872.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Атлантис»;фарфор;D=40,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03170152</t>
+  </si>
+  <si>
+    <t>ATL5090</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>5437.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Бистро»;бук;,H=9см;св. дерево</t>
+  </si>
+  <si>
+    <t>03170154</t>
+  </si>
+  <si>
+    <t>820-1/S</t>
+  </si>
+  <si>
+    <t>13676.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Чино»;фарфор;D=58,H=76мм;белый,бежев.</t>
+  </si>
+  <si>
+    <t>03170155</t>
+  </si>
+  <si>
+    <t>1106 0841</t>
+  </si>
+  <si>
+    <t>Cino</t>
+  </si>
+  <si>
+    <t>6823.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Террамеса Мокка»;фарфор;D=40,H=75,B=55мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03170163</t>
+  </si>
+  <si>
+    <t>1123 0841</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>7831.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Симплисити Хармони»;фарфор;D=60/40,H=75мм;белый</t>
+  </si>
+  <si>
+    <t>03170164</t>
+  </si>
+  <si>
+    <t>1101 0841</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>7716.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Афродита»;фарфор;60мл;D=4,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03170165</t>
+  </si>
+  <si>
+    <t>2685-white</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Рио Грин»;фарфор;D=4,H=70см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>03170167</t>
+  </si>
+  <si>
+    <t>1529 0841</t>
+  </si>
+  <si>
+    <t>Rio Green</t>
+  </si>
+  <si>
+    <t>9348.00₸</t>
+  </si>
+  <si>
+    <t>Солонка;стекло,сталь нерж.;150мл;D=6,H=9см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170168</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>871.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Солонка;стекло,сталь нерж.;70мл;D=50,H=100,L=37,B=37мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03170169</t>
+  </si>
+  <si>
+    <t>3290.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Максим»;фарфор;D=47,H=77мм;белый</t>
+  </si>
+  <si>
+    <t>03170173</t>
+  </si>
+  <si>
+    <t>MAX5000</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>3489.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Антуанетт»;фарфор;,H=6,L=5см;белый,олив.</t>
+  </si>
+  <si>
+    <t>03170174</t>
+  </si>
+  <si>
+    <t>9019 C675</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>15262.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Крафт Браун»;фарфор;D=57,H=74мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03170175</t>
+  </si>
+  <si>
+    <t>1132 0841</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>10211.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Оптик»;фарфор;,H=110,L=60,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>03170176</t>
+  </si>
+  <si>
+    <t>9118 C1042</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>5768.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Рио Блю»;фарфор;D=4,H=7см;белый,синий</t>
+  </si>
+  <si>
+    <t>03170177</t>
+  </si>
+  <si>
+    <t>1531 0841</t>
+  </si>
+  <si>
+    <t>Rio Blue</t>
+  </si>
+  <si>
+    <t>8455.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Рио Йеллоу»;фарфор;D=4,H=7см;белый,желт.</t>
+  </si>
+  <si>
+    <t>03170178</t>
+  </si>
+  <si>
+    <t>1530 0841</t>
+  </si>
+  <si>
+    <t>Rio Yellow</t>
+  </si>
+  <si>
+    <t>9833.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Рио Пинк»;фарфор;D=4,H=7см;белый,розов.</t>
+  </si>
+  <si>
+    <t>03170179</t>
+  </si>
+  <si>
+    <t>1532 0841</t>
+  </si>
+  <si>
+    <t>Rio Pink</t>
+  </si>
+  <si>
+    <t>Солонка «Кантри Стайл»;фарфор;D=45,H=60мм;зелен.</t>
+  </si>
+  <si>
+    <t>03170180</t>
+  </si>
+  <si>
+    <t>TRY5000</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>4867.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Опшенс»;фарфор;D=42,H=100мм;белый</t>
+  </si>
+  <si>
+    <t>03170182</t>
+  </si>
+  <si>
+    <t>71 4010</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>9102.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Крафт Вайт»;фарфор;D=57,H=74мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03170186</t>
+  </si>
+  <si>
+    <t>1155 0841</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>14384.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Экселенси»;фарфор;,H=79,L=64,B=52мм;белый</t>
+  </si>
+  <si>
+    <t>03170188</t>
+  </si>
+  <si>
+    <t>EXL5000</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>5236.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Граффити Нью»;фарфор;D=54,H=64мм;белый</t>
+  </si>
+  <si>
+    <t>03170192</t>
+  </si>
+  <si>
+    <t>NG0SL05</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>1988.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Блю Дэппл»;фарфор;D=60/40,H=75мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03170196</t>
+  </si>
+  <si>
+    <t>1710 0841</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>8355.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Айвори»;фарфор;D=46,H=70мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03170232</t>
+  </si>
+  <si>
+    <t>1500 A276</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>5106.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Бэйзик»;стекло,сталь нерж.;240мл;D=52,H=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>03171245</t>
+  </si>
+  <si>
+    <t>43890/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1428.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Бэйзик»;стекло,сталь нерж.;115мл;D=52,H=68мм;прозр.</t>
+  </si>
+  <si>
+    <t>03171246</t>
+  </si>
+  <si>
+    <t>43880/b</t>
+  </si>
+  <si>
+    <t>1071.00₸</t>
+  </si>
+  <si>
+    <t>Солонка;стекло,сталь нерж.;40мл;D=35,H=80мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03172105</t>
+  </si>
+  <si>
+    <t>381.91.4</t>
+  </si>
+  <si>
+    <t>Frabosk</t>
+  </si>
+  <si>
+    <t>3381.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Бэйзик»;стекло,металл;100мл;,H=105,L=40,B=40мм;прозр.</t>
+  </si>
+  <si>
+    <t>03173601</t>
+  </si>
+  <si>
+    <t>80221/b</t>
+  </si>
+  <si>
+    <t>784.00₸</t>
+  </si>
+  <si>
+    <t>Солонка;стекло,металл;40мл;D=4,H=12см;прозр.</t>
+  </si>
+  <si>
+    <t>03173602</t>
+  </si>
+  <si>
+    <t>80030/b</t>
+  </si>
+  <si>
+    <t>Black &amp; White</t>
+  </si>
+  <si>
+    <t>511.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Романс»;фарфор;50мл;D=70,H=32мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>03173802</t>
+  </si>
+  <si>
+    <t>6С0576</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Романс</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>216.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Браун Дэппл»;фарфор;D=60/40,H=75мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03173806</t>
+  </si>
+  <si>
+    <t>1714 0841</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>9495.00₸</t>
+  </si>
+  <si>
+    <t>Солонка;фарфор;50мл;D=7см;белый</t>
+  </si>
+  <si>
+    <t>03173811</t>
+  </si>
+  <si>
+    <t>6С0090</t>
+  </si>
+  <si>
+    <t>601.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Революшн Сэндстоун»;фарфор;D=60/40,H=75мм;бежев.</t>
+  </si>
+  <si>
+    <t>03173814</t>
+  </si>
+  <si>
+    <t>1776 0841</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>9518.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Революшн Гранит»;фарфор;D=60/40,H=75мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03173815</t>
+  </si>
+  <si>
+    <t>1775 0841</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Оффисина 1825»;стекло;240мл;D=64,H=110мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03173816</t>
+  </si>
+  <si>
+    <t>540629MTT121990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Officina1825</t>
+  </si>
+  <si>
+    <t>Солонка «Джейд»;фарфор;,H=8см;белый</t>
+  </si>
+  <si>
+    <t>03173818</t>
+  </si>
+  <si>
+    <t>61040-800001-15030</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>4647.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Верона»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03173819</t>
+  </si>
+  <si>
+    <t>VER5000</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>3473.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Нэнси»;акрил;D=52,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>03177015</t>
+  </si>
+  <si>
+    <t>Nancy</t>
+  </si>
+  <si>
+    <t>12852.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Штутгарт» без заглушки;фарфор;D=35,H=125мм;белый</t>
+  </si>
+  <si>
+    <t>03177147</t>
+  </si>
+  <si>
+    <t>99 4011</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>8778.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Мезень» Принц Кони;фарфор;70мл;D=50,H=82мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03177155</t>
+  </si>
+  <si>
+    <t>ИСН 03.70.Д1302:06</t>
+  </si>
+  <si>
+    <t>Башкирский фарфор</t>
+  </si>
+  <si>
+    <t>Мезень</t>
+  </si>
+  <si>
+    <t>3881.00₸</t>
+  </si>
+  <si>
+    <t>Солонка «Белая» Классик;фарфор;50мл;D=47,H=70мм;белый</t>
+  </si>
+  <si>
+    <t>03177171</t>
+  </si>
+  <si>
+    <t>Белая</t>
+  </si>
+  <si>
+    <t>2095.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Солонка «Белая» Принц;фарфор;70мл;D=50,H=82мм;белый</t>
+  </si>
+  <si>
+    <t>03177174</t>
+  </si>
+  <si>
+    <t>ИСН 03.70</t>
+  </si>
+  <si>
+    <t>1972.00₸</t>
   </si>
   <si>
     <t>24 шт.</t>
-  </si>
-[...931 lines deleted...]
-    <t>1972.00₸</t>
   </si>
   <si>
     <t>Солонка «Белая» Классический;фарфор;30мл;D=45,H=42мм;белый</t>
   </si>
   <si>
     <t>03177175</t>
   </si>
   <si>
     <t>ИСН 23.30</t>
   </si>
   <si>
     <t>1556.00₸</t>
   </si>
   <si>
     <t>Солонка «Белая» Практик;фарфор;15мл;D=32,H=38мм;белый</t>
   </si>
   <si>
     <t>03177177</t>
   </si>
   <si>
     <t>1333.00₸</t>
   </si>
   <si>
     <t>Солонка «Париж»;фарфор;,H=7см;белый,коричнев.</t>
   </si>
@@ -1264,51 +1255,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC43090-21BB-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF3E4-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF3E6-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF3E7-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB33A-21BB-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D9C1-21BB-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F38-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED623-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB8C4-E63A-11EF-BC4E-00505692C4479.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB9AC-E63A-11EF-BC4E-00505692C44710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C49-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB706-E63A-11EF-BC4E-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6797A4B1-77AA-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA35-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB46C-E63A-11EF-BC4E-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EF20-E63A-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B7-424C-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B10B0-89E0-11EE-BC13-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B223-424E-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878E-E3D2-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42BD6-21BB-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42D28-21BB-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEB0461D-AEC8-11EE-BC40-00505692492F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4C9B652-AEC8-11EE-BC40-00505692492F24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB3DA-21BB-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026ED74-E63A-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB61E-E63A-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878B-E3D2-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878D-E3D2-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC43130-21BB-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EC8C-E63A-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB47A-21BB-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D95-424E-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB7EE-E63A-11EF-BC4E-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB52C-21BB-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB29A-21BB-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1914C218-3126-11EC-BBF4-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07EB-424E-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C22-424E-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7D9E-424E-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF70F0E-E567-11EF-BC53-00505692E2D041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EE4A-E63A-11EF-BC4E-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB5CC-21BB-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB0F-4250-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497FD-F94B-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42FDE-21BB-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0EFF-4251-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42E7A-21BB-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0074238-E3D2-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B73-4252-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB1E-4253-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2426-424C-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D0F-424B-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD54C0-21C1-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2430-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD5752-21C1-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E9990DA-E3D6-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B3900-4254-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92005C1-F160-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789C3712-104C-11EA-BBC6-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB66C-21BB-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB71E-21BB-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F758A8C1-4768-11EA-BBCE-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1477526-509F-11EC-BBF6-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92005BE-F160-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42C88-21BB-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B77FF09-1FFD-11EE-BC0C-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D150CBE-40E1-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BE09922-8796-11EE-BC13-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE1BA6EB-5F02-11EE-BC0E-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BE097E6-8796-11EE-BC13-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D4CCDD-8796-11EE-BC13-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228D2E6B-6895-11F0-BC54-00505692C44773.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC43090-21BB-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF3E4-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF3E6-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396CF3E7-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB33A-21BB-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2B2D9C1-21BB-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F38-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED623-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB8C4-E63A-11EF-BC4E-00505692C4479.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB9AC-E63A-11EF-BC4E-00505692C44710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A720C49-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB706-E63A-11EF-BC4E-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6797A4B1-77AA-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA35-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB46C-E63A-11EF-BC4E-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EF20-E63A-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED46B7-424C-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020B10B0-89E0-11EE-BC13-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B223-424E-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878E-E3D2-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42BD6-21BB-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42D28-21BB-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEB0461D-AEC8-11EE-BC40-00505692492F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4C9B652-AEC8-11EE-BC40-00505692492F24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB3DA-21BB-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026ED74-E63A-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB61E-E63A-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878B-E3D2-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878D-E3D2-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC43130-21BB-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EC8C-E63A-11EF-BC4E-00505692C44731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB47A-21BB-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D95-424E-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865AB7EE-E63A-11EF-BC4E-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB52C-21BB-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB29A-21BB-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1914C218-3126-11EC-BBF4-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C22-424E-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7D9E-424E-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF70F0E-E567-11EF-BC53-00505692E2D040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8026EE4A-E63A-11EF-BC4E-00505692C44741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB5CC-21BB-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB0F-4250-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360497FD-F94B-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42FDE-21BB-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0EFF-4251-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42E7A-21BB-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0074238-E3D2-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B73-4252-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FB1E-4253-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2426-424C-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1D0F-424B-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD54C0-21C1-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2430-424C-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD5752-21C1-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E9990DA-E3D6-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B3900-4254-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92005C1-F160-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789C3712-104C-11EA-BBC6-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB66C-21BB-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8BFB71E-21BB-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F758A8C1-4768-11EA-BBCE-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1477526-509F-11EC-BBF6-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92005BE-F160-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC42C88-21BB-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B77FF09-1FFD-11EE-BC0C-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D150CBE-40E1-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BE09922-8796-11EE-BC13-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE1BA6EB-5F02-11EE-BC0E-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BE097E6-8796-11EE-BC13-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D4CCDD-8796-11EE-BC13-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228D2E6B-6895-11F0-BC54-00505692C44772.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3416,80 +3407,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3748,62 +3709,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-peugeot-03170101/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lilien-austria-03170104/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170107/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-arcoroc-03170108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-malaya-casalinghi-03170110/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-casalinghi-03170111/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170112/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-libbey-03170115/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170116/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170118/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170119/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170120/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170122/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170123/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170125/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170127/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170128/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170129/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170131/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bochonok-lubiana-03170132/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-prohotel-03170133/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170134/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170135/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-arcoroc-03170137/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-eclat-03170138/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170139/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170140/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170149/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lilien-austria-03170152/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-peugeot-03170154/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170155/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170163/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170164/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170165/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170167/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-libbey-03170168/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-libbey-03170169/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-libbey-03170170/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170173/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170174/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170175/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170176/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170177/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170178/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170179/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170180/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bauscher-03170182/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170186/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170188/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170192/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170196/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170232/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-priprav-pasabahce-03171245/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-priprav-pasabahce-03171246/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-frabosk-03172105/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-sol-perec-pasabahce-03173601/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-soli-perca-pasabahce-03173602/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-dobrushskiy-farforovyy-zavod-03173802/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03173806/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-dobrushskiy-farforovyy-zavod-03173811/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03173814/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03173815/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bormioli-rocco-03173816/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-rosenthal-03173818/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03173819/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-peugeot-03177015/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bauscher-03177147/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177155/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177171/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177174/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177175/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177177/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-kunstwerk-03177276/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-peugeot-03170101/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lilien-austria-03170104/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170107/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-arcoroc-03170108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-malaya-casalinghi-03170110/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-casalinghi-03170111/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170112/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-libbey-03170115/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170116/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170118/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170119/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170120/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170122/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170123/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170125/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170127/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170128/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170129/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170131/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bochonok-lubiana-03170132/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-prohotel-03170133/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170134/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170135/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-arcoroc-03170137/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-eclat-03170138/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170139/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170140/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170149/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lilien-austria-03170152/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-peugeot-03170154/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170155/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170163/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170164/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-lubiana-03170165/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170167/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-libbey-03170168/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-libbey-03170169/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170173/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170174/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170175/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170176/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170177/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170178/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170179/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170180/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bauscher-03170182/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170186/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03170188/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-tognana-03170192/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170196/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03170232/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-priprav-pasabahce-03171245/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-priprav-pasabahce-03171246/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-frabosk-03172105/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-sol-perec-pasabahce-03173601/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-soli-perca-pasabahce-03173602/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-dobrushskiy-farforovyy-zavod-03173802/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03173806/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-dobrushskiy-farforovyy-zavod-03173811/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03173814/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-steelite-03173815/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bormioli-rocco-03173816/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-rosenthal-03173818/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-g-benedikt-karlovy-vary-03173819/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-peugeot-03177015/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bauscher-03177147/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177155/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177171/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177174/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177175/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-bashkirskii-farfor-03177177/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solonka-kunstwerk-03177276/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L74"/>
+  <dimension ref="A1:L73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I74" sqref="I74"/>
+      <selection activeCell="I73" sqref="I73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3878,2439 +3839,2407 @@
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L3" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L6" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D8" s="0">
         <v>1685</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L8" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" s="0">
         <v>70022</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>70</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>76</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>78</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>83</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>87</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>88</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D14" s="0">
         <v>2785</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L14" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>98</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L15" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>101</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>103</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="L16" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F17" s="0" t="s">
+      <c r="G17" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="G17" s="0" t="s">
+      <c r="H17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="E18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="0" t="s">
+      <c r="G18" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D19" s="0">
         <v>2185</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F19" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="E20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>125</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="D21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="L21" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="E22" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="E23" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="0" t="s">
+      <c r="G23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>127</v>
+        <v>42</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="E24" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="0" t="s">
+      <c r="G24" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D25" s="0">
         <v>47956</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D26" s="0">
         <v>20641</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="E27" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="G27" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>162</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="G28" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>165</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L30" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="G32" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>185</v>
-      </c>
-[...13 lines deleted...]
-        <v>187</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="G33" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="E34" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="G34" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>195</v>
-      </c>
-[...13 lines deleted...]
-        <v>197</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>87</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="L35" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="E36" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F36" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="G36" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>204</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D37" s="0">
         <v>1793159</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="L37" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D38" s="0">
         <v>97052</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L38" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="D39" s="0">
-[...5 lines deleted...]
-      <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>209</v>
+        <v>33</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>217</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L39" s="0">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>220</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>30</v>
+        <v>107</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>221</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L40" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>225</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>226</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>227</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>230</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>231</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>232</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>235</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>241</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>242</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>245</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>246</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>251</v>
-      </c>
-[...7 lines deleted...]
-        <v>247</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L46" s="0"/>
+        <v>131</v>
+      </c>
+      <c r="L46" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>254</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>30</v>
+        <v>255</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>32</v>
+        <v>257</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="L47" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>260</v>
+        <v>107</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>262</v>
+        <v>109</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>263</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>41</v>
+        <v>264</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>269</v>
+        <v>42</v>
       </c>
       <c r="L49" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>271</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>272</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>273</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>274</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L50" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>277</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>75</v>
+        <v>107</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>278</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>279</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>41</v>
+        <v>280</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>285</v>
+        <v>42</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>286</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>287</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>288</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>108</v>
+        <v>289</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>110</v>
+        <v>291</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>41</v>
+        <v>209</v>
       </c>
       <c r="L53" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="F54" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="G54" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...11 lines deleted...]
-      <c r="G54" s="0" t="s">
+      <c r="H54" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>211</v>
+        <v>126</v>
       </c>
       <c r="L54" s="0">
-        <v>2</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="D55" s="0" t="s">
+      <c r="E55" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="E55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>296</v>
+        <v>47</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>302</v>
       </c>
       <c r="L55" s="0">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>304</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>305</v>
       </c>
       <c r="E56" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>306</v>
-      </c>
-[...8 lines deleted...]
-        <v>307</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="L56" s="0">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="D57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="E57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G57" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>311</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>104</v>
+        <v>209</v>
       </c>
       <c r="L57" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>313</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>314</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>211</v>
+        <v>42</v>
       </c>
       <c r="L58" s="0">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>320</v>
+        <v>107</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>322</v>
+        <v>109</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>323</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L59" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>325</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>326</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="F60" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="F60" s="0"/>
+      <c r="G60" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>327</v>
-      </c>
-[...7 lines deleted...]
-        <v>328</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="L60" s="0">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="D61" s="0" t="s">
+      <c r="E61" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F61" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="E61" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>322</v>
+        <v>109</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>332</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="L61" s="0">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>335</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>336</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>337</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>339</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>340</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>108</v>
+        <v>341</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>342</v>
+        <v>88</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>343</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>344</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>345</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>346</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>347</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>46</v>
+        <v>257</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>88</v>
+        <v>348</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>351</v>
+        <v>31</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>352</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>262</v>
+        <v>33</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>353</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L65" s="0"/>
+        <v>354</v>
+      </c>
+      <c r="L65" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="D66" s="0" t="s">
         <v>356</v>
       </c>
+      <c r="D66" s="0">
+        <v>34580</v>
+      </c>
       <c r="E66" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>357</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>358</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>359</v>
+        <v>42</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>360</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>361</v>
       </c>
-      <c r="D67" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>14</v>
+        <v>255</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>362</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>363</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>364</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>365</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>366</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>260</v>
+        <v>367</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>262</v>
+        <v>291</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L68" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="L68" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="D69" s="0" t="s">
         <v>371</v>
       </c>
+      <c r="D69" s="0">
+        <v>170350</v>
+      </c>
       <c r="E69" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="F69" s="0" t="s">
+      <c r="G69" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>373</v>
-      </c>
-[...7 lines deleted...]
-        <v>374</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>89</v>
+        <v>374</v>
       </c>
       <c r="L69" s="0">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="D70" s="0">
-        <v>170350</v>
+      <c r="D70" s="0" t="s">
+        <v>377</v>
       </c>
       <c r="E70" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="F70" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="F70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>378</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>41</v>
+        <v>379</v>
       </c>
       <c r="L70" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E71" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="F71" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="F71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>104</v>
+        <v>59</v>
       </c>
       <c r="L71" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="D72" s="0" t="s">
         <v>385</v>
       </c>
+      <c r="D72" s="0">
+        <v>170315</v>
+      </c>
       <c r="E72" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="F72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G72" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>386</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>104</v>
+        <v>59</v>
       </c>
       <c r="L72" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="D73" s="0">
-        <v>170315</v>
+      <c r="D73" s="0" t="s">
+        <v>389</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>372</v>
+        <v>390</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>296</v>
+        <v>392</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="L73" s="0">
-        <v>24</v>
-[...32 lines deleted...]
-      <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -6345,51 +6274,50 @@
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
-    <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>