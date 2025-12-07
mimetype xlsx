--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -3685,51 +3685,51 @@
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D26" s="0">
         <v>116379</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D27" s="0">
         <v>116387</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
@@ -4131,51 +4131,51 @@
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>36</v>
+        <v>140</v>
       </c>
       <c r="L40" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
@@ -4453,51 +4453,51 @@
         <v>179</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D50" s="0">
         <v>84861</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>116</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>181</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>182</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D51" s="0">
         <v>84862</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>116</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>181</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>34</v>
       </c>
@@ -4675,51 +4675,51 @@
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D57" s="0">
         <v>116434</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>200</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>203</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>