--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,264 +71,282 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Подставка для мельниц для специй для 2 мельниц;акрил;,H=155,L=175,B=90мм;прозр.,металлич.</t>
   </si>
   <si>
     <t>03172198</t>
   </si>
   <si>
     <t>Peugeot</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Подставки для мельниц для специй</t>
   </si>
   <si>
     <t>17426.00₸</t>
   </si>
   <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй для 2 мельниц;металл,бук;,H=160,L=175,B=90мм;серебрист.,коричнев.</t>
+  </si>
+  <si>
+    <t>03172199</t>
+  </si>
+  <si>
+    <t>25847STD</t>
+  </si>
+  <si>
+    <t>20606.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй;,H=55,L=40,B=28см</t>
+  </si>
+  <si>
+    <t>03174001</t>
+  </si>
+  <si>
+    <t>63664.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй;акрил;D=64,L=210,B=190мм</t>
+  </si>
+  <si>
+    <t>03174002</t>
+  </si>
+  <si>
+    <t>Alpha</t>
+  </si>
+  <si>
+    <t>7508.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй;сланец натур.;D=6,L=15,B=8см</t>
+  </si>
+  <si>
+    <t>03174023</t>
+  </si>
+  <si>
+    <t>00971</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>4634.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй со стаканом для зубочисток, цвет венге;бук;D=55/45,L=240мм</t>
+  </si>
+  <si>
+    <t>03174026</t>
+  </si>
+  <si>
+    <t>TEMP</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>11935.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй со стаканом для зубочисток, цвет мокко;бук;D=55/45,L=240мм</t>
+  </si>
+  <si>
+    <t>03174027</t>
+  </si>
+  <si>
+    <t>12705.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй (диаметр выемки 57 мм);бук;деревян.</t>
+  </si>
+  <si>
+    <t>03177106</t>
+  </si>
+  <si>
+    <t>FLHTK</t>
+  </si>
+  <si>
+    <t>12320.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй;бук;,H=11,L=21,5,B=15см;св. дерево</t>
+  </si>
+  <si>
+    <t>03177184</t>
+  </si>
+  <si>
+    <t>F811O-00N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>15262.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй;бук;,H=18,L=24,5,B=16,5см;св. дерево</t>
+  </si>
+  <si>
+    <t>03177185</t>
+  </si>
+  <si>
+    <t>F812O-00N</t>
+  </si>
+  <si>
+    <t>19120.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй;бук;,H=15,L=15,B=15см;св. дерево</t>
+  </si>
+  <si>
+    <t>03177186</t>
+  </si>
+  <si>
+    <t>F813O-00N</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй;бук;,H=20,L=10,B=10см;св. дерево</t>
+  </si>
+  <si>
+    <t>03177187</t>
+  </si>
+  <si>
+    <t>F814O-00N</t>
+  </si>
+  <si>
+    <t>17110.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Подставка для мельниц для специй для 2 мельниц;металл,бук;,H=160,L=175,B=90мм;серебрист.,коричнев.</t>
-[...160 lines deleted...]
-  <si>
     <t>Подставка для мельниц для специй;бук;,H=5,L=25,B=12см;св. дерево</t>
   </si>
   <si>
     <t>03177188</t>
   </si>
   <si>
     <t>F815O-00N</t>
   </si>
   <si>
     <t>14423.00₸</t>
   </si>
   <si>
     <t>Подставка для мельниц для специй;бук;,H=10,L=17,B=17см;св. дерево</t>
   </si>
   <si>
     <t>03177189</t>
   </si>
   <si>
     <t>F817O-00N</t>
   </si>
   <si>
     <t>Подставка для мельниц для специй «Линия» для 2 мельниц;бамбук,сталь нерж.;D=65,L=170мм;древесн.</t>
   </si>
   <si>
     <t>03177268</t>
   </si>
   <si>
     <t>Linea</t>
   </si>
   <si>
     <t>17025.00₸</t>
   </si>
   <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй «Линия» для 2 мельниц;бамбук,сталь нерж.;D=65,L=170мм;черный</t>
+  </si>
+  <si>
+    <t>03177269</t>
+  </si>
+  <si>
     <t>12 шт.</t>
   </si>
   <si>
-    <t>Подставка для мельниц для специй «Линия» для 2 мельниц;бамбук,сталь нерж.;D=65,L=170мм;черный</t>
-[...4 lines deleted...]
-  <si>
     <t>Подставка для мельниц для специй;бук;D=85/55,H=18,L=165мм;серый</t>
   </si>
   <si>
     <t>03177134</t>
   </si>
   <si>
     <t>10395.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для мельниц для специй «Вало»;дуб;,H=28,L=15,B=15см;св. дерево</t>
+  </si>
+  <si>
+    <t>03174044</t>
+  </si>
+  <si>
+    <t>Valo</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>63117.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -343,51 +361,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0708415F-10CF-11EC-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0708415E-10CF-11EC-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA1C3D97-21BF-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B66C-4253-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4DB0122-7DA9-11EB-BBEF-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C68D5DA-814B-11E9-BBBA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C68D5DB-814B-11E9-BBBA-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD35C-524D-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1949A68B-540A-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68CA8-A759-11EF-BC4E-00505692C44710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68D7E-A759-11EF-BC4E-00505692C44711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68BD2-A759-11EF-BC4E-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68AFC-A759-11EF-BC4E-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5854839F-8796-11EE-BC13-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4036235-42DB-11EF-BC4D-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEE6856-42DB-11EF-BC4D-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E5B388E-071C-11F0-BC57-00505692E04917.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0708415F-10CF-11EC-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0708415E-10CF-11EC-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA1C3D97-21BF-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B66C-4253-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4DB0122-7DA9-11EB-BBEF-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C68D5DA-814B-11E9-BBBA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C68D5DB-814B-11E9-BBBA-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD35C-524D-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1949A68B-540A-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68CA8-A759-11EF-BC4E-00505692C44710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68D7E-A759-11EF-BC4E-00505692C44711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68BD2-A759-11EF-BC4E-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE68AFC-A759-11EF-BC4E-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5854839F-8796-11EE-BC13-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4036235-42DB-11EF-BC4D-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEE6856-42DB-11EF-BC4D-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E5B388E-071C-11F0-BC57-00505692E04917.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7D76A8B-C7F0-11F0-BC5A-00505692E2D018.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -858,50 +876,80 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1147,62 +1195,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-2-h-melnic-peugeot-03172198/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-2-h-melnic-peugeot-03172199/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnic-peugeot-03174001/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnic-peugeot-03174002/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnic-banok-aps-03174023/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnicy-d-perca-soli-std-zub-temp-03174026/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnicy-d-perca-soli-std-zub-temp-03174027/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-temp-03177106/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177184/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177185/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177186/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177187/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177188/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177189/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-peugeot-03177268/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-peugeot-03177269/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-temp-03177134/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-2-h-melnic-peugeot-03172198/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-2-h-melnic-peugeot-03172199/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnic-peugeot-03174001/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnic-peugeot-03174002/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnic-banok-aps-03174023/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnicy-d-perca-soli-std-zub-temp-03174026/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-melnicy-d-perca-soli-std-zub-temp-03174027/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-temp-03177106/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177184/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177185/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177186/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177187/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177188/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-ppwood-03177189/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-peugeot-03177268/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-peugeot-03177269/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-temp-03177134/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-melnic-dlya-speciy-aps-03174044/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L18"/>
+  <dimension ref="A1:L19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I18" sqref="I18"/>
+      <selection activeCell="I19" sqref="I19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1401,81 +1449,81 @@
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D8" s="0"/>
       <c r="E8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
@@ -1559,86 +1607,86 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="L13" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>76</v>
@@ -1723,106 +1771,139 @@
         <v>85</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D17" s="0">
         <v>44565</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>83</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="80">
+      <c r="A19" s="0"/>
+      <c r="B19" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D19" s="0">
+        <v>14090</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J19" s="0"/>
+      <c r="K19" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="L19" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>