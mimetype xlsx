--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -133,243 +133,231 @@
   <si>
     <t>22215.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов плетеная;полиэстер;,H=10,L=13,5,B=20см;черный</t>
   </si>
   <si>
     <t>03081717</t>
   </si>
   <si>
     <t>10811.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов «Сварт»;металл;,H=13,5,L=29,5,B=25,5см;черный</t>
   </si>
   <si>
     <t>03081718</t>
   </si>
   <si>
     <t>Svart</t>
   </si>
   <si>
     <t>30700.00₸</t>
   </si>
   <si>
+    <t>Корзина для фруктов и хлеба;металл;D=21,H=16,5см;черный</t>
+  </si>
+  <si>
+    <t>03081741</t>
+  </si>
+  <si>
+    <t>21391.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов и хлеба;металл хромир.;D=180,H=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>03081742</t>
+  </si>
+  <si>
+    <t>9133.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Сварт»;металл;D=175,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03081746</t>
+  </si>
+  <si>
+    <t>19343.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Сварт»;металл;,H=8,L=20,B=25см;белый</t>
+  </si>
+  <si>
+    <t>03081747</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Сварт»;металл;,H=13,5,L=29,5,B=25,5см;белый</t>
+  </si>
+  <si>
+    <t>03081748</t>
+  </si>
+  <si>
+    <t>38685.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Инспайред» и хлеба прямоугольная;сталь нерж.;,H=80,L=355,B=325мм</t>
+  </si>
+  <si>
+    <t>04082079</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Inspired</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>61316.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Сварт» круглая;металл;D=175,H=80мм;черный</t>
+  </si>
+  <si>
+    <t>04082083</t>
+  </si>
+  <si>
+    <t>19967.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Сварт» овальная;металл;,H=8,L=20,B=15см;черный</t>
+  </si>
+  <si>
+    <t>04082084</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Сварт» овальная;металл;,H=8,L=24,B=19см;черный</t>
+  </si>
+  <si>
+    <t>04082085</t>
+  </si>
+  <si>
+    <t>20151.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов «Сварт» круглая;металл;D=20,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04082086</t>
+  </si>
+  <si>
+    <t>20559.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов;металл;D=18,H=15см;черный</t>
+  </si>
+  <si>
+    <t>04082087</t>
+  </si>
+  <si>
+    <t>B7218558</t>
+  </si>
+  <si>
+    <t>16425.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов;металл;D=105/80,H=80мм;золотой</t>
+  </si>
+  <si>
+    <t>04150826</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>17990.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов;металл;D=21/15,H=11см;золотой</t>
+  </si>
+  <si>
+    <t>04150828</t>
+  </si>
+  <si>
+    <t>23387.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для фруктов;металл;D=21/15,H=15см;черный</t>
+  </si>
+  <si>
+    <t>04150832</t>
+  </si>
+  <si>
+    <t>21714.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Корзина для фруктов и хлеба;металл;D=21,H=16,5см;черный</t>
-[...142 lines deleted...]
-  <si>
     <t>Корзина для фруктов;металл;D=21/15,H=11см;металлич.</t>
   </si>
   <si>
     <t>04150835</t>
   </si>
   <si>
     <t>25965.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов;металл;D=15,H=10,5см;металлич.</t>
   </si>
   <si>
     <t>04150837</t>
   </si>
   <si>
     <t>34573.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов;металл;D=21,H=20см</t>
   </si>
   <si>
     <t>04150838</t>
   </si>
   <si>
     <t>67160.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов;металл;D=15,H=10,5см;золотой</t>
   </si>
   <si>
     <t>04150839</t>
   </si>
   <si>
     <t>30831.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов;металл;D=21,H=20см;золотой</t>
   </si>
   <si>
     <t>04150840</t>
   </si>
   <si>
     <t>62524.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 шт.</t>
   </si>
   <si>
     <t>Корзина для фруктов;сталь нерж.;D=15,H=10,5см;черный</t>
   </si>
   <si>
     <t>04150843</t>
   </si>
   <si>
     <t>Asia Plus</t>
   </si>
   <si>
     <t>42612.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов;сталь нерж.;D=21,H=10,5см;черный</t>
   </si>
   <si>
     <t>04150846</t>
   </si>
   <si>
     <t>60700.00₸</t>
   </si>
   <si>
     <t>Корзина для фруктов;сталь нерж.;D=21,H=20см;черный</t>
   </si>
@@ -1953,903 +1941,903 @@
         <v>35</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="0">
         <v>30424</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D8" s="0">
         <v>30207</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D9" s="0">
         <v>30310</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D10" s="0">
         <v>30425</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D11" s="0">
         <v>30427</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D12" s="0">
         <v>30429</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D13" s="0">
         <v>650499</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D14" s="0">
         <v>30420</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D15" s="0">
         <v>30422</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D16" s="0">
         <v>30423</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D17" s="0">
         <v>30421</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D19" s="0">
         <v>15324</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D20" s="0">
         <v>15325</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D21" s="0">
         <v>15326</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D22" s="0">
         <v>15321</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D23" s="0">
         <v>15331</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D24" s="0">
         <v>15332</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D25" s="0">
         <v>15334</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D26" s="0">
         <v>15335</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D27" s="0">
         <v>15510</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D28" s="0">
         <v>15511</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D29" s="0">
         <v>15512</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D30" s="0">
         <v>15507</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D31" s="0">
         <v>15508</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="L31" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D32" s="0">
         <v>15509</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D33" s="0">
         <v>30209</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>