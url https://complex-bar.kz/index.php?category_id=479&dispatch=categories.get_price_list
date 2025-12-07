--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="640">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,99 +71,99 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Корзина для хлеба GN1/3;полипроп.,сталь нерж.;,H=10,L=32,5,B=17,5см;тем.корич.</t>
   </si>
   <si>
     <t>04018901</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Корзины для хлеба</t>
   </si>
   <si>
     <t>18704.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба GN1/3;полипроп.,сталь нерж.;,H=65,L=325,B=176мм;коричнев.</t>
   </si>
   <si>
     <t>04018991</t>
   </si>
   <si>
     <t>13811.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба GN1/4;полипроп.,сталь нерж.;,H=65,L=265,B=162мм;коричнев.</t>
   </si>
   <si>
     <t>04018992</t>
   </si>
   <si>
     <t>11585.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба GN1/6;полипроп.,сталь нерж.;,H=65,L=176,B=162мм;коричнев.</t>
   </si>
   <si>
     <t>04018993</t>
   </si>
   <si>
     <t>8218.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба GN1/4;полипроп.,сталь нерж.;,H=10,L=26,5,B=16,2см;коричнев.</t>
   </si>
   <si>
     <t>04018995</t>
   </si>
   <si>
     <t>14413.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба GN1/6;полипроп.,сталь нерж.;,H=10,L=17,6,B=16,2см;коричнев.</t>
   </si>
   <si>
     <t>04018996</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>6861.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба GN2/3;полипроп.,сталь нерж.;,H=10,L=35,4,B=32,5см;коричнев.</t>
   </si>
   <si>
     <t>04018997</t>
   </si>
   <si>
     <t>15246.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;,H=65,L=530,B=325мм;тем.корич.</t>
   </si>
@@ -269,53 +269,50 @@
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=190,H=75мм;бежев.</t>
   </si>
   <si>
     <t>04080350</t>
   </si>
   <si>
     <t>2001/B-01</t>
   </si>
   <si>
     <t>2352.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=210,H=75мм;бежев.</t>
   </si>
   <si>
     <t>04080351</t>
   </si>
   <si>
     <t>2002/B-01</t>
   </si>
   <si>
     <t>3171.00₸</t>
   </si>
   <si>
-    <t>46 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=180,H=75мм;бежев.</t>
   </si>
   <si>
     <t>04080352</t>
   </si>
   <si>
     <t>2005/B-01</t>
   </si>
   <si>
     <t>3010.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=230,H=75мм;бежев.</t>
   </si>
   <si>
     <t>04080353</t>
   </si>
   <si>
     <t>2007/B-01</t>
   </si>
   <si>
     <t>3696.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=18,H=6см;бежев.</t>
@@ -332,1389 +329,1377 @@
   <si>
     <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=70,L=220,B=125мм;бежев.</t>
   </si>
   <si>
     <t>04080355</t>
   </si>
   <si>
     <t>3122/B-01</t>
   </si>
   <si>
     <t>3360.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=70,L=235,B=200мм;бежев.</t>
   </si>
   <si>
     <t>04080356</t>
   </si>
   <si>
     <t>3001/B-01</t>
   </si>
   <si>
     <t>3934.00₸</t>
   </si>
   <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=60,L=265,B=100мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04080357</t>
+  </si>
+  <si>
+    <t>3135/B30B</t>
+  </si>
+  <si>
+    <t>3675.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=70,L=235,B=150мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080358</t>
+  </si>
+  <si>
+    <t>4007/B-01</t>
+  </si>
+  <si>
+    <t>3626.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=60,L=265,B=100мм;коричнев.</t>
-[...22 lines deleted...]
-  <si>
     <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=60,L=185,B=130мм;коричнев.</t>
   </si>
   <si>
     <t>04080359</t>
   </si>
   <si>
     <t>3052/B-30B</t>
   </si>
   <si>
     <t>3143.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;,H=7,L=30,B=22см;бежев.</t>
   </si>
   <si>
     <t>04080360</t>
   </si>
   <si>
     <t>5635.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=48,H=10,5,L=48,B=48см;бежев.</t>
+  </si>
+  <si>
+    <t>04080361</t>
+  </si>
+  <si>
+    <t>17189.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная без крышки;полипроп.,сталь;D=40,4,H=12,4см;св.корич.,металлич.</t>
+  </si>
+  <si>
+    <t>04080362</t>
+  </si>
+  <si>
+    <t>19586.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;,H=10,L=50,B=35см;бежев.</t>
+  </si>
+  <si>
+    <t>04080364</t>
+  </si>
+  <si>
+    <t>15750.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;,H=80,L=325,B=265мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080366</t>
+  </si>
+  <si>
+    <t>16681.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=20,H=7см;бежев.</t>
+  </si>
+  <si>
+    <t>04080367</t>
+  </si>
+  <si>
+    <t>C03002</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
+    <t>2135.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная на каркасе;металл;,H=82,L=600,B=220мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04080369</t>
+  </si>
+  <si>
+    <t>11147.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба «Фрэймс» плетеная;полипроп.;,H=11,L=54,4,B=34см;черный дуб</t>
+  </si>
+  <si>
+    <t>04080370</t>
+  </si>
+  <si>
+    <t>Frames</t>
+  </si>
+  <si>
+    <t>39655.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба «Фрэймс» плетеная;полипроп.;,H=70,L=325,B=265мм;черный дуб</t>
+  </si>
+  <si>
+    <t>04080371</t>
+  </si>
+  <si>
+    <t>19964.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Корзина для хлеба плетеная;полиротанг;D=48,H=10,5,L=48,B=48см;бежев.</t>
-[...88 lines deleted...]
-  <si>
     <t>Корзина для хлеба плетеная;полиротанг;,H=70,L=215,B=155мм;св. дерево</t>
   </si>
   <si>
     <t>04080376</t>
   </si>
   <si>
     <t>4277.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная с крышкой;полиротанг;,H=22,5,L=53,B=32см;бежев.</t>
   </si>
   <si>
     <t>04080377</t>
   </si>
   <si>
     <t>5285/B-01</t>
   </si>
   <si>
     <t>27847.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная для выкладки выпечки H=12/6см;полиротанг;,L=45,B=31см;бежев.</t>
   </si>
   <si>
     <t>04080378</t>
   </si>
   <si>
     <t>5041/B-01</t>
   </si>
   <si>
     <t>10220.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная для выкладки выпечки;полиротанг;,H=10,5,L=37,B=30см;бежев.</t>
   </si>
   <si>
     <t>04080379</t>
   </si>
   <si>
     <t>5297/B-01</t>
   </si>
   <si>
     <t>12089.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;,H=85,L=530,B=325мм;бежев.</t>
   </si>
   <si>
     <t>04080380</t>
   </si>
   <si>
     <t>3065/A-01</t>
   </si>
   <si>
     <t>20265.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Корзина для хлеба плетеная с крышкой;полиротанг;,H=17,L=53,B=32,5см;бежев.</t>
   </si>
   <si>
     <t>04080381</t>
   </si>
   <si>
     <t>3069/A-01</t>
   </si>
   <si>
     <t>31423.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;D=35,H=42см;коричнев.</t>
   </si>
   <si>
     <t>04080383</t>
   </si>
   <si>
     <t>44345.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;D=255/160,H=85мм;коричнев.</t>
   </si>
   <si>
     <t>04080384</t>
   </si>
   <si>
     <t>4798.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;,H=85,L=330,B=277мм;св. дерево</t>
   </si>
   <si>
     <t>04080385</t>
   </si>
   <si>
     <t>18074.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная без крышки арт. 4080701;полипроп.;D=40см;коричнев.</t>
   </si>
   <si>
     <t>04080386</t>
   </si>
   <si>
     <t>29043.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;,H=11,L=56,5,B=36см;св. дерево</t>
   </si>
   <si>
     <t>04080387</t>
   </si>
   <si>
     <t>061728</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>78818.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=28,H=85,5см;св.корич.</t>
   </si>
   <si>
     <t>04080389</t>
   </si>
   <si>
     <t>48226.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная без крышки;полиротанг;,L=53,B=32,5см;тем.корич.</t>
   </si>
   <si>
     <t>04080392</t>
   </si>
   <si>
-    <t>36629.00₸</t>
+    <t>42605.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба «Фрэймс» плетеная;полипроп.;,H=11,L=32,5,B=26,5см;черный дуб</t>
+  </si>
+  <si>
+    <t>04080393</t>
+  </si>
+  <si>
+    <t>24437.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба «Ин Ситу» плетеная;полиротанг;,H=20,L=50,B=43см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080394</t>
+  </si>
+  <si>
+    <t>In Situ</t>
+  </si>
+  <si>
+    <t>84061.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;,H=24,L=44,5,B=43,5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04080397</t>
+  </si>
+  <si>
+    <t>22232.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;сталь нерж.;,H=65,L=195,B=150мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080399</t>
+  </si>
+  <si>
+    <t>15057.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=19,H=7см;бежев.</t>
+  </si>
+  <si>
+    <t>04080460</t>
+  </si>
+  <si>
+    <t>6811.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=255,H=63мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080461</t>
+  </si>
+  <si>
+    <t>9352.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полипроп.;,H=8,L=22,B=17см;бежев.</t>
+  </si>
+  <si>
+    <t>04080462</t>
+  </si>
+  <si>
+    <t>6979.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=40,H=7см;бежев.</t>
+  </si>
+  <si>
+    <t>04080472</t>
+  </si>
+  <si>
+    <t>22498.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная без крышки;полипроп.;,H=11,L=57,B=36см;бежев.</t>
+  </si>
+  <si>
+    <t>04080476</t>
+  </si>
+  <si>
+    <t>57188.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=46,H=7см;бежев.</t>
+  </si>
+  <si>
+    <t>04080480</t>
+  </si>
+  <si>
+    <t>10178.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;,H=5,L=23,B=17см;бежев.</t>
+  </si>
+  <si>
+    <t>04080481</t>
+  </si>
+  <si>
+    <t>7455.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;,H=62,L=285,B=175мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080482</t>
+  </si>
+  <si>
+    <t>7945.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная без крышки;полипроп.;,H=80,L=530,B=325мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080483</t>
+  </si>
+  <si>
+    <t>45542.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=50,L=180,B=115мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080485</t>
+  </si>
+  <si>
+    <t>4046.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=61,L=230,B=156мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080486</t>
+  </si>
+  <si>
+    <t>4721.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=23,H=6см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080490</t>
+  </si>
+  <si>
+    <t>1856.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба и фруктов плетеная;полиротанг;D=31,H=10,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080491</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=6,L=21,B=17см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080492</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=6,L=24,B=20см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080493</t>
+  </si>
+  <si>
+    <t>1656.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=11,5,L=28,B=20см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080494</t>
+  </si>
+  <si>
+    <t>4012.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=70,L=328,B=250мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04080495</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=45,L=180,B=130мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080496</t>
+  </si>
+  <si>
+    <t>42945-18</t>
+  </si>
+  <si>
+    <t>2857.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=38,L=230,B=150мм;бежев.</t>
+  </si>
+  <si>
+    <t>04080497</t>
+  </si>
+  <si>
+    <t>42945-23</t>
+  </si>
+  <si>
+    <t>2180.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=35,H=41,5,L=32,B=34,6см;бежев.</t>
+  </si>
+  <si>
+    <t>04080498</t>
+  </si>
+  <si>
+    <t>74095.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеный для выпечки;полипроп.;,H=5,L=60,B=40см;св. дерево</t>
+  </si>
+  <si>
+    <t>04080843</t>
+  </si>
+  <si>
+    <t>54232.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеный для выпечки;полипроп.;,H=5,L=40,B=30см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081136</t>
+  </si>
+  <si>
+    <t>30324.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба парусина;хлопок;D=17,H=8см;белый</t>
+  </si>
+  <si>
+    <t>04081204</t>
+  </si>
+  <si>
+    <t>42875-17</t>
+  </si>
+  <si>
+    <t>6274.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полипроп.;,H=85,L=285,B=170мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04081208</t>
+  </si>
+  <si>
+    <t>9597.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;,H=7,L=36,B=15см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081209</t>
+  </si>
+  <si>
+    <t>3731.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба для хлебных палочек;сталь нерж.;D=95,H=135мм</t>
+  </si>
+  <si>
+    <t>04081211</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная без крышки;полипроп.;,H=15,5,L=53,B=32,5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081212</t>
+  </si>
+  <si>
+    <t>39459.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба «Линеа кью»;сталь нерж.;,H=51,L=240,B=120мм;металлич.</t>
+  </si>
+  <si>
+    <t>04081213</t>
+  </si>
+  <si>
+    <t>56530-24</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Linea Q</t>
+  </si>
+  <si>
+    <t>56064.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба «Профи Лайн» плетеная;полипроп.;D=28/30,H=38см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081219</t>
+  </si>
+  <si>
+    <t>54062.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;сталь нерж.;D=20,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04081220</t>
+  </si>
+  <si>
+    <t>19859.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;дерево;,H=12,5,L=34,B=26см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081221</t>
+  </si>
+  <si>
+    <t>00959</t>
+  </si>
+  <si>
+    <t>59654.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=28/30,H=38см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081222</t>
+  </si>
+  <si>
+    <t>38123.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;дерево;,H=20,L=34,B=26см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081223</t>
+  </si>
+  <si>
+    <t>00954</t>
+  </si>
+  <si>
+    <t>55002.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для корзины для хлеба «Профи Лайн» арт.50400;полипроп.;,H=26,L=38см;бежев.</t>
+  </si>
+  <si>
+    <t>04081226</t>
+  </si>
+  <si>
+    <t>Profi Line</t>
+  </si>
+  <si>
+    <t>10052.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба овальная;сталь нерж.;,H=85,L=245,B=180мм;металлич.</t>
+  </si>
+  <si>
+    <t>04081234</t>
+  </si>
+  <si>
+    <t>20069.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;,H=65,L=325,B=265мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04081236</t>
+  </si>
+  <si>
+    <t>42967-04</t>
+  </si>
+  <si>
+    <t>18026.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;,H=65,L=264,B=162мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04081238</t>
+  </si>
+  <si>
+    <t>42967-06</t>
+  </si>
+  <si>
+    <t>9718.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;,H=65,L=176,B=162мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04081239</t>
+  </si>
+  <si>
+    <t>42967-07</t>
+  </si>
+  <si>
+    <t>11897.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;,L=53,5,B=25см;св. дерево</t>
+  </si>
+  <si>
+    <t>04081243</t>
+  </si>
+  <si>
+    <t>75022.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;дерево;,H=24,L=66,B=40см;бежев.</t>
+  </si>
+  <si>
+    <t>04081248</t>
+  </si>
+  <si>
+    <t>20375.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=31/37,H=6см;бежев.</t>
+  </si>
+  <si>
+    <t>04081250</t>
+  </si>
+  <si>
+    <t>17605.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная H=27/16см;полипроп.;,L=45,B=40см;бежев.</t>
+  </si>
+  <si>
+    <t>04081254</t>
+  </si>
+  <si>
+    <t>77124.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;полипроп.;,H=10,L=40,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04081263</t>
+  </si>
+  <si>
+    <t>17241.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба с камнями;хлопок,керамика;D=19,H=23см;бежев.,коричнев.</t>
+  </si>
+  <si>
+    <t>04081265</t>
+  </si>
+  <si>
+    <t>25434.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=180/70,H=76мм;бежев.</t>
+  </si>
+  <si>
+    <t>04081270</t>
+  </si>
+  <si>
+    <t>9001/E01</t>
+  </si>
+  <si>
+    <t>1883.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=230/80,H=85мм;бежев.</t>
+  </si>
+  <si>
+    <t>04081271</t>
+  </si>
+  <si>
+    <t>9002/E01</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=65,L=185,B=145мм;бежев.</t>
+  </si>
+  <si>
+    <t>04081272</t>
+  </si>
+  <si>
+    <t>9003/E01</t>
+  </si>
+  <si>
+    <t>2030.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=80,L=230,B=185мм;бежев.</t>
+  </si>
+  <si>
+    <t>04081273</t>
+  </si>
+  <si>
+    <t>9004/E01</t>
+  </si>
+  <si>
+    <t>4053.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=18/7,H=7см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081274</t>
+  </si>
+  <si>
+    <t>9001/E02</t>
+  </si>
+  <si>
+    <t>3584.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=230/84,H=85мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04081275</t>
+  </si>
+  <si>
+    <t>9002/E02</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=65,L=185,B=145мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04081276</t>
+  </si>
+  <si>
+    <t>9003/E02</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=80,L=230,B=185мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04081277</t>
+  </si>
+  <si>
+    <t>9004/E02</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=180/70,H=76мм;золотой</t>
+  </si>
+  <si>
+    <t>04081278</t>
+  </si>
+  <si>
+    <t>9001/E03</t>
+  </si>
+  <si>
+    <t>2548.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=23/8,H=8см;золотой</t>
+  </si>
+  <si>
+    <t>04081279</t>
+  </si>
+  <si>
+    <t>9002/E03</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;,H=65,L=185,B=145мм;золотой</t>
+  </si>
+  <si>
+    <t>04081280</t>
+  </si>
+  <si>
+    <t>9003/E03</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=80,L=230,B=185мм;золотой</t>
+  </si>
+  <si>
+    <t>04081281</t>
+  </si>
+  <si>
+    <t>9004/E03</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=5,L=29,B=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081282</t>
+  </si>
+  <si>
+    <t>9015F/E02</t>
+  </si>
+  <si>
+    <t>4865.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=8,L=23,B=18см;бежев.</t>
+  </si>
+  <si>
+    <t>04081283</t>
+  </si>
+  <si>
+    <t>9013/B01</t>
+  </si>
+  <si>
+    <t>4830.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=8,L=23,B=18см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081284</t>
+  </si>
+  <si>
+    <t>9013/B30B</t>
+  </si>
+  <si>
+    <t>3430.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=20/8,H=8см;бежев.</t>
+  </si>
+  <si>
+    <t>04081285</t>
+  </si>
+  <si>
+    <t>9014/B01</t>
+  </si>
+  <si>
+    <t>3220.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=20/8,H=8см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081286</t>
+  </si>
+  <si>
+    <t>9014/B30B</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=13,L=38,B=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081287</t>
+  </si>
+  <si>
+    <t>5133E/30B</t>
+  </si>
+  <si>
+    <t>11501.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=11,L=40,B=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081288</t>
+  </si>
+  <si>
+    <t>5500/B30B</t>
+  </si>
+  <si>
+    <t>12208.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=11,L=45,B=40,2см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081289</t>
+  </si>
+  <si>
+    <t>5501/B30B</t>
+  </si>
+  <si>
+    <t>14630.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная квадратная;полиротанг;,H=8,L=45,B=45см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081290</t>
+  </si>
+  <si>
+    <t>5502/B30B</t>
+  </si>
+  <si>
+    <t>11578.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=8,L=45,B=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081291</t>
+  </si>
+  <si>
+    <t>5503/B30B</t>
+  </si>
+  <si>
+    <t>17927.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная h=9/18см;полиротанг;,L=60,B=40см;коричнев.</t>
+  </si>
+  <si>
+    <t>04081292</t>
+  </si>
+  <si>
+    <t>5533/B30B</t>
+  </si>
+  <si>
+    <t>20594.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба с ручкой;сталь нерж.;,H=21,L=24,B=24см;медный</t>
+  </si>
+  <si>
+    <t>04081295</t>
+  </si>
+  <si>
+    <t>17325.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=65,L=230,B=150мм;св.корич.</t>
+  </si>
+  <si>
+    <t>04081297</t>
+  </si>
+  <si>
+    <t>C03001</t>
+  </si>
+  <si>
+    <t>2527.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=65,L=180,B=130мм;св.корич.</t>
+  </si>
+  <si>
+    <t>04081298</t>
+  </si>
+  <si>
+    <t>C03001-A</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=65,L=230/90,B=150мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>04081299</t>
+  </si>
+  <si>
+    <t>C03001V</t>
+  </si>
+  <si>
+    <t>2702.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная овальная;полиротанг;,H=65,L=180,B=130мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>04082001</t>
+  </si>
+  <si>
+    <t>C03001V-A</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=23,H=7см;св.корич.</t>
+  </si>
+  <si>
+    <t>04082002</t>
+  </si>
+  <si>
+    <t>C03002-A</t>
+  </si>
+  <si>
+    <t>2779.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=25,H=7см;св.корич.</t>
+  </si>
+  <si>
+    <t>04082003</t>
+  </si>
+  <si>
+    <t>C03002-B</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;D=18,H=7см;св.корич.</t>
+  </si>
+  <si>
+    <t>04082004</t>
+  </si>
+  <si>
+    <t>C03002-C</t>
+  </si>
+  <si>
+    <t>2422.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полиротанг;,H=6,L=23,B=10см;св.корич.</t>
+  </si>
+  <si>
+    <t>04082005</t>
+  </si>
+  <si>
+    <t>C03003</t>
+  </si>
+  <si>
+    <t>1869.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=7,L=23,B=15см;св.корич.</t>
+  </si>
+  <si>
+    <t>04082006</t>
+  </si>
+  <si>
+    <t>C03004</t>
+  </si>
+  <si>
+    <t>1862.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=7,L=23,B=15см;тем.корич.</t>
+  </si>
+  <si>
+    <t>04082007</t>
+  </si>
+  <si>
+    <t>C03004-V</t>
+  </si>
+  <si>
+    <t>2870.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;сталь нерж.;D=20см</t>
+  </si>
+  <si>
+    <t>04082012</t>
+  </si>
+  <si>
+    <t>41629-20</t>
+  </si>
+  <si>
+    <t>31925.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=16,H=8см</t>
+  </si>
+  <si>
+    <t>04082014</t>
+  </si>
+  <si>
+    <t>9863.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=13,H=10см;св.бежев.</t>
+  </si>
+  <si>
+    <t>04082017</t>
+  </si>
+  <si>
+    <t>4128.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба плетеная;полипроп.;D=13,H=10см;тем.корич.</t>
+  </si>
+  <si>
+    <t>04082018</t>
+  </si>
+  <si>
+    <t>4567.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба овальная;хлопок;,H=9,L=25,B=18см;бежев.</t>
+  </si>
+  <si>
+    <t>04082021</t>
+  </si>
+  <si>
+    <t>5806.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба с крышкой для буфетной станции;ротанг,пластик;,H=29,5,L=52,5,B=32см</t>
+  </si>
+  <si>
+    <t>04082028</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>114677.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;сталь нерж.;D=175,H=70мм</t>
+  </si>
+  <si>
+    <t>04082035</t>
+  </si>
+  <si>
+    <t>11635.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;металл;D=17,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04082036</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>18711.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;металл;D=200,H=85мм;черный</t>
+  </si>
+  <si>
+    <t>04082037</t>
+  </si>
+  <si>
+    <t>23239.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;металл;,H=7,L=21,B=10см;черный</t>
+  </si>
+  <si>
+    <t>04082038</t>
+  </si>
+  <si>
+    <t>16632.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;металл;,H=12,L=30,B=14см;черный</t>
+  </si>
+  <si>
+    <t>04082039</t>
+  </si>
+  <si>
+    <t>28306.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба GN1/1;металл;,H=75,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04082040</t>
+  </si>
+  <si>
+    <t>47201.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Корзина для хлеба «Фрэймс» плетеная;полипроп.;,H=11,L=32,5,B=26,5см;черный дуб</t>
-[...988 lines deleted...]
-  <si>
     <t>Корзина для хлеба GN1/2;металл;,H=75,L=325,B=265мм;черный</t>
   </si>
   <si>
     <t>04082041</t>
   </si>
   <si>
     <t>34235.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба GN2/4;металл;,H=75,L=530,B=162мм;черный</t>
   </si>
   <si>
     <t>04082042</t>
   </si>
   <si>
-    <t>29114.00₸</t>
+    <t>33788.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;полипроп.;D=13,H=10см;черный</t>
   </si>
   <si>
     <t>04082044</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=10,L=42,5,B=28см;бежев.</t>
   </si>
   <si>
     <t>04082060</t>
   </si>
   <si>
     <t>3375/A01</t>
   </si>
   <si>
     <t>12187.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная GN1/1;полипроп.;,H=65,L=530,B=325мм;коричнев.</t>
   </si>
   <si>
     <t>04082062</t>
   </si>
   <si>
-    <t>16001.00₸</t>
+    <t>29692.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная GN1/2;полипроп.;,H=65,L=325,B=265мм;коричнев.</t>
   </si>
   <si>
     <t>04082063</t>
   </si>
   <si>
-    <t>11874.00₸</t>
+    <t>17957.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;бумага;D=18см</t>
   </si>
   <si>
     <t>04082065</t>
   </si>
   <si>
     <t>94 7900 91 000000</t>
   </si>
   <si>
     <t>Playground</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба «Профи Лайн» овальная плетеная;полипроп.;,H=8,L=28,B=16см;коричнев.</t>
   </si>
   <si>
     <t>04082067</t>
   </si>
   <si>
     <t>9425.00₸</t>
   </si>
@@ -1727,89 +1712,74 @@
   <si>
     <t>Italo Ottinetti</t>
   </si>
   <si>
     <t>Tavola Le Piccole Gold Age</t>
   </si>
   <si>
     <t>23855.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;ткань;D=24,H=24см;черный</t>
   </si>
   <si>
     <t>04082069</t>
   </si>
   <si>
     <t>12705.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;ткань;,H=11,5,L=12,B=11,5см;бежев.</t>
   </si>
   <si>
     <t>04082071</t>
   </si>
   <si>
+    <t>8239.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для хлеба;ткань;,H=11,5,L=12,B=11,5см;черный</t>
+  </si>
+  <si>
+    <t>04082072</t>
+  </si>
+  <si>
     <t>5737.00₸</t>
   </si>
   <si>
-    <t>Корзина для хлеба;ткань;,H=11,5,L=12,B=11,5см;черный</t>
-[...4 lines deleted...]
-  <si>
     <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=60,L=420,B=315мм;бежев.</t>
   </si>
   <si>
     <t>04082074</t>
   </si>
   <si>
     <t>3373/A01</t>
   </si>
   <si>
     <t>11837.00₸</t>
   </si>
   <si>
-    <t>Корзина для хлеба плетеная для багета на подставке;D=22/37,H=85см</t>
-[...16 lines deleted...]
-  <si>
     <t>Корзина для хлеба «Честини»;лен;,L=13,B=13см;серый</t>
   </si>
   <si>
     <t>04082509</t>
   </si>
   <si>
     <t>DB.18</t>
   </si>
   <si>
     <t>Royale</t>
   </si>
   <si>
     <t>Cestini</t>
   </si>
   <si>
     <t>14969.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная с чехлом без ручек;дерево;D=30,H=9см;черный</t>
   </si>
   <si>
     <t>04082512</t>
   </si>
   <si>
     <t>4613.00₸</t>
@@ -1877,99 +1847,102 @@
   <si>
     <t>09100547</t>
   </si>
   <si>
     <t>17570.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=11,L=53,5,B=34см;коричнев.</t>
   </si>
   <si>
     <t>09100548</t>
   </si>
   <si>
     <t>37898.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=10,L=32,5,B=26,5см;коричнев.</t>
   </si>
   <si>
     <t>09100549</t>
   </si>
   <si>
-    <t>22484.00₸</t>
+    <t>22981.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=10,L=26,5,B=16,2см;коричнев.</t>
   </si>
   <si>
     <t>09100550</t>
   </si>
   <si>
     <t>5600.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=10,L=17,6,B=16,2см;коричнев.</t>
   </si>
   <si>
     <t>09100551</t>
   </si>
   <si>
     <t>5976.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=40,H=13см;св. дерево</t>
   </si>
   <si>
     <t>09100781</t>
   </si>
   <si>
     <t>9729.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;,H=10,L=32,5,B=26,5см;св. дерево</t>
   </si>
   <si>
     <t>04082570</t>
   </si>
   <si>
     <t>42967-14</t>
   </si>
   <si>
     <t>21014.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба «Урбан» для багета;металл;D=225,H=28мм;черный</t>
   </si>
   <si>
     <t>04082088</t>
   </si>
   <si>
-    <t>23737.00₸</t>
+    <t>30534.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;полипроп.,сталь нерж.;,H=5,L=30,B=15см;бежев.</t>
   </si>
   <si>
     <t>04082089</t>
   </si>
   <si>
     <t>5117.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1993,51 +1966,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD806-4252-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C3BF-21C4-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C30D-21C4-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F6B350-21C4-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D289-4252-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C26D-21C4-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D28B-4252-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77534EFE-21C4-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4909937E-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099381-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099382-424E-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A46-424E-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2136-424E-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B65B-21C4-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2138-424E-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2139-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7347-21C4-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B76AF-21C4-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535446-21C4-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF5F4-21C4-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B445-21C4-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B393-21C4-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B7BF-21C4-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807D43-21C4-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B871-21C4-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BE0-424E-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F64-424E-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDE62-21C4-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D18B0-21C4-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161BD-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB84-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A33F-424F-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817DEF-21C4-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710453-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9447-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34193-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34194-424F-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDFB4-21C4-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71503BCA-21C4-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34197-424F-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1950-21C4-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1B30-21C4-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089848-4250-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B26-4250-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1770-21C4-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02903C-4250-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A25-4250-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD7A5AD4-21C4-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB19-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F6890F4-21C4-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD9F69BF-AEF5-11EE-BC40-00505692492F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1BD0-21C4-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B39E-424C-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807929-21C4-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579C-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817ACF-21C4-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9012-424D-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9017-424D-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9018-424D-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9019-424D-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE901B-424D-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE901C-424D-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7295-21C4-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2ECE-424D-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDD10-21C4-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDC70-21C4-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B8077C5-21C4-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45BF-424D-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D08E965-424E-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDDC2-21C4-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535190-21C4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096FE4-21C4-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B097084-21C4-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6CC-4251-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F48-4251-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345194-4251-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD16B-4251-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4BC-4251-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811D947-AEC9-11EE-BC40-00505692492F79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDF14-21C4-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEB38-21C4-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70F7D-21C4-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1A90-21C4-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70EDD-21C4-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A82F-21C3-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F80-4252-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF7E6-21C4-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF926-21C4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DFA78-21C4-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D525-4252-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F6892D4-21C4-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D19F0-21C4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817B6F-21C4-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7014-4253-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C45F-21C4-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7761-21C4-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535394-21C4-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDB1E-21C4-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807B2D-21C4-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7801-21C4-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775352E2-21C4-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDA6C-21C4-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B8079DB-21C4-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B75FD-21C4-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775354F8-21C4-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF9C6-21C4-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807A7B-21C4-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B923-21C4-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807C91-21C4-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807BDF-21C4-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B74AB-21C4-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B73F9-21C4-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B9D5-21C4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807713-21C4-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E77-4253-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E78-4253-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F6895F4-21C4-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E7D-4253-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F60-4253-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B8-4254-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B9-4254-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CD9BA-21C4-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDBBE-21C4-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B71E3-21C4-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535230-21C4-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF542-21C4-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DFB2A-21C4-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B5A9-21C4-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B4F7-21C4-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEA98-21C4-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1D10-21C4-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDBB-4254-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F688FB4-21C4-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D50-4254-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC712AF-21C4-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEBD8-21C4-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70C5D-21C4-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEF98-21C4-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70CFD-21C4-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70D9D-21C4-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA651D3B-F162-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA651D3A-F162-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA651D39-F162-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEDB8-21C4-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807877-21C4-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817D4F-21C4-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817CAF-21C4-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FF71-21C4-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FC51-21C4-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FD91-21C4-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFC1789B-21C4-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFC17A9F-21C4-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFC179DB-21C4-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B70D-21C4-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817A2F-21C4-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FE31-21C4-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F689414-21C4-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEC78-21C4-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FBB1-21C4-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FB11-21C4-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC7116F-21C4-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA000C4-8EBC-11EE-BC13-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE67-424E-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070AE2-2230-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8700264A-2230-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070BA6-2230-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070C46-2230-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070D42-2230-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160BD-424E-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3E02-04DF-11F0-BC53-00505692E2D0170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3D2C-04DF-11F0-BC53-00505692E2D0171.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD806-4252-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C3BF-21C4-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C30D-21C4-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F6B350-21C4-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D289-4252-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C26D-21C4-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D28B-4252-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77534EFE-21C4-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4909937E-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099381-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099382-424E-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A46-424E-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2136-424E-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B65B-21C4-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2138-424E-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2139-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7347-21C4-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B76AF-21C4-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535446-21C4-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF5F4-21C4-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B445-21C4-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B393-21C4-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B7BF-21C4-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807D43-21C4-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B871-21C4-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BE0-424E-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F64-424E-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDE62-21C4-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D18B0-21C4-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161BD-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB84-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A33F-424F-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817DEF-21C4-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710453-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9447-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34193-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34194-424F-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDFB4-21C4-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71503BCA-21C4-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34197-424F-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1950-21C4-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1B30-21C4-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089848-4250-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B26-4250-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1770-21C4-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02903C-4250-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A25-4250-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD7A5AD4-21C4-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB19-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F6890F4-21C4-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD9F69BF-AEF5-11EE-BC40-00505692492F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1BD0-21C4-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B39E-424C-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807929-21C4-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579C-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817ACF-21C4-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9012-424D-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9017-424D-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9018-424D-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE9019-424D-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE901B-424D-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE901C-424D-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7295-21C4-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2ECE-424D-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDD10-21C4-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDC70-21C4-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B8077C5-21C4-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45BF-424D-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D08E965-424E-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDDC2-21C4-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535190-21C4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096FE4-21C4-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B097084-21C4-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6CC-4251-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F48-4251-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345194-4251-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD16B-4251-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4BC-4251-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811D947-AEC9-11EE-BC40-00505692492F79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDF14-21C4-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEB38-21C4-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70F7D-21C4-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1A90-21C4-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70EDD-21C4-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A82F-21C3-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F80-4252-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF7E6-21C4-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF926-21C4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DFA78-21C4-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D525-4252-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F6892D4-21C4-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D19F0-21C4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817B6F-21C4-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7014-4253-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C45F-21C4-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7761-21C4-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535394-21C4-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDB1E-21C4-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807B2D-21C4-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B7801-21C4-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775352E2-21C4-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDA6C-21C4-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B8079DB-21C4-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B75FD-21C4-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775354F8-21C4-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF9C6-21C4-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807A7B-21C4-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B923-21C4-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807C91-21C4-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807BDF-21C4-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B74AB-21C4-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B73F9-21C4-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B9D5-21C4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807713-21C4-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E77-4253-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E78-4253-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F6895F4-21C4-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6859E7D-4253-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F60-4253-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B8-4254-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A8514B9-4254-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CD9BA-21C4-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A17CDBBE-21C4-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D5B71E3-21C4-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77535230-21C4-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DF542-21C4-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836DFB2A-21C4-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B5A9-21C4-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B4F7-21C4-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEA98-21C4-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896D1D10-21C4-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDBB-4254-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F688FB4-21C4-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D50-4254-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC712AF-21C4-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEBD8-21C4-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70C5D-21C4-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEF98-21C4-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70CFD-21C4-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC70D9D-21C4-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA651D3B-F162-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA651D3A-F162-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA651D39-F162-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEDB8-21C4-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B807877-21C4-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817D4F-21C4-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7817CAF-21C4-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FF71-21C4-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FC51-21C4-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FD91-21C4-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFC1789B-21C4-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFC17A9F-21C4-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFC179DB-21C4-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9579B70D-21C4-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FE31-21C4-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F689414-21C4-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5BEEC78-21C4-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FBB1-21C4-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1E4FB11-21C4-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBC7116F-21C4-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA000C4-8EBC-11EE-BC13-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE67-424E-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070AE2-2230-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8700264A-2230-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070BA6-2230-11EE-BC0D-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070C46-2230-11EE-BC0D-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070D42-2230-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160BD-424E-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3E02-04DF-11F0-BC53-00505692E2D0169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3D2C-04DF-11F0-BC53-00505692E2D0170.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -7042,123 +7015,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="168" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="169" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>171</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="170" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7417,62 +7360,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-3-aps-04018901/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-3-aps-04018991/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-4-aps-04018992/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-6-aps-04018993/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-4-aps-04018995/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-6-aps-04018996/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr2-3-aps-04018997/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080339/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-s-ruchkami-kesper-04080340/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kesper-04080343/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-s-chehlom-s-ruchkami-kesper-04080344/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04080346/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080347/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080348/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04080349/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080350/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080351/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080352/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080353/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080354/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080355/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080356/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080357/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04080358/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080359/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080360/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080361/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080362/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080364/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080366/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04080367/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-na-karkase-aps-04080369/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080370/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080371/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080376/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/hlebnica-pletens-krysh-prohotel-04080377/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-vykladki-vypechki-prohotel-04080378/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-vykladki-vypechki-prohotel-04080379/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-prohotel-04080380/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080381/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080383/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080384/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080385/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080386/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-04080387/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-04080389/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-bez-kryshki-aps-04080392/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080393/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-04080394/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080397/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-aps-04080399/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080460/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080461/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-aps-04080462/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080472/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080476/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080480/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080481/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080482/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080483/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-ovalnaya-aps-04080485/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-ovalnaya-aps-04080486/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kesper-04080490/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-fruktov-i-vypechki-kesper-04080491/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-kesper-04080492/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-kesper-04080493/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-kesper-04080494/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-kesper-04080495/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-paderno-04080496/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-paderno-04080497/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080498/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pletenyy-d-vypechki-aps-04080843/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pletenyy-d-vypechki-aps-04081136/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-paderno-04081204/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-aps-04081208/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081209/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-podstavka-d-hlebnyh-palochek-aps-04081211/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-bez-kryshki-aps-04081212/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-sambonet-04081213/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081219/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081220/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081221/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081222/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081223/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-korziny-dlya-hleba-aps-04081226/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-ovalnaya-aps-04081234/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04081236/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04081238/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04081239/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-matfer-04081243/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kesper-04081248/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081250/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04081254/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081263/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-s-kamnyami-aps-04081265/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081270/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081271/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081272/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081273/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081274/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081275/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081276/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081277/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081278/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081279/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081280/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081281/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081282/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081283/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081284/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081285/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081286/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081287/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081288/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081289/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kvadratnaya-prohotel-04081290/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081291/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081292/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-s-ruchkoy-aps-04081295/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04081297/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04081298/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04081299/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04082001/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082002/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082003/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082004/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082005/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-sunnex-04082006/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-sunnex-04082007/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-paderno-04082012/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04082014/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04082017/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04082018/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-ovalnaya-aps-04082021/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-s-kryshkoy-dlya-buf-stancii-pintinox-04082028/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082035/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082036/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082037/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082038/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082039/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-gn1-1-aps-04082040/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-gn1-2-aps-04082041/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-gn2-4-aps-04082042/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082044/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04082060/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-gn1-1-aps-04082062/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-gn1-2-aps-04082063/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-bauscher-04082065/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-ovalnaya-pletenaya-aps-04082067/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-2-ruchki-italo-ottinetti-04082068/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082069/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082071/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082072/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04082074/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-bageta-na-podstavke-hold-04082077/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-royale-04082509/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-s-chehlom-bez-ruchek-kesper-04082512/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-prohotel-04082526/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-kesper-04082531/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-kesper-04082532/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-kesper-04082533/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-pintinox-04082571/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-09100294/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100547/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100548/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100549/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100550/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100551/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-09100781/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-paderno-04082570/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082088/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082089/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-3-aps-04018901/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-3-aps-04018991/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-4-aps-04018992/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-6-aps-04018993/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-4-aps-04018995/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr1-6-aps-04018996/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-gastr2-3-aps-04018997/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080339/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-s-ruchkami-kesper-04080340/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kesper-04080343/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-s-chehlom-s-ruchkami-kesper-04080344/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04080346/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080347/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080348/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04080349/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080350/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080351/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080352/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080353/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080354/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080355/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080356/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080357/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04080358/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04080359/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080360/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080361/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080362/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080364/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080366/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04080367/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-na-karkase-aps-04080369/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080370/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080371/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080376/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/hlebnica-pletens-krysh-prohotel-04080377/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-vykladki-vypechki-prohotel-04080378/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-vykladki-vypechki-prohotel-04080379/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-prohotel-04080380/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04080381/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080383/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080384/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080385/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080386/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-04080387/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-04080389/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-bez-kryshki-aps-04080392/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080393/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-04080394/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080397/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-aps-04080399/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080460/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080461/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-aps-04080462/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080472/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080476/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04080480/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080481/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080482/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080483/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-ovalnaya-aps-04080485/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-ovalnaya-aps-04080486/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kesper-04080490/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-fruktov-i-vypechki-kesper-04080491/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-kesper-04080492/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-kesper-04080493/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-kesper-04080494/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-kesper-04080495/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-paderno-04080496/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-paderno-04080497/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04080498/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pletenyy-d-vypechki-aps-04080843/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pletenyy-d-vypechki-aps-04081136/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-paderno-04081204/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-aps-04081208/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081209/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-podstavka-d-hlebnyh-palochek-aps-04081211/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-bez-kryshki-aps-04081212/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-sambonet-04081213/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081219/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081220/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081221/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081222/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081223/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-korziny-dlya-hleba-aps-04081226/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-ovalnaya-aps-04081234/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04081236/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04081238/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-paderno-04081239/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-matfer-04081243/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kesper-04081248/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04081250/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-04081254/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04081263/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-s-kamnyami-aps-04081265/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081270/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081271/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081272/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081273/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081274/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081275/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081276/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081277/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081278/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081279/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081280/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081281/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081282/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081283/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-prohotel-04081284/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081285/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-prohotel-04081286/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081287/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081288/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081289/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-kvadratnaya-prohotel-04081290/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081291/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04081292/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-s-ruchkoy-aps-04081295/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04081297/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04081298/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04081299/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-ovalnaya-sunnex-04082001/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082002/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082003/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082004/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-sunnex-04082005/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-sunnex-04082006/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-sunnex-04082007/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-paderno-04082012/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04082014/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04082017/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-aps-04082018/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-ovalnaya-aps-04082021/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-s-kryshkoy-dlya-buf-stancii-pintinox-04082028/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082035/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082036/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082037/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082038/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082039/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-gn1-1-aps-04082040/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-gn1-2-aps-04082041/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-gn2-4-aps-04082042/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082044/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04082060/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-gn1-1-aps-04082062/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-gn1-2-aps-04082063/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-bauscher-04082065/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-ovalnaya-pletenaya-aps-04082067/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-2-ruchki-italo-ottinetti-04082068/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082069/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082071/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082072/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-pryamougolnaya-prohotel-04082074/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-royale-04082509/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-s-chehlom-bez-ruchek-kesper-04082512/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-prohotel-04082526/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-kesper-04082531/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-kesper-04082532/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-kesper-04082533/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-pintinox-04082571/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-dlya-hleba-matfer-09100294/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100547/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100548/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100549/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100550/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-09100551/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-pletenaya-aps-09100781/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-paderno-04082570/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082088/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-hleba-aps-04082089/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L173"/>
+  <dimension ref="A1:L172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I173" sqref="I173"/>
+      <selection activeCell="I172" sqref="I172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -8023,5030 +7966,4998 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>83</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L22" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="L23" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L24" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L25" s="0">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L26" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D27" s="0">
         <v>30286</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D28" s="0">
         <v>30294</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D29" s="0">
         <v>40149</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="L29" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D30" s="0">
         <v>40240</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D31" s="0">
         <v>40152</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="L31" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="E32" s="0" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D33" s="0">
         <v>30297</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L33" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D34" s="0">
         <v>40293</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D35" s="0">
         <v>40290</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D36" s="0">
         <v>30283</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L37" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L39" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>172</v>
+        <v>149</v>
       </c>
       <c r="L40" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L41" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D42" s="0">
         <v>40199</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D43" s="0">
         <v>40192</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D44" s="0">
         <v>40222</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="L44" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D45" s="0">
         <v>40295</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D47" s="0">
         <v>573421</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D48" s="0">
         <v>40294</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="L48" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D49" s="0">
         <v>40292</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>207</v>
+        <v>149</v>
       </c>
       <c r="L49" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D50" s="0">
         <v>512022</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D51" s="0">
         <v>40153</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L51" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D52" s="0">
         <v>30210</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D53" s="0">
         <v>40132</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="D54" s="0">
         <v>40135</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D55" s="0">
         <v>40140</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D56" s="0">
         <v>40144</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D57" s="0">
         <v>40150</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>61</v>
+        <v>230</v>
       </c>
       <c r="L57" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D58" s="0">
         <v>40128</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D59" s="0">
         <v>40137</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="D60" s="0">
         <v>40139</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D61" s="0">
         <v>40148</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D62" s="0">
         <v>30279</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D63" s="0">
         <v>30280</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>254</v>
+        <v>120</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D64" s="0">
         <v>17830</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L64" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="D65" s="0">
         <v>17831</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L65" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="D66" s="0">
         <v>17832</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L66" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="D67" s="0">
         <v>17833</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="L67" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D68" s="0">
         <v>17837</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="L68" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="D69" s="0">
         <v>17821</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L69" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L70" s="0">
         <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="D72" s="0">
         <v>40198</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D73" s="0">
         <v>50915</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="D74" s="0">
         <v>50905</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="L74" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L75" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D76" s="0">
         <v>40194</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="D77" s="0">
         <v>30284</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L77" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D78" s="0">
         <v>30272</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D79" s="0">
         <v>40129</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="D81" s="0">
         <v>50500</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="D82" s="0">
         <v>30220</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L82" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>323</v>
+        <v>26</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D84" s="0">
         <v>50501</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L85" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="D86" s="0">
         <v>50315</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="D87" s="0">
         <v>30240</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="D91" s="0">
         <v>512015</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="D92" s="0">
         <v>11754</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="D93" s="0">
         <v>50205</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="D94" s="0">
         <v>50305</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="D95" s="0">
         <v>50712</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="D96" s="0">
         <v>30390</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L100" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L102" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="L107" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L108" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L113" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L114" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L115" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L116" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L117" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L119" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="D120" s="0">
         <v>30202</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L122" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="L124" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="L126" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="L127" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L128" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L129" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L130" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="D132" s="0">
         <v>50600</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="D133" s="0">
         <v>50621</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="D134" s="0">
         <v>50623</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="D135" s="0">
         <v>30370</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L135" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="D136" s="0">
         <v>97150760</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="D137" s="0">
         <v>30200</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L137" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="D138" s="0">
         <v>30410</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="L138" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="D139" s="0">
         <v>30411</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>284</v>
+        <v>133</v>
       </c>
       <c r="L139" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="D140" s="0">
         <v>30412</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="D141" s="0">
         <v>30413</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="D142" s="0">
         <v>30414</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>207</v>
+        <v>528</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="D143" s="0">
         <v>30415</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="L143" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="D144" s="0">
         <v>30416</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L144" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="D145" s="0">
         <v>50622</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L146" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="D147" s="0">
         <v>40260</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="D148" s="0">
         <v>40262</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L149" s="0"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="D150" s="0">
         <v>50808</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="D151" s="0">
         <v>1530016</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="D152" s="0">
         <v>30445</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="D153" s="0">
         <v>30355</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="D154" s="0">
         <v>30356</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L154" s="0"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="L155" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="E156" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="F156" s="0" t="s">
         <v>577</v>
       </c>
-      <c r="C156" s="0" t="s">
+      <c r="G156" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="H156" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I156" s="1" t="s">
         <v>578</v>
-      </c>
-[...14 lines deleted...]
-        <v>582</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="L156" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>580</v>
+      </c>
+      <c r="D157" s="0">
+        <v>19622</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>586</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="L157" s="0"/>
+        <v>149</v>
+      </c>
+      <c r="L157" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>19622</v>
+        <v>583</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>584</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="L158" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>587</v>
+      </c>
+      <c r="D159" s="0">
+        <v>17633</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L159" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="D160" s="0">
-        <v>17633</v>
+        <v>17643</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L160" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="D161" s="0">
-        <v>17643</v>
+        <v>17684</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L161" s="0">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>17684</v>
+        <v>595</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>596</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>47</v>
+        <v>507</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="L162" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>606</v>
+        <v>599</v>
+      </c>
+      <c r="D163" s="0">
+        <v>512020</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>513</v>
+        <v>191</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>59</v>
+        <v>192</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="L163" s="0"/>
+      <c r="L163" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="D164" s="0">
-        <v>512020</v>
+        <v>40274</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>194</v>
+        <v>14</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>22</v>
+        <v>604</v>
       </c>
       <c r="L164" s="0">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
       <c r="D165" s="0">
-        <v>40274</v>
+        <v>40270</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>614</v>
+        <v>22</v>
       </c>
       <c r="L165" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="D166" s="0">
-        <v>40270</v>
+        <v>40272</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>22</v>
+        <v>611</v>
       </c>
       <c r="L166" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="D167" s="0">
-        <v>40272</v>
+        <v>40276</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="L167" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="D168" s="0">
-        <v>40276</v>
+        <v>40278</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L168" s="0">
-        <v>36</v>
+        <v>50</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="D169" s="0">
-        <v>40278</v>
+        <v>30298</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L169" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
-      <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>30298</v>
+        <v>622</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>623</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L170" s="0">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
+      <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>632</v>
+        <v>626</v>
+      </c>
+      <c r="D171" s="0">
+        <v>30211</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F171" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>514</v>
+      </c>
       <c r="G171" s="0" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L171" s="0">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="D172" s="0">
-        <v>30211</v>
+        <v>40344</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F172" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="L172" s="0">
-[...31 lines deleted...]
-      <c r="L173" s="0"/>
+      <c r="L172" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -13178,51 +13089,50 @@
     <hyperlink ref="B148" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
-    <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>