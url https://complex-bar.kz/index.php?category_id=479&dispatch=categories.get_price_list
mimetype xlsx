--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="628">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -200,51 +200,51 @@
   <si>
     <t>04080344</t>
   </si>
   <si>
     <t>5945.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=23,H=7см;бежев.</t>
   </si>
   <si>
     <t>04080346</t>
   </si>
   <si>
     <t>42944-23</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>6114.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=19,H=7см;бежев.</t>
   </si>
   <si>
     <t>04080347</t>
   </si>
   <si>
     <t>2024/B-01</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>4242.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=7,L=22,B=15см;бежев.</t>
   </si>
   <si>
     <t>04080348</t>
   </si>
   <si>
     <t>3053/B-01</t>
   </si>
@@ -464,53 +464,50 @@
   <si>
     <t>11147.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба «Фрэймс» плетеная;полипроп.;,H=11,L=54,4,B=34см;черный дуб</t>
   </si>
   <si>
     <t>04080370</t>
   </si>
   <si>
     <t>Frames</t>
   </si>
   <si>
     <t>39655.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба «Фрэймс» плетеная;полипроп.;,H=70,L=325,B=265мм;черный дуб</t>
   </si>
   <si>
     <t>04080371</t>
   </si>
   <si>
     <t>19964.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Корзина для хлеба плетеная;полиротанг;,H=70,L=215,B=155мм;св. дерево</t>
   </si>
   <si>
     <t>04080376</t>
   </si>
   <si>
     <t>4277.00₸</t>
   </si>
   <si>
     <t>20 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная с крышкой;полиротанг;,H=22,5,L=53,B=32см;бежев.</t>
   </si>
   <si>
     <t>04080377</t>
   </si>
   <si>
     <t>5285/B-01</t>
   </si>
   <si>
     <t>27847.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная для выкладки выпечки H=12/6см;полиротанг;,L=45,B=31см;бежев.</t>
@@ -578,51 +575,51 @@
   <si>
     <t>4798.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;,H=85,L=330,B=277мм;св. дерево</t>
   </si>
   <si>
     <t>04080385</t>
   </si>
   <si>
     <t>18074.00₸</t>
   </si>
   <si>
     <t>40 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная без крышки арт. 4080701;полипроп.;D=40см;коричнев.</t>
   </si>
   <si>
     <t>04080386</t>
   </si>
   <si>
     <t>29043.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;,H=11,L=56,5,B=36см;св. дерево</t>
   </si>
   <si>
     <t>04080387</t>
   </si>
   <si>
     <t>061728</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>78818.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полиротанг;D=28,H=85,5см;св.корич.</t>
   </si>
   <si>
     <t>04080389</t>
   </si>
@@ -707,51 +704,51 @@
   <si>
     <t>6979.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;D=40,H=7см;бежев.</t>
   </si>
   <si>
     <t>04080472</t>
   </si>
   <si>
     <t>22498.00₸</t>
   </si>
   <si>
     <t>44 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная без крышки;полипроп.;,H=11,L=57,B=36см;бежев.</t>
   </si>
   <si>
     <t>04080476</t>
   </si>
   <si>
     <t>57188.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;D=46,H=7см;бежев.</t>
   </si>
   <si>
     <t>04080480</t>
   </si>
   <si>
     <t>10178.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;,H=5,L=23,B=17см;бежев.</t>
   </si>
   <si>
     <t>04080481</t>
   </si>
   <si>
     <t>7455.00₸</t>
   </si>
   <si>
     <t>24 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;,H=62,L=285,B=175мм;бежев.</t>
   </si>
@@ -1526,51 +1523,51 @@
   <si>
     <t>9863.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;D=13,H=10см;св.бежев.</t>
   </si>
   <si>
     <t>04082017</t>
   </si>
   <si>
     <t>4128.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;полипроп.;D=13,H=10см;тем.корич.</t>
   </si>
   <si>
     <t>04082018</t>
   </si>
   <si>
     <t>4567.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба овальная;хлопок;,H=9,L=25,B=18см;бежев.</t>
   </si>
   <si>
-    <t>04082021</t>
+    <t>04082021-С</t>
   </si>
   <si>
     <t>5806.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба с крышкой для буфетной станции;ротанг,пластик;,H=29,5,L=52,5,B=32см</t>
   </si>
   <si>
     <t>04082028</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>114677.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;сталь нерж.;D=175,H=70мм</t>
   </si>
   <si>
     <t>04082035</t>
   </si>
   <si>
     <t>11635.00₸</t>
   </si>
@@ -1601,53 +1598,50 @@
   <si>
     <t>04082038</t>
   </si>
   <si>
     <t>16632.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;металл;,H=12,L=30,B=14см;черный</t>
   </si>
   <si>
     <t>04082039</t>
   </si>
   <si>
     <t>28306.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба GN1/1;металл;,H=75,L=530,B=325мм;черный</t>
   </si>
   <si>
     <t>04082040</t>
   </si>
   <si>
     <t>47201.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Корзина для хлеба GN1/2;металл;,H=75,L=325,B=265мм;черный</t>
   </si>
   <si>
     <t>04082041</t>
   </si>
   <si>
     <t>34235.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба GN2/4;металл;,H=75,L=530,B=162мм;черный</t>
   </si>
   <si>
     <t>04082042</t>
   </si>
   <si>
     <t>33788.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;полипроп.;D=13,H=10см;черный</t>
   </si>
   <si>
     <t>04082044</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная прямоугольная;полиротанг;,H=10,L=42,5,B=28см;бежев.</t>
@@ -1827,53 +1821,50 @@
     <t>04082571</t>
   </si>
   <si>
     <t>F1807000</t>
   </si>
   <si>
     <t>121660.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба плетеная;,H=10,L=32,B=24,5см</t>
   </si>
   <si>
     <t>09100294</t>
   </si>
   <si>
     <t>18527.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=11,L=32,5,B=17,6см;коричнев.</t>
   </si>
   <si>
     <t>09100547</t>
   </si>
   <si>
     <t>17570.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=11,L=53,5,B=34см;коричнев.</t>
   </si>
   <si>
     <t>09100548</t>
   </si>
   <si>
     <t>37898.00₸</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=10,L=32,5,B=26,5см;коричнев.</t>
   </si>
   <si>
     <t>09100549</t>
   </si>
   <si>
     <t>22981.00₸</t>
   </si>
   <si>
     <t>41 шт.</t>
   </si>
   <si>
     <t>Корзина для хлеба;полиротанг;,H=10,L=26,5,B=16,2см;коричнев.</t>
   </si>
@@ -8514,4444 +8505,4444 @@
         <v>146</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D35" s="0">
         <v>40290</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>144</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>148</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D36" s="0">
         <v>30283</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L37" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L39" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="L40" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L41" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D42" s="0">
         <v>40199</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D43" s="0">
         <v>40192</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D44" s="0">
         <v>40222</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="L44" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D45" s="0">
         <v>40295</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="E46" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D47" s="0">
         <v>573421</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D48" s="0">
         <v>40294</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L48" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D49" s="0">
         <v>40292</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>144</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="L49" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="D50" s="0">
         <v>512022</v>
       </c>
       <c r="E50" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="G50" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="F50" s="0" t="s">
+      <c r="H50" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D51" s="0">
         <v>40153</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L51" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D52" s="0">
         <v>30210</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D53" s="0">
         <v>40132</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D54" s="0">
         <v>40135</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D55" s="0">
         <v>40140</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D56" s="0">
         <v>40144</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="D57" s="0">
         <v>40150</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="L57" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="D58" s="0">
         <v>40128</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="D59" s="0">
         <v>40137</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D60" s="0">
         <v>40139</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D61" s="0">
         <v>40148</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D62" s="0">
         <v>30279</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D63" s="0">
         <v>30280</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>120</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D64" s="0">
         <v>17830</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L64" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D65" s="0">
         <v>17831</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L65" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D66" s="0">
         <v>17832</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L66" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D67" s="0">
         <v>17833</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="L67" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D68" s="0">
         <v>17837</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="L68" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D69" s="0">
         <v>17821</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L69" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L70" s="0">
         <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="D72" s="0">
         <v>40198</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D73" s="0">
         <v>50915</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D74" s="0">
         <v>50905</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>120</v>
       </c>
       <c r="L74" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L75" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="D76" s="0">
         <v>40194</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D77" s="0">
         <v>30284</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L77" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="D78" s="0">
         <v>30272</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="D79" s="0">
         <v>40129</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="E80" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="E80" s="0" t="s">
+      <c r="F80" s="0" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D81" s="0">
         <v>50500</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="D82" s="0">
         <v>30220</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L82" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="D84" s="0">
         <v>50501</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L85" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="D86" s="0">
         <v>50315</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="D87" s="0">
         <v>30240</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="D91" s="0">
         <v>512015</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="D92" s="0">
         <v>11754</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="D93" s="0">
         <v>50205</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="D94" s="0">
         <v>50305</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="D95" s="0">
         <v>50712</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D96" s="0">
         <v>30390</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>369</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L100" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L102" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>398</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L107" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>401</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L108" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L113" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L114" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="D115" s="0" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L115" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L116" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>435</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L117" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="D118" s="0" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="D119" s="0" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L119" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="D120" s="0">
         <v>30202</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="D121" s="0" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L122" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="D124" s="0" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L124" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="D125" s="0" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>469</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="D126" s="0" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>120</v>
       </c>
       <c r="L126" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L127" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>477</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L128" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="C129" s="0" t="s">
+      <c r="D129" s="0" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L129" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>112</v>
       </c>
       <c r="L130" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="D132" s="0">
         <v>50600</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="D133" s="0">
         <v>50621</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="D134" s="0">
         <v>50623</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="D135" s="0">
         <v>30370</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L135" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="D136" s="0">
         <v>97150760</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="C137" s="0" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="D137" s="0">
         <v>30200</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L137" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="D138" s="0">
         <v>30410</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L138" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="D139" s="0">
         <v>30411</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>133</v>
       </c>
       <c r="L139" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C140" s="0" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D140" s="0">
         <v>30412</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="D141" s="0">
         <v>30413</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C142" s="0" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="D142" s="0">
         <v>30414</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>528</v>
+        <v>229</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="D143" s="0">
         <v>30415</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L143" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="D144" s="0">
         <v>30416</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L144" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="D145" s="0">
         <v>50622</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="D146" s="0" t="s">
         <v>537</v>
-      </c>
-[...4 lines deleted...]
-        <v>539</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L146" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="D147" s="0">
         <v>40260</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D148" s="0">
         <v>40262</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="D149" s="0" t="s">
         <v>547</v>
       </c>
-      <c r="C149" s="0" t="s">
+      <c r="E149" s="0" t="s">
         <v>548</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L149" s="0"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D150" s="0">
         <v>50808</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="D151" s="0">
         <v>1530016</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="D152" s="0">
         <v>30445</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="D153" s="0">
         <v>30355</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="D154" s="0">
         <v>30356</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L154" s="0"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="D155" s="0" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>571</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L155" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="D156" s="0" t="s">
         <v>573</v>
       </c>
-      <c r="C156" s="0" t="s">
+      <c r="E156" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="D156" s="0" t="s">
+      <c r="F156" s="0" t="s">
         <v>575</v>
-      </c>
-[...4 lines deleted...]
-        <v>577</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="D157" s="0">
         <v>19622</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="L157" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="D158" s="0" t="s">
         <v>582</v>
-      </c>
-[...4 lines deleted...]
-        <v>584</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L158" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D159" s="0">
         <v>17633</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L159" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="D160" s="0">
         <v>17643</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L160" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="D161" s="0">
         <v>17684</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L161" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="D162" s="0" t="s">
         <v>594</v>
       </c>
-      <c r="C162" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E162" s="0" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D163" s="0">
         <v>512020</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="D164" s="0">
         <v>40274</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>604</v>
+        <v>229</v>
       </c>
       <c r="L164" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="D165" s="0">
         <v>40270</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L165" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="D166" s="0">
         <v>40272</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="L166" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D167" s="0">
         <v>40276</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L167" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="D168" s="0">
         <v>40278</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L168" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D169" s="0">
         <v>30298</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="B170" s="0" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L170" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="D171" s="0">
         <v>30211</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L171" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D172" s="0">
         <v>40344</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L172" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>