--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="418">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -188,189 +188,198 @@
   <si>
     <t>4032.00₸</t>
   </si>
   <si>
     <t>Банка «Фидо» квадратная с крышкой;стекло;1л;,H=16,L=10,6,B=10,6см;прозр.</t>
   </si>
   <si>
     <t>04142209</t>
   </si>
   <si>
     <t>149220FSA121990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Fido</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>3874.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Банка «Клаб» круглая с крышкой;стекло;2л;D=11,5,H=24см;прозр.</t>
+  </si>
+  <si>
+    <t>04142211</t>
+  </si>
+  <si>
+    <t>34819/V8008</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Club</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>8400.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Банка «Клаб» круглая с крышкой;стекло;2л;D=11,5,H=24см;прозр.</t>
-[...19 lines deleted...]
-  <si>
     <t>Банка круглая с крышкой;стекло;5,7л;D=19,4,H=34см;прозр.</t>
   </si>
   <si>
     <t>04142219</t>
   </si>
   <si>
     <t>Libbey</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>15316.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Банка «Фидо» круглая с крышкой;стекло;4,96л;D=17,5,H=27,9см;прозр.</t>
   </si>
   <si>
     <t>04142220</t>
   </si>
   <si>
     <t>149270FSA121990</t>
   </si>
   <si>
     <t>10927.00₸</t>
   </si>
   <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;1,65л;,H=22,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142226</t>
+  </si>
+  <si>
+    <t>149230FSA121990</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;2л;,H=21,6,L=12,5,B=12,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04142227</t>
+  </si>
+  <si>
+    <t>149240FSA121990</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;3л;,H=24,2,L=14/14см;прозр.</t>
+  </si>
+  <si>
+    <t>04142228</t>
+  </si>
+  <si>
+    <t>149250FSA121990</t>
+  </si>
+  <si>
+    <t>6553.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;0,56л;,H=10,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142229</t>
+  </si>
+  <si>
+    <t>149210FSA121990</t>
+  </si>
+  <si>
+    <t>3134.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;0,75л;,H=13,6,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142230</t>
+  </si>
+  <si>
+    <t>149280FSA121990</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Клаб» круглая с крышкой;стекло;0,75л;D=95,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>04142255</t>
+  </si>
+  <si>
+    <t>5516.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Банка «Фидо» квадратная с крышкой;стекло;1,65л;,H=22,L=10,6,B=10,6см;прозр.</t>
-[...67 lines deleted...]
-  <si>
     <t>Банка с крышкой;фарфор,сталь нерж.;0,8л;D=13,H=13см;белый,металлич.</t>
   </si>
   <si>
     <t>04142256</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>19628.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Банка с крышкой;фарфор,сталь нерж.;2л;D=17,H=15см;белый,металлич.</t>
   </si>
   <si>
     <t>04142278</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>36614.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;стекло;380мл;,H=16,L=8,B=8см;прозр.</t>
   </si>
   <si>
     <t>04142296</t>
   </si>
   <si>
     <t>1551-15</t>
   </si>
@@ -434,315 +443,312 @@
   <si>
     <t>Банка круглая с крышкой;стекло;0,62л;D=79,H=140мм;прозр.</t>
   </si>
   <si>
     <t>04148505</t>
   </si>
   <si>
     <t>3741.00₸</t>
   </si>
   <si>
     <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;1,5л;D=10,5,H=16см;прозр.,красный</t>
   </si>
   <si>
     <t>04148507</t>
   </si>
   <si>
     <t>80000/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Bella</t>
   </si>
   <si>
-    <t>1323.00₸</t>
+    <t>1288.00₸</t>
   </si>
   <si>
     <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;2л;D=10,5,H=17см;прозр.,красный</t>
   </si>
   <si>
     <t>04148508</t>
   </si>
   <si>
     <t>80002/b</t>
   </si>
   <si>
-    <t>1463.00₸</t>
-[...2 lines deleted...]
-    <t>6 шт.</t>
+    <t>1449.00₸</t>
   </si>
   <si>
     <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;0,5л;,H=113,L=67,B=67мм;прозр.</t>
   </si>
   <si>
     <t>04148512</t>
   </si>
   <si>
     <t>80384/b</t>
   </si>
   <si>
     <t>Homemade</t>
   </si>
   <si>
-    <t>959.00₸</t>
-[...2 lines deleted...]
-    <t>12 шт.</t>
+    <t>952.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;1л;,H=170,L=82,B=82мм;прозр.</t>
   </si>
   <si>
     <t>04148513</t>
   </si>
   <si>
     <t>80385/b</t>
   </si>
   <si>
-    <t>1337.00₸</t>
+    <t>1309.00₸</t>
   </si>
   <si>
     <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;300мл;,H=85,L=67,B=67мм;прозр.</t>
   </si>
   <si>
     <t>04148514</t>
   </si>
   <si>
     <t>80383/b</t>
   </si>
   <si>
-    <t>805.00₸</t>
-[...2 lines deleted...]
-    <t>более 500 шт.</t>
+    <t>777.00₸</t>
   </si>
   <si>
     <t>Банка «Чешни» круглая с крышкой;стекло,пластик;1,1л;D=94,H=163мм;прозр.,фиолет.</t>
   </si>
   <si>
     <t>04148516</t>
   </si>
   <si>
     <t>43013/b</t>
   </si>
   <si>
     <t>Cesni</t>
   </si>
   <si>
     <t>1561.00₸</t>
   </si>
   <si>
     <t>Банка «Чешни» круглая с крышкой;стекло;420мл;D=94,H=130мм;прозр.</t>
   </si>
   <si>
     <t>04148517</t>
   </si>
   <si>
     <t>97554/b</t>
   </si>
   <si>
-    <t>1120.00₸</t>
+    <t>1155.00₸</t>
   </si>
   <si>
     <t>Банка «Китчэн» круглая с крышкой;стекло,резина;1,515л;D=99,H=221мм;прозр.</t>
   </si>
   <si>
     <t>04148519</t>
   </si>
   <si>
     <t>98673/b</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>2373.00₸</t>
   </si>
   <si>
     <t>Банка «Китчэн» круглая с крышкой;стекло;1,084л;D=99,H=181мм;прозр.</t>
   </si>
   <si>
     <t>04148520</t>
   </si>
   <si>
     <t>98671/b</t>
   </si>
   <si>
     <t>2310.00₸</t>
   </si>
   <si>
     <t>Банка «Чешни» круглая с крышкой;стекло;1,5л;D=94,H=250мм;прозр.</t>
   </si>
   <si>
     <t>04148521</t>
   </si>
   <si>
     <t>97426/b</t>
   </si>
   <si>
-    <t>1925.00₸</t>
+    <t>1897.00₸</t>
   </si>
   <si>
     <t>Банка «Чешни» круглая с крышкой;стекло;0,5л;D=94,H=125мм;прозр.</t>
   </si>
   <si>
     <t>04148522</t>
   </si>
   <si>
     <t>97424/b</t>
   </si>
   <si>
-    <t>1288.00₸</t>
+    <t>1260.00₸</t>
   </si>
   <si>
     <t>Банка «Чешни» круглая с крышкой;стекло,пластик;1,5л;D=94,H=200мм;прозр.,синий</t>
   </si>
   <si>
     <t>04148523</t>
   </si>
   <si>
     <t>43023/b</t>
   </si>
   <si>
-    <t>1918.00₸</t>
-[...1 lines deleted...]
-  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Банка «Кремлин» квадратная с крышкой;стекло;0,74л;,H=108,L=96,B=96мм;прозр.</t>
   </si>
   <si>
     <t>04148535</t>
   </si>
   <si>
     <t>97624/b</t>
   </si>
   <si>
     <t>Kremlin</t>
   </si>
   <si>
-    <t>1610.00₸</t>
+    <t>1589.00₸</t>
   </si>
   <si>
     <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;1,7л;D=10,H=16см;прозр.,белый</t>
   </si>
   <si>
     <t>04148536</t>
   </si>
   <si>
     <t>43894/b</t>
   </si>
   <si>
-    <t>2100.00₸</t>
+    <t>2058.00₸</t>
   </si>
   <si>
     <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;2л;D=10,5,H=17см;прозр.,белый</t>
   </si>
   <si>
     <t>04148537</t>
   </si>
   <si>
     <t>43994/b</t>
   </si>
   <si>
     <t>2338.00₸</t>
   </si>
   <si>
     <t>Банка «Кватро Стаджони» круглая с крышкой;стекло,металл;1л;D=11,1,H=17см;прозр.</t>
   </si>
   <si>
     <t>04148538</t>
   </si>
   <si>
     <t>365160MDE121990</t>
   </si>
   <si>
     <t>4636.00₸</t>
   </si>
   <si>
     <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;200мл;D=75,H=83мм;прозр.,красный</t>
   </si>
   <si>
     <t>04148539</t>
   </si>
   <si>
     <t>80386/b</t>
   </si>
   <si>
-    <t>385.00₸</t>
+    <t>371.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Банка «Вик» круглая с крышкой;стекло;0,85л;D=10,H=14,7см;прозр.</t>
   </si>
   <si>
     <t>04148542</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>Weck</t>
   </si>
   <si>
     <t>9248.00₸</t>
   </si>
   <si>
     <t>Банка «Кремлин» квадратная с крышкой;стекло;1л;,H=148,L=90,B=90мм;прозр.</t>
   </si>
   <si>
     <t>04148543</t>
   </si>
   <si>
     <t>97626/b</t>
   </si>
   <si>
+    <t>2282.00₸</t>
+  </si>
+  <si>
     <t>Банка «Кремлин» квадратная с крышкой;стекло;1,3л;,H=180,L=96,B=96мм;прозр.</t>
   </si>
   <si>
     <t>04148549</t>
   </si>
   <si>
     <t>97628/b</t>
   </si>
   <si>
-    <t>2156.00₸</t>
+    <t>2114.00₸</t>
   </si>
   <si>
     <t>Банка «Чешни» круглая с крышкой;стекло,резина;1,1л;D=94,H=220мм;прозр.</t>
   </si>
   <si>
     <t>04148550</t>
   </si>
   <si>
     <t>97425/b</t>
   </si>
   <si>
-    <t>1715.00₸</t>
+    <t>1687.00₸</t>
   </si>
   <si>
     <t>Банка с крышкой;стекло;D=10,H=27см;прозр.</t>
   </si>
   <si>
     <t>04148555</t>
   </si>
   <si>
     <t>B0801421</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>11319.00₸</t>
   </si>
   <si>
     <t>Банка круглая с крышкой;стекло;1,3л;D=10,H=17см;прозр.</t>
   </si>
   <si>
     <t>04148556</t>
   </si>
@@ -788,489 +794,525 @@
   <si>
     <t>1548.00₸</t>
   </si>
   <si>
     <t>Банка «Кватро Стаджони» круглая без крышки;стекло;150мл;D=87,H=93мм;прозр.</t>
   </si>
   <si>
     <t>04148567</t>
   </si>
   <si>
     <t>357760FSB121990</t>
   </si>
   <si>
     <t>1001.00₸</t>
   </si>
   <si>
     <t>Банка «Чешни» круглая с крышкой;стекло,резина;0,92л;D=94,H=185мм;прозр.</t>
   </si>
   <si>
     <t>04148573</t>
   </si>
   <si>
     <t>97560/b</t>
   </si>
   <si>
-    <t>1498.00₸</t>
+    <t>1477.00₸</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;стекло;2л;,H=24,5,L=12,B=12см;прозр.</t>
   </si>
   <si>
     <t>04148574</t>
   </si>
   <si>
     <t>5845.00₸</t>
   </si>
   <si>
     <t>Банка «Фиш&amp;Фиш» круглая с крышкой;стекло;0,75л;D=11,H=11,5см;зелен.</t>
   </si>
   <si>
     <t>04148577</t>
   </si>
   <si>
     <t>B0816764</t>
   </si>
   <si>
     <t>Fish&amp;Fish</t>
   </si>
   <si>
     <t>12390.00₸</t>
   </si>
   <si>
     <t>Банка «Вуди» круглая с крышкой;стекло,дерево;0,575л;D=90,H=95мм;прозр.</t>
   </si>
   <si>
     <t>04148578</t>
   </si>
   <si>
     <t>43573/b</t>
   </si>
   <si>
     <t>Woody</t>
   </si>
   <si>
-    <t>2520.00₸</t>
+    <t>2485.00₸</t>
   </si>
   <si>
     <t>Банка «Вуди» круглая с крышкой;стекло,дерево;0,86л;D=90,H=138мм;прозр.</t>
   </si>
   <si>
     <t>04148579</t>
   </si>
   <si>
     <t>43583/b</t>
   </si>
   <si>
-    <t>2940.00₸</t>
+    <t>2884.00₸</t>
   </si>
   <si>
     <t>Банка «Вуди» круглая с крышкой;стекло,дерево;1,13л;D=90,H=178мм;прозр.</t>
   </si>
   <si>
     <t>04148580</t>
   </si>
   <si>
     <t>43593/b</t>
   </si>
   <si>
-    <t>3360.00₸</t>
+    <t>3304.00₸</t>
   </si>
   <si>
     <t>Банка «Кватро Стаджони» с крышкой;стекло;200мл;D=89,H=86мм;прозр.</t>
   </si>
   <si>
     <t>04148589</t>
   </si>
   <si>
     <t>354757MDE121990</t>
   </si>
   <si>
     <t>1887.00₸</t>
   </si>
   <si>
     <t>Банка круглая с крышкой открытая прокладка;стекло,силикон;250мл;D=8,H=9см;прозр.,белый</t>
   </si>
   <si>
     <t>04148590</t>
   </si>
   <si>
     <t>Optima</t>
   </si>
   <si>
-    <t>1309.00₸</t>
-[...1 lines deleted...]
-  <si>
     <t>Банка круглая с крышкой;стекло,силикон;0,5л;D=90,H=131мм;прозр.</t>
   </si>
   <si>
     <t>04148591</t>
   </si>
   <si>
     <t>1386.00₸</t>
   </si>
   <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;0,8л;,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>04148592</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;100мл;D=54,H=79мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148593</t>
+  </si>
+  <si>
+    <t>1202.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;200мл;D=89,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148594</t>
+  </si>
+  <si>
+    <t>354757VSZ121990</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Пучадос» квадратная с крышкой;стекло,пробка натур.;0,5л;,H=11,L=9,B=9см;прозр.</t>
+  </si>
+  <si>
+    <t>04148599</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Puchados</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Банка для сыпучих продуктов ,стекло;силикон,металл;0,56л;прозр.</t>
+  </si>
+  <si>
+    <t>04148606</t>
+  </si>
+  <si>
+    <t>1183.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;275мл;,H=115,L=60,B=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148608</t>
+  </si>
+  <si>
+    <t>1092.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой закрытая прокладка;стекло,силикон;250мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>04148616</t>
+  </si>
+  <si>
+    <t>УТ-00000115</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло,силикон;250мл;D=75,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148618</t>
+  </si>
+  <si>
+    <t>000000156</t>
+  </si>
+  <si>
+    <t>Банка «Китчен Слим» круглая с крышкой;стекло;0,575л;D=8,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>04148619</t>
+  </si>
+  <si>
+    <t>96763/b</t>
+  </si>
+  <si>
+    <t>Kitchen Slim</t>
+  </si>
+  <si>
+    <t>1792.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Китчен Слим» круглая с крышкой;стекло;0,86л;D=80,H=193мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148620</t>
+  </si>
+  <si>
+    <t>96762/b</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;1л;D=11,1,H=16,4см;прозр.</t>
+  </si>
+  <si>
+    <t>04148624</t>
+  </si>
+  <si>
+    <t>540635FSF121990</t>
+  </si>
+  <si>
+    <t>Officina1825</t>
+  </si>
+  <si>
+    <t>4736.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;0,75л;D=10,8,H=13,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148625</t>
+  </si>
+  <si>
+    <t>540636FSF121990</t>
+  </si>
+  <si>
+    <t>4328.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;0,5л;D=97,H=123мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148626</t>
+  </si>
+  <si>
+    <t>540637FSF121990</t>
+  </si>
+  <si>
+    <t>3427.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;350мл;D=91,H=103мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148627</t>
+  </si>
+  <si>
+    <t>540638FSF121990</t>
+  </si>
+  <si>
+    <t>3504.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Лавана» квадратная с крышкой и этикеткой;стекло;1,5л;,H=22,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148628</t>
+  </si>
+  <si>
+    <t>149230MRG321656</t>
+  </si>
+  <si>
+    <t>Lavagna</t>
+  </si>
+  <si>
+    <t>Банка «Лавана» квадратная с крышкой и этикеткой;стекло;1л;,H=16,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148629</t>
+  </si>
+  <si>
+    <t>149220MRG321656</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Лавана» квадратная с крышкой;стекло;0,75л;,H=13,6,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148630</t>
+  </si>
+  <si>
+    <t>149280MRG321656</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» квадратная с крышкой;стекло,дерево;1л;,H=11,L=14,B=14см;прозр.,бежев.</t>
+  </si>
+  <si>
+    <t>04148636</t>
+  </si>
+  <si>
+    <t>9996.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» квадратная с крышкой;стекло,дерево;2л;,H=17,L=14,B=14см;прозр.,бежев.</t>
+  </si>
+  <si>
+    <t>04148637</t>
+  </si>
+  <si>
+    <t>10955.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» квадратная с крышкой;стекло,дерево;2,5л;,H=21,5,L=14,B=14см;прозр.</t>
+  </si>
+  <si>
+    <t>04148638</t>
+  </si>
+  <si>
+    <t>12516.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;350мл;,H=11,L=8,B=8см;прозр.</t>
+  </si>
+  <si>
+    <t>04148640</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;0,65л;D=8,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>04148641</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло,силикон;250мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>04148642</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Банка квадратная с крышкой;стекло,силикон;0,8л;,H=16см;прозр.</t>
-[...235 lines deleted...]
-  <si>
     <t>Банка квадратная с крышкой;стекло,силикон;100мл;,H=75,L=55,B=55мм;прозр.</t>
   </si>
   <si>
     <t>04148940</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;стекло;0,56л;D=9см;прозр.</t>
   </si>
   <si>
     <t>09100872</t>
   </si>
   <si>
     <t>In Situ</t>
   </si>
   <si>
     <t>2744.00₸</t>
   </si>
   <si>
     <t>Банка с крышкой;стекло,пластик;250мл;прозр.,черный</t>
   </si>
   <si>
     <t>04142275</t>
   </si>
   <si>
     <t>5310.00₸</t>
   </si>
   <si>
-    <t>Банка «Коробка» прямоугольная с крышкой;жесть белая;0,65л;,H=110,L=99,B=70мм;серебрист.</t>
-[...13 lines deleted...]
-  <si>
     <t>Банка квадратная с крышкой;полипроп.;2л;,H=283,L=95,B=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141975</t>
   </si>
   <si>
     <t>Phibo</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
     <t>Банка квадратная с крышкой;полипроп.;1,3л;,H=190,L=95,B=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141973</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;полипроп.;0,6л;,H=95,L=95,B=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141974</t>
   </si>
   <si>
     <t>963.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Банка круглая с крышкой;полипроп.;0,6л;D=100,H=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141976</t>
   </si>
   <si>
     <t>Банка «Кватро Стаджони» круглая с крышкой;стекло;3,175л;D=16,H=21,8см;прозр.</t>
   </si>
   <si>
     <t>04141996</t>
   </si>
   <si>
     <t>357763MDD121990</t>
   </si>
   <si>
     <t>7238.00₸</t>
   </si>
   <si>
     <t>Банка «Кватро Стаджони» круглая с крышкой;стекло;1,5л;D=12,2,H=21см;прозр.</t>
   </si>
   <si>
     <t>04141997</t>
   </si>
   <si>
     <t>359920MDD121990</t>
   </si>
   <si>
     <t>3404.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Классик» круглая с крышкой;стекло,стекло;4л;D=18,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>04148645</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>18781.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Классик» круглая с крышкой;стекло,стекло;0,9л;D=11,5,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>04148643</t>
+  </si>
+  <si>
+    <t>6783.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Классик» круглая с крышкой;стекло,стекло;6л;D=20,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>04148646</t>
+  </si>
+  <si>
+    <t>22085.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Классик» круглая с крышкой;стекло,стекло;2л;D=14,H=21,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04148644</t>
+  </si>
+  <si>
+    <t>11473.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1285,51 +1327,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6B2-4253-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A4F2-CFDA-11ED-BC05-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88B2E-DC9C-11ED-BC07-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88CA6-DC9C-11ED-BC07-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA9BE65-2259-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC27CE60-0AA8-11EE-BC09-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E28-424E-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BE-424E-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C858-E3D6-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C0-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B629-21C9-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B577-21C9-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161C8-424F-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B78D-21C9-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B6DB-21C9-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651A-4251-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C855-E3D6-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BFB-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F96-4252-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F97-4252-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F19624F0-AECA-11EE-BC40-00505692492F21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1962408-AECA-11EE-BC40-00505692492F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD3-F163-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C387489-4252-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3D8F-2224-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3B79-2224-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381ED80-2225-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EC3E-2225-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EAFC-2225-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355667-4252-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545DDBD-2224-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566C-4252-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566E-4252-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566F-4252-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE690-E3D6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355671-4252-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960445-2225-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59C7-4252-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3C2B-2224-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAE48-2224-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3CDD-2224-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3AD9-2224-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099602BD-2225-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996036F-2225-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656079-4253-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7A-1DC1-11EA-BBC7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862593-8148-11E9-BBBA-005056921CC447.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD4-F163-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75718B-2224-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F75329E6-2224-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532B6B-2224-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE68F-E3D6-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75724C-2224-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E0F5-2224-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CB14A-2224-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964256-712C-11EB-BBE2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964255-712C-11EB-BBE2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E31F-2224-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E489-2224-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AF5B-2224-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381E9A4-2225-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757546-2224-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532A98-2224-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B9944F-4254-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05A7E-2225-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD7573CE-2224-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E3D7-2224-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A588-2666-11EA-BBCA-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21E-073A-11EB-BBDB-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21F-073A-11EB-BBDB-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CA8C2-2224-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAAA6-2224-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAC1E-2224-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E27F-2224-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099601F9-2225-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960123-2225-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996004D-2225-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0585C-2225-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB058FC-2225-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757304-2224-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EA56-2225-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AEA9-2224-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757652-2224-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BF2-424E-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CB-4251-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9D0135A-8A71-11EF-BC53-00505692E2D086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506492FA-071C-11F0-BC57-00505692E04987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EDF9-071C-11F0-BC57-00505692E04988.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EEE1-071C-11F0-BC57-00505692E04989.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B647A0-EAEE-11EF-BC4E-00505692C44790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258B1253-731D-11F0-BC56-00505692E2D091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B1ABB1-731D-11F0-BC56-00505692E2D092.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6B2-4253-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A4F2-CFDA-11ED-BC05-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88B2E-DC9C-11ED-BC07-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88CA6-DC9C-11ED-BC07-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA9BE65-2259-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC27CE60-0AA8-11EE-BC09-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E28-424E-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BE-424E-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C858-E3D6-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C0-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B629-21C9-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B577-21C9-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161C8-424F-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B78D-21C9-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B6DB-21C9-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651A-4251-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C855-E3D6-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BFB-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F96-4252-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F97-4252-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F19624F0-AECA-11EE-BC40-00505692492F21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1962408-AECA-11EE-BC40-00505692492F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD3-F163-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C387489-4252-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3D8F-2224-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3B79-2224-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381ED80-2225-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EC3E-2225-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EAFC-2225-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355667-4252-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545DDBD-2224-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566C-4252-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566E-4252-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566F-4252-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE690-E3D6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355671-4252-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960445-2225-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59C7-4252-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3C2B-2224-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAE48-2224-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3CDD-2224-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3AD9-2224-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099602BD-2225-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996036F-2225-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656079-4253-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7A-1DC1-11EA-BBC7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862593-8148-11E9-BBBA-005056921CC447.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD4-F163-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75718B-2224-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F75329E6-2224-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532B6B-2224-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE68F-E3D6-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75724C-2224-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E0F5-2224-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CB14A-2224-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964256-712C-11EB-BBE2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964255-712C-11EB-BBE2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E31F-2224-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E489-2224-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AF5B-2224-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381E9A4-2225-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757546-2224-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532A98-2224-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B9944F-4254-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05A7E-2225-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD7573CE-2224-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E3D7-2224-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A588-2666-11EA-BBCA-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21E-073A-11EB-BBDB-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21F-073A-11EB-BBDB-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CA8C2-2224-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAAA6-2224-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAC1E-2224-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E27F-2224-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099601F9-2225-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960123-2225-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996004D-2225-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB059B4-2225-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0585C-2225-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB058FC-2225-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757304-2224-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EA56-2225-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AEA9-2224-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757652-2224-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BF2-424E-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CB-4251-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506492FA-071C-11F0-BC57-00505692E04987.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EDF9-071C-11F0-BC57-00505692E04988.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EEE1-071C-11F0-BC57-00505692E04989.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B647A0-EAEE-11EF-BC4E-00505692C44790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258B1253-731D-11F0-BC56-00505692E2D091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B1ABB1-731D-11F0-BC56-00505692E2D092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B31D33-C7F0-11F0-BC5A-00505692E2D093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B327CD-C7F0-11F0-BC5A-00505692E2D094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB76C1F-C7F0-11F0-BC5A-00505692E2D095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B32241-C7F0-11F0-BC5A-00505692E2D096.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4037,50 +4079,170 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4339,62 +4501,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-kruglaya-s-kryshkoy-neman-03080290/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/flyaga-kvadratnaya-s-kryshkoy-tara-04015201/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04082534/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141953/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141954/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04141955/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-kl-04141956/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142209/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142211/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04142219/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04142220/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142226/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142227/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142228/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142229/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142230/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142255/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-aps-04142256/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-aps-04142278/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-cal-m-04142296/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-cal-m-04142297/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148501/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148502/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-aps-04148504/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04148505/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148507/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148508/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148512/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148513/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148514/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148516/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148517/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148519/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148520/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148521/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148522/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148523/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148535/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148536/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148537/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148538/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148539/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-matfer-04148542/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-pasabahce-04148543/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148549/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148550/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-serax-04148555/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148556/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148558/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148565/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148566/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148567/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148573/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148574/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148577/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148578/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148579/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148580/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-bormioli-rocco-04148589/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148590/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148591/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148592/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148593/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148594/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-san-miguel-04148599/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148606/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148608/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148616/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148618/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148619/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148620/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148624/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148625/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148626/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148627/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148628/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148629/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148630/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148637/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148638/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148640/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148641/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148642/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148940/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-kvadr-matfer-09100872/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/04142275/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-hold-04019151/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141975/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141973/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141974/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141976/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-bormioli-rocco-04141996/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-bormioli-rocco-04141997/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-kruglaya-s-kryshkoy-neman-03080290/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/flyaga-kvadratnaya-s-kryshkoy-tara-04015201/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04082534/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141953/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141954/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04141955/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-kl-04141956/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142209/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142211/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04142219/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04142220/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142226/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142227/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142228/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142229/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142230/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142255/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-aps-04142256/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-aps-04142278/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-cal-m-04142296/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-cal-m-04142297/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148501/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148502/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-aps-04148504/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04148505/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148507/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148508/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148512/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148513/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148514/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148516/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148517/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148519/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148520/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148521/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148522/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148523/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148535/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148536/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148537/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148538/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148539/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-matfer-04148542/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-pasabahce-04148543/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148549/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148550/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-serax-04148555/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148556/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148558/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148565/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148566/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148567/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148573/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148574/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148577/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148578/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148579/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148580/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-bormioli-rocco-04148589/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148590/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148591/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148592/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148593/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148594/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-san-miguel-04148599/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148606/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148608/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148616/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148618/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148619/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148620/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148624/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148625/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148626/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148627/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148628/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148629/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148630/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148636/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148637/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148638/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148640/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148641/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148642/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148940/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-s-kryshkoy-kvadr-matfer-09100872/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/04142275/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141975/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141973/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141974/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-phibo-04141976/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-bormioli-rocco-04141996/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-bormioli-rocco-04141997/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-aps-04148645/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-aps-04148643/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-aps-04148646/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/banka-aps-04148644/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L94"/>
+  <dimension ref="A1:L98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I94" sqref="I94"/>
+      <selection activeCell="I98" sqref="I98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4694,2829 +4856,2957 @@
         <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D11" s="0">
         <v>55230</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L11" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D18" s="0">
         <v>11972</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D19" s="0">
         <v>83311</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D20" s="0">
         <v>83310</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="L20" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D25" s="0">
         <v>83309</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D26" s="0">
         <v>70996</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="E28" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="F28" s="0" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>144</v>
+        <v>65</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L29" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="L31" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>190</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>194</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>195</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>57</v>
+        <v>190</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>206</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>210</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>211</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>70</v>
+        <v>212</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D44" s="0">
         <v>466799</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>194</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>177</v>
+        <v>221</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>194</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>190</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D55" s="0">
         <v>82328</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>271</v>
-      </c>
-[...10 lines deleted...]
-        <v>269</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D61" s="0">
         <v>4148590</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>286</v>
+        <v>156</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D62" s="0">
         <v>4148591</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>290</v>
+        <v>57</v>
       </c>
       <c r="L62" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D63" s="0">
         <v>4148592</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>293</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>57</v>
+        <v>294</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D64" s="0">
         <v>4148593</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L64" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D66" s="0">
         <v>5088</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D68" s="0">
         <v>4148608</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L68" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>159</v>
+        <v>190</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>190</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D80" s="0">
-        <v>82256</v>
+        <v>82255</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>106</v>
+        <v>69</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L80" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D81" s="0">
-        <v>82257</v>
+        <v>82256</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>106</v>
+        <v>69</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D82" s="0">
-        <v>4148640</v>
+        <v>82257</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="F82" s="0"/>
+        <v>104</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>271</v>
+      </c>
       <c r="G82" s="0" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>316</v>
+        <v>367</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L82" s="0">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D83" s="0">
-        <v>4148641</v>
+        <v>4148640</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>286</v>
+        <v>370</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="L83" s="0">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D84" s="0">
-        <v>4148642</v>
+        <v>4148641</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>316</v>
+        <v>156</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>290</v>
+        <v>65</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D85" s="0">
-        <v>4148940</v>
+        <v>4148642</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>19</v>
+        <v>375</v>
       </c>
       <c r="L85" s="0">
-        <v>120</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="D86" s="0">
-        <v>532524</v>
+        <v>4148940</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>375</v>
+        <v>297</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
-        <v>12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>377</v>
-[...4 lines deleted...]
-      <c r="G87" s="0"/>
+        <v>379</v>
+      </c>
+      <c r="D87" s="0">
+        <v>532524</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>63</v>
+      </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L87" s="0"/>
+      <c r="L87" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>380</v>
-[...6 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="D88" s="0"/>
+      <c r="E88" s="0"/>
       <c r="F88" s="0"/>
-      <c r="G88" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G88" s="0"/>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L88" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D89" s="0">
         <v>440100313</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>70</v>
+        <v>389</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D90" s="0">
         <v>440200313</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>286</v>
+        <v>156</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>290</v>
+        <v>375</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D91" s="0">
         <v>440300313</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>393</v>
+        <v>190</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D92" s="0">
         <v>440300213</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>190</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="0"/>
+    </row>
+    <row r="95" spans="1:12" customHeight="1" ht="80">
+      <c r="A95" s="0"/>
+      <c r="B95" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="D95" s="0">
+        <v>82252</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="J95" s="0"/>
+      <c r="K95" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L95" s="0"/>
+    </row>
+    <row r="96" spans="1:12" customHeight="1" ht="80">
+      <c r="A96" s="0"/>
+      <c r="B96" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="D96" s="0">
+        <v>82250</v>
+      </c>
+      <c r="E96" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="J96" s="0"/>
+      <c r="K96" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L96" s="0"/>
+    </row>
+    <row r="97" spans="1:12" customHeight="1" ht="80">
+      <c r="A97" s="0"/>
+      <c r="B97" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="D97" s="0">
+        <v>82253</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="J97" s="0"/>
+      <c r="K97" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L97" s="0"/>
+    </row>
+    <row r="98" spans="1:12" customHeight="1" ht="80">
+      <c r="A98" s="0"/>
+      <c r="B98" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="D98" s="0">
+        <v>82251</v>
+      </c>
+      <c r="E98" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="J98" s="0"/>
+      <c r="K98" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L98" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -7570,50 +7860,54 @@
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>