--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -67,96 +67,96 @@
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Корзина для яиц;D=26,H=17см</t>
   </si>
   <si>
     <t>04082020</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Корзины для яиц</t>
   </si>
   <si>
-    <t>27590.00₸</t>
+    <t>31001.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Корзина для яиц;ротанг,хлопок;D=26,H=17,L=27,B=40см;коричнев.</t>
   </si>
   <si>
     <t>04141423</t>
   </si>
   <si>
     <t>42949-26</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>23724.00₸</t>
   </si>
   <si>
     <t>Корзина для яиц;ротанг,текстиль;D=26,H=17см;коричнев.</t>
   </si>
   <si>
     <t>09100535</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>25613.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>50 шт.</t>
   </si>
   <si>
     <t>Корзина для яиц;полиуретан,металл;D=23,H=31см;черный</t>
   </si>
   <si>
     <t>04082600</t>
   </si>
   <si>
-    <t>5117.00₸</t>
+    <t>35224.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -777,51 +777,53 @@
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>30480</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L5" s="0"/>
+      <c r="L5" s="0">
+        <v>4</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>