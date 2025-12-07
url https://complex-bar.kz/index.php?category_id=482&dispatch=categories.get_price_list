--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -110,219 +110,222 @@
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Empilable</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>1141.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Икорница «Эмпайлэбл»;стекло;66мл;D=70,H=35мм;прозр.</t>
   </si>
   <si>
     <t>03171102</t>
   </si>
   <si>
     <t>V7520</t>
   </si>
   <si>
-    <t>1001.00₸</t>
+    <t>735.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Икорница «Эмпайлэбл»;стекло;205мл;D=10,H=5см;прозр.</t>
   </si>
   <si>
     <t>03171103</t>
   </si>
   <si>
     <t>V7538</t>
   </si>
   <si>
     <t>700.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Икорница «Ресторан»;стекло;25мл;D=60,H=26мм;прозр.</t>
   </si>
   <si>
     <t>03171104</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
     <t>530.00₸</t>
   </si>
   <si>
     <t>Икорница «Эмпайлэбл»;стекло;30мл;D=6,H=3см;прозр.</t>
   </si>
   <si>
     <t>03171105</t>
   </si>
   <si>
     <t>V7515</t>
   </si>
   <si>
-    <t>735.00₸</t>
+    <t>721.00₸</t>
   </si>
   <si>
     <t>Икорница;стекло;55мл;D=6,H=5см;прозр.</t>
   </si>
   <si>
     <t>03171106</t>
   </si>
   <si>
     <t>507-V</t>
   </si>
   <si>
     <t>12605.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Икорница;сталь нерж.,стекло;50мл;D=90/57,H=75мм;металлич.</t>
   </si>
   <si>
     <t>03171107</t>
   </si>
   <si>
     <t>28891.00₸</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
     <t>Икорница «Шефс»;стекло;30мл;D=58,H=25мм;прозр.</t>
   </si>
   <si>
     <t>03171108</t>
   </si>
   <si>
     <t>53713/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Chef`s</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
-    <t>371.00₸</t>
+    <t>336.00₸</t>
   </si>
   <si>
     <t>Икорница с емкостью для льда и крышкой;сталь нерж.,стекло;180мл;D=11,H=15,L=19см;металлич.,прозр.</t>
   </si>
   <si>
     <t>03171111</t>
   </si>
   <si>
     <t>65412.00₸</t>
   </si>
   <si>
     <t>Икорница с емкостью для льда и крышкой;сталь нерж.,стекло;130мл;D=11,H=15,L=19,5см;металлич.,прозр.</t>
   </si>
   <si>
     <t>03171112</t>
   </si>
   <si>
     <t>01699</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>79495.00₸</t>
   </si>
   <si>
     <t>Икорница с крышкой;сталь нерж.,фарфор;45мл;D=90,H=69мм;металлич.,белый</t>
   </si>
   <si>
     <t>03171113</t>
   </si>
   <si>
-    <t>17787.00₸</t>
+    <t>19389.00₸</t>
   </si>
   <si>
     <t>Икорница «Аппетайзер»;фарфор;35мл;D=60,H=25мм;белый</t>
   </si>
   <si>
     <t>03171114</t>
   </si>
   <si>
     <t>L3208</t>
   </si>
   <si>
     <t>Appetizer</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>1687.00₸</t>
   </si>
   <si>
     <t>Икорница «Тейблтоп»;стекло;44мл;D=60,H=25мм;прозр.</t>
   </si>
   <si>
     <t>03171115</t>
   </si>
   <si>
     <t>Libbey</t>
   </si>
   <si>
     <t>Tabletop</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>1417.00₸</t>
   </si>
   <si>
     <t>Икорница «Кокон»;стекло;45мл;D=55,H=30мм;прозр.</t>
   </si>
   <si>
     <t>03171116</t>
   </si>
   <si>
     <t>Cocoon</t>
   </si>
   <si>
-    <t>1197.00₸</t>
+    <t>1183.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Икорница «Аппетайзер»;стекло;75мл;D=73,H=33мм</t>
   </si>
   <si>
     <t>03171118</t>
   </si>
   <si>
     <t>L3207</t>
   </si>
   <si>
     <t>2016.00₸</t>
   </si>
   <si>
     <t>Икорница «Тейблтоп»;стекло;89мл;D=75,H=35мм;прозр.</t>
   </si>
   <si>
     <t>03171120</t>
   </si>
   <si>
     <t>1825.00₸</t>
   </si>
@@ -332,72 +335,72 @@
   <si>
     <t>03171125</t>
   </si>
   <si>
     <t>12.2292.0000</t>
   </si>
   <si>
     <t>Hepp</t>
   </si>
   <si>
     <t>77832.00₸</t>
   </si>
   <si>
     <t>Икорница «Тейблтоп»;стекло;65мл;D=6,H=5см;прозр.</t>
   </si>
   <si>
     <t>03171126</t>
   </si>
   <si>
     <t>5160P</t>
   </si>
   <si>
     <t>1279.00₸</t>
   </si>
   <si>
+    <t>Икорница «Торчелло» с емкостью для льда и ложкой;стекло;100мл;,H=10,L=14,B=14см;прозр.</t>
+  </si>
+  <si>
+    <t>03171127</t>
+  </si>
+  <si>
+    <t>62885EM</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Torcello</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>21129.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
-  </si>
-[...19 lines deleted...]
-    <t>21129.00₸</t>
   </si>
   <si>
     <t>Икорница;сталь нерж.;400мл;D=18,H=5см;металлич.</t>
   </si>
   <si>
     <t>03172601</t>
   </si>
   <si>
     <t>41562-18</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>93471.00₸</t>
   </si>
   <si>
     <t>Икорница «Контур»;сталь нерж.,посеребрен.;D=13см</t>
   </si>
   <si>
     <t>03172602</t>
   </si>
   <si>
     <t>53110-04</t>
   </si>
@@ -1637,683 +1640,683 @@
         <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="L5" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" s="0">
         <v>36934</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L7" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0">
         <v>-2</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D9" s="0">
         <v>507</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0">
         <v>-1</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L10" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0">
         <v>19930</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0">
         <v>-1</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13" s="0">
         <v>508</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0">
         <v>-1</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D15" s="0">
         <v>15445</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D16" s="0">
         <v>41884</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D18" s="0">
         <v>15446</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L18" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="L20" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>49</v>
+        <v>113</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D24" s="0">
         <v>4148611</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>378</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>