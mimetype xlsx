--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -128,99 +128,102 @@
   <si>
     <t>03171102</t>
   </si>
   <si>
     <t>V7520</t>
   </si>
   <si>
     <t>735.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Икорница «Эмпайлэбл»;стекло;205мл;D=10,H=5см;прозр.</t>
   </si>
   <si>
     <t>03171103</t>
   </si>
   <si>
     <t>V7538</t>
   </si>
   <si>
     <t>700.00₸</t>
   </si>
   <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Икорница «Ресторан»;стекло;25мл;D=60,H=26мм;прозр.</t>
+  </si>
+  <si>
+    <t>03171104</t>
+  </si>
+  <si>
+    <t>Restaurant</t>
+  </si>
+  <si>
+    <t>530.00₸</t>
+  </si>
+  <si>
+    <t>Икорница «Эмпайлэбл»;стекло;30мл;D=6,H=3см;прозр.</t>
+  </si>
+  <si>
+    <t>03171105</t>
+  </si>
+  <si>
+    <t>V7515</t>
+  </si>
+  <si>
+    <t>721.00₸</t>
+  </si>
+  <si>
+    <t>Икорница;стекло;55мл;D=6,H=5см;прозр.</t>
+  </si>
+  <si>
+    <t>03171106</t>
+  </si>
+  <si>
+    <t>507-V</t>
+  </si>
+  <si>
+    <t>12605.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Икорница «Ресторан»;стекло;25мл;D=60,H=26мм;прозр.</t>
-[...34 lines deleted...]
-  <si>
     <t>Икорница;сталь нерж.,стекло;50мл;D=90/57,H=75мм;металлич.</t>
   </si>
   <si>
     <t>03171107</t>
   </si>
   <si>
     <t>28891.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Икорница «Шефс»;стекло;30мл;D=58,H=25мм;прозр.</t>
   </si>
   <si>
     <t>03171108</t>
   </si>
   <si>
     <t>53713/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Chef`s</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>336.00₸</t>
   </si>
   <si>
     <t>Икорница с емкостью для льда и крышкой;сталь нерж.,стекло;180мл;D=11,H=15,L=19см;металлич.,прозр.</t>
   </si>
@@ -354,53 +357,50 @@
     <t>5160P</t>
   </si>
   <si>
     <t>1279.00₸</t>
   </si>
   <si>
     <t>Икорница «Торчелло» с емкостью для льда и ложкой;стекло;100мл;,H=10,L=14,B=14см;прозр.</t>
   </si>
   <si>
     <t>03171127</t>
   </si>
   <si>
     <t>62885EM</t>
   </si>
   <si>
     <t>Vidivi</t>
   </si>
   <si>
     <t>Torcello</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>21129.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Икорница;сталь нерж.;400мл;D=18,H=5см;металлич.</t>
   </si>
   <si>
     <t>03172601</t>
   </si>
   <si>
     <t>41562-18</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>93471.00₸</t>
   </si>
   <si>
     <t>Икорница «Контур»;сталь нерж.,посеребрен.;D=13см</t>
   </si>
   <si>
     <t>03172602</t>
   </si>
   <si>
     <t>53110-04</t>
   </si>
@@ -1742,575 +1742,575 @@
         <v>46</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0">
         <v>-2</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0">
         <v>507</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0">
         <v>-1</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L10" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11" s="0">
         <v>19930</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0">
         <v>-1</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D13" s="0">
         <v>508</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0">
         <v>-1</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D15" s="0">
         <v>15445</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D16" s="0">
         <v>41884</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D18" s="0">
         <v>15446</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L18" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="L20" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>117</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>122</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>123</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>124</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D24" s="0">
         <v>4148611</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>127</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>128</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>378</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>