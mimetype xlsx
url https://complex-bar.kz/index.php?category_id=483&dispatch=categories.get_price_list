--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,194 +74,197 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Лимонница «Бейзик» с крышкой;стекло;D=10,H=10,5см;прозр.</t>
   </si>
   <si>
     <t>03022932</t>
   </si>
   <si>
     <t>98397/b</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Basic</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Масленки</t>
   </si>
   <si>
-    <t>1064.00₸</t>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Масленка с крышкой;фарфор,сталь нерж.;D=9,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03170806</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>22743.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Масленка;сталь,пластик;,H=90,L=193,B=122мм;серебрян.</t>
+  </si>
+  <si>
+    <t>03170807</t>
+  </si>
+  <si>
+    <t>TW-I L</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>7868.00₸</t>
+  </si>
+  <si>
+    <t>Масленка;сталь нерж.;,H=72,L=180,B=121мм;металлич.</t>
+  </si>
+  <si>
+    <t>03170819</t>
+  </si>
+  <si>
+    <t>12260180ICV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>28044.00₸</t>
+  </si>
+  <si>
+    <t>Масленка «Кунстверк» с крышкой;фарфор;30мл;D=90,H=72мм;белый</t>
+  </si>
+  <si>
+    <t>03170827</t>
+  </si>
+  <si>
+    <t>A10406</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>1827.00₸</t>
+  </si>
+  <si>
+    <t>Масленка;сталь нерж.;D=9см;металлич.</t>
+  </si>
+  <si>
+    <t>03170828</t>
+  </si>
+  <si>
+    <t>41561-09</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>15716.00₸</t>
+  </si>
+  <si>
+    <t>Масленка;фарфор,сталь нерж.;70мл;D=9,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03170837</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>24125.00₸</t>
+  </si>
+  <si>
+    <t>Масленка без крышки;фарфор;110мл;D=75,H=36мм;белый</t>
+  </si>
+  <si>
+    <t>03170838</t>
+  </si>
+  <si>
+    <t>11 4050</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>B1100</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>2680.00₸</t>
+  </si>
+  <si>
+    <t>Масленка с крышкой;стекло;60мл;D=9,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03170839</t>
+  </si>
+  <si>
+    <t>11522.00₸</t>
+  </si>
+  <si>
+    <t>Масленка с крышкой;стекло;,H=9,L=9,B=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03170840</t>
+  </si>
+  <si>
+    <t>13445.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Масленка с крышкой;фарфор,сталь нерж.;D=9,H=7см;белый</t>
-[...136 lines deleted...]
-  <si>
     <t>Масленка «Бамбу» с крышкой;сталь нерж.;30мл;,L=95,B=70мм</t>
   </si>
   <si>
     <t>03170841</t>
   </si>
   <si>
     <t>56770-00</t>
   </si>
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>Bamboo</t>
   </si>
   <si>
     <t>18419.00₸</t>
   </si>
   <si>
     <t>Масленка;фарфор;20мл;D=67,H=20мм;белый</t>
   </si>
   <si>
     <t>03170845</t>
   </si>
   <si>
     <t>Grandes Clas</t>
@@ -296,96 +299,96 @@
   <si>
     <t>Elite</t>
   </si>
   <si>
     <t>65373.00₸</t>
   </si>
   <si>
     <t>Масленка «Тюльпан» с крышкой;фарфор;0,6л;белый</t>
   </si>
   <si>
     <t>03170865</t>
   </si>
   <si>
     <t>6С0040</t>
   </si>
   <si>
     <t>Добрушский фарфоровый завод</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>7793.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Масленка;фарфор;0,5л;белый</t>
   </si>
   <si>
     <t>03170872</t>
   </si>
   <si>
     <t>6С0039</t>
   </si>
   <si>
     <t>1825.00₸</t>
   </si>
   <si>
     <t>Масленка с емкостью для льда;сталь нерж.;D=350,H=65мм</t>
   </si>
   <si>
     <t>09100869</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>83917.00₸</t>
   </si>
   <si>
     <t>Масленка;бамбук,пластик;,H=70,L=245,B=190мм;св. дерево,прозр.</t>
   </si>
   <si>
     <t>03177273</t>
   </si>
   <si>
     <t>Доляна</t>
   </si>
   <si>
     <t>5740.00₸</t>
   </si>
   <si>
     <t>Масленка с крышкой набор[2шт];мрамор;40мл;D=6,H=5см;черный</t>
   </si>
   <si>
     <t>03170874</t>
   </si>
   <si>
-    <t>17346.00₸</t>
+    <t>23765.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1620,336 +1623,336 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D11" s="0">
         <v>15926</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="0"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D13" s="0">
         <v>638849</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L16" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D18" s="0">
         <v>50933136</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="B19" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D19" s="0">
         <v>6781041</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D20" s="0">
         <v>15920</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>